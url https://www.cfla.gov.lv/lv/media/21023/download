--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,42 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="09F68B1D" w14:textId="2A2660B2" w:rsidR="00311966" w:rsidRPr="00046BB0" w:rsidRDefault="00311966">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D585679" w14:textId="60FA1036" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E">
@@ -305,99 +307,112 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C5FDDE6" w14:textId="54D071A2" w:rsidR="0024051E" w:rsidRDefault="0024051E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27C15468" w14:textId="77777777" w:rsidR="006721CB" w:rsidRPr="00954D3C" w:rsidRDefault="006721CB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BA42CB7" w14:textId="445452A7" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570FBD86" w14:textId="5EE44FEC" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="00E8306E" w:rsidP="00E8306E">
+    <w:p w14:paraId="570FBD86" w14:textId="3BFDC387" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="00E8306E" w:rsidP="00E8306E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4818"/>
           <w:tab w:val="left" w:pos="7155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0024051E" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>v. 1 (</w:t>
       </w:r>
-      <w:r w:rsidR="006F4F65" w:rsidRPr="00954D3C">
-[...16 lines deleted...]
-      </w:r>
+      <w:del w:id="0" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="006F4F65" w:rsidRPr="00954D3C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:delText>0</w:delText>
+        </w:r>
+        <w:r w:rsidR="006721CB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:delText>7</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="1" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00457F24">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="0024051E" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00743B49" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0024051E" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -450,51 +465,51 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:id w:val="-1920314680"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="094A7C6A" w14:textId="29DB6B23" w:rsidR="00187FF4" w:rsidRPr="00954D3C" w:rsidRDefault="00187FF4">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="5A2CD6AE" w14:textId="6DD3FC9B" w:rsidR="007A3B5B" w:rsidRDefault="00187FF4">
+        <w:p w14:paraId="5A2CD6AE" w14:textId="05EBE4E5" w:rsidR="007A3B5B" w:rsidRDefault="00187FF4">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00954D3C">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00954D3C">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -552,67 +567,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007A3B5B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202866996 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="007A3B5B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007A3B5B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="007A3B5B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0534AE33" w14:textId="67526960" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="0534AE33" w14:textId="0D5BA7D2" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202866997" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -652,67 +667,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202866997 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="510B9DF6" w14:textId="298B9762" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="510B9DF6" w14:textId="6D071F45" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202866998" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -752,67 +767,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202866998 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="45B7D27D" w14:textId="47BBA7B4" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="45B7D27D" w14:textId="0247229D" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202866999" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -852,67 +867,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202866999 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3812E35F" w14:textId="0EB75E42" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="3812E35F" w14:textId="757C560C" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867000" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -952,67 +967,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867000 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47A984CF" w14:textId="695D4FB6" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="47A984CF" w14:textId="58B9064B" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867001" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1052,67 +1067,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867001 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4D58D61C" w14:textId="0014F178" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="4D58D61C" w14:textId="2DD011FD" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867002" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1152,67 +1167,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867002 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="641AD300" w14:textId="7816D5E8" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="641AD300" w14:textId="2C8B805E" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867003" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1252,67 +1267,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867003 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="741D973D" w14:textId="73763D97" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="741D973D" w14:textId="1E066DA5" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867004" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1352,67 +1367,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867004 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E40031C" w14:textId="66520243" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="2E40031C" w14:textId="5FEFF898" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867005" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1452,67 +1467,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867005 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="68C41E10" w14:textId="79A375D0" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="68C41E10" w14:textId="096DA931" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867006" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1552,67 +1567,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867006 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46C2444C" w14:textId="083581AD" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="46C2444C" w14:textId="63E7518E" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867007" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1652,67 +1667,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867007 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25C2F473" w14:textId="6BAB1137" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="25C2F473" w14:textId="27EB2D77" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867008" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1752,67 +1767,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867008 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43289547" w14:textId="2A6651FD" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="43289547" w14:textId="4B7BB4B0" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867009" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1852,67 +1867,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867009 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06F392CC" w14:textId="6D6BB9DF" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="06F392CC" w14:textId="293FA4E0" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867010" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1952,67 +1967,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867010 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="495352F5" w14:textId="1C8C303C" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="495352F5" w14:textId="6ABB18F6" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867011" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -2052,67 +2067,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867011 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1CA25959" w14:textId="0EA9CB8A" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="1CA25959" w14:textId="22DF6E88" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867012" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -2152,67 +2167,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867012 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B4A64BB" w14:textId="25A3FB63" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="1B4A64BB" w14:textId="10A58783" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867013" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -2252,67 +2267,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867013 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="100712A8" w14:textId="625822C9" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
+        <w:p w14:paraId="100712A8" w14:textId="0B49B34F" w:rsidR="007A3B5B" w:rsidRDefault="007A3B5B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc202867014" w:history="1">
             <w:r w:rsidRPr="003E60DA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -2352,56 +2367,56 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc202867014 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081081B">
+            <w:r w:rsidR="00D8141E">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="0993A44F" w14:textId="7A637DC3" w:rsidR="00187FF4" w:rsidRPr="00954D3C" w:rsidRDefault="00187FF4">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00954D3C">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -2472,99 +2487,98 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63FED47A" w14:textId="422A3033" w:rsidR="00BC7971" w:rsidRPr="00954D3C" w:rsidRDefault="00BC7971">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74D2F88E" w14:textId="0CC857A7" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E" w:rsidP="00447B69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc488415866"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc202866996"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc488415866"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc202866996"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vispārīgā informācija</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="1274B74B" w14:textId="4B7DB0CB" w:rsidR="006908EA" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E" w:rsidP="00447B69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="633"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc488415867"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc202866997"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc488415867"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc202866997"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Normatīvo aktu bāze izmaksu un ieguvumu analīzes izstrādei</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="42039E35" w14:textId="79AC7EC3" w:rsidR="006908EA" w:rsidRPr="00954D3C" w:rsidRDefault="006908EA" w:rsidP="006908EA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izmaksu </w:t>
       </w:r>
       <w:r w:rsidR="00334B31" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2629,51 +2643,51 @@
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā” (turpmāk – MK noteikumi Nr.408)</w:t>
       </w:r>
       <w:r w:rsidR="005A0A9E" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pieejami tīmekļa vietnē</w:t>
       </w:r>
       <w:r w:rsidR="009B5465" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidR="0007057D" w:rsidRPr="588EA965">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/343827</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009B5465" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
@@ -2762,51 +2776,51 @@
       </w:r>
       <w:r w:rsidR="00FA02B6" w:rsidRPr="28C5ADC6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="28C5ADC6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>īstenošanas noteikumi” (turpmāk – SAM MK noteikumi)</w:t>
       </w:r>
       <w:r w:rsidR="009B5465" w:rsidRPr="28C5ADC6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pieejami tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidR="00CF4BCE" w:rsidRPr="28C5ADC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/361628</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009B5465" w:rsidRPr="28C5ADC6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="28C5ADC6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
@@ -2830,51 +2844,51 @@
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eiropas Komisijas izstrādātajām vadlīnijām “</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Guide to Cost-Benefit Analysis of Investment Projects Economic appraisal tool for Cohesion Policy 2014 – 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” (pieejamas tīmekļa vietnē: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00954D3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> );</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41AD67F0" w14:textId="77777777" w:rsidR="00096F87" w:rsidRPr="00954D3C" w:rsidRDefault="00096F87" w:rsidP="00096F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -2927,51 +2941,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vademecum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021-2027” (pieejama tīmekļa vietnē: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00954D3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://ec.europa.eu/regional_policy/en/newsroom/news/2021/09/20-09-2021-project-selection-the-economic-appraisal-vademecum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> );</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34793BCE" w14:textId="6EB1FFF5" w:rsidR="00096F87" w:rsidRPr="00954D3C" w:rsidRDefault="00096F87" w:rsidP="00096F87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -2986,51 +3000,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KOMISIJAS REGULU (ES) Nr. 651/2014 (2014. gada 17. jūnijs), ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:t>
       </w:r>
       <w:r w:rsidR="005E3626" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004077D7" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(pieejama tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="005E3626" w:rsidRPr="00954D3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A32014R0651</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004077D7" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -3042,65 +3056,65 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1667A357" w14:textId="0725B02B" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E" w:rsidP="008264B4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="633"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc488415868"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc202866998"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc488415868"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc202866998"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīzes būtība, mērķi un pamatprincipi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="2BCCF0A5" w14:textId="407FAECB" w:rsidR="00B71C94" w:rsidRPr="00954D3C" w:rsidRDefault="00B71C94" w:rsidP="00B71C94">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīze ir publiskā un privātā sektora, kas sniedz sabiedrisko pakalpojumu, investīciju projektu analīzes metode, kur projekta izmaksas un ieguvumi tiek aprēķināti naudas izteiksmē fiksētā laika periodā un tiek salīdzināta ieguvumu un izmaksu diskontētās naudas plūsmas. Izmaksu un ieguvumu analīze tiek izstrādāta vienam projektam, kur tiek iestrādāti dati par projekta iesniedzēju, projekta finansējuma avotiem, projekta ieguldījumiem, projekta iznākuma rādītājiem un rezultātiem un sabiedrības ieguvumiem un zaudējumiem, kas tai rodas projekta īstenošanas rezultātā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7038B6E4" w14:textId="22C30F41" w:rsidR="00B71C94" w:rsidRPr="00954D3C" w:rsidRDefault="00B71C94" w:rsidP="00B71C94">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3290,51 +3304,50 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32A93AF3" w14:textId="507A19FF" w:rsidR="00B71C94" w:rsidRPr="00954D3C" w:rsidRDefault="00B71C94" w:rsidP="00B71C94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>projektiem, kam jāizstrādā izmaksu-ieguvumu analīze, jābūt ar pozitīvu ekonomisko atdevi</w:t>
       </w:r>
       <w:r w:rsidR="00961561" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21474BDA" w14:textId="77777777" w:rsidR="00B71C94" w:rsidRPr="00954D3C" w:rsidRDefault="00B71C94" w:rsidP="00B71C94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3466,149 +3479,149 @@
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15EA7F62" w14:textId="3F74FE7C" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E" w:rsidP="00447B69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc202866999"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc202866999"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīzes izstrāde un saturs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="7D38D18D" w14:textId="1946D5C6" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E" w:rsidP="00447B69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="633"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc488415870"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc202867000"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc488415870"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc202867000"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Vispārīgā informācija</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="5EA7E929" w14:textId="1364457C" w:rsidR="00DA6ED6" w:rsidRPr="00954D3C" w:rsidRDefault="00DA6ED6" w:rsidP="00DA6ED6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Šī </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk112683308"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk112683308"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izmaksu</w:t>
       </w:r>
       <w:r w:rsidR="00106EAC" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ieguvumu analīze</w:t>
       </w:r>
       <w:r w:rsidR="00846F6F" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s aprēķinu </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00846F6F" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>modeļa aizpildīšanas metodika</w:t>
       </w:r>
       <w:r w:rsidR="003110C3" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un izmaksu un ieguvumu analīzes aprēķinu modelis</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:r w:rsidR="00C47E05" w:rsidRPr="00954D3C">
@@ -3988,92 +4001,92 @@
         <w:t xml:space="preserve">“Dati par projektu” </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir titullapa ar informatīvu saturu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F074CCD" w14:textId="00FB9A5E" w:rsidR="00CF06D8" w:rsidRPr="00954D3C" w:rsidRDefault="00DC73EC" w:rsidP="00DA6ED6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk95467422"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk95467422"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>divas</w:t>
       </w:r>
       <w:r w:rsidR="00DA6ED6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF06D8" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izklāj</w:t>
       </w:r>
       <w:r w:rsidR="00DA6ED6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lapas</w:t>
       </w:r>
       <w:r w:rsidR="00CF06D8" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kurās ievada </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00CF06D8" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>projekta</w:t>
       </w:r>
       <w:r w:rsidR="00C44095" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> investīciju</w:t>
       </w:r>
       <w:r w:rsidR="00CF06D8" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmaksas sadalījumā pa gadiem:</w:t>
       </w:r>
     </w:p>
@@ -4146,51 +4159,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.1.C Iesniedzējs;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D7310E" w14:textId="0687CE1D" w:rsidR="00CF06D8" w:rsidRPr="00954D3C" w:rsidRDefault="00CF06D8" w:rsidP="00CF06D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk95468974"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk95468974"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>divas izklājlapas, kurās ievada datus par projekta alternatīvām bez projekta un ar projektu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40851F69" w14:textId="61DBCDDC" w:rsidR="00CF06D8" w:rsidRPr="00954D3C" w:rsidRDefault="00CF06D8" w:rsidP="00CF06D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
@@ -4256,72 +4269,71 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. DL invest.n.pl.AR </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p w14:paraId="67FF1449" w14:textId="0B86185C" w:rsidR="006768F1" w:rsidRPr="00954D3C" w:rsidRDefault="006768F1" w:rsidP="006768F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">viena izklājlapa “4.DL Finansiālā ilgtspēja”, </w:t>
       </w:r>
       <w:r w:rsidR="00E80235" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kurā jānorāda projekta investīciju un darbības izmaksu finansēšanas avoti un jānovērtē projekta finansiālo ilgtspēju</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="632CD94B" w14:textId="505B8131" w:rsidR="006768F1" w:rsidRPr="00954D3C" w:rsidRDefault="006768F1" w:rsidP="006768F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -4947,119 +4959,173 @@
       <w:r w:rsidR="009736D3" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un atlikušās vērtības aprēķinu, bet sociālekonomiskajā analīzē ieguvumu, zaudējumu un fiskā</w:t>
       </w:r>
       <w:r w:rsidR="000F064A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="009736D3" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o korekciju aprēķinu).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C61F23B" w14:textId="77777777" w:rsidR="009736D3" w:rsidRPr="00954D3C" w:rsidRDefault="009736D3" w:rsidP="009736D3">
+    <w:p w14:paraId="4C61F23B" w14:textId="77777777" w:rsidR="009736D3" w:rsidRDefault="009736D3" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B69F26A" w14:textId="77777777" w:rsidR="00D8141E" w:rsidRDefault="00D8141E" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5553EA2E" w14:textId="77777777" w:rsidR="00D8141E" w:rsidRDefault="00D8141E" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21BFA2A8" w14:textId="77777777" w:rsidR="00D8141E" w:rsidRDefault="00D8141E" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13A26F74" w14:textId="77777777" w:rsidR="00D8141E" w:rsidRDefault="00D8141E" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54AAA8EC" w14:textId="77777777" w:rsidR="00D8141E" w:rsidRDefault="00D8141E" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667257D0" w14:textId="77777777" w:rsidR="00D8141E" w:rsidRPr="00954D3C" w:rsidRDefault="00D8141E" w:rsidP="009736D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CB34E1" w14:textId="6FC3BF7C" w:rsidR="00B6764A" w:rsidRPr="00954D3C" w:rsidRDefault="00B6764A" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="993" w:hanging="633"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc202867001"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc202867001"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīzes aprēķinu izklājlapās norādāmā informācija</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="42C18F65" w14:textId="262EEF9D" w:rsidR="009E7D1D" w:rsidRPr="00954D3C" w:rsidRDefault="00D04C6F" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc202867002"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc202867002"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Dati par projektu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="5A24C5E2" w14:textId="67859DEE" w:rsidR="002D31BE" w:rsidRPr="00954D3C" w:rsidRDefault="002D31BE" w:rsidP="00187FF4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapā “Dati par projektu” dati tiek aizpildīti atbilstoši projekta iesnieguma veidlapā norādītajam, kā arī publiski pieejamai informācijai:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -5521,51 +5587,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AE7D6EF" w14:textId="4DB7B12C" w:rsidR="009E7D1D" w:rsidRPr="00954D3C" w:rsidRDefault="009E7D1D" w:rsidP="007A5C5C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00954D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00D04C6F" w:rsidRPr="00954D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00954D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00D04C6F" w:rsidRPr="00954D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -6161,51 +6226,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AB030E6" wp14:editId="3450C870">
             <wp:extent cx="5810250" cy="561975"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="Shape, rectangle&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Shape, rectangle&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5810250" cy="561975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FD5CF1" w14:textId="685D7C06" w:rsidR="00BA6FB9" w:rsidRPr="00954D3C" w:rsidRDefault="009E7D1D" w:rsidP="00C44095">
       <w:pPr>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -6218,75 +6283,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="343A34C8" w14:textId="7544BD8C" w:rsidR="0060686B" w:rsidRPr="00954D3C" w:rsidRDefault="0060686B" w:rsidP="00712E96">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="1077"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc202867003"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc202867003"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projekta </w:t>
       </w:r>
       <w:r w:rsidR="00E16E23" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>investīciju izmaksas</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="24E774E9" w14:textId="0DC63671" w:rsidR="003F7DE7" w:rsidRPr="00954D3C" w:rsidRDefault="008C5819" w:rsidP="003F7DE7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklāj</w:t>
       </w:r>
       <w:r w:rsidR="002D31BE" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lapās</w:t>
@@ -6956,63 +7020,63 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29C606FE" w14:textId="56BC7C81" w:rsidR="00BA6FB9" w:rsidRPr="00954D3C" w:rsidRDefault="00BA6FB9" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc202867004"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc202867004"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Investīciju naudas plūsma bez projekta</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="1C49A237" w14:textId="397859A8" w:rsidR="004914B1" w:rsidRPr="00954D3C" w:rsidRDefault="004914B1" w:rsidP="004914B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapā “2. DL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7189,60 +7253,51 @@
         </w:rPr>
         <w:t xml:space="preserve">aļā “Ieņēmumi BEZ projekta” projekta iesniedzējs norāda plānotos ieņēmumus, dalot tos atsevišķi pa ieņēmumu </w:t>
       </w:r>
       <w:r w:rsidR="000F5D15" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pozīcijām</w:t>
       </w:r>
       <w:r w:rsidR="008C3B1D" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Ieņēmumus rēķina projekta iesniegšanas</w:t>
       </w:r>
       <w:r w:rsidR="00D46466" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gada cenās </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">(piemēram, </w:t>
+        <w:t xml:space="preserve"> gada cenās (piemēram, </w:t>
       </w:r>
       <w:r w:rsidR="008C3B1D" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00836219">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="008C3B1D" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.gada cenās</w:t>
       </w:r>
@@ -7381,51 +7436,116 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.gada cenās) un tiem klāt nerēķina ar inflāciju saistītu sadārdzinājumu.</w:t>
       </w:r>
       <w:r w:rsidR="00A53272" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A53272" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmaksas norāda kā negatīvas vērtības (ar – zīmi, piemēram, -4000,00).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02918470" w14:textId="3A4D6ABE" w:rsidR="00411470" w:rsidRPr="00954D3C" w:rsidRDefault="00411470" w:rsidP="002D31BE">
+    <w:p w14:paraId="7B5DBA68" w14:textId="383F123A" w:rsidR="002121EB" w:rsidRPr="002121EB" w:rsidRDefault="002121EB" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="18" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="19" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Norādot datus ir jānodala ieņēmumi un darbības izmaksas </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00493821">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">darbībām, kas kvalificējas kā komercdarbības atbalsts (KOMISIJAS REGULAS (ES) Nr. 651/2014 </w:t>
+        </w:r>
+        <w:r w:rsidR="00BF7AD9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>45</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00493821">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.pants</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="02918470" w14:textId="43825E05" w:rsidR="00411470" w:rsidRPr="00954D3C" w:rsidRDefault="00411470" w:rsidP="002D31BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Naudas plūsmas pozīcijas tiek norādītas izklājlapā “3. DL invest.n.pl.AR </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
@@ -7563,145 +7683,145 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01EE274C" w14:textId="4D74A823" w:rsidR="00BA6FB9" w:rsidRPr="00954D3C" w:rsidRDefault="008C4545" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc202867005"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc202867005"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Investīciju naudas plūsma ar projektu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="1EB94FC5" w14:textId="71761443" w:rsidR="00E6581F" w:rsidRPr="00954D3C" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapā “3. DL invest.n.pl.AR </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.” norāda projekta naudas plūsmu situācijā ar projektu. Projekta iesniedzējs aizpilda tās rindas, kur rodas vai nu ieņēmumi, vai izmaksas ievērojot nozarei atbilstošu pārskata periodu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4635EFCA" w14:textId="3A6C4728" w:rsidR="00E6581F" w:rsidRPr="00954D3C" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk95915372"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk95915372"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapa </w:t>
       </w:r>
       <w:r w:rsidR="009B297A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“3. DL invest.n.pl.AR </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B297A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B297A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.” </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir sadalīta </w:t>
       </w:r>
       <w:r w:rsidR="009B297A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>piecās</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> daļās: “Ieņēmumi </w:t>
       </w:r>
       <w:r w:rsidR="009B297A" w:rsidRPr="00954D3C">
@@ -8106,163 +8226,858 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>norādītās projekta investīciju izmaksas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F478FCF" w14:textId="1FCF5406" w:rsidR="00C16C58" w:rsidRPr="00954D3C" w:rsidRDefault="00C16C58" w:rsidP="00E6581F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>4.daļā “Projekta atlikusī vērtība” projekta iesniedzējs pārskata perioda pēdējā gadā norāda projekta atlikušo vērtību. Ja projektā tiek īstenotas darbības ar dažādiem pārskata periodiem, tad projekta atlikušo vērtību norāda katras projekta darbības pārskata perioda pēdējā gadā.</w:t>
       </w:r>
       <w:r w:rsidR="002A78FE" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projekta atlikušo vērību norāda kā pozitīvu vērtību (piemēram, 80 000,00).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764A7BAB" w14:textId="77777777" w:rsidR="00094834" w:rsidRPr="00954D3C" w:rsidRDefault="00094834" w:rsidP="00094834">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projektā no iegādātajiem pamatlīdzekļiem ir plānoti ieņēmumi, tad to investīciju atlikušo vērtību nosaka attiecībā uz projekta aktīviem, kuri ir saistīti ar neto ieņēmumu gūšanu, kuru saimnieciskais mūžs pārsniedz pārskata periodu, to atlikušo vērtību nosaka aprēķinot darbības atlikušo darbības gadu naudas plūsmu neto pašreizējo vērtību. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227750D3" w14:textId="77777777" w:rsidR="00094834" w:rsidRPr="00954D3C" w:rsidRDefault="00094834" w:rsidP="00094834">
+    <w:p w14:paraId="227750D3" w14:textId="77777777" w:rsidR="00094834" w:rsidRDefault="00094834" w:rsidP="00094834">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ja projektā no iegādātajiem pamatlīdzekļiem netiek gūti neto ieņēmumi tad izmanto atlikušās vērtības aprēķināšanas metodi pamatojoties uz standarta grāmatvedības nolietojuma formulu vai ņemot vērā pamatlīdzekļa atlikušo tirgus vērtību.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9C8120" w14:textId="0E8D8CD0" w:rsidR="00E6581F" w:rsidRPr="00954D3C" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
+    <w:p w14:paraId="02DFC59E" w14:textId="586649EA" w:rsidR="00E23401" w:rsidRDefault="00E23401" w:rsidP="00094834">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:ins w:id="22" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00954D3C">
-        <w:rPr>
+      <w:ins w:id="23" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Norādot datus ir jānodala ieņēmumi, darbības izmaksas un projekta atlikusī vērtība </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00493821">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">darbībām, kas kvalificējas kā komercdarbības atbalsts (KOMISIJAS REGULAS (ES) Nr. 651/2014 </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>45</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00493821">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.pants</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="320581CF" w14:textId="459F3F18" w:rsidR="00047373" w:rsidRDefault="00302A8D" w:rsidP="00094834">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="24" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ieņēmumiem</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:ins w:id="25" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Ja </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00005949">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>inves</w:t>
+        </w:r>
+        <w:r w:rsidR="009519D0" w:rsidRPr="00005949">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">tīciju izmaksu ieviešanas </w:t>
+        </w:r>
+        <w:r w:rsidR="009519D0" w:rsidRPr="00417488">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>periodā</w:t>
+        </w:r>
+        <w:r w:rsidR="001918DF" w:rsidRPr="00417488">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00864157" w:rsidRPr="00417488">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi</w:t>
+        </w:r>
+        <w:r w:rsidR="00864157" w:rsidRPr="00864157">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="001918DF" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">tiek </w:t>
+        </w:r>
+        <w:r w:rsidR="00030B9B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">plānots </w:t>
+        </w:r>
+        <w:r w:rsidR="001918DF" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>gūt ieņēmum</w:t>
+        </w:r>
+        <w:r w:rsidR="00030B9B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>us</w:t>
+        </w:r>
+        <w:r w:rsidR="00F73240" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00ED458D" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">tie ir </w:t>
+        </w:r>
+        <w:r w:rsidR="00107DD4" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>jānodala no pārējiem ieņēmumie</w:t>
+        </w:r>
+        <w:r w:rsidR="00C770C0" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">m norādot tos </w:t>
+        </w:r>
+        <w:r w:rsidR="005B6885" w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>izklājlapas sadaļā</w:t>
+        </w:r>
+        <w:r w:rsidR="005B6885">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Ieņēmumi (</w:t>
+        </w:r>
+        <w:r w:rsidR="009569AD">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Investīciju izmaksu ieviešanas periodā):</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="71FF3024" w14:textId="031136B2" w:rsidR="009569AD" w:rsidRPr="00E23401" w:rsidRDefault="0000077D" w:rsidP="00094834">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="26" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:ins w:id="27" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="0000077D">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="466C01A9" wp14:editId="6BCE7B15">
+              <wp:extent cx="6119495" cy="2297430"/>
+              <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+              <wp:docPr id="233193846" name="Picture 1" descr="A screenshot of a spreadsheet&#10;&#10;AI-generated content may be incorrect."/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="233193846" name="Picture 1" descr="A screenshot of a spreadsheet&#10;&#10;AI-generated content may be incorrect."/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId18"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6119495" cy="2297430"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:inline>
+          </w:drawing>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="74987994" w14:textId="77777777" w:rsidR="002E7A5D" w:rsidRDefault="002E7A5D" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="28" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A2420E" w14:textId="77777777" w:rsidR="002E7A5D" w:rsidRDefault="002E7A5D" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="29" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D06E72E" w14:textId="77777777" w:rsidR="002E7A5D" w:rsidRDefault="002E7A5D" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="30" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D83805B" w14:textId="77777777" w:rsidR="002E7A5D" w:rsidRDefault="002E7A5D" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="31" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5679B842" w14:textId="77777777" w:rsidR="002E7A5D" w:rsidRDefault="002E7A5D" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="32" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C790983" w14:textId="77777777" w:rsidR="002E7A5D" w:rsidRDefault="002E7A5D" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="33" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="199AE65A" w14:textId="169E92F9" w:rsidR="003143FA" w:rsidRDefault="003143FA" w:rsidP="003143FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="34" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> darbības izmaksām</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:ins w:id="35" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Ja </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00005949">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>investīciju izmaksu ievi</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00417488">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ešanas periodā </w:t>
+        </w:r>
+        <w:r w:rsidR="008C1639" w:rsidRPr="00417488">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi</w:t>
+        </w:r>
+        <w:r w:rsidR="008C1639" w:rsidRPr="008C1639">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00030B9B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ir </w:t>
+        </w:r>
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00E91C2A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>plānotas darbības izmaksas</w:t>
+        </w:r>
+        <w:r w:rsidR="00BC686D">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> kuras nav ietvertas projektā plānotajās investīciju izmaksās </w:t>
+        </w:r>
+        <w:r w:rsidR="007128D8">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>tās</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> ir jānodala no pārēj</w:t>
+        </w:r>
+        <w:r w:rsidR="007128D8">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ā</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">m </w:t>
+        </w:r>
+        <w:r w:rsidR="007128D8">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>darbības izmaksām</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> norādot t</w:t>
+        </w:r>
+        <w:r w:rsidR="00864157">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ā</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005E45C7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>s izklājlapas sadaļā</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00864157">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Darbības izmaksas </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>(Investīciju izmaksu ieviešanas periodā):</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7AC6042B" w14:textId="7B671514" w:rsidR="003143FA" w:rsidRDefault="00144B17" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="36" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un projekta atlikušai vērtībai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00954D3C">
+      </w:pPr>
+      <w:ins w:id="37" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="00144B17">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:drawing>
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CA09A79" wp14:editId="70BF0AEB">
+              <wp:extent cx="6119495" cy="2470150"/>
+              <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+              <wp:docPr id="168512868" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="168512868" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                      <pic:cNvPicPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId19"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6119495" cy="2470150"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:inline>
+          </w:drawing>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="32906B5C" w14:textId="7EEBDE3D" w:rsidR="00547C1B" w:rsidRPr="00CB7BB9" w:rsidRDefault="009C40F9" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="38" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="39" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Ja investīciju izmaksu ieviešanas periodā projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi</w:t>
+        </w:r>
+        <w:r w:rsidR="00B30141" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> veido</w:t>
+        </w:r>
+        <w:r w:rsidR="00DA4230" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>jas</w:t>
+        </w:r>
+        <w:r w:rsidR="00B30141" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> neto ie</w:t>
+        </w:r>
+        <w:r w:rsidR="00DA4230" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ņēmumi, tad par neto ieņ</w:t>
+        </w:r>
+        <w:r w:rsidR="00E80E77" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ēm</w:t>
+        </w:r>
+        <w:r w:rsidR="00DA4230" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>umu da</w:t>
+        </w:r>
+        <w:r w:rsidR="00E80E77" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ļu tiek samazināta ES </w:t>
+        </w:r>
+        <w:r w:rsidR="00CB7BB9" w:rsidRPr="00CB7BB9">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>fondu līdzfinansējuma likme.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7E9C8120" w14:textId="63D66292" w:rsidR="00E6581F" w:rsidRPr="00954D3C" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ieņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbības izmaksām</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un projekta atlikušai vērtībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ir jābūt pamatotām ar datiem un aprēķiniem, to aprēķinus norādot izklājlapā “Pieņēmumi”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5512A082" w14:textId="1692E014" w:rsidR="00E6581F" w:rsidRPr="00954D3C" w:rsidRDefault="00B95F5A" w:rsidP="00E6581F">
+    <w:p w14:paraId="5512A082" w14:textId="1692E014" w:rsidR="00E6581F" w:rsidRDefault="00B95F5A" w:rsidP="00E6581F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.d</w:t>
       </w:r>
       <w:r w:rsidR="00E6581F" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aļu “Neto naudas plūsma” projekta iesniedzējs neaizpilda, </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
@@ -8291,101 +9106,289 @@
       </w:r>
       <w:r w:rsidR="00E6581F" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s iz</w:t>
       </w:r>
       <w:r w:rsidR="002A78FE" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>maksas</w:t>
       </w:r>
       <w:r w:rsidR="00E6581F" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9835D4" w14:textId="357D8F6D" w:rsidR="005A6D66" w:rsidRPr="004B6106" w:rsidRDefault="007D35D4" w:rsidP="0039009C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="40" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="41" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Pirms pēdējā maksājuma pieprasījuma sagatavošanas finansējuma saņēmējam, pamatojoties uz vienošanos par projekta īstenošanu ir pienākums atkārtoti pārskatīt </w:t>
+        </w:r>
+        <w:r w:rsidR="005A6E92" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>izmaksu un ieguvumu analīzē</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> sniegto informāciju </w:t>
+        </w:r>
+        <w:r w:rsidR="000A0BDE" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">par </w:t>
+        </w:r>
+        <w:r w:rsidR="008142EC" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ieņēmumiem un darbības izmaksām </w:t>
+        </w:r>
+        <w:r w:rsidR="0039009C" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts</w:t>
+        </w:r>
+        <w:r w:rsidR="007F542B" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="0039009C" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">deleģētie pārvaldes uzdevumi </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">pret projekta </w:t>
+        </w:r>
+        <w:r w:rsidR="00B41194" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>investīciju</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> īstenošanas </w:t>
+        </w:r>
+        <w:r w:rsidR="00B41194" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>period</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ā faktiski gūtajiem neto ieņēmumiem, rezultātā </w:t>
+        </w:r>
+        <w:r w:rsidR="000B2989" w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(ja attiecināms) </w:t>
+        </w:r>
+        <w:r w:rsidRPr="004B6106">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>koriģējot ES fondu līdzfinansējuma likmi.</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:p w14:paraId="2E4AA717" w14:textId="77777777" w:rsidR="008C4545" w:rsidRPr="00954D3C" w:rsidRDefault="008C4545" w:rsidP="002D31BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D657BB4" w14:textId="31481827" w:rsidR="00BA6FB9" w:rsidRPr="00954D3C" w:rsidRDefault="00764C79" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc202867006"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc202867006"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00BA6FB9" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>inansiālā ilgtspēja</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="3ECD4A74" w14:textId="7BF7C104" w:rsidR="00796626" w:rsidRPr="00954D3C" w:rsidRDefault="00796626" w:rsidP="00796626">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapā “</w:t>
       </w:r>
       <w:r w:rsidR="002C2E53" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.DL </w:t>
@@ -8542,92 +9545,92 @@
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00796626" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ozīcijā “1.2. Aizņēmuma pamatsummas saņemšana” </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk88058639"/>
+      <w:bookmarkStart w:id="43" w:name="_Hlk88058639"/>
       <w:r w:rsidR="00796626" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">norāda projekta finansēšanai nepieciešamā aizņēmuma pamatsummu </w:t>
       </w:r>
       <w:r w:rsidR="00764C79" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sadalījumā </w:t>
       </w:r>
       <w:r w:rsidR="00796626" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pa </w:t>
       </w:r>
       <w:r w:rsidR="00830E5A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aizņēmuma saņemšanas </w:t>
       </w:r>
       <w:r w:rsidR="00796626" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gadiem</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3363756A" w14:textId="3FC77C5F" w:rsidR="004201D0" w:rsidRPr="00954D3C" w:rsidRDefault="004201D0" w:rsidP="00C1129F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
@@ -8955,51 +9958,50 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.”;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00BDD2CA" w14:textId="46FF3805" w:rsidR="00633F94" w:rsidRPr="00954D3C" w:rsidRDefault="00633F94" w:rsidP="00633F94">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.daļas “Kopējās izmaksas”:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EC272D" w14:textId="4FE50543" w:rsidR="00633F94" w:rsidRPr="00954D3C" w:rsidRDefault="00633F94" w:rsidP="00633F94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pozīciju “2.1. “Ar projektu” darbības izmaksas”</w:t>
       </w:r>
@@ -9103,149 +10105,149 @@
         <w:t>norādīt</w:t>
       </w:r>
       <w:r w:rsidR="009650BA" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ās projekta investīciju izmaksas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49889567" w14:textId="790B4CBA" w:rsidR="004201D0" w:rsidRPr="00954D3C" w:rsidRDefault="00A13F49" w:rsidP="00A13F49">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk95921548"/>
+      <w:bookmarkStart w:id="44" w:name="_Hlk95921548"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ozīcijā “2.3. Finansēšanas izmaksas” projekta </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iesniedzē</w:t>
       </w:r>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jam jāatspoguļo </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar projekta finansējuma saņemšanu saistītās citas izmaksas</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2763F0AD" w14:textId="36FD1D41" w:rsidR="004201D0" w:rsidRPr="00954D3C" w:rsidRDefault="00A13F49" w:rsidP="00842B38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Hlk96414404"/>
+      <w:bookmarkStart w:id="45" w:name="_Hlk96414404"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ozīcijā</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “2.4. Aizņēmuma pamatsummas atmaksa” </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un “2.5. Aizņēmuma procentu atmaksa” norāda projekta finansēšanai paņemtā aizņēmuma atmaksu (pamatsummu un aizņēmuma procentus) sadalījumu sadalījumā pa aizņēmuma </w:t>
       </w:r>
       <w:r w:rsidR="008A26AB" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">perioda </w:t>
       </w:r>
       <w:r w:rsidR="004201D0" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gadiem.</w:t>
       </w:r>
       <w:r w:rsidR="00276FAB" w:rsidRPr="00954D3C">
@@ -9395,63 +10397,63 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EBECC82" w14:textId="30E9D677" w:rsidR="00BA6FB9" w:rsidRPr="00954D3C" w:rsidRDefault="00BA6FB9" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc202867007"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc202867007"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sociālekonomiskā analīze</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="239C44AC" w14:textId="300AED9A" w:rsidR="00115EE6" w:rsidRPr="00954D3C" w:rsidRDefault="002068C2" w:rsidP="002068C2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapā “5.DL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9555,51 +10557,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sociālekonomiskie ieguvumi un izmaksas ir projekta pārskata periodā plānotie ieguvumi un izmaksas (zaudējumi) projekta iesniedzējam, netiešajiem labuma saņēmējiem un sabiedrībai kopumā, kas novērtēti naudas izteiksmē, un kas radušies īstenoto projekta aktivitāšu rezultātā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A96F59F" w14:textId="53EB4BD9" w:rsidR="002068C2" w:rsidRDefault="008A70E3" w:rsidP="002068C2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00115EE6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rojekta iesniedzējs šos </w:t>
       </w:r>
       <w:r w:rsidR="003D1F6A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sociālekonomisk</w:t>
       </w:r>
       <w:r w:rsidR="00D16823" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">o ieguvumu un zaudējumu </w:t>
@@ -9825,51 +10826,51 @@
       </w:r>
       <w:r w:rsidR="008743A1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai atjaunotajai</w:t>
       </w:r>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0058097E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">infrastruktūrai piemērojamos sociālekonomiskos ieguvumus un zaudējumus var aprēķināt, izmantojot </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="0058097E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Eiropas Komisijas Vadlīnijas izmaksu un ieguvumu analīzes izstrādei kohēzijas politikas investīciju projektiem 2014.–2020. gadā</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0058097E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas paredz, ka projektiem, kas atstāj ietekmi uz iedzīvotāju veselību un vidi (t.sk. trokšņa, smaku emisijas), novērtējumu var veikt, izmantojot dažādas metodes, piemēram, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0058097E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9954,54 +10955,54 @@
         <w:t>Izmaksu un ieguvumu analīzes izstrādes laikā datus par sociālekonomiskajiem ieguvumiem un zaudējumiem var gūt, piemēram:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C7518FF" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="001E291F" w:rsidRDefault="004F78AF" w:rsidP="004F78AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">no Eiropas Savienības fondu 2014. – 2020. gada plānošanas perioda ziņojumiem (Biotopu un sugu aizsardzības labvēlīga statusa atjaunošanas pasākumu sociāli ekonomiskais novērtējums (pieejams: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:hyperlink r:id="rId22" w:history="1">
+          <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="001E291F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:hyperlink>
         </w:hyperlink>
       </w:hyperlink>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334CDF7B" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="001E291F" w:rsidRDefault="004F78AF" w:rsidP="004F78AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -10143,51 +11144,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jeb CICES</w:t>
       </w:r>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pieejams: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="001E291F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://cices.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27263A71" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRDefault="004F78AF" w:rsidP="004F78AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -10339,222 +11340,254 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accounting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), pieejams: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:anchor="maia-project" w:history="1">
+      <w:hyperlink r:id="rId26" w:anchor="maia-project" w:history="1">
         <w:r w:rsidRPr="001E291F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://biodiversity.europa.eu/europes-biodiversity/ecosystems#maia-project</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="3F5965"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
       <w:r w:rsidRPr="001E291F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324DA733" w14:textId="3A590110" w:rsidR="008743A1" w:rsidRDefault="00BB2688" w:rsidP="004F78AF">
+    <w:p w14:paraId="48010054" w14:textId="77777777" w:rsidR="008743A1" w:rsidRDefault="00BB2688" w:rsidP="004F78AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:del w:id="47" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB2688">
-[...45 lines deleted...]
-        <w:r w:rsidR="00525C47" w:rsidRPr="00CD7E8B">
+      <w:del w:id="48" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="00BB2688">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>Eiropas Savienības LIFE programmas un Latvijas Vides aizsardzības fonda administrācijas finansiālu atbalst</w:delText>
+        </w:r>
+        <w:r w:rsidR="00ED1E1B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>a īstenotā</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00BB2688">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> projekta “Degradēto kūdrāju atbildīga apsaimniekošana un ilgtspējīga izmantošana Latvijā” </w:delText>
+        </w:r>
+        <w:r w:rsidR="00ED1E1B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">ietvaros izstrādātā </w:delText>
+        </w:r>
+        <w:r w:rsidR="00ED1E1B" w:rsidRPr="00525C47">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>“</w:delText>
+        </w:r>
+      </w:del>
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00525C47" w:rsidRPr="0069490A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sociālekonomiskās ietekmes uz vietējo ekonomiku un iedzīvotājiem gala ziņojums </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED1E1B" w:rsidRPr="00525C47">
-        <w:rPr>
+      <w:del w:id="49" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00ED1E1B" w:rsidRPr="00525C47">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>”</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="697684BC" w14:textId="77777777" w:rsidR="00525C47" w:rsidRPr="00CD7E8B" w:rsidRDefault="00525C47" w:rsidP="00C22C39">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="50" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54F7C725" w14:textId="77777777" w:rsidR="00525C47" w:rsidRPr="00CD7E8B" w:rsidRDefault="00525C47" w:rsidP="00C22C39">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CF018F" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="003D3D3B" w:rsidP="00CD7E8B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:del w:id="51" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:left="360"/>
+      <w:del w:id="52" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="00CD7E8B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>Šāda pieeja ļauj novērtēt ne tikai tiešos ekonomiskos ieguvumus, bet arī netiešos ieguvumus, kas saistīti ar bioloģiskās daudzveidības saglabāšanu, oglekļa piesaisti</w:delText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">, </w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00CD7E8B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">ūdens kvalitātes uzlabošanu, rekreācijas iespējām un iedzīvotāju dzīves kvalitātes celšanu. </w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="18EB7804" w14:textId="5A7B7595" w:rsidR="004F78AF" w:rsidRPr="0069490A" w:rsidRDefault="00ED1E1B" w:rsidP="00BA2A05">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069490A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CD7E8B">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3D3B" w:rsidRPr="0069490A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Šāda pieeja ļauj novērtēt ne tikai tiešos ekonomiskos ieguvumus, bet arī netiešos ieguvumus, kas saistīti ar bioloģiskās daudzveidības saglabāšanu, oglekļa piesaisti</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD7E8B">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00CD7E8B">
+      <w:r w:rsidR="004F78AF" w:rsidRPr="0069490A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tabulā norādīti daži sociālekonomisko ieguvumu piemēri:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3065"/>
         <w:gridCol w:w="3446"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
       <w:tr w:rsidR="004F78AF" w:rsidRPr="004F78AF" w14:paraId="2148A34C" w14:textId="77777777" w:rsidTr="00A33426">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
@@ -10760,130 +11793,138 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pārtikā izmantojamu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="467DFD6C" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="00A33426">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">savvaļas ogu raža, ko raksturo pieejamo ogu (brūkleņu vai melleņu) daudzums (kg/ha), ko potenciāli iespējams iegūt konkrētajā teritorijā. </w:t>
-[...8 lines deleted...]
-              <w:t>Finansiālā ieguvuma aprēķināšanai izmantota tirgus cenu metode.</w:t>
+              <w:t>savvaļas ogu raža, ko raksturo pieejamo ogu (brūkleņu vai melleņu) daudzums (kg/ha), ko potenciāli iespējams iegūt konkrētajā teritorijā. Finansiālā ieguvuma aprēķināšanai izmantota tirgus cenu metode.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F78AF" w:rsidRPr="004F78AF" w14:paraId="097B37BD" w14:textId="77777777" w:rsidTr="00A33426">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="639B1517" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="00A33426">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rekreācijas iespēju uzlabošana</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F84FD3B" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="00A33426">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Uzlabojot ES nozīmes biotopu kvalitāti, kā arī veicot renaturalizācijas pasākumus vēsturiskajās kūdras ieguves vietās palielināsies teritoriju rekreācijas potenciāls, padarot tās pievilcīgākas teritorijas apmeklētājiem. </w:t>
+              <w:t xml:space="preserve">Uzlabojot ES nozīmes biotopu kvalitāti, kā arī veicot </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CD7E8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>renaturalizācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CD7E8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pasākumus vēsturiskajās kūdras ieguves vietās palielināsies teritoriju rekreācijas potenciāls, padarot tās pievilcīgākas teritorijas apmeklētājiem. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3BF38D29" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="00A33426">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -11442,95 +12483,85 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A780E1E" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="00A33426">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7E8B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Atsevišķu uzņēmumu darbības rādītāju kritums projekta ieviešanas laikā, t.sk. ceļā pavadītā laika pieauguma dēļ vai atsevišķu projekta darbību kavēšanās dēļ. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="218F09C8" w14:textId="77777777" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="004F78AF">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3CCC45C9" w14:textId="1A5A630F" w:rsidR="004F78AF" w:rsidRPr="00CD7E8B" w:rsidRDefault="004F78AF" w:rsidP="00CD7E8B">
       <w:pPr>
         <w:spacing w:before="120" w:line="257" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7E8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ieguvumus rēķina projekta iesniegšanas gada cenās (piemēram, 2025. gada cenās).</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7E8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7E8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Informācija par makroekonomiskajiem pieņēmumiem un prognozēm izmaksu un ieguvumu analīzes sagatavošanai, atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, pieejama Latvijas Republikas Finanšu ministrijas mājas lapā: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00CD7E8B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD7E8B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57E6D15B" w14:textId="5E8C5CF0" w:rsidR="00570B6A" w:rsidRPr="00954D3C" w:rsidRDefault="00570B6A" w:rsidP="00570B6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -11539,60 +12570,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapa “5.DL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>soc.econom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. analīze” ir sadalīta septiņās daļās: “Sociālekonomiskie ieguvumi”, “Finanšu ieguvumi”, “Sociālekonomiskie zaudējumi”, “Sociālekonomiskās </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">izmaksas”, “Dati darba spēka izmaksām un citām fiskālajām korekcijām”, “Rādītāju aprēķināšana” </w:t>
+        <w:t xml:space="preserve">. analīze” ir sadalīta septiņās daļās: “Sociālekonomiskie ieguvumi”, “Finanšu ieguvumi”, “Sociālekonomiskie zaudējumi”, “Sociālekonomiskās izmaksas”, “Dati darba spēka izmaksām un citām fiskālajām korekcijām”, “Rādītāju aprēķināšana” </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Projektā plānotie iznākuma rādītāji”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D484676" w14:textId="689E3696" w:rsidR="00384276" w:rsidRPr="00954D3C" w:rsidRDefault="00384276" w:rsidP="00384276">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -12143,89 +13165,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.rindā)</w:t>
       </w:r>
       <w:r w:rsidR="006C7056" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006C7056" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Norāda </w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="_Hlk95923640"/>
+      <w:bookmarkStart w:id="53" w:name="_Hlk95923640"/>
       <w:r w:rsidR="006F293A" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta investīciju ieviešanas periodā </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="006C7056" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kā pozitīvas vērtības (piemēram, 2000,00).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2074A929" w14:textId="6C33C40E" w:rsidR="00863302" w:rsidRPr="00954D3C" w:rsidRDefault="00863302" w:rsidP="009504F0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>6.daļu “Rādītāju aprēķināšana” projekta iesniedzējs neaizpilda, jo tajā automātiski ģenerējas sociālekonomiskās analīzes rādītāji ENPV, ERR un B/C.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F53311" w14:textId="1BBD5A4E" w:rsidR="00863302" w:rsidRPr="00954D3C" w:rsidRDefault="00863302" w:rsidP="009504F0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lai sabiedrībai projekts būtu izdevīgs</w:t>
       </w:r>
       <w:r w:rsidR="00591D84" w:rsidRPr="00954D3C">
@@ -12312,170 +13333,170 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B/C &gt; 1, projekta laikā radītie sociālekonomiskie un finanšu ieguvumi pārsniedz izmaksas un zaudējumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="151AA554" w14:textId="621367D4" w:rsidR="00863302" w:rsidRPr="00954D3C" w:rsidRDefault="00082C91" w:rsidP="009504F0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Hlk96417935"/>
+      <w:bookmarkStart w:id="54" w:name="_Hlk96417935"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapas šūnā “C3” norāda reālo sociālo diskonta likmi</w:t>
       </w:r>
       <w:r w:rsidR="009557A6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Informācija par </w:t>
       </w:r>
       <w:r w:rsidR="001812D6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">reālo sociālo diskonta likmi un </w:t>
       </w:r>
       <w:r w:rsidR="009557A6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aktuālajiem </w:t>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="_Hlk96415656"/>
+      <w:bookmarkStart w:id="55" w:name="_Hlk96415656"/>
       <w:r w:rsidR="009557A6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">makroekonomiskajiem pieņēmumiem un prognozēm </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidR="009557A6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">izmaksu un ieguvumu analīzes sagatavošanai, atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, pieejama Latvijas Republikas Finanšu ministrijas mājas lapā: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00B4252C" w:rsidRPr="00954D3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009557A6" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B326E7" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīzes aprēķiniem piemēro uz projektu iesniegumu atlases izsludināšanas brīdi aktuālos Latvijas Republikas Finanšu ministrijas mājas lapā publicētos datus par makroekonomiskajiem pieņēmumiem un prognozēm.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p w14:paraId="0DBA7CBE" w14:textId="77777777" w:rsidR="002068C2" w:rsidRPr="00954D3C" w:rsidRDefault="002068C2" w:rsidP="002068C2">
       <w:pPr>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3890ACDD" w14:textId="27283E9E" w:rsidR="00432136" w:rsidRPr="00954D3C" w:rsidRDefault="00432136" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc202867008"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc202867008"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Finanšu analīze</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="6AB767E6" w14:textId="4C53AF64" w:rsidR="00F85701" w:rsidRPr="00954D3C" w:rsidRDefault="00F85701" w:rsidP="00F85701">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapā “6.DL finanšu analīze” tiek aprēķināti projekta finanšu analīzes rādītāji:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1919E4DC" w14:textId="2B0F5824" w:rsidR="00F85701" w:rsidRPr="00954D3C" w:rsidRDefault="00A44EF6" w:rsidP="00F85701">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
@@ -12623,247 +13644,365 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Finansiālo rentabilitāti pašu kapitālam (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FRRk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F85701" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8A0B6A" w14:textId="3ECF35CA" w:rsidR="00F85701" w:rsidRPr="00954D3C" w:rsidRDefault="00F85701" w:rsidP="00F85701">
+    <w:p w14:paraId="2B8A0B6A" w14:textId="1A036531" w:rsidR="00F85701" w:rsidRPr="00954D3C" w:rsidRDefault="00F85701" w:rsidP="00F85701">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapa </w:t>
       </w:r>
       <w:r w:rsidR="000E5C0C" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“6.DL finanšu analīze” </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir sadalīta </w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Hlk96423944"/>
+      <w:bookmarkStart w:id="57" w:name="_Hlk96423944"/>
+      <w:del w:id="58" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>četr</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00954D3C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>ās</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="59" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="005F3824">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>piec</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00954D3C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ās</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daļās: “</w:t>
+      </w:r>
       <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>četr</w:t>
-[...7 lines deleted...]
-        <w:t>ās daļās: “</w:t>
+        <w:t>Naudas plūsmas pozīcijas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> pašu kapitāla naudas plūsmai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, “</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rādītāju aprēķināšana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pašu kapitāla naudas plūsmai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, “</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Naudas plūsmas pozīcijas</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pašu kapitāla naudas plūsmai</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> investīciju naudas plūsmai</w:t>
+      </w:r>
+      <w:del w:id="60" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> un</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="61" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00802C5B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>,</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Rādītāju aprēķināšana</w:t>
       </w:r>
-      <w:r w:rsidRPr="00954D3C">
+      <w:ins w:id="62" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidRPr="00954D3C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>”</w:t>
+        </w:r>
+        <w:r w:rsidR="00802C5B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> un </w:t>
+        </w:r>
+        <w:r w:rsidR="00602819">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>“Naudas plūsmas pozīcijas</w:t>
+        </w:r>
+        <w:r w:rsidR="00ED0A80">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> darbībām kas nav saistītas ar komer</w:t>
+        </w:r>
+        <w:r w:rsidR="00E2041A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>cdarbības atbalstu</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00602819">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00712A03" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pašu kapitāla naudas plūsmai</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> investīciju naudas plūsmai.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:p w14:paraId="2E4F6312" w14:textId="7432FC8C" w:rsidR="00DA3FAA" w:rsidRPr="00954D3C" w:rsidRDefault="00DA3FAA" w:rsidP="00F85701">
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w14:paraId="2E4F6312" w14:textId="0F4DD6CE" w:rsidR="00DA3FAA" w:rsidRPr="00954D3C" w:rsidRDefault="00DA3FAA" w:rsidP="00F85701">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Šīs </w:t>
       </w:r>
-      <w:r w:rsidR="00D666CB">
-[...6 lines deleted...]
-      </w:r>
+      <w:del w:id="63" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00D666CB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>četras</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="64" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00E2041A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>piec</w:t>
+        </w:r>
+        <w:r w:rsidR="00D666CB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>as</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="00D666CB" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">daļas projekta iesniedzējs neaizpilda, jo tajā automātiski ģenerējas iznākums, ņemot vērā papildu naudas plūsmu investīciju un darbības izmaksām, kā arī projekta atlikušajai vērtībai atbilstoši izklājlapās “2. DL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>invest.n.pl.BEZ</w:t>
       </w:r>
@@ -13006,51 +14145,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt; 0, jeb projektā plānotie ieņēmumi nenosedz projekta darbības un investīciju izmaksas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8729B1" w14:textId="48CA2BDD" w:rsidR="000E23A3" w:rsidRPr="00954D3C" w:rsidRDefault="000E23A3" w:rsidP="00561DFA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FRRc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt;  reālo finansiālo diskonta likmi</w:t>
       </w:r>
       <w:r w:rsidR="006D0884" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5804F8AF" w14:textId="4F77E8F4" w:rsidR="000E23A3" w:rsidRPr="00954D3C" w:rsidRDefault="009C5E1F" w:rsidP="00561DFA">
@@ -13214,121 +14352,121 @@
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Informācija par reālo </w:t>
       </w:r>
       <w:r w:rsidR="00361FAC" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>finansiālo</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> diskonta likmi un aktuālajiem makroekonomiskajiem pieņēmumiem un prognozēm izmaksu un ieguvumu analīzes sagatavošanai, atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, pieejama Latvijas Republikas Finanšu ministrijas mājas lapā: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00954D3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Izmaksu un ieguvumu analīzes aprēķiniem piemēro uz projektu iesniegumu atlases izsludināšanas brīdi aktuālos Latvijas Republikas Finanšu ministrijas mājas lapā publicētos datus par makroekonomiskajiem pieņēmumiem un prognozēm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45DE5D2C" w14:textId="77777777" w:rsidR="00330C1A" w:rsidRPr="00954D3C" w:rsidRDefault="00330C1A" w:rsidP="00330C1A">
       <w:pPr>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F78E5FA" w14:textId="32E1405D" w:rsidR="00432136" w:rsidRPr="00954D3C" w:rsidRDefault="00CE00D0" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc202867009"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc202867009"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00432136" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>utīguma analīze</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="4CA70AE6" w14:textId="20035262" w:rsidR="00A558CD" w:rsidRPr="00954D3C" w:rsidRDefault="00A558CD" w:rsidP="00A558CD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai veiktu jutīguma analīzi izklājlapās “7.DL </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13870,60 +15008,51 @@
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="0064361B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, “Dati darba spēka izmaksām un citām fiskālām korekcijām” un “Rādītāju aprēķināšana”.  Projekta iesniedzējs aizpilda tikai kolonnu “D” </w:t>
       </w:r>
       <w:r w:rsidR="00D33F30" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1-5.daļu, </w:t>
       </w:r>
       <w:r w:rsidR="0064361B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">norādot katra mainīgā novirzi par 1% un </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">pierakstot projekta iesnieguma 4.pielikumā “Projekta izmaksu efektivitātes novērtēšana” ekonomiskās neto pašreizējās vērtības novirzi % atbilstoši </w:t>
+        <w:t xml:space="preserve">norādot katra mainīgā novirzi par 1% un pierakstot projekta iesnieguma 4.pielikumā “Projekta izmaksu efektivitātes novērtēšana” ekonomiskās neto pašreizējās vērtības novirzi % atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="00D33F30" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.daļas </w:t>
       </w:r>
       <w:r w:rsidR="0064361B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>šūnā “I45” noteiktajam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B494C60" w14:textId="7E4EE957" w:rsidR="00413C2E" w:rsidRPr="00954D3C" w:rsidRDefault="00413C2E" w:rsidP="00413C2E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14074,85 +15203,85 @@
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B48CD54" w14:textId="2F734DF5" w:rsidR="00432136" w:rsidRPr="00954D3C" w:rsidRDefault="00432136" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc202867010"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc202867010"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesnieguma </w:t>
       </w:r>
       <w:r w:rsidR="00433B0E" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>sadaļa “Finansējuma sadalījums pa avotiem”</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="70C32497" w14:textId="322712B2" w:rsidR="00C73ABA" w:rsidRPr="00954D3C" w:rsidRDefault="00D84C82" w:rsidP="00D84C82">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Hlk96430696"/>
+      <w:bookmarkStart w:id="67" w:name="_Hlk96430696"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapā “9. DL PI </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D2E7D" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fin.plans</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” tiek aprēķināts gan projekta </w:t>
@@ -14192,51 +15321,51 @@
       <w:r w:rsidR="00925AFC" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">finansēšanas plāni sadalījumā pa projektā plānotajiem </w:t>
       </w:r>
       <w:r w:rsidR="00103A1B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komercdarbības</w:t>
       </w:r>
       <w:r w:rsidR="00925AFC" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalsta veidiem.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p w14:paraId="33C35C55" w14:textId="645F4253" w:rsidR="00990122" w:rsidRDefault="00990122" w:rsidP="00925AFC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projektā aprēķinātais </w:t>
       </w:r>
       <w:r w:rsidR="00691A0B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Taisnīgā pārkārtošanās </w:t>
       </w:r>
@@ -14299,308 +15428,490 @@
       <w:r w:rsidR="00544865">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TPF</w:t>
       </w:r>
       <w:r w:rsidR="00691A0B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>finansējuma apmērs jānorāda šūnā “B19” un izmaksu un ieguvumu analīzes modelis automātiski aprēķinās ES fondu finansējumu proporcionāli sākotnēji aprēķinātajam ES fondu finansējumam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0023B8FE" w14:textId="5C6F257A" w:rsidR="004604EC" w:rsidRPr="004604EC" w:rsidRDefault="00030715" w:rsidP="004604EC">
+    <w:p w14:paraId="0023B8FE" w14:textId="61840B45" w:rsidR="004604EC" w:rsidRPr="004604EC" w:rsidRDefault="00030715" w:rsidP="004604EC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:del w:id="68" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>Individuālajā</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="69" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Valsts budžeta</w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">līdzfinansējums </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="00FA2AE0">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">atbilstoši </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">SAM MK noteikumu </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>. punktam nepārsniedz 10</w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">% </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>no pasākuma atlases kārtas kopējām attiecināmajām izmaksām, privātais</w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">finansējums ir vismaz </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">5% </w:t>
+        </w:r>
+        <w:r w:rsidR="00C66D13" w:rsidRPr="002E5DD3">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>no pasākuma atlases kārtas kopējām attiecināmajām izmaksām.</w:t>
+        </w:r>
+        <w:r w:rsidR="004F38C4">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00E11BCB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Lai nodrošinātu </w:t>
+        </w:r>
+        <w:r w:rsidR="00E11BCB" w:rsidRPr="00E11BCB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>SAM MK noteikumu 9. punkta</w:t>
+        </w:r>
+        <w:r w:rsidR="00F76D0B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> izpildi</w:t>
+        </w:r>
+        <w:r w:rsidR="00E11BCB" w:rsidRPr="00E11BCB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00F76D0B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ndividuālajā</w:t>
+        </w:r>
+      </w:ins>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Individuālajā finansēšanas plānā</w:t>
+        <w:t xml:space="preserve"> finansēšanas plānā</w:t>
       </w:r>
       <w:r w:rsidR="008F799B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbībām</w:t>
       </w:r>
       <w:r w:rsidR="00CE00CE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008F799B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kas nav saistītas ar </w:t>
       </w:r>
       <w:r w:rsidR="00C50A9B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komercdarbības </w:t>
       </w:r>
       <w:r w:rsidR="008F799B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atbalstu</w:t>
       </w:r>
+      <w:r w:rsidR="00854EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, nepieciešamības gadījumā ir iespējams</w:t>
+      </w:r>
       <w:r w:rsidR="00046BB0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. rindā </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norād</w:t>
       </w:r>
       <w:r w:rsidR="00854EB6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> , nepieciešamības gadījumā ir iespējams</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00046BB0">
+        <w:t>īt</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70FA4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DE43CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privātā līdzfinansējuma apjomu</w:t>
+      </w:r>
       <w:r w:rsidR="00E85D3A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">37. rindā </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE43CA">
-[...7 lines deleted...]
-      <w:r w:rsidR="00E85D3A">
+      <w:r w:rsidR="003C5591">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projekta attiecināmo izmaksu segšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2909">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījumos,</w:t>
+      </w:r>
+      <w:r w:rsidR="004604EC" w:rsidRPr="004604EC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C5591">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> gadījumos,</w:t>
+      <w:r w:rsidR="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F" w:rsidRPr="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a tiek plānots valsts budžeta līdzfinansējumu (</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kam</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F" w:rsidRPr="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikt</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F" w:rsidRPr="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksimāl</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā pieejamā</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F" w:rsidRPr="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> summ</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004A711F" w:rsidRPr="004A711F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) papildināt ar privāto finansējumu darbībām, uz kurām neattiecas komercdarbības regulējums</w:t>
       </w:r>
       <w:r w:rsidR="004604EC" w:rsidRPr="004604EC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...86 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AFBD38" w14:textId="796303D0" w:rsidR="004A679B" w:rsidRPr="00954D3C" w:rsidRDefault="0085051B" w:rsidP="00BA64D1">
+    <w:p w14:paraId="10AFBD38" w14:textId="796303D0" w:rsidR="004A679B" w:rsidRPr="00BA2A05" w:rsidRDefault="0085051B" w:rsidP="00BA64D1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Valsts budžeta līdzfinansējums atbilstoši SAM MK noteikumu 7. punktam visos projektos kopā </w:t>
+        <w:t xml:space="preserve">Valsts budžeta līdzfinansējums atbilstoši </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="_Hlk213143126"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SAM MK noteikumu 7. punktam </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visos projektos kopā </w:t>
       </w:r>
       <w:r w:rsidR="00506D3A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nedrīkst pārsniegt</w:t>
       </w:r>
       <w:r w:rsidRPr="0085051B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 405 000 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085051B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14717,74 +16028,74 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B62DAEE" w14:textId="1DA8C242" w:rsidR="00432136" w:rsidRPr="00954D3C" w:rsidRDefault="00432136" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc202867011"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc202867011"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesnieguma </w:t>
       </w:r>
       <w:r w:rsidR="00A10BE3" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>sadaļa “Projekta budžeta kopsavilkums”</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="41966CD3" w14:textId="75089D0B" w:rsidR="00DB1761" w:rsidRPr="00954D3C" w:rsidRDefault="00DB1761" w:rsidP="00DB1761">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapā “10. DL PI </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006B6F4B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14933,51 +16244,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ciešamības gadījumā precizē to.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF9A2CE" w14:textId="5738FCE0" w:rsidR="00DB1761" w:rsidRPr="00954D3C" w:rsidRDefault="00870FE0" w:rsidP="00870FE0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Jāpārliecinās</w:t>
       </w:r>
       <w:r w:rsidR="00542B2F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lai izklājlapā “10. DL PI</w:t>
       </w:r>
       <w:r w:rsidR="00D348C5" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -15056,51 +16366,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5408E2BA" w14:textId="61CE5ABB" w:rsidR="0060686B" w:rsidRPr="00954D3C" w:rsidRDefault="00D348C5" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc202867012"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc202867012"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">MK </w:t>
       </w:r>
       <w:r w:rsidR="005E2AE3" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>noteikumu Nr.408</w:t>
       </w:r>
       <w:r w:rsidR="0060686B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -15112,71 +16422,71 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E2AE3" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="0060686B" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pielikums “Projekta izmaksu efektivitātes novērtējums”</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="155155FA" w14:textId="26B0682C" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Hlk96432576"/>
+      <w:bookmarkStart w:id="73" w:name="_Hlk96432576"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapā “11. DL 4.pielikums” ir ietverta veidlapa “Projekta izmaksu efektivitātes novērtējums” atbilstoši MK noteikumu Nr.408 4.pielikumam, kurā tiek aprēķināti projekta finanšu un ekonomiskās analīzes dati.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidR="00987670" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="5911" w:tblpY="79"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="515"/>
         <w:gridCol w:w="276"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B50372" w:rsidRPr="00954D3C" w14:paraId="16C09940" w14:textId="77777777" w:rsidTr="00BF0667">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
@@ -15353,51 +16663,51 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44FB4324" wp14:editId="764B9697">
             <wp:extent cx="6119495" cy="1814195"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1997508689" name="Picture 1997508689" descr="Attēls, kurā ir teksts, ekrānuzņēmums, fonts, rinda&#10;&#10;Apraksts ģenerēts automātiski"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1997508689" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, fonts, rinda&#10;&#10;Apraksts ģenerēts automātiski"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28"/>
+                    <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6119495" cy="1814195"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7F4631" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
@@ -15681,51 +16991,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C4B8F15" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Sadaļas “I. Finanšu analīze” 2.punktā</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2.attēls) “Galvenie elementi un parametri, ko izmanto IIA finanšu analīzei” </w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un 3.punktā</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -15770,101 +17079,112 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A3B5B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07884FAC" wp14:editId="025E6EF4">
             <wp:extent cx="6119495" cy="4615815"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1267153732" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1267153732" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29"/>
+                    <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6119495" cy="4615815"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01499FEB" w14:textId="737BEAAE" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+    <w:p w14:paraId="01499FEB" w14:textId="737BEAAE" w:rsidR="00B50372" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sadaļas “II. Ekonomiskā analīze” 1.punktā</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3.attēls) “Galvenie pieņēmumi, novērtējot izmaksas (tai skaitā attiecīgas izmaksu komponentes - ieguldījumu izmaksas, rezerves izmaksas, darbības izmaksas), ekonomiskos ieguvumus un ārējos faktorus, tostarp tos, kas saistīti ar vidi, klimata pārmaiņu mazināšanu un noturību katastrofu gadījumā, un galvenie secinājumi no sociālekonomiskās analīzes” norāda:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0AE4C7" w14:textId="77777777" w:rsidR="007B22A4" w:rsidRPr="00954D3C" w:rsidRDefault="007B22A4" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="00889A12" w14:textId="119EC4A0" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.attēls</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138B51A6" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -15874,51 +17194,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="652972E2" wp14:editId="02293CC5">
             <wp:extent cx="6119495" cy="1441450"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="1509241350" name="Picture 1509241350" descr="Attēls, kurā ir teksts, fonts, programmatūra, ekrānuzņēmums&#10;&#10;Apraksts ģenerēts automātiski"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1509241350" name="Attēls 1" descr="Attēls, kurā ir teksts, fonts, programmatūra, ekrānuzņēmums&#10;&#10;Apraksts ģenerēts automātiski"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30"/>
+                    <a:blip r:embed="rId33"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6119495" cy="1441450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C8199D" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
@@ -15976,51 +17296,50 @@
     <w:p w14:paraId="53647866" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Kādi makroekonomiskie rādītāji ir izmantoti ekonomiskajā analīzē;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506BCE39" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
@@ -16227,198 +17546,177 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="030CFDEE" wp14:editId="247634F5">
             <wp:extent cx="6119495" cy="3002915"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:docPr id="812106659" name="Picture 812106659" descr="Attēls, kurā ir teksts, ekrānuzņēmums, cipars, fonts&#10;&#10;Apraksts ģenerēts automātiski"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="812106659" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, cipars, fonts&#10;&#10;Apraksts ģenerēts automātiski"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31"/>
+                    <a:blip r:embed="rId34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6119495" cy="3002915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DCBA139" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47F4E538" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+    <w:p w14:paraId="4E94A38B" w14:textId="37AD679C" w:rsidR="007A3B5B" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="007B22A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sadaļas “III. Riska novērtējums un jutīguma analīze” 1.punktā</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5.attēls) “Risku analīzes kopsavilkums un galvenie identificētie riski” norāda informāciju no par identificētiem riskiem pēc to veida, paskaidrojot to un norādot pasākumus risku mazināšanai vai novēršanai. Riska novērtējumu nosaka ar ekspertu metodi, piemērojot trīs risku kategorijas: augsts, vidējs un zems. Ja novērtētais risks ir vidējs vai augsts, Eiropas Savienības fonda projekta iesniedzējam ir jāsniedz pasākumu plāns risku negatīvās ietekmes novēršanai uz projekta finanšu vai ekonomisko atdevi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B3967C" w14:textId="77777777" w:rsidR="00B50372" w:rsidRDefault="00B50372" w:rsidP="00B50372">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="62A0FB1F" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.attēls</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CEB9A4" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65DA6CE5" wp14:editId="079073D9">
             <wp:extent cx="6119495" cy="1644650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="798912818" name="Picture 798912818" descr="Attēls, kurā ir teksts, ekrānuzņēmums, rinda, paralēls&#10;&#10;Apraksts ģenerēts automātiski"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="798912818" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, rinda, paralēls&#10;&#10;Apraksts ģenerēts automātiski"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6119495" cy="1644650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B49934" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
@@ -16535,51 +17833,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BB8F977" wp14:editId="12471576">
             <wp:extent cx="6119495" cy="3056255"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1798097915" name="Picture 1798097915" descr="Attēls, kurā ir teksts, ekrānuzņēmums, paralēls, rinda&#10;&#10;Apraksts ģenerēts automātiski"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1798097915" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, paralēls, rinda&#10;&#10;Apraksts ģenerēts automātiski"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33"/>
+                    <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6119495" cy="3056255"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="750C81B2" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
@@ -16713,51 +18011,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> izmaiņas % pie mainīgā norādītā % pieauguma (vai samazinājuma) pret bāzes vērtību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="630AFFBA" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1545"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aizpildot tabulu kolonnā "Ekonomiskā neto pašreizējā vērtība (ENPV)-izmaiņas", norāda ENPV vērtības </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmaiņas % pie mainīgā norādītā % pieauguma (vai samazinājuma) pret bāzes (0%) vērtību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="380175E3" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="00954D3C" w:rsidRDefault="00B50372" w:rsidP="00B50372">
       <w:pPr>
@@ -16792,102 +18089,102 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39581C27" w14:textId="6C9612FF" w:rsidR="00E8243F" w:rsidRPr="00954D3C" w:rsidRDefault="00E8243F" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc202867013"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc202867013"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kontroles lapa</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="5463BB4B" w14:textId="786A6889" w:rsidR="00E8243F" w:rsidRPr="00954D3C" w:rsidRDefault="00E8243F" w:rsidP="00314781">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapu </w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="_Hlk96433301"/>
+      <w:bookmarkStart w:id="75" w:name="_Hlk96433301"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>“1</w:t>
       </w:r>
       <w:r w:rsidR="00B479D1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Kontroles lapa” </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>projekta iesniedzējs neaizpilda, jo tajā automātiski ģenerējas dati no iepriekš aizpildītajām izklājlapām kontroles vajadzībām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C0A80B0" w14:textId="296852B8" w:rsidR="00E8243F" w:rsidRPr="00954D3C" w:rsidRDefault="00E8243F" w:rsidP="00E8243F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapa</w:t>
       </w:r>
       <w:r w:rsidR="00563EFD">
         <w:rPr>
@@ -16924,106 +18221,95 @@
         </w:rPr>
         <w:t>viena</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> daļ</w:t>
       </w:r>
       <w:r w:rsidR="00563EFD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>: “Izmaksu un ieguvumu analīzes galvenie rezultāti”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F33EF0F" w14:textId="1DEB66EF" w:rsidR="00E8243F" w:rsidRPr="00954D3C" w:rsidRDefault="00E8243F" w:rsidP="00314781">
+    <w:p w14:paraId="167239D3" w14:textId="0F6E3F7C" w:rsidR="00E8243F" w:rsidRPr="007B22A4" w:rsidRDefault="00E8243F" w:rsidP="007B22A4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapā tiek veikta projekta izmaksu ierobežojumu kontrole, t.sk. atspoguļots brīdinājums, ja nav izpildīti nepieciešamie kritēriji.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="395E5787" w14:textId="0F653969" w:rsidR="0060686B" w:rsidRPr="00954D3C" w:rsidRDefault="0060686B" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc202867014"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc202867014"/>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pieņēmumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="17DCDF0A" w14:textId="17736182" w:rsidR="00E8243F" w:rsidRPr="00954D3C" w:rsidRDefault="00E60F3C" w:rsidP="00E60F3C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izklājlapā “Pieņēmumi” </w:t>
       </w:r>
       <w:r w:rsidR="006F4B3D" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nav uzstādīta šūnu aizsardzība un šajā izklājlapā norāda</w:t>
@@ -17065,51 +18351,51 @@
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ieguvumu, zaudējumu un fiskālo korekciju aprēķinu</w:t>
       </w:r>
       <w:r w:rsidR="002A69FE" w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s un datu avotus</w:t>
       </w:r>
       <w:r w:rsidRPr="00954D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3EA75A" w14:textId="0D4E1633" w:rsidR="006A65B2" w:rsidRPr="00954D3C" w:rsidRDefault="005251BA" w:rsidP="006B1B8C">
+    <w:p w14:paraId="5D3EA75A" w14:textId="7FF05B43" w:rsidR="006A65B2" w:rsidRPr="00954D3C" w:rsidRDefault="005251BA" w:rsidP="006B1B8C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbilstoši</w:t>
       </w:r>
       <w:r w:rsidR="00DB227E" w:rsidRPr="00DB227E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAM MK noteikumu </w:t>
       </w:r>
       <w:r>
@@ -17240,197 +18526,411 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B1B8C" w:rsidRPr="006B1B8C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">deleģētie pārvaldes uzdevumi, </w:t>
       </w:r>
       <w:r w:rsidR="00AE1BB1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pamatojot, ka </w:t>
       </w:r>
       <w:r w:rsidR="006B1B8C" w:rsidRPr="006B1B8C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>plānotie ieņēmumi ik gadu projekta dzīves ciklā nepārsniedz 50</w:t>
+        <w:t xml:space="preserve">plānotie ieņēmumi ik gadu projekta dzīves ciklā </w:t>
+      </w:r>
+      <w:ins w:id="77" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r w:rsidR="00AB5A44" w:rsidRPr="0038343C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>pēc investī</w:t>
+        </w:r>
+        <w:r w:rsidR="0004169E" w:rsidRPr="0038343C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ciju ieviešanas perioda</w:t>
+        </w:r>
+        <w:r w:rsidR="0004169E">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="006B1B8C" w:rsidRPr="006B1B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nepārsniedz 50</w:t>
       </w:r>
       <w:r w:rsidR="00B663E0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="006B1B8C" w:rsidRPr="006B1B8C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no</w:t>
       </w:r>
       <w:r w:rsidR="006B1B8C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B1B8C" w:rsidRPr="006B1B8C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem</w:t>
       </w:r>
       <w:r w:rsidR="00AE1BB1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2584877B" w14:textId="684E3E3E" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="0024051E">
-      <w:pPr>
+    <w:p w14:paraId="1CB6B215" w14:textId="7F72AE8F" w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidRDefault="000E65D7" w:rsidP="00EC1006">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:pPrChange w:id="78" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="79" w:author="CFLA" w:date="2025-11-27T10:51:00Z" w16du:dateUtc="2025-11-27T08:51:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>P</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007D35D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">irms pēdējā maksājuma pieprasījuma sagatavošanas finansējuma saņēmējam, </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ir</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007D35D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> pienākums atkārtoti pārskatīt </w:t>
+        </w:r>
+        <w:r w:rsidR="00617C68">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">un precizēt </w:t>
+        </w:r>
+        <w:r w:rsidRPr="005A6E92">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>izmaksu un ieguvumu analīz</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ē</w:t>
+        </w:r>
+        <w:r w:rsidRPr="007D35D4">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> sniegto informāciju </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">par ieņēmumiem un darbības izmaksām </w:t>
+        </w:r>
+        <w:r w:rsidR="00F67DD0" w:rsidRPr="00F67DD0">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi </w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C3FFC">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">pret projekta </w:t>
+        </w:r>
+        <w:r w:rsidR="00B87D37" w:rsidRPr="002C3FFC">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>investīciju</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C3FFC">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> īstenošanas </w:t>
+        </w:r>
+        <w:r w:rsidR="005476ED" w:rsidRPr="002C3FFC">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>periodā</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C3FFC">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="EE0000"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> faktiski gūtajiem neto ieņēmumiem</w:t>
+        </w:r>
+        <w:r w:rsidR="00EC1006" w:rsidRPr="002C3FFC">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:sectPr w:rsidR="0024051E" w:rsidRPr="00954D3C" w:rsidSect="00A16B82">
-      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="default" r:id="rId37"/>
+      <w:footerReference w:type="default" r:id="rId38"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C1A1424" w14:textId="77777777" w:rsidR="00DE293F" w:rsidRDefault="00DE293F" w:rsidP="00185ABD">
+    <w:p w14:paraId="04E91CC5" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61D81356" w14:textId="77777777" w:rsidR="00DE293F" w:rsidRDefault="00DE293F" w:rsidP="00185ABD">
+    <w:p w14:paraId="15211918" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E27E8A4" w14:textId="77777777" w:rsidR="00DE293F" w:rsidRDefault="00DE293F">
+    <w:p w14:paraId="0C5CE2F0" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Corbel">
     <w:panose1 w:val="020B0503020204020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0606020202030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -17470,77 +18970,87 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2A02004C" w14:textId="77777777" w:rsidR="00E2476B" w:rsidRDefault="00E2476B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03734929" w14:textId="77777777" w:rsidR="00DE293F" w:rsidRDefault="00DE293F" w:rsidP="00185ABD">
+    <w:p w14:paraId="4A4705F8" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07446D7D" w14:textId="77777777" w:rsidR="00DE293F" w:rsidRDefault="00DE293F" w:rsidP="00185ABD">
+    <w:p w14:paraId="65FF3273" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2BBEA589" w14:textId="77777777" w:rsidR="00DE293F" w:rsidRDefault="00DE293F">
+    <w:p w14:paraId="3969ABB3" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="663B29C9" w14:textId="77777777" w:rsidR="00BA2A05" w:rsidRDefault="00BA2A05">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001F4D41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E386CBA"/>
     <w:lvl w:ilvl="0" w:tplc="BB764814">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -21373,688 +22883,780 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0024051E"/>
+    <w:rsid w:val="0000077D"/>
     <w:rsid w:val="00003D05"/>
     <w:rsid w:val="000045F9"/>
+    <w:rsid w:val="00005949"/>
     <w:rsid w:val="000251DB"/>
     <w:rsid w:val="00030715"/>
+    <w:rsid w:val="00030B9B"/>
     <w:rsid w:val="00031792"/>
     <w:rsid w:val="00033997"/>
     <w:rsid w:val="0003791A"/>
     <w:rsid w:val="00037A55"/>
     <w:rsid w:val="00037C3C"/>
+    <w:rsid w:val="0004169E"/>
     <w:rsid w:val="00046BB0"/>
+    <w:rsid w:val="00047373"/>
     <w:rsid w:val="00055A71"/>
     <w:rsid w:val="00060EEF"/>
     <w:rsid w:val="000651D3"/>
     <w:rsid w:val="000656C3"/>
     <w:rsid w:val="0007057D"/>
     <w:rsid w:val="000716BF"/>
     <w:rsid w:val="00082C91"/>
     <w:rsid w:val="00084BF1"/>
     <w:rsid w:val="0009039F"/>
     <w:rsid w:val="00094834"/>
     <w:rsid w:val="000959AB"/>
     <w:rsid w:val="000964BA"/>
     <w:rsid w:val="00096DAD"/>
     <w:rsid w:val="00096F87"/>
+    <w:rsid w:val="000A0BDE"/>
     <w:rsid w:val="000A13CA"/>
     <w:rsid w:val="000A19C4"/>
     <w:rsid w:val="000A26E3"/>
     <w:rsid w:val="000A36E7"/>
     <w:rsid w:val="000B17A2"/>
+    <w:rsid w:val="000B2989"/>
     <w:rsid w:val="000C4C22"/>
     <w:rsid w:val="000C7744"/>
     <w:rsid w:val="000D7414"/>
     <w:rsid w:val="000D7EC4"/>
+    <w:rsid w:val="000E0541"/>
     <w:rsid w:val="000E23A3"/>
+    <w:rsid w:val="000E3D8D"/>
     <w:rsid w:val="000E5C0C"/>
+    <w:rsid w:val="000E65D7"/>
     <w:rsid w:val="000E6707"/>
     <w:rsid w:val="000F0356"/>
     <w:rsid w:val="000F064A"/>
     <w:rsid w:val="000F5D15"/>
     <w:rsid w:val="00103A1B"/>
     <w:rsid w:val="00106EAC"/>
+    <w:rsid w:val="00107DD4"/>
     <w:rsid w:val="00115EE6"/>
     <w:rsid w:val="001178AF"/>
     <w:rsid w:val="001250E8"/>
     <w:rsid w:val="0012711D"/>
     <w:rsid w:val="001302F4"/>
     <w:rsid w:val="00130607"/>
     <w:rsid w:val="00136344"/>
+    <w:rsid w:val="00144B17"/>
     <w:rsid w:val="0014566A"/>
     <w:rsid w:val="001528B3"/>
     <w:rsid w:val="001657B3"/>
     <w:rsid w:val="0016591F"/>
     <w:rsid w:val="00165DE6"/>
     <w:rsid w:val="0016678E"/>
     <w:rsid w:val="00173BDC"/>
     <w:rsid w:val="00175081"/>
     <w:rsid w:val="00180DE9"/>
     <w:rsid w:val="00181293"/>
     <w:rsid w:val="001812D6"/>
     <w:rsid w:val="00183B8C"/>
     <w:rsid w:val="00183C5D"/>
     <w:rsid w:val="00185ABD"/>
     <w:rsid w:val="00187FF4"/>
+    <w:rsid w:val="001918DF"/>
     <w:rsid w:val="00193AE0"/>
     <w:rsid w:val="00197E7B"/>
     <w:rsid w:val="00197EB7"/>
     <w:rsid w:val="001B14D1"/>
+    <w:rsid w:val="001B4ED1"/>
     <w:rsid w:val="001B500B"/>
+    <w:rsid w:val="001B57AA"/>
     <w:rsid w:val="001C5DA3"/>
     <w:rsid w:val="001D0E86"/>
     <w:rsid w:val="001D2493"/>
     <w:rsid w:val="001D3E4F"/>
     <w:rsid w:val="001D64AF"/>
     <w:rsid w:val="001D7536"/>
     <w:rsid w:val="001E0E3D"/>
     <w:rsid w:val="001E291F"/>
     <w:rsid w:val="001E5E78"/>
     <w:rsid w:val="001F0EF3"/>
     <w:rsid w:val="001F5E0E"/>
     <w:rsid w:val="002068C2"/>
     <w:rsid w:val="00210294"/>
+    <w:rsid w:val="002121EB"/>
     <w:rsid w:val="002140FC"/>
     <w:rsid w:val="002143A1"/>
     <w:rsid w:val="00221B5B"/>
     <w:rsid w:val="0022408E"/>
     <w:rsid w:val="0024051E"/>
     <w:rsid w:val="00241D65"/>
     <w:rsid w:val="00243BEA"/>
     <w:rsid w:val="00245582"/>
     <w:rsid w:val="00251CC4"/>
     <w:rsid w:val="00257E15"/>
     <w:rsid w:val="0026260B"/>
     <w:rsid w:val="00266FC1"/>
+    <w:rsid w:val="0026742D"/>
     <w:rsid w:val="002727D7"/>
     <w:rsid w:val="00276FAB"/>
     <w:rsid w:val="0028745C"/>
     <w:rsid w:val="00292836"/>
     <w:rsid w:val="00293358"/>
     <w:rsid w:val="002938DC"/>
     <w:rsid w:val="00294E7D"/>
     <w:rsid w:val="002A5639"/>
     <w:rsid w:val="002A69FE"/>
     <w:rsid w:val="002A70D0"/>
     <w:rsid w:val="002A78FE"/>
     <w:rsid w:val="002B15A1"/>
     <w:rsid w:val="002B625D"/>
     <w:rsid w:val="002C1141"/>
     <w:rsid w:val="002C2E53"/>
+    <w:rsid w:val="002C3FFC"/>
     <w:rsid w:val="002C4446"/>
     <w:rsid w:val="002C5DBF"/>
     <w:rsid w:val="002C6574"/>
     <w:rsid w:val="002C75E2"/>
     <w:rsid w:val="002D31BE"/>
     <w:rsid w:val="002D5207"/>
     <w:rsid w:val="002E3B5C"/>
     <w:rsid w:val="002E3E05"/>
+    <w:rsid w:val="002E5DD3"/>
+    <w:rsid w:val="002E7A5D"/>
     <w:rsid w:val="002F02BE"/>
     <w:rsid w:val="002F0F7C"/>
     <w:rsid w:val="002F2003"/>
     <w:rsid w:val="002F6607"/>
+    <w:rsid w:val="00302A8D"/>
     <w:rsid w:val="00303C8A"/>
     <w:rsid w:val="00306D78"/>
+    <w:rsid w:val="00307573"/>
     <w:rsid w:val="003110C3"/>
     <w:rsid w:val="00311966"/>
+    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="00314781"/>
     <w:rsid w:val="00320AF5"/>
     <w:rsid w:val="00330C1A"/>
     <w:rsid w:val="00334B31"/>
     <w:rsid w:val="00354092"/>
     <w:rsid w:val="00361FAC"/>
     <w:rsid w:val="003630CA"/>
     <w:rsid w:val="003647A3"/>
     <w:rsid w:val="00364F4C"/>
     <w:rsid w:val="00372348"/>
+    <w:rsid w:val="0038343C"/>
     <w:rsid w:val="00384276"/>
     <w:rsid w:val="00384C17"/>
     <w:rsid w:val="003851A4"/>
     <w:rsid w:val="003853A0"/>
+    <w:rsid w:val="0039009C"/>
     <w:rsid w:val="0039278E"/>
     <w:rsid w:val="00396201"/>
     <w:rsid w:val="00397412"/>
     <w:rsid w:val="003A1E5C"/>
     <w:rsid w:val="003C2AA1"/>
     <w:rsid w:val="003C5591"/>
     <w:rsid w:val="003C6980"/>
     <w:rsid w:val="003C6B28"/>
     <w:rsid w:val="003D1F6A"/>
     <w:rsid w:val="003D3D3B"/>
     <w:rsid w:val="003D4921"/>
     <w:rsid w:val="003E0E15"/>
     <w:rsid w:val="003F1824"/>
     <w:rsid w:val="003F29C0"/>
     <w:rsid w:val="003F5191"/>
     <w:rsid w:val="003F6039"/>
     <w:rsid w:val="003F65C4"/>
     <w:rsid w:val="003F7DE7"/>
     <w:rsid w:val="0040477A"/>
     <w:rsid w:val="004077D7"/>
     <w:rsid w:val="00411470"/>
     <w:rsid w:val="00413C2E"/>
     <w:rsid w:val="00414A55"/>
+    <w:rsid w:val="00417488"/>
     <w:rsid w:val="004201D0"/>
     <w:rsid w:val="00422CDD"/>
     <w:rsid w:val="00430519"/>
     <w:rsid w:val="00432136"/>
     <w:rsid w:val="00433B0E"/>
     <w:rsid w:val="00434A93"/>
     <w:rsid w:val="00434B8D"/>
     <w:rsid w:val="00436503"/>
     <w:rsid w:val="0044402B"/>
     <w:rsid w:val="00447B69"/>
+    <w:rsid w:val="00457F24"/>
     <w:rsid w:val="004604EC"/>
+    <w:rsid w:val="00462781"/>
     <w:rsid w:val="00462ADF"/>
     <w:rsid w:val="004649CD"/>
     <w:rsid w:val="0046703D"/>
     <w:rsid w:val="00471188"/>
     <w:rsid w:val="0047138D"/>
     <w:rsid w:val="0047532C"/>
     <w:rsid w:val="004764C6"/>
     <w:rsid w:val="00476670"/>
     <w:rsid w:val="00476A7A"/>
     <w:rsid w:val="004818C0"/>
     <w:rsid w:val="00486C0D"/>
     <w:rsid w:val="004914B1"/>
     <w:rsid w:val="004962A4"/>
     <w:rsid w:val="004A3F66"/>
     <w:rsid w:val="004A6057"/>
     <w:rsid w:val="004A679B"/>
     <w:rsid w:val="004A6E5F"/>
     <w:rsid w:val="004A711F"/>
     <w:rsid w:val="004B00CB"/>
     <w:rsid w:val="004B3472"/>
+    <w:rsid w:val="004B46AA"/>
+    <w:rsid w:val="004B6106"/>
     <w:rsid w:val="004C4147"/>
     <w:rsid w:val="004D19CA"/>
     <w:rsid w:val="004D3A72"/>
     <w:rsid w:val="004D4F30"/>
     <w:rsid w:val="004D60EB"/>
     <w:rsid w:val="004E37BD"/>
+    <w:rsid w:val="004F0B97"/>
+    <w:rsid w:val="004F38C4"/>
     <w:rsid w:val="004F6137"/>
     <w:rsid w:val="004F78AF"/>
     <w:rsid w:val="00506D3A"/>
     <w:rsid w:val="005133FD"/>
     <w:rsid w:val="00513CEE"/>
     <w:rsid w:val="00514729"/>
     <w:rsid w:val="00515FCB"/>
     <w:rsid w:val="005251BA"/>
     <w:rsid w:val="00525C47"/>
     <w:rsid w:val="00530ADB"/>
     <w:rsid w:val="00542B2F"/>
     <w:rsid w:val="005445FE"/>
     <w:rsid w:val="00544865"/>
+    <w:rsid w:val="005476ED"/>
+    <w:rsid w:val="00547C1B"/>
     <w:rsid w:val="005506AE"/>
     <w:rsid w:val="0055581B"/>
     <w:rsid w:val="005567D6"/>
+    <w:rsid w:val="00557F28"/>
     <w:rsid w:val="00561DFA"/>
     <w:rsid w:val="00563EFD"/>
     <w:rsid w:val="00566F4B"/>
     <w:rsid w:val="00567E9D"/>
     <w:rsid w:val="0057041A"/>
     <w:rsid w:val="00570B6A"/>
     <w:rsid w:val="00574CB4"/>
     <w:rsid w:val="00576933"/>
     <w:rsid w:val="00576FB0"/>
     <w:rsid w:val="0058097E"/>
     <w:rsid w:val="00580FF7"/>
     <w:rsid w:val="00580FF8"/>
     <w:rsid w:val="00581AFC"/>
     <w:rsid w:val="00582CA9"/>
     <w:rsid w:val="005908DA"/>
     <w:rsid w:val="00591D84"/>
     <w:rsid w:val="00593777"/>
     <w:rsid w:val="00593C7D"/>
     <w:rsid w:val="00596D47"/>
     <w:rsid w:val="005A041E"/>
     <w:rsid w:val="005A0A9E"/>
     <w:rsid w:val="005A2BA8"/>
+    <w:rsid w:val="005A6D66"/>
+    <w:rsid w:val="005A6E92"/>
     <w:rsid w:val="005A7551"/>
+    <w:rsid w:val="005B6885"/>
+    <w:rsid w:val="005B70D2"/>
     <w:rsid w:val="005C45CA"/>
     <w:rsid w:val="005C7D27"/>
     <w:rsid w:val="005D0017"/>
     <w:rsid w:val="005D0A66"/>
+    <w:rsid w:val="005D2ECF"/>
     <w:rsid w:val="005E2AE3"/>
     <w:rsid w:val="005E3626"/>
+    <w:rsid w:val="005E45C7"/>
+    <w:rsid w:val="005E5E80"/>
     <w:rsid w:val="005F04B3"/>
     <w:rsid w:val="005F274F"/>
+    <w:rsid w:val="005F3824"/>
+    <w:rsid w:val="005F5EBC"/>
+    <w:rsid w:val="00602819"/>
     <w:rsid w:val="0060576C"/>
     <w:rsid w:val="0060686B"/>
+    <w:rsid w:val="00610B97"/>
     <w:rsid w:val="006128A5"/>
+    <w:rsid w:val="00617C68"/>
     <w:rsid w:val="006214EC"/>
+    <w:rsid w:val="00623D78"/>
     <w:rsid w:val="00632D76"/>
     <w:rsid w:val="00633F94"/>
     <w:rsid w:val="00635E27"/>
     <w:rsid w:val="0064187F"/>
     <w:rsid w:val="0064192E"/>
     <w:rsid w:val="0064361B"/>
     <w:rsid w:val="006572D1"/>
     <w:rsid w:val="006620F6"/>
+    <w:rsid w:val="0066634F"/>
     <w:rsid w:val="006721CB"/>
     <w:rsid w:val="006761DB"/>
     <w:rsid w:val="006768F1"/>
     <w:rsid w:val="0067727E"/>
     <w:rsid w:val="00680C1F"/>
     <w:rsid w:val="0068134A"/>
     <w:rsid w:val="00685C4A"/>
     <w:rsid w:val="00686F1A"/>
     <w:rsid w:val="0068792F"/>
     <w:rsid w:val="006908EA"/>
     <w:rsid w:val="00691A0B"/>
     <w:rsid w:val="006945B6"/>
+    <w:rsid w:val="0069490A"/>
     <w:rsid w:val="006A65B2"/>
     <w:rsid w:val="006B1B8C"/>
     <w:rsid w:val="006B2C66"/>
     <w:rsid w:val="006B48B3"/>
     <w:rsid w:val="006B6F4B"/>
     <w:rsid w:val="006C35F5"/>
     <w:rsid w:val="006C7056"/>
     <w:rsid w:val="006D0884"/>
     <w:rsid w:val="006D147B"/>
     <w:rsid w:val="006E1A2E"/>
     <w:rsid w:val="006F0E25"/>
     <w:rsid w:val="006F293A"/>
     <w:rsid w:val="006F4B3D"/>
     <w:rsid w:val="006F4F65"/>
     <w:rsid w:val="00712756"/>
+    <w:rsid w:val="007128D8"/>
     <w:rsid w:val="00712A03"/>
     <w:rsid w:val="00712E96"/>
     <w:rsid w:val="00724068"/>
     <w:rsid w:val="00735C02"/>
     <w:rsid w:val="00743B49"/>
     <w:rsid w:val="007528B4"/>
     <w:rsid w:val="00753FCB"/>
     <w:rsid w:val="00760A33"/>
     <w:rsid w:val="00764C79"/>
     <w:rsid w:val="0076658E"/>
     <w:rsid w:val="007705DB"/>
     <w:rsid w:val="00790623"/>
     <w:rsid w:val="007919FA"/>
     <w:rsid w:val="007959A3"/>
     <w:rsid w:val="00796626"/>
     <w:rsid w:val="00797C93"/>
     <w:rsid w:val="007A3B5B"/>
     <w:rsid w:val="007A3C44"/>
+    <w:rsid w:val="007B22A4"/>
     <w:rsid w:val="007C06C8"/>
     <w:rsid w:val="007C1C5A"/>
     <w:rsid w:val="007C2909"/>
     <w:rsid w:val="007C3C70"/>
+    <w:rsid w:val="007D35D4"/>
     <w:rsid w:val="007D46B9"/>
     <w:rsid w:val="007D5496"/>
     <w:rsid w:val="007D7C96"/>
     <w:rsid w:val="007D7DA0"/>
     <w:rsid w:val="007F3A4F"/>
     <w:rsid w:val="007F3EFE"/>
     <w:rsid w:val="007F46E0"/>
     <w:rsid w:val="007F4C14"/>
+    <w:rsid w:val="007F542B"/>
     <w:rsid w:val="0080155B"/>
+    <w:rsid w:val="00802C5B"/>
     <w:rsid w:val="00804143"/>
     <w:rsid w:val="008055C0"/>
     <w:rsid w:val="0081081B"/>
     <w:rsid w:val="00814071"/>
+    <w:rsid w:val="008142EC"/>
     <w:rsid w:val="0082504C"/>
     <w:rsid w:val="008264B4"/>
     <w:rsid w:val="00826F7C"/>
     <w:rsid w:val="0082725E"/>
     <w:rsid w:val="00830E5A"/>
     <w:rsid w:val="00832348"/>
     <w:rsid w:val="00836219"/>
     <w:rsid w:val="008417F8"/>
     <w:rsid w:val="00842B38"/>
     <w:rsid w:val="00843371"/>
     <w:rsid w:val="0084491B"/>
     <w:rsid w:val="008456DE"/>
     <w:rsid w:val="00846997"/>
     <w:rsid w:val="00846F6F"/>
     <w:rsid w:val="0085051B"/>
     <w:rsid w:val="00854EB6"/>
     <w:rsid w:val="008575D3"/>
     <w:rsid w:val="00862976"/>
     <w:rsid w:val="00863302"/>
+    <w:rsid w:val="00864157"/>
     <w:rsid w:val="00870FE0"/>
     <w:rsid w:val="008743A1"/>
     <w:rsid w:val="008743F7"/>
     <w:rsid w:val="008756FE"/>
     <w:rsid w:val="0087579B"/>
     <w:rsid w:val="00875A0B"/>
     <w:rsid w:val="008804B8"/>
     <w:rsid w:val="00883451"/>
     <w:rsid w:val="008A1959"/>
     <w:rsid w:val="008A26AB"/>
     <w:rsid w:val="008A62C0"/>
     <w:rsid w:val="008A70E3"/>
     <w:rsid w:val="008B1802"/>
     <w:rsid w:val="008B55BF"/>
     <w:rsid w:val="008B5DB3"/>
+    <w:rsid w:val="008C1639"/>
     <w:rsid w:val="008C2801"/>
     <w:rsid w:val="008C3B1D"/>
     <w:rsid w:val="008C4545"/>
     <w:rsid w:val="008C5819"/>
     <w:rsid w:val="008D0083"/>
     <w:rsid w:val="008D00A6"/>
     <w:rsid w:val="008D2E7D"/>
     <w:rsid w:val="008E0762"/>
     <w:rsid w:val="008E4154"/>
     <w:rsid w:val="008E54CD"/>
     <w:rsid w:val="008E7ED8"/>
     <w:rsid w:val="008F0698"/>
     <w:rsid w:val="008F6350"/>
     <w:rsid w:val="008F799B"/>
     <w:rsid w:val="00904558"/>
     <w:rsid w:val="00925AFC"/>
     <w:rsid w:val="0094491C"/>
     <w:rsid w:val="009504F0"/>
     <w:rsid w:val="0095198C"/>
+    <w:rsid w:val="009519D0"/>
     <w:rsid w:val="009540F2"/>
     <w:rsid w:val="00954D3C"/>
     <w:rsid w:val="009557A6"/>
     <w:rsid w:val="00955EF9"/>
     <w:rsid w:val="00956326"/>
+    <w:rsid w:val="009569AD"/>
     <w:rsid w:val="00956E6F"/>
     <w:rsid w:val="00957348"/>
     <w:rsid w:val="009601A3"/>
     <w:rsid w:val="00961561"/>
     <w:rsid w:val="009649C9"/>
     <w:rsid w:val="009650BA"/>
     <w:rsid w:val="00967ADA"/>
     <w:rsid w:val="009706A3"/>
     <w:rsid w:val="009736D3"/>
     <w:rsid w:val="009828AE"/>
     <w:rsid w:val="00987670"/>
     <w:rsid w:val="00990122"/>
     <w:rsid w:val="00996A9B"/>
     <w:rsid w:val="009A5683"/>
     <w:rsid w:val="009B297A"/>
     <w:rsid w:val="009B5465"/>
     <w:rsid w:val="009B5FBA"/>
     <w:rsid w:val="009C11AB"/>
+    <w:rsid w:val="009C40F9"/>
     <w:rsid w:val="009C5E1F"/>
     <w:rsid w:val="009C6851"/>
     <w:rsid w:val="009D2421"/>
     <w:rsid w:val="009D5059"/>
     <w:rsid w:val="009D58AC"/>
+    <w:rsid w:val="009E6B98"/>
     <w:rsid w:val="009E7D1D"/>
     <w:rsid w:val="009F60AC"/>
     <w:rsid w:val="00A0367A"/>
     <w:rsid w:val="00A057F5"/>
     <w:rsid w:val="00A10BE3"/>
     <w:rsid w:val="00A13555"/>
     <w:rsid w:val="00A13F49"/>
     <w:rsid w:val="00A16B82"/>
     <w:rsid w:val="00A23B21"/>
     <w:rsid w:val="00A23E96"/>
     <w:rsid w:val="00A245D5"/>
     <w:rsid w:val="00A35D5B"/>
     <w:rsid w:val="00A3629C"/>
     <w:rsid w:val="00A40E08"/>
     <w:rsid w:val="00A44EF6"/>
     <w:rsid w:val="00A4502C"/>
     <w:rsid w:val="00A46785"/>
     <w:rsid w:val="00A53272"/>
     <w:rsid w:val="00A53C76"/>
     <w:rsid w:val="00A558CD"/>
     <w:rsid w:val="00A60D67"/>
     <w:rsid w:val="00A626DE"/>
     <w:rsid w:val="00A6384B"/>
     <w:rsid w:val="00A70640"/>
     <w:rsid w:val="00A70758"/>
     <w:rsid w:val="00A75B00"/>
+    <w:rsid w:val="00A8152A"/>
     <w:rsid w:val="00A81C5D"/>
     <w:rsid w:val="00A90C57"/>
     <w:rsid w:val="00A92DB5"/>
     <w:rsid w:val="00AA0FE8"/>
     <w:rsid w:val="00AA1614"/>
+    <w:rsid w:val="00AA484E"/>
     <w:rsid w:val="00AA6DCC"/>
     <w:rsid w:val="00AB2D4F"/>
+    <w:rsid w:val="00AB5A44"/>
     <w:rsid w:val="00AB7375"/>
     <w:rsid w:val="00AC42BB"/>
     <w:rsid w:val="00AD1BBB"/>
     <w:rsid w:val="00AD4814"/>
     <w:rsid w:val="00AE1BB1"/>
     <w:rsid w:val="00AE42F4"/>
     <w:rsid w:val="00AE5549"/>
     <w:rsid w:val="00AF3989"/>
     <w:rsid w:val="00AF3B55"/>
     <w:rsid w:val="00AF4465"/>
     <w:rsid w:val="00B002C6"/>
     <w:rsid w:val="00B01771"/>
     <w:rsid w:val="00B02E44"/>
     <w:rsid w:val="00B07CC1"/>
     <w:rsid w:val="00B10E2E"/>
     <w:rsid w:val="00B116CC"/>
     <w:rsid w:val="00B21100"/>
     <w:rsid w:val="00B25592"/>
     <w:rsid w:val="00B25985"/>
     <w:rsid w:val="00B25EC8"/>
     <w:rsid w:val="00B27FAB"/>
+    <w:rsid w:val="00B30141"/>
     <w:rsid w:val="00B326E7"/>
     <w:rsid w:val="00B400E0"/>
+    <w:rsid w:val="00B41194"/>
     <w:rsid w:val="00B4252C"/>
     <w:rsid w:val="00B4356F"/>
     <w:rsid w:val="00B479D1"/>
     <w:rsid w:val="00B50372"/>
     <w:rsid w:val="00B50C41"/>
     <w:rsid w:val="00B63ED4"/>
     <w:rsid w:val="00B663E0"/>
     <w:rsid w:val="00B6764A"/>
     <w:rsid w:val="00B714AA"/>
     <w:rsid w:val="00B71C94"/>
     <w:rsid w:val="00B740CB"/>
     <w:rsid w:val="00B74A14"/>
     <w:rsid w:val="00B815E6"/>
+    <w:rsid w:val="00B87D37"/>
     <w:rsid w:val="00B90278"/>
     <w:rsid w:val="00B9486A"/>
     <w:rsid w:val="00B95F5A"/>
     <w:rsid w:val="00BA2155"/>
+    <w:rsid w:val="00BA2A05"/>
     <w:rsid w:val="00BA64D1"/>
     <w:rsid w:val="00BA6FB9"/>
+    <w:rsid w:val="00BA7A36"/>
     <w:rsid w:val="00BB0872"/>
     <w:rsid w:val="00BB2688"/>
     <w:rsid w:val="00BB2E45"/>
     <w:rsid w:val="00BB319D"/>
+    <w:rsid w:val="00BC686D"/>
     <w:rsid w:val="00BC7971"/>
     <w:rsid w:val="00BD03CD"/>
     <w:rsid w:val="00BD0B84"/>
     <w:rsid w:val="00BD353A"/>
     <w:rsid w:val="00BD4A72"/>
     <w:rsid w:val="00BD57DA"/>
     <w:rsid w:val="00BE0090"/>
     <w:rsid w:val="00BE5727"/>
     <w:rsid w:val="00BF1140"/>
+    <w:rsid w:val="00BF7AD9"/>
     <w:rsid w:val="00C05913"/>
     <w:rsid w:val="00C1129F"/>
     <w:rsid w:val="00C16C58"/>
     <w:rsid w:val="00C21090"/>
     <w:rsid w:val="00C22C39"/>
     <w:rsid w:val="00C36B14"/>
     <w:rsid w:val="00C42903"/>
     <w:rsid w:val="00C44095"/>
     <w:rsid w:val="00C45C8D"/>
     <w:rsid w:val="00C47CF8"/>
     <w:rsid w:val="00C47E05"/>
     <w:rsid w:val="00C5091C"/>
     <w:rsid w:val="00C50A9B"/>
     <w:rsid w:val="00C5372D"/>
+    <w:rsid w:val="00C61C83"/>
     <w:rsid w:val="00C63582"/>
+    <w:rsid w:val="00C66D13"/>
     <w:rsid w:val="00C67D77"/>
     <w:rsid w:val="00C73A3D"/>
     <w:rsid w:val="00C73ABA"/>
     <w:rsid w:val="00C742A4"/>
+    <w:rsid w:val="00C770C0"/>
     <w:rsid w:val="00C81106"/>
     <w:rsid w:val="00C9745E"/>
     <w:rsid w:val="00CA02EE"/>
     <w:rsid w:val="00CB0150"/>
     <w:rsid w:val="00CB07B9"/>
     <w:rsid w:val="00CB25AA"/>
+    <w:rsid w:val="00CB7BB9"/>
     <w:rsid w:val="00CC0143"/>
     <w:rsid w:val="00CC0C49"/>
     <w:rsid w:val="00CC0F1F"/>
     <w:rsid w:val="00CD7E8B"/>
     <w:rsid w:val="00CE00CE"/>
     <w:rsid w:val="00CE00D0"/>
     <w:rsid w:val="00CE153F"/>
     <w:rsid w:val="00CE3FAA"/>
     <w:rsid w:val="00CE6ABC"/>
     <w:rsid w:val="00CF06D8"/>
     <w:rsid w:val="00CF3DF9"/>
     <w:rsid w:val="00CF4BCE"/>
     <w:rsid w:val="00CF64F4"/>
     <w:rsid w:val="00D02321"/>
+    <w:rsid w:val="00D0340D"/>
     <w:rsid w:val="00D04C6F"/>
     <w:rsid w:val="00D07ED2"/>
     <w:rsid w:val="00D122EB"/>
     <w:rsid w:val="00D136D2"/>
     <w:rsid w:val="00D1509F"/>
     <w:rsid w:val="00D15786"/>
     <w:rsid w:val="00D16823"/>
     <w:rsid w:val="00D200E3"/>
     <w:rsid w:val="00D20AF6"/>
     <w:rsid w:val="00D2613E"/>
     <w:rsid w:val="00D33F30"/>
     <w:rsid w:val="00D348C5"/>
     <w:rsid w:val="00D34C87"/>
+    <w:rsid w:val="00D35991"/>
     <w:rsid w:val="00D36D3D"/>
     <w:rsid w:val="00D46466"/>
     <w:rsid w:val="00D5100C"/>
     <w:rsid w:val="00D52E96"/>
     <w:rsid w:val="00D61C74"/>
     <w:rsid w:val="00D666CB"/>
     <w:rsid w:val="00D71619"/>
     <w:rsid w:val="00D72A98"/>
     <w:rsid w:val="00D80145"/>
+    <w:rsid w:val="00D8141E"/>
     <w:rsid w:val="00D84C82"/>
     <w:rsid w:val="00D929FD"/>
     <w:rsid w:val="00DA1A3A"/>
     <w:rsid w:val="00DA3FAA"/>
+    <w:rsid w:val="00DA4230"/>
     <w:rsid w:val="00DA6ED6"/>
     <w:rsid w:val="00DB1761"/>
     <w:rsid w:val="00DB227E"/>
     <w:rsid w:val="00DB247A"/>
     <w:rsid w:val="00DC1C21"/>
     <w:rsid w:val="00DC314D"/>
     <w:rsid w:val="00DC3806"/>
     <w:rsid w:val="00DC6650"/>
     <w:rsid w:val="00DC73EC"/>
     <w:rsid w:val="00DD1A08"/>
     <w:rsid w:val="00DD2BF0"/>
     <w:rsid w:val="00DD2CAB"/>
     <w:rsid w:val="00DD3CB1"/>
     <w:rsid w:val="00DE1D04"/>
     <w:rsid w:val="00DE293F"/>
     <w:rsid w:val="00DE4327"/>
     <w:rsid w:val="00DE43CA"/>
     <w:rsid w:val="00DE6391"/>
     <w:rsid w:val="00DF3EB1"/>
     <w:rsid w:val="00DF5174"/>
     <w:rsid w:val="00DF5219"/>
     <w:rsid w:val="00E02935"/>
     <w:rsid w:val="00E062A7"/>
+    <w:rsid w:val="00E11BCB"/>
     <w:rsid w:val="00E16E23"/>
     <w:rsid w:val="00E1736D"/>
     <w:rsid w:val="00E1777D"/>
+    <w:rsid w:val="00E2041A"/>
+    <w:rsid w:val="00E23401"/>
     <w:rsid w:val="00E2476B"/>
     <w:rsid w:val="00E2776C"/>
     <w:rsid w:val="00E3546E"/>
     <w:rsid w:val="00E36D0F"/>
     <w:rsid w:val="00E434DC"/>
     <w:rsid w:val="00E47050"/>
     <w:rsid w:val="00E50688"/>
     <w:rsid w:val="00E579CE"/>
     <w:rsid w:val="00E6069E"/>
     <w:rsid w:val="00E60F3C"/>
     <w:rsid w:val="00E6581F"/>
     <w:rsid w:val="00E741E6"/>
     <w:rsid w:val="00E80235"/>
+    <w:rsid w:val="00E80E77"/>
     <w:rsid w:val="00E8243F"/>
     <w:rsid w:val="00E8306E"/>
     <w:rsid w:val="00E85D3A"/>
     <w:rsid w:val="00E90967"/>
     <w:rsid w:val="00E918DA"/>
+    <w:rsid w:val="00E91C2A"/>
     <w:rsid w:val="00E9222B"/>
     <w:rsid w:val="00E94EDF"/>
     <w:rsid w:val="00E95A1D"/>
     <w:rsid w:val="00E9773E"/>
     <w:rsid w:val="00EA0BA0"/>
     <w:rsid w:val="00EA338D"/>
     <w:rsid w:val="00EA692B"/>
     <w:rsid w:val="00EB1C4F"/>
     <w:rsid w:val="00EB5B2E"/>
     <w:rsid w:val="00EC01EE"/>
+    <w:rsid w:val="00EC1006"/>
     <w:rsid w:val="00EC289D"/>
     <w:rsid w:val="00EC5B49"/>
     <w:rsid w:val="00ED00CC"/>
+    <w:rsid w:val="00ED0A80"/>
     <w:rsid w:val="00ED1E1B"/>
+    <w:rsid w:val="00ED458D"/>
     <w:rsid w:val="00ED5FEE"/>
     <w:rsid w:val="00EE202C"/>
     <w:rsid w:val="00EE6A13"/>
     <w:rsid w:val="00EF7BE3"/>
     <w:rsid w:val="00F00566"/>
     <w:rsid w:val="00F01F25"/>
     <w:rsid w:val="00F05796"/>
     <w:rsid w:val="00F14849"/>
     <w:rsid w:val="00F22681"/>
     <w:rsid w:val="00F23F9D"/>
     <w:rsid w:val="00F2781D"/>
     <w:rsid w:val="00F30179"/>
     <w:rsid w:val="00F351B6"/>
     <w:rsid w:val="00F36F51"/>
     <w:rsid w:val="00F404C1"/>
     <w:rsid w:val="00F42274"/>
     <w:rsid w:val="00F465D8"/>
     <w:rsid w:val="00F6491F"/>
+    <w:rsid w:val="00F67DD0"/>
     <w:rsid w:val="00F70FA4"/>
+    <w:rsid w:val="00F73240"/>
+    <w:rsid w:val="00F76D0B"/>
     <w:rsid w:val="00F80A79"/>
     <w:rsid w:val="00F821C9"/>
     <w:rsid w:val="00F82E04"/>
     <w:rsid w:val="00F85701"/>
     <w:rsid w:val="00F95BD1"/>
     <w:rsid w:val="00F9743D"/>
     <w:rsid w:val="00FA02B6"/>
     <w:rsid w:val="00FA120D"/>
+    <w:rsid w:val="00FA2AE0"/>
     <w:rsid w:val="00FA5054"/>
     <w:rsid w:val="00FB4F61"/>
     <w:rsid w:val="00FC0CD8"/>
     <w:rsid w:val="00FC3D68"/>
     <w:rsid w:val="00FD32CC"/>
     <w:rsid w:val="00FD4015"/>
     <w:rsid w:val="00FD4664"/>
     <w:rsid w:val="00FE136A"/>
     <w:rsid w:val="00FE4D8B"/>
     <w:rsid w:val="00FE555F"/>
     <w:rsid w:val="00FE6C32"/>
     <w:rsid w:val="00FF6700"/>
     <w:rsid w:val="0800A207"/>
     <w:rsid w:val="28C5ADC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -23286,51 +24888,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1087187550">
           <w:marLeft w:val="1267"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361628" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fec.europa.eu%2Fregional_policy%2Fsources%2Fstudies%2Fcba_guide.pdf&amp;data=05%7C02%7Critvars.timermanis%40cfla.gov.lv%7Cd0d50071ff8b4185fc7c08dc64246b26%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638495354780009863%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=HQT22dvz%2FRf8wHc95EBRJIKEyGtE%2B50Nzc14dKC%2FGTI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://restore.daba.gov.lv/public/download.php?id=335" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A32014R0651" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biodiversity.europa.eu/europes-biodiversity/ecosystems" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/regional_policy/en/newsroom/news/2021/09/20-09-2021-project-selection-the-economic-appraisal-vademecum" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cices.eu/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361628" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biodiversity.europa.eu/europes-biodiversity/ecosystems" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cices.eu/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A32014R0651" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fec.europa.eu%2Fregional_policy%2Fsources%2Fstudies%2Fcba_guide.pdf&amp;data=05%7C02%7Critvars.timermanis%40cfla.gov.lv%7Cd0d50071ff8b4185fc7c08dc64246b26%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638495354780009863%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=HQT22dvz%2FRf8wHc95EBRJIKEyGtE%2B50Nzc14dKC%2FGTI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/regional_policy/en/newsroom/news/2021/09/20-09-2021-project-selection-the-economic-appraisal-vademecum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/assets/izv%C4%93rt%C4%93jumi/2014_2020/2019/biotopu-novertejums-final.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://restore.daba.gov.lv/public/download.php?id=335" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23600,75 +25202,320 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+    <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29df6500465c31a816bdfed27ff4cf55">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -23874,92 +25721,135 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0F7D436-A174-44AD-A5BC-ED12BF2C81EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85DFB448-9B11-40C6-ABC1-2EAB6ADB4A51}">
-[...9 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66E335C9-AFB9-484F-937F-F23CEB70B5E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AD1F48D-3992-4B6A-9ABB-2380E21ACD24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47EEC8EC-2DD4-4946-A944-92CEC6E79CBD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85DFB448-9B11-40C6-ABC1-2EAB6ADB4A51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47EEC8EC-2DD4-4946-A944-92CEC6E79CBD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>17047</Characters>
+  <Pages>23</Pages>
+  <Words>6171</Words>
+  <Characters>43509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>93</Paragraphs>
+  <Lines>1061</Lines>
+  <Paragraphs>373</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46859</CharactersWithSpaces>
+  <CharactersWithSpaces>49307</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jānis Pērkons</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
 </Properties>
 </file>