--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -7,60 +7,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/6.1.1.1. Atteikšanās no kūdras izmantošanas enerģētikā/6.1.1.1. Atteikšanās no kūdras 3.kārta - LVM/3.kārta - LVM/1.Atlases sagatavošana/Nolikums/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/iveta_strode_cfla_gov_lv/Documents/Desktop/6.1.1.1/6.1.1.1_3k/Atlases nolikuma 2_grozijumi_10.12.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="575" documentId="8_{013FC72C-25F1-43B1-AA39-E5A6369E0796}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A86CF2D8-E259-44F9-9422-F1F0DA231764}"/>
+  <xr:revisionPtr revIDLastSave="601" documentId="8_{013FC72C-25F1-43B1-AA39-E5A6369E0796}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A284F96A-87D6-441E-AD62-7CD5B71902DA}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="427" xr2:uid="{0380FC25-2DFD-4B30-82ED-4E0CB99B8309}"/>
+    <workbookView xWindow="28680" yWindow="-990" windowWidth="29040" windowHeight="15720" tabRatio="427" firstSheet="1" activeTab="1" xr2:uid="{0380FC25-2DFD-4B30-82ED-4E0CB99B8309}"/>
   </bookViews>
   <sheets>
     <sheet name="Teritoriju sadalījums" sheetId="1" r:id="rId1"/>
     <sheet name="Princips &quot;piesārņotājs maksā&quot;" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Princips "piesārņotājs maksā"'!$6:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Teritoriju sadalījums'!$19:$19</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -359,58 +359,125 @@
   </si>
   <si>
     <t xml:space="preserve">* Atbilstoši MK 2025. gada 1. jūlija noteikumu Nr. 407 "Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa “Pārejas uz klimatneitralitāti radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos” 6.1.1.1. pasākuma “Atteikšanās no kūdras izmantošanas enerģētikā" trešās projektu iesniegumu atlases kārtas īstenošanas noteikumi” (turpmāk - SAM MK noteikumi) 3. punktam, Pasākuma trešās atlases kārtas mērķteritorijas un īstenošanas vietas ir Kūdras ilgtspējīgas izmantošanas pamatnostādņu 2020.–2030. gadam 3. pielikumā (turpmāk – pamatnostādņu 3. pielikums) minētās teritorijas un tām piegulošās teritorijas, kas atrodas Kurzemes, Latgales, Vidzemes un Zemgales statistiskajā reģionā saskaņā ar 2022.
 gada 25. novembrī spēkā esošo Statistiski teritoriālo vienību nomenklatūras 3. līmeņa (NUTS 3. līmenis) klasifikāciju, ir Latvijas Republikas īpašumā un nodoti turējumā akciju sabiedrībai "Latvijas valsts meži" vai atrodas akciju sabiedrības "Latvijas valsts meži" īpašumā vai valdījumā. Izvērtēšanas procesā NUTS 3. līmeņa teritoriālās atrašanās vietas noteikšanas pārbaudei var izmantot Centrālās statistikas pārvaldes mājaslapā pieejamo informāciju: https://www.csp.gov.lv/lv/statistiskie-regioni . </t>
   </si>
   <si>
     <t xml:space="preserve">**  Atsevišķi jāizdala projekta mērķteritorijai pieguļošās teritorijas platību, kurā paredzēts veikt projekta darbības, ja tas ir nepieciešams, lai nodrošinātu mērķa teritorijas atbilstošu funkcionalitāti. </t>
   </si>
   <si>
     <t xml:space="preserve">*** ĪADT saraksts pieejams Dabas aizsardzības pārvaldes mājaslapā sadaļā "Dabas daudzveidība" apakšsadaļā "Dabas teritoriju pārvaldība"
 Pieejams:  </t>
   </si>
   <si>
     <t xml:space="preserve">https://www.daba.gov.lv/lv/par-ipasi-aizsargajamam-dabas-teritorijam </t>
   </si>
   <si>
     <t xml:space="preserve">**** Atbilstoši SAM MK noteikumu 14. punktam, ja projekta īstenošanas teritorijas ir ĪADT un/vai ES nozīmes biotops 7120, attiecigi kurās projekta iesniedzejs īsteno valsts deleģētos uzdevumus, saimnieciskā darbība nav pieļaujama, izņemot ieņēmumus līdz 50% no attiecīgās teritorijas uzturēšanas izmaksām gadā. Savukārt teritorijās, kas nav minētās ĪADT vai biotopi 7120 un attiecīgi, kurās netiek īstenoti valsts deleģētie uzdevumi, tiek piemērots komercdarbības atbalsts un saimnieciskā darbība nav ierobežota.   </t>
   </si>
   <si>
     <t>2. tabula “Pamatojošā informācija par projekta īstenošanas teritorijām”</t>
   </si>
   <si>
     <t>AIZPILDĀMA, JA KĀDA NO PROJEKTA ĪSTENOŠANAS TERITORIJĀM UZSKATĀMA PAR VĒSTURISKU KŪDRAS IEGUVES VIETU</t>
   </si>
   <si>
-    <t>Pielikumā projekta iesniedzējs sniedz informāciju par katru 1. tabulā uzskaitīto projekta īstenošanas teritoriju (C kolonna), kas tiek uzskatītas par vēsturisku kūdras ieguves vietu, atbilstoši 2020. gada 24. novembra MK rīkojumam Nr. 696 “Par Kūdras ilgtspējīgas izmantošanas pamatnostādnēm 2020.-2030. gadam” 3. pielikumā minētajam sarakstam sniedz pamatojumu izpildot visus 2. tabulā uzskaitītos nosacījumus:
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">Pielikumā projekta iesniedzējs sniedz informāciju par katru 1. tabulā uzskaitīto projekta īstenošanas teritoriju (C kolonna), kas tiek uzskatītas par vēsturisku kūdras ieguves vietu, atbilstoši 2020. gada 24. novembra MK rīkojumam Nr. 696 “Par Kūdras ilgtspējīgas izmantošanas pamatnostādnēm 2020.-2030. gadam” 3. pielikumā minētajam sarakstam sniedz pamatojumu izpildot visus 2. tabulā uzskaitītos nosacījumus:
 1) kad pārtraukta kūdras ieguve projekta teritorijā (sniedzot pēc iespējas precīzāku informāciju),
 2) ka pēc kūdras ieguves pārtraukšanas vairs nav spēkā esošu kūdras ieguves licenču,
-3) ka nav bijusi prasība par rekultivācijas veikšanu projekta teritorijā pēc kūdras ieguves pārtraukšanas projekta teritorijā, kas pierādāms, ja kūdras ieguve pārtraukta vai kūdras ieguves licence anulēta, pirms 2012.gada 12. augusta, kad stājās spēkā Ministru kabineta noteikumu Nr. 570 “Derīgo izrakteņu ieguves kārtība”,
-[...3 lines deleted...]
-ka vietām, nav iespējams piemērot principu “piesārņotājs maksā”, kā to paredz Taisnīgas pārkārtošanās teritoriālais plāns un Eiropas Komisijas 2021. gada 24. jūnija Regulas (ES) Nr. 2021/1056, ar ko izveido Taisnīgas pārkārtošanās fondu, 8. panta 2. punkts.</t>
+3) ka nav bijusi prasība par rekultivācijas veikšanu projekta teritorijā pēc kūdras ieguves pārtraukšanas projekta teritorijā, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>kas pierādāms, ja teritorijai izdota licence pirms 1996.gada 4. jūnija, kad stājās spēkā likums "Par zemes dzīlēm''</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">, kūdras ieguve pārtraukta vai kūdras ieguves licence anulēta, pirms 2012.gada 12. augusta, kad stājās spēkā Ministru kabineta noteikumu Nr. 570 “Derīgo izrakteņu ieguves kārtība”,,
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">4) ka tagadējais zemes īpašnieks, valdītājs vai turētājs nav likumīgais kūdras ieguves veicēja vai citas struktūras saistību pārņēmējs, un šī struktūra vai uzņēmums vairs nepastāv, kā rezultātā uz tagadējo zemes īpašnieku nevar attiecināt </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>likuma Par zemes dzīlēm prasību, kas nosaka rekutlivācijas īstenošanas nepieciešamību pēc derīgo izrakteņu ieguves</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="11"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">; MK noteikumu Nr. 570  “Derīgo izrakteņu ieguves kārtība” 8. nodaļas prasības, kas nosaka, ka zemes īpašniekam, viena gada laikā pēc kūdras ieguves beigšanas, ir jāuzsāk rekultivācijas aktivitātes kūdras ieguves teritorijā.                                                                                                                                                                                                            
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">5) Ja projekta iesniegumā norādīta informācija par projekta īstenošanas vietu, kurā pēc 1996. gada, kad stājās spēkā likums “Par zemes dzīlēm”, ir saņemta licence kūdras ieguvei, bet licences platība  tikusi samazināta vai arī licences darbība pārtraukta līdz  Ministru kabineta 2006. gada 19. septembra noteikumu Nr. 779 “Derīgo izrakteņu ieguves kārtība”, kas nosaka rekultivācijas īstenošanas kārtību, spēkā stāšanās brīdim, secināms, ka licences platības samazināšana veikta atbilstoši tā brīža tiesiskajam regulējumam un līdz ar to īstenota tiesiski ievērojot rekultivācijas prasības.
+Šādā gadījumā papildus  informācijai par licences derīguma termiņiem, lai šādā teritorijā varētu īstenot revitalizāciju, projekta iesniedzējam jāsaņem dokuments, piemēram, izziņa no attiecīgās pašvaldības, kas saskaņā ar likuma “Par zemes dzīlēm” regulējumu pārrauga derīgo izrakteņu ieguves vietu rekultivāciju, par pašvaldības rīcībā esošajiem/neesošajiem dokumentāriem materiāliem par minētajā teritorijā īstenoto rekultivāciju. 
+Savukārt, lai pamatotu revitalizācijas nepieciešamību šādā teritorijā, projekta iesniedzējam papildus jāiesniedz apliecinājums, ka tiks saņemts sertificēta dabas (sugu un biotopu) eksperta atzinums vai arī darbību nepieciešamība jāapliecina ar dabas aizsardzības plānā sniegto informāciju (ja attiecināms).     
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">
+Atbilstoši 1. tabulā norādītajai projekta īstenošanas teritoriju numerācijai, projekta iesnieguma pielikumā pievieno pamatojošu informāciju vai apliecinošu dokumentāciju (piemēram, arhīvu izziņas), ka vietām, nav iespējams piemērot principu “piesārņotājs maksā”, kā to paredz Taisnīgas pārkārtošanās teritoriālais plāns un Eiropas Komisijas 2021. gada 24. jūnija Regulas (ES) Nr. 2021/1056, ar ko izveido Taisnīgas pārkārtošanās fondu, 8. panta 2. punkts.</t>
+    </r>
   </si>
   <si>
     <t>Projekta īstenošanas teritorijas nosaukums</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Projekta īstenošanas teritorijas kadastra apzīmējums
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <scheme val="minor"/>
       </rPr>
       <t>(zemes vienībai 11 cipari)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Kad pārtraukta kūdras ieguve 
 </t>
     </r>
@@ -482,51 +549,51 @@
   </si>
   <si>
     <t>05.2019.</t>
   </si>
   <si>
     <t>Nr. 8, 
 Arhīva izziņa Nr. 1-12/2023</t>
   </si>
   <si>
     <t>paraugs</t>
   </si>
   <si>
     <t>* Gadījumos, ja uzņēmums vai struktūra, kas vēsturiski veica kūdras ieguves darbības, joprojām turpina savu darbību un pastāv, bet nav veikta konkrētās teritorijas rekultivācija, tad šāda teritorija nevar tikt izmantota projekta īstenošanai.</t>
   </si>
   <si>
     <t>** Pieejami https://likumi.lv/ta/id/251021-derigo-izraktenu-ieguves-kartiba</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00;[Red]0.00"/>
   </numFmts>
-  <fonts count="25">
+  <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
@@ -652,50 +719,66 @@
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFA02B93"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FFA02B93"/>
+      <name val="Aptos Narrow"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
@@ -762,51 +845,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -943,50 +1026,53 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" xr:uid="{00000000-000B-0000-0000-000008000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="31">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
@@ -2173,1450 +2259,1450 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daba.gov.lv/lv/par-ipasi-aizsargajamam-dabas-teritorijam" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8C38546-254E-4F98-A8EA-87430A86F94D}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:L53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
+    <sheetView topLeftCell="A43" workbookViewId="0">
       <selection activeCell="B18" sqref="B18:L18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.28515625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="13" max="13" width="15.28515625" customWidth="1"/>
+    <col min="1" max="1" width="1.26953125" customWidth="1"/>
+    <col min="2" max="2" width="6.81640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="21.26953125" style="1" customWidth="1"/>
+    <col min="4" max="5" width="23.7265625" style="1" customWidth="1"/>
+    <col min="6" max="10" width="23.54296875" style="1" customWidth="1"/>
+    <col min="11" max="11" width="22.81640625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="23.26953125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="15.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" hidden="1">
+    <row r="1" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B1" s="12"/>
       <c r="C1" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="K1" s="12"/>
       <c r="L1" s="12"/>
     </row>
-    <row r="2" spans="2:12" hidden="1">
+    <row r="2" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B2" s="12"/>
       <c r="C2" s="14" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
       <c r="L2" s="12"/>
     </row>
-    <row r="3" spans="2:12" hidden="1">
+    <row r="3" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B3" s="12"/>
       <c r="C3" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="12"/>
       <c r="H3" s="12"/>
       <c r="I3" s="12"/>
       <c r="J3" s="12"/>
       <c r="K3" s="12"/>
       <c r="L3" s="12"/>
     </row>
-    <row r="4" spans="2:12" hidden="1">
+    <row r="4" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B4" s="12"/>
       <c r="C4" s="13" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
       <c r="I4" s="12"/>
       <c r="J4" s="12"/>
       <c r="K4" s="12"/>
       <c r="L4" s="12"/>
     </row>
-    <row r="5" spans="2:12" hidden="1">
+    <row r="5" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B5" s="12"/>
       <c r="C5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
       <c r="I5" s="12"/>
       <c r="J5" s="12"/>
       <c r="K5" s="12"/>
       <c r="L5" s="12"/>
     </row>
-    <row r="6" spans="2:12" hidden="1">
+    <row r="6" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B6" s="12"/>
       <c r="C6" s="13" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
     </row>
-    <row r="7" spans="2:12" hidden="1">
+    <row r="7" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B7" s="12"/>
       <c r="C7" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
     </row>
-    <row r="8" spans="2:12" hidden="1">
+    <row r="8" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B8" s="12"/>
       <c r="C8" s="13" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="12"/>
     </row>
-    <row r="9" spans="2:12" hidden="1">
+    <row r="9" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B9" s="12"/>
       <c r="C9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
     </row>
-    <row r="10" spans="2:12" hidden="1">
+    <row r="10" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B10" s="12"/>
       <c r="C10" s="13" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
     </row>
-    <row r="11" spans="2:12" hidden="1">
+    <row r="11" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B11" s="12"/>
       <c r="C11" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
     </row>
-    <row r="12" spans="2:12" hidden="1">
+    <row r="12" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B12" s="12"/>
       <c r="C12" s="13" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="12"/>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="12"/>
       <c r="I12" s="12"/>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="12"/>
     </row>
-    <row r="13" spans="2:12" hidden="1">
+    <row r="13" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B13" s="12"/>
       <c r="C13" s="13" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="12"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="12"/>
     </row>
-    <row r="14" spans="2:12" hidden="1">
+    <row r="14" spans="2:12" ht="14.5" hidden="1" x14ac:dyDescent="0.35">
       <c r="B14" s="12"/>
       <c r="C14" s="13" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
     </row>
-    <row r="15" spans="2:12" ht="29.45" customHeight="1">
+    <row r="15" spans="2:12" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="51" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="52"/>
       <c r="D15" s="52"/>
       <c r="E15" s="52"/>
       <c r="F15" s="52"/>
       <c r="G15" s="52"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="52"/>
       <c r="L15" s="52"/>
     </row>
-    <row r="16" spans="2:12" ht="21" customHeight="1">
+    <row r="16" spans="2:12" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="50" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="50"/>
       <c r="F16" s="50"/>
       <c r="G16" s="50"/>
       <c r="H16" s="50"/>
       <c r="I16" s="50"/>
       <c r="J16" s="50"/>
       <c r="K16" s="50"/>
       <c r="L16" s="50"/>
     </row>
-    <row r="17" spans="2:12" ht="21" customHeight="1">
+    <row r="17" spans="2:12" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="58" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="58"/>
       <c r="D17" s="58"/>
       <c r="E17" s="58"/>
       <c r="F17" s="58"/>
       <c r="G17" s="58"/>
       <c r="H17" s="58"/>
       <c r="I17" s="58"/>
       <c r="J17" s="58"/>
       <c r="K17" s="58"/>
       <c r="L17" s="58"/>
     </row>
-    <row r="18" spans="2:12" ht="93.75" customHeight="1">
+    <row r="18" spans="2:12" ht="93.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="53" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="54"/>
       <c r="D18" s="54"/>
       <c r="E18" s="54"/>
       <c r="F18" s="54"/>
       <c r="G18" s="54"/>
       <c r="H18" s="54"/>
       <c r="I18" s="54"/>
       <c r="J18" s="54"/>
       <c r="K18" s="54"/>
       <c r="L18" s="54"/>
     </row>
-    <row r="19" spans="2:12" ht="120">
+    <row r="19" spans="2:12" ht="101.5" x14ac:dyDescent="0.35">
       <c r="B19" s="15" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="16" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="17" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="19" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="19" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="19" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="19" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="19" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="20" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="20" spans="2:12">
+    <row r="20" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="22" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>34</v>
       </c>
       <c r="F20" s="24">
         <v>20</v>
       </c>
       <c r="G20" s="24">
         <v>12</v>
       </c>
       <c r="H20" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="25">
         <v>10</v>
       </c>
       <c r="J20" s="25" t="s">
         <v>36</v>
       </c>
       <c r="K20" s="26">
         <v>0</v>
       </c>
       <c r="L20" s="25">
         <f t="shared" ref="L20:L41" si="0">I20+K20</f>
         <v>10</v>
       </c>
     </row>
-    <row r="21" spans="2:12">
+    <row r="21" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="27" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="22" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="23" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="23" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="24">
         <v>11.25</v>
       </c>
       <c r="G21" s="24">
         <v>5</v>
       </c>
       <c r="H21" s="25" t="s">
         <v>3</v>
       </c>
       <c r="I21" s="25">
         <v>0</v>
       </c>
       <c r="J21" s="25" t="s">
         <v>3</v>
       </c>
       <c r="K21" s="26">
         <v>2.6</v>
       </c>
       <c r="L21" s="25">
         <f t="shared" si="0"/>
         <v>2.6</v>
       </c>
     </row>
-    <row r="22" spans="2:12">
+    <row r="22" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B22" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="28"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="30"/>
       <c r="G22" s="30"/>
       <c r="H22" s="31"/>
       <c r="I22" s="31"/>
       <c r="J22" s="31"/>
       <c r="K22" s="32"/>
       <c r="L22" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="2:12">
+    <row r="23" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="27" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="28"/>
       <c r="D23" s="29"/>
       <c r="E23" s="29"/>
       <c r="F23" s="30"/>
       <c r="G23" s="30"/>
       <c r="H23" s="31"/>
       <c r="I23" s="31"/>
       <c r="J23" s="31"/>
       <c r="K23" s="32"/>
       <c r="L23" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:12">
+    <row r="24" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B24" s="27" t="s">
         <v>42</v>
       </c>
       <c r="C24" s="28"/>
       <c r="D24" s="29"/>
       <c r="E24" s="29"/>
       <c r="F24" s="30"/>
       <c r="G24" s="30"/>
       <c r="H24" s="31"/>
       <c r="I24" s="31"/>
       <c r="J24" s="31"/>
       <c r="K24" s="32"/>
       <c r="L24" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="2:12">
+    <row r="25" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B25" s="27" t="s">
         <v>43</v>
       </c>
       <c r="C25" s="28"/>
       <c r="D25" s="29"/>
       <c r="E25" s="29"/>
       <c r="F25" s="30"/>
       <c r="G25" s="30"/>
       <c r="H25" s="31"/>
       <c r="I25" s="31"/>
       <c r="J25" s="31"/>
       <c r="K25" s="32"/>
       <c r="L25" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="2:12">
+    <row r="26" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B26" s="27" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="28"/>
       <c r="D26" s="29"/>
       <c r="E26" s="29"/>
       <c r="F26" s="30"/>
       <c r="G26" s="30"/>
       <c r="H26" s="31"/>
       <c r="I26" s="31"/>
       <c r="J26" s="31"/>
       <c r="K26" s="32"/>
       <c r="L26" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:12">
+    <row r="27" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B27" s="27" t="s">
         <v>45</v>
       </c>
       <c r="C27" s="28"/>
       <c r="D27" s="29"/>
       <c r="E27" s="29"/>
       <c r="F27" s="30"/>
       <c r="G27" s="30"/>
       <c r="H27" s="31"/>
       <c r="I27" s="31"/>
       <c r="J27" s="31"/>
       <c r="K27" s="32"/>
       <c r="L27" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:12">
+    <row r="28" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B28" s="27" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="28"/>
       <c r="D28" s="29"/>
       <c r="E28" s="29"/>
       <c r="F28" s="30"/>
       <c r="G28" s="30"/>
       <c r="H28" s="31"/>
       <c r="I28" s="31"/>
       <c r="J28" s="31"/>
       <c r="K28" s="32"/>
       <c r="L28" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:12">
+    <row r="29" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B29" s="27" t="s">
         <v>47</v>
       </c>
       <c r="C29" s="28"/>
       <c r="D29" s="29"/>
       <c r="E29" s="29"/>
       <c r="F29" s="30"/>
       <c r="G29" s="30"/>
       <c r="H29" s="31"/>
       <c r="I29" s="31"/>
       <c r="J29" s="31"/>
       <c r="K29" s="32"/>
       <c r="L29" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="2:12">
+    <row r="30" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B30" s="27" t="s">
         <v>48</v>
       </c>
       <c r="C30" s="28"/>
       <c r="D30" s="29"/>
       <c r="E30" s="29"/>
       <c r="F30" s="30"/>
       <c r="G30" s="30"/>
       <c r="H30" s="31"/>
       <c r="I30" s="31"/>
       <c r="J30" s="31"/>
       <c r="K30" s="32"/>
       <c r="L30" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="2:12">
+    <row r="31" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B31" s="27" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="28"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="30"/>
       <c r="G31" s="30"/>
       <c r="H31" s="31"/>
       <c r="I31" s="31"/>
       <c r="J31" s="31"/>
       <c r="K31" s="32"/>
       <c r="L31" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="2:12">
+    <row r="32" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B32" s="27" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="28"/>
       <c r="D32" s="29"/>
       <c r="E32" s="29"/>
       <c r="F32" s="30"/>
       <c r="G32" s="30"/>
       <c r="H32" s="31"/>
       <c r="I32" s="31"/>
       <c r="J32" s="31"/>
       <c r="K32" s="32"/>
       <c r="L32" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="2:12">
+    <row r="33" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B33" s="27" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="28"/>
       <c r="D33" s="29"/>
       <c r="E33" s="29"/>
       <c r="F33" s="30"/>
       <c r="G33" s="30"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="32"/>
       <c r="L33" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="2:12">
+    <row r="34" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B34" s="27" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="28"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="30"/>
       <c r="G34" s="30"/>
       <c r="H34" s="31"/>
       <c r="I34" s="31"/>
       <c r="J34" s="31"/>
       <c r="K34" s="32"/>
       <c r="L34" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="2:12">
+    <row r="35" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B35" s="27" t="s">
         <v>53</v>
       </c>
       <c r="C35" s="28"/>
       <c r="D35" s="29"/>
       <c r="E35" s="29"/>
       <c r="F35" s="30"/>
       <c r="G35" s="30"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="32"/>
       <c r="L35" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:12">
+    <row r="36" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B36" s="27" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="28"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="30"/>
       <c r="G36" s="30"/>
       <c r="H36" s="31"/>
       <c r="I36" s="31"/>
       <c r="J36" s="31"/>
       <c r="K36" s="32"/>
       <c r="L36" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="2:12">
+    <row r="37" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B37" s="27" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="28"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="30"/>
       <c r="G37" s="30"/>
       <c r="H37" s="31"/>
       <c r="I37" s="31"/>
       <c r="J37" s="31"/>
       <c r="K37" s="32"/>
       <c r="L37" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="2:12">
+    <row r="38" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B38" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="28"/>
       <c r="D38" s="29"/>
       <c r="E38" s="29"/>
       <c r="F38" s="30"/>
       <c r="G38" s="30"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="32"/>
       <c r="L38" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:12">
+    <row r="39" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B39" s="27" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="28"/>
       <c r="D39" s="29"/>
       <c r="E39" s="29"/>
       <c r="F39" s="30"/>
       <c r="G39" s="30"/>
       <c r="H39" s="31"/>
       <c r="I39" s="31"/>
       <c r="J39" s="31"/>
       <c r="K39" s="32"/>
       <c r="L39" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="2:12">
+    <row r="40" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B40" s="27" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="28"/>
       <c r="D40" s="29"/>
       <c r="E40" s="29"/>
       <c r="F40" s="30"/>
       <c r="G40" s="30"/>
       <c r="H40" s="31"/>
       <c r="I40" s="31"/>
       <c r="J40" s="31"/>
       <c r="K40" s="32"/>
       <c r="L40" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="2:12">
+    <row r="41" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B41" s="27" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="33"/>
       <c r="D41" s="34"/>
       <c r="E41" s="34"/>
       <c r="F41" s="35"/>
       <c r="G41" s="35"/>
       <c r="H41" s="36"/>
       <c r="I41" s="36"/>
       <c r="J41" s="36"/>
       <c r="K41" s="37"/>
       <c r="L41" s="25">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="2:12">
+    <row r="42" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B42" s="2"/>
       <c r="C42" s="5"/>
       <c r="D42" s="59" t="s">
         <v>60</v>
       </c>
       <c r="E42" s="59"/>
       <c r="F42" s="6">
         <f>SUM(F20:F41)</f>
         <v>31.25</v>
       </c>
       <c r="G42" s="6">
         <f>SUM(G20:G41)</f>
         <v>17</v>
       </c>
       <c r="H42" s="6"/>
       <c r="I42" s="6">
         <f t="shared" ref="I42:K42" si="1">SUM(I20:I41)</f>
         <v>10</v>
       </c>
       <c r="J42" s="6"/>
       <c r="K42" s="6">
         <f t="shared" si="1"/>
         <v>2.6</v>
       </c>
       <c r="L42" s="6">
         <f>SUM(L20:L41)</f>
         <v>12.6</v>
       </c>
     </row>
-    <row r="43" spans="2:12">
+    <row r="43" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="8"/>
       <c r="E43" s="8"/>
       <c r="F43" s="9"/>
       <c r="G43" s="9"/>
       <c r="H43" s="59" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="59"/>
       <c r="J43" s="59"/>
       <c r="K43" s="59"/>
       <c r="L43" s="7">
         <f>SUM(L20:L41)</f>
         <v>12.6</v>
       </c>
     </row>
-    <row r="44" spans="2:12">
+    <row r="44" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
       <c r="F44" s="9"/>
       <c r="G44" s="9"/>
       <c r="H44" s="59" t="s">
         <v>62</v>
       </c>
       <c r="I44" s="59"/>
       <c r="J44" s="59"/>
       <c r="K44" s="59"/>
       <c r="L44" s="7">
         <f>F42-L43</f>
         <v>18.649999999999999</v>
       </c>
     </row>
-    <row r="45" spans="2:12">
+    <row r="45" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="4"/>
       <c r="E45" s="4"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="4"/>
       <c r="I45" s="4"/>
       <c r="J45" s="4"/>
       <c r="K45" s="4"/>
       <c r="L45" s="3"/>
     </row>
-    <row r="46" spans="2:12" ht="94.5" customHeight="1">
+    <row r="46" spans="2:12" ht="94.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="49" t="s">
         <v>63</v>
       </c>
       <c r="C46" s="49"/>
       <c r="D46" s="49"/>
       <c r="E46" s="49"/>
       <c r="F46" s="49"/>
       <c r="G46" s="49"/>
       <c r="H46" s="49"/>
       <c r="I46" s="49"/>
       <c r="J46" s="49"/>
       <c r="K46" s="49"/>
       <c r="L46" s="49"/>
     </row>
-    <row r="47" spans="2:12" ht="33.75" customHeight="1">
+    <row r="47" spans="2:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="55" t="s">
         <v>64</v>
       </c>
       <c r="C47" s="56"/>
       <c r="D47" s="56"/>
       <c r="E47" s="56"/>
       <c r="F47" s="56"/>
       <c r="G47" s="56"/>
       <c r="H47" s="56"/>
       <c r="I47" s="56"/>
       <c r="J47" s="56"/>
       <c r="K47" s="56"/>
       <c r="L47" s="56"/>
     </row>
-    <row r="48" spans="2:12" ht="36.75" customHeight="1">
+    <row r="48" spans="2:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="55" t="s">
         <v>65</v>
       </c>
       <c r="C48" s="55"/>
       <c r="D48" s="55"/>
       <c r="E48" s="55"/>
       <c r="F48" s="55"/>
       <c r="G48" s="55"/>
       <c r="H48" s="55"/>
       <c r="I48" s="55"/>
       <c r="J48" s="55"/>
       <c r="K48" s="55"/>
       <c r="L48" s="55"/>
     </row>
-    <row r="49" spans="2:12" ht="16.5" customHeight="1">
+    <row r="49" spans="2:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="60" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="60"/>
       <c r="D49" s="60"/>
       <c r="E49" s="60"/>
       <c r="F49" s="60"/>
       <c r="G49" s="60"/>
       <c r="H49" s="60"/>
       <c r="I49" s="60"/>
       <c r="J49" s="60"/>
       <c r="K49" s="60"/>
       <c r="L49" s="60"/>
     </row>
-    <row r="50" spans="2:12" ht="47.25" customHeight="1">
+    <row r="50" spans="2:12" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="49" t="s">
         <v>67</v>
       </c>
       <c r="C50" s="57"/>
       <c r="D50" s="57"/>
       <c r="E50" s="57"/>
       <c r="F50" s="57"/>
       <c r="G50" s="57"/>
       <c r="H50" s="57"/>
       <c r="I50" s="57"/>
       <c r="J50" s="57"/>
       <c r="K50" s="57"/>
       <c r="L50" s="57"/>
     </row>
-    <row r="51" spans="2:12">
+    <row r="51" spans="2:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B51" s="48"/>
       <c r="C51" s="48"/>
       <c r="D51" s="48"/>
       <c r="E51" s="48"/>
       <c r="F51" s="48"/>
       <c r="G51" s="48"/>
       <c r="H51" s="48"/>
       <c r="I51" s="48"/>
       <c r="J51" s="48"/>
       <c r="K51" s="48"/>
       <c r="L51" s="48"/>
     </row>
-    <row r="52" spans="2:12" ht="15" customHeight="1">
+    <row r="52" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="10"/>
     </row>
-    <row r="53" spans="2:12" ht="15" customHeight="1">
+    <row r="53" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B51:L51"/>
     <mergeCell ref="B46:L46"/>
     <mergeCell ref="B16:L16"/>
     <mergeCell ref="B15:L15"/>
     <mergeCell ref="B18:L18"/>
     <mergeCell ref="B47:L47"/>
     <mergeCell ref="B48:L48"/>
     <mergeCell ref="B50:L50"/>
     <mergeCell ref="B17:L17"/>
     <mergeCell ref="H43:K43"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="H44:K44"/>
     <mergeCell ref="B49:L49"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H20:H41 J20:J41 L20:L41" xr:uid="{E9BDE46E-D44D-4CB1-B82B-397CEA3ECD8C}"/>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I20:I41 F20:G41 K20:K41" xr:uid="{64608658-39A1-4577-BC68-D043B1438AF6}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B49:L49" r:id="rId1" display="https://www.daba.gov.lv/lv/par-ipasi-aizsargajamam-dabas-teritorijam " xr:uid="{927FECF3-53C5-4C06-990E-A8C23C43973E}"/>
   </hyperlinks>
   <pageMargins left="0.62992125984251968" right="0.62992125984251968" top="0.74803149606299213" bottom="0.74803149606299213" header="0" footer="0"/>
   <pageSetup scale="54" fitToHeight="10" orientation="portrait" r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67BE6532-0E38-44F9-96E2-D194D6922881}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:XER28"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J29" sqref="J29"/>
+    <sheetView tabSelected="1" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="XET6" sqref="XET6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.28515625" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="16376" max="16376" width="8.85546875" customWidth="1"/>
+    <col min="1" max="1" width="1.26953125" customWidth="1"/>
+    <col min="2" max="2" width="6.81640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="21.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="23.7265625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.26953125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="16.453125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.7265625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="23.54296875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="14.81640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="26.7265625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="20.81640625" style="1" customWidth="1"/>
+    <col min="12" max="13" width="8.7265625" customWidth="1"/>
+    <col min="14" max="16372" width="8.7265625" hidden="1"/>
+    <col min="16373" max="16373" width="14.453125" customWidth="1"/>
+    <col min="16374" max="16374" width="16.26953125" customWidth="1"/>
+    <col min="16375" max="16375" width="8.7265625" customWidth="1"/>
+    <col min="16376" max="16376" width="8.81640625" customWidth="1"/>
     <col min="16377" max="16377" width="6" customWidth="1"/>
     <col min="16378" max="16378" width="7" customWidth="1"/>
-    <col min="16379" max="16379" width="6.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16383" max="16384" width="54.42578125" customWidth="1"/>
+    <col min="16379" max="16379" width="6.1796875" customWidth="1"/>
+    <col min="16380" max="16380" width="16.26953125" customWidth="1"/>
+    <col min="16381" max="16381" width="19.26953125" customWidth="1"/>
+    <col min="16382" max="16382" width="19.54296875" customWidth="1"/>
+    <col min="16383" max="16384" width="54.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="54.75" hidden="1" customHeight="1">
+    <row r="1" spans="2:11" ht="54.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="12"/>
       <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="K1" s="12"/>
     </row>
-    <row r="2" spans="2:11" ht="37.5" hidden="1" customHeight="1">
+    <row r="2" spans="2:11" ht="37.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="12"/>
       <c r="C2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
     </row>
-    <row r="3" spans="2:11" ht="21.75" customHeight="1">
+    <row r="3" spans="2:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="62" t="s">
         <v>68</v>
       </c>
       <c r="C3" s="50"/>
       <c r="D3" s="50"/>
       <c r="E3" s="50"/>
       <c r="F3" s="50"/>
       <c r="G3" s="50"/>
       <c r="H3" s="50"/>
       <c r="I3" s="50"/>
       <c r="J3" s="50"/>
       <c r="K3" s="50"/>
     </row>
-    <row r="4" spans="2:11" ht="21.75" customHeight="1">
+    <row r="4" spans="2:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="58" t="s">
         <v>69</v>
       </c>
       <c r="C4" s="58"/>
       <c r="D4" s="58"/>
       <c r="E4" s="58"/>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
       <c r="K4" s="58"/>
     </row>
-    <row r="5" spans="2:11" ht="223.5" customHeight="1">
-      <c r="B5" s="55" t="s">
+    <row r="5" spans="2:11" ht="303" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="63" t="s">
         <v>70</v>
       </c>
-      <c r="C5" s="63"/>
-[...9 lines deleted...]
-    <row r="6" spans="2:11" ht="105">
+      <c r="C5" s="64"/>
+      <c r="D5" s="64"/>
+      <c r="E5" s="64"/>
+      <c r="F5" s="64"/>
+      <c r="G5" s="64"/>
+      <c r="H5" s="64"/>
+      <c r="I5" s="64"/>
+      <c r="J5" s="64"/>
+      <c r="K5" s="64"/>
+    </row>
+    <row r="6" spans="2:11" ht="101.5" x14ac:dyDescent="0.35">
       <c r="B6" s="15" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E6" s="38" t="s">
         <v>73</v>
       </c>
       <c r="F6" s="15" t="s">
         <v>74</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>75</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>78</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="7" spans="2:11" ht="30">
+    <row r="7" spans="2:11" ht="29" x14ac:dyDescent="0.35">
       <c r="B7" s="21" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="39" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="23" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="23" t="s">
         <v>80</v>
       </c>
       <c r="F7" s="40" t="s">
         <v>3</v>
       </c>
       <c r="G7" s="40" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="40" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="40" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="41" t="s">
         <v>81</v>
       </c>
       <c r="K7" s="42" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="8" spans="2:11">
+    <row r="8" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B8" s="27" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="43"/>
       <c r="D8" s="44"/>
       <c r="E8" s="44"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
       <c r="J8" s="45"/>
       <c r="K8" s="46"/>
     </row>
-    <row r="9" spans="2:11">
+    <row r="9" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="43"/>
       <c r="D9" s="44"/>
       <c r="E9" s="44"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="45"/>
       <c r="K9" s="46"/>
     </row>
-    <row r="10" spans="2:11">
+    <row r="10" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="27" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="43"/>
       <c r="D10" s="44"/>
       <c r="E10" s="44"/>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="45"/>
       <c r="K10" s="46"/>
     </row>
-    <row r="11" spans="2:11">
+    <row r="11" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="27" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="43"/>
       <c r="D11" s="44"/>
       <c r="E11" s="44"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="45"/>
       <c r="K11" s="46"/>
     </row>
-    <row r="12" spans="2:11">
+    <row r="12" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B12" s="27" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="43"/>
       <c r="D12" s="44"/>
       <c r="E12" s="44"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="45"/>
       <c r="K12" s="46"/>
     </row>
-    <row r="13" spans="2:11">
+    <row r="13" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B13" s="27" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="43"/>
       <c r="D13" s="44"/>
       <c r="E13" s="44"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="45"/>
       <c r="K13" s="46"/>
     </row>
-    <row r="14" spans="2:11">
+    <row r="14" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B14" s="27" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="43"/>
       <c r="D14" s="44"/>
       <c r="E14" s="44"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="45"/>
       <c r="K14" s="46"/>
     </row>
-    <row r="15" spans="2:11">
+    <row r="15" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B15" s="27" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="43"/>
       <c r="D15" s="44"/>
       <c r="E15" s="44"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="27"/>
       <c r="J15" s="45"/>
       <c r="K15" s="46"/>
     </row>
-    <row r="16" spans="2:11">
+    <row r="16" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B16" s="27" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="43"/>
       <c r="D16" s="44"/>
       <c r="E16" s="44"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="27"/>
       <c r="I16" s="27"/>
       <c r="J16" s="45"/>
       <c r="K16" s="46"/>
     </row>
-    <row r="17" spans="2:11">
+    <row r="17" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B17" s="47"/>
       <c r="C17" s="43"/>
       <c r="D17" s="44"/>
       <c r="E17" s="44"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="45"/>
       <c r="K17" s="46"/>
     </row>
-    <row r="18" spans="2:11">
+    <row r="18" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B18" s="47"/>
       <c r="C18" s="43"/>
       <c r="D18" s="44"/>
       <c r="E18" s="44"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="45"/>
       <c r="K18" s="46"/>
     </row>
-    <row r="19" spans="2:11">
+    <row r="19" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B19" s="47"/>
       <c r="C19" s="43"/>
       <c r="D19" s="44"/>
       <c r="E19" s="44"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="45"/>
       <c r="K19" s="46"/>
     </row>
-    <row r="20" spans="2:11">
+    <row r="20" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B20" s="47"/>
       <c r="C20" s="43"/>
       <c r="D20" s="44"/>
       <c r="E20" s="44"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="45"/>
       <c r="K20" s="46"/>
     </row>
-    <row r="21" spans="2:11">
+    <row r="21" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B21" s="47"/>
       <c r="C21" s="43"/>
       <c r="D21" s="44"/>
       <c r="E21" s="44"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="45"/>
       <c r="K21" s="46"/>
     </row>
-    <row r="22" spans="2:11">
+    <row r="22" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B22" s="47"/>
       <c r="C22" s="43"/>
       <c r="D22" s="44"/>
       <c r="E22" s="44"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="45"/>
       <c r="K22" s="46"/>
     </row>
-    <row r="23" spans="2:11">
+    <row r="23" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B23" s="47"/>
       <c r="C23" s="43"/>
       <c r="D23" s="44"/>
       <c r="E23" s="44"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="45"/>
       <c r="K23" s="46"/>
     </row>
-    <row r="24" spans="2:11">
+    <row r="24" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B24" s="47"/>
       <c r="C24" s="43"/>
       <c r="D24" s="44"/>
       <c r="E24" s="44"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="45"/>
       <c r="K24" s="46"/>
     </row>
-    <row r="25" spans="2:11">
+    <row r="25" spans="2:11" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
     </row>
-    <row r="26" spans="2:11" ht="31.5" customHeight="1">
-      <c r="B26" s="64" t="s">
+    <row r="26" spans="2:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="65" t="s">
         <v>83</v>
       </c>
-      <c r="C26" s="64"/>
-[...9 lines deleted...]
-    <row r="27" spans="2:11" ht="19.5" customHeight="1">
+      <c r="C26" s="65"/>
+      <c r="D26" s="65"/>
+      <c r="E26" s="65"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="65"/>
+      <c r="H26" s="65"/>
+      <c r="I26" s="65"/>
+      <c r="J26" s="65"/>
+      <c r="K26" s="65"/>
+    </row>
+    <row r="27" spans="2:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="49" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="49"/>
       <c r="D27" s="49"/>
       <c r="E27" s="49"/>
       <c r="F27" s="49"/>
       <c r="G27" s="49"/>
       <c r="H27" s="49"/>
       <c r="I27" s="49"/>
       <c r="J27" s="49"/>
       <c r="K27" s="49"/>
     </row>
-    <row r="28" spans="2:11" ht="17.25" customHeight="1">
+    <row r="28" spans="2:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="61"/>
       <c r="C28" s="61"/>
       <c r="D28" s="61"/>
       <c r="E28" s="61"/>
       <c r="F28" s="61"/>
       <c r="G28" s="61"/>
       <c r="H28" s="61"/>
       <c r="I28" s="61"/>
       <c r="J28" s="61"/>
       <c r="K28" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B28:K28"/>
     <mergeCell ref="B3:K3"/>
     <mergeCell ref="B5:K5"/>
     <mergeCell ref="B26:K26"/>
     <mergeCell ref="B27:K27"/>
     <mergeCell ref="B4:K4"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F7:I24" xr:uid="{E8996941-31E1-4547-889E-C1284006BC00}">
       <formula1>$C$1:$C$2</formula1>
     </dataValidation>
@@ -3630,69 +3716,76 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Q D A A B Q S w M E F A A C A A g A Y J z c W G + l h h y k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l h o T J T 9 l c I X E x I S 4 N q V C I x R D C + V u D h 7 J K 4 h R 1 M 3 x f e 8 b 3 r t f b 5 B O b R O M q r e 6 M w m K M E W B M r I r t a k S N L h T u E E p h 7 2 Q Z 1 G p Y J a N j S d b J q h 2 7 h I T 4 r 3 H f o W 7 v i K M 0 o g c 8 + w g a 9 U K 9 J H 1 f z n U x j p h p E I c i t c Y z n D E t p i t G a Z A F g i 5 N l + B z X u f 7 Q + E 3 d C 4 o V e 8 G c O s A L J E I O 8 P / A F Q S w M E F A A C A A g A Y J z c W A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A G C c 3 F g o i k e 4 D g A A A B E A A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A A r T k 0 u y c z P U w i G 0 I b W A F B L A Q I t A B Q A A g A I A G C c 3 F h v p Y Y c p A A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B g n N x Y D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A G C c 3 F g o i k e 4 D g A A A B E A A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A D w C A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P p c B A A A A A A A A d Q E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A C D H x x K V G W 4 Q L 9 G E g t 8 0 Q U 1 A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A O i Z 1 5 S M l e V Q 4 + o S M u u v P f f J h 3 z O s Y L J w n v 2 M L C l z e W 2 A A A A A A 6 A A A A A A g A A I A A A A N T E D F N a l 6 4 6 W t L 4 0 k V l B x N F L j 2 R H b y o m A o 8 P 3 2 w P 2 n U U A A A A D O O B G x M W f 7 2 M w p P Q d 1 L H A w e e v X Z m 6 S V S 9 X w R 5 j 0 + Q s F R u q o + x 9 M / k J h e x J 6 f 8 x d c 3 V p k N D i l U k g 2 H A T 5 f x w I M P S 8 q p v t F F Q 1 w O r M 8 7 A 7 E T h Q A A A A P Y 8 G U n x 6 M 2 7 2 + o p o F L V H z k 2 J T T N i v U H o 1 O k R u k O A d s A b N n w b D D h j Q w r u L C 4 1 U H T e u T W D I L y 1 Z u 6 k V S I 9 B o T a n Q = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29df6500465c31a816bdfed27ff4cf55">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="81a6793cb9d799be2cf56460a42ef44c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="25ce1e1fd3b31c1fe806c05066683953" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3702,147 +3795,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3890,82 +3983,76 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA4CFDC3-46B7-485D-A477-04A61E31D1F7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
-    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD64A4F5-B6A3-4A3C-8CA2-DFB0BFCC2448}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13DF94B7-3E3F-4D5A-A48E-6AD4CDC78194}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F749A42-F9C1-4B53-A2C5-D875218925DE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45EA582D-BBAB-4D9D-9C32-755CA8705FF0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
@@ -4002,27 +4089,39 @@
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Zane Egle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>666300</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>