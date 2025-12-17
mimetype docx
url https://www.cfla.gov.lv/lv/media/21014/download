--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,43 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1B1169F6" w14:textId="2DA5B48C" w:rsidR="00BC022F" w:rsidRPr="00D87020" w:rsidRDefault="00BC48C8" w:rsidP="00795160">
       <w:pPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-108" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -1423,51 +1425,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības kohēzijas politikas programma 2021.–2027. gadam;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F3D5AB" w14:textId="5EC146E3" w:rsidR="00EA2C88" w:rsidRPr="00D87020" w:rsidRDefault="00EA2C88" w:rsidP="00C578A3">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministru kabineta </w:t>
       </w:r>
       <w:r w:rsidR="00E0124C" w:rsidRPr="00D87020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – MK) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D87020">
@@ -1888,67 +1890,67 @@
       <w:r w:rsidRPr="00D87020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atlases nolikums.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32247877" w14:textId="0F304EF8" w:rsidR="00CF081E" w:rsidRDefault="00CF081E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14596" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="85" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="737"/>
         <w:gridCol w:w="3794"/>
         <w:gridCol w:w="1935"/>
         <w:gridCol w:w="1539"/>
         <w:gridCol w:w="6591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE7ECC" w:rsidRPr="00D87020" w14:paraId="4FB65F9D" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AE7ECC" w:rsidRPr="00D87020" w14:paraId="4FB65F9D" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7894C96D" w14:textId="59310810" w:rsidR="002B48DD" w:rsidRPr="00D87020" w:rsidRDefault="002B48DD" w:rsidP="009A4680">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -2050,51 +2052,51 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>oj</w:t>
             </w:r>
             <w:r w:rsidR="61090102" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ums</w:t>
             </w:r>
             <w:r w:rsidR="00873ECC" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilstības noteikšanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0015282F" w:rsidRPr="00D87020" w14:paraId="11DD3074" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="0015282F" w:rsidRPr="00D87020" w14:paraId="11DD3074" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E16E38" w14:textId="6576D184" w:rsidR="002B48DD" w:rsidRPr="00D87020" w:rsidRDefault="002B48DD" w:rsidP="332C1A4B">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:vMerge/>
@@ -2212,82 +2214,82 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>; Jā, ar nosacījumu; Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C0834C4" w14:textId="01FFD383" w:rsidR="002B48DD" w:rsidRPr="00D87020" w:rsidRDefault="002B48DD" w:rsidP="332C1A4B">
             <w:pPr>
               <w:ind w:left="0" w:hanging="861"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6BEA" w:rsidRPr="00D87020" w14:paraId="28412ADF" w14:textId="77777777" w:rsidTr="23A77FCB">
+      <w:tr w:rsidR="001B6BEA" w:rsidRPr="00D87020" w14:paraId="28412ADF" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="041B5965" w14:textId="6DB61ECA" w:rsidR="001B6BEA" w:rsidRPr="00D87020" w:rsidRDefault="001B6BEA" w:rsidP="001B6BEA">
             <w:pPr>
               <w:ind w:left="0" w:hanging="861"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">               VIENOTIE KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003877A0" w:rsidRPr="00D87020" w14:paraId="6E80B744" w14:textId="77777777" w:rsidTr="003877A0">
+      <w:tr w:rsidR="003877A0" w:rsidRPr="00D87020" w14:paraId="6E80B744" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="02C8BE3E" w14:textId="703B4A92" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.1.</w:t>
@@ -2388,414 +2390,414 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5A343619" w14:textId="4779EA21" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="703D8215" w14:textId="030A98E9" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4BF80769" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniedzēja un projekta iesnieguma atbilstību pārbauda, pamatojoties uz projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05412555" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniedzēja atbilstību MK noteikumos par SAM īstenošanu noteiktajam iesniedzēju lokam pārbauda uz projekta iesnieguma iesniegšanas brīdi un precizētā projekta iesnieguma iesniegšanas brīdi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F41EDB8" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datu bāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atkalizmantotāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> datu bāzēs, Valsts ieņēmumu dienesta (turpmāk – VID) publiskajās datu bāzēs pieejamo informāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F497C65" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projekta iesnieguma atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tiesībsargājošo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> institūciju u.tml. atkarībā no SAM specifikas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1135EC49" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CB66BD5" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>projekta iesniedzējs atbilst MK noteikumos par SAM īstenošanu noteiktajam iesniedzēju lokam un attiecīgajām izvirzītajām prasībām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03EF2655" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:tab/>
               <w:t>projekta īstenošanas termiņš nepārsniedz MK noteikumos par SAM īstenošanu noteikto termiņu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0517745D" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegumam pievienotie pielikumi atbilst MK noteikumos par SAM īstenošanu noteiktajām prasībām, tai skaitā ir pievienoti visi nolikumā uzskaitītie projekta iesniedzējam noteiktie papildu pievienojamie pielikumi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59CDA52C" w14:textId="77777777" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir “</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jā, ar nosacījumu</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>” un izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10F6FE26" w14:textId="456F6857" w:rsidR="003877A0" w:rsidRPr="00D87020" w:rsidRDefault="003877A0" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002934A0" w:rsidRPr="00D87020" w14:paraId="27CEB4B9" w14:textId="77777777" w:rsidTr="002934A0">
+      <w:tr w:rsidR="002934A0" w:rsidRPr="00D87020" w14:paraId="27CEB4B9" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="11CAD252" w14:textId="6D4B1894" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -2851,51 +2853,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0BCE0FB5" w14:textId="54D45530" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6F54A95A" w14:textId="7801743A" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="002934A0">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="376D03F1" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="004E59E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
@@ -2938,51 +2940,51 @@
               <w:t>Projekta iesnieguma vērtēšanas veidlapā norāda pārbaudes datumu un konstatēto situāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E665819" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="004E59E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Lai nodrošinātu minētā kritērija visaptverošu pārbaudi, projekta iesniedzēja atbilstību šajā kritērijā noteiktajam pārbauda atkārtoti, ja projekta iesniegums apstiprināts ar nosacījumu, neatkarīgi no tā, vai nosacījums ir saistīts ar šī kritērija izpildi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="081421EC" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="002934A0">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0" w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -3018,94 +3020,94 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F1D29DD" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>saskaņā ar VID parādnieku datu bāzē pieejamo informāciju par situāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam ir nodokļu parādi, kas kopsummā pārsniedz 150 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CDBE823" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>saskaņā ar VID parādnieku datu bāzē pieejamo informāciju par situāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam nav nodokļu parādu, kas kopsummā pārsniedz 150 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
@@ -3131,94 +3133,94 @@
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>nodokļu maksātājs nav iesniedzis visas deklarācijas, kuras šo stāvokli uz pārbaudes datumu var ietekmēt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B65734A" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="002934A0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Konstatējot minētos faktus, izvirza nosacījumus:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC426D9" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>veikt visu nodokļu parādu nomaksu, nodrošinot, ka projekta iesniedzējam Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="053FCEBD" w14:textId="76F9BD72" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>iesniegt VID visas nodokļu deklarācijas, kas bija jāiesniedz līdz pārbaudes datumam, papildus iesniedzot sadarbības iestādē aktualizētu izziņu par faktisko nodokļu nomaksas stāvokli pārbaudes datumā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BE5A8A7" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="002934A0">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
@@ -3265,72 +3267,72 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6483F9BD" w14:textId="77777777" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="002934A0">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lai nodrošinātu minētā kritērija visaptverošu pārbaudi, projekta iesniedzēja atbilstību šajā kritērijā noteiktajam pārbauda atkārtoti, ja projekta iesniegums apstiprināts ar nosacījumu, neatkarīgi no tā, vai nosacījums ir saistīts ar šī kritērija izpildi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78491C46" w14:textId="3610B73B" w:rsidR="002934A0" w:rsidRPr="00D87020" w:rsidRDefault="002934A0" w:rsidP="002934A0">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ja sadarbības iestāde atkārtotas pārbaudes rezultātā konstatē nodokļu parādu, sadarbības iestāde pieņem lēmumu par projekta iesnieguma noraidīšanu, to pamatojot ar neatbilstību šim kritērijam, pat gadījumā, ja sākotnējā novērtēšanā projekta iesniegums šajā kritērijā novērtēts ar “Jā”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007212C2" w:rsidRPr="00D87020" w14:paraId="18E96B1F" w14:textId="77777777" w:rsidTr="00CE3304">
+      <w:tr w:rsidR="007212C2" w:rsidRPr="00D87020" w14:paraId="18E96B1F" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3DBC28C4" w14:textId="6AD2D130" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.3.</w:t>
@@ -3367,51 +3369,51 @@
           <w:p w14:paraId="78A88E75" w14:textId="5FB49804" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4CD01FD2" w14:textId="30FFD264" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="00AC3018">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="516EB2A1" w14:textId="77777777" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="004E59E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -3420,126 +3422,126 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projekta iesniegumā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EC7B0B1" w14:textId="77777777" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="005A75D1">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="387"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir identificēti un analizēti projekta īstenošanas riski vismaz šādā griezumā: finanšu, īstenošanas, rezultātu un uzraudzības rādītāju sasniegšanas, administrēšanas riski. Var būt norādīti arī citi riski;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DD246D9" w14:textId="77777777" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="005A75D1">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="387"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sniegts katra riska apraksts, t.i., konkretizējot riska būtību, kā arī raksturojot, kādi apstākļi un informācija pamato tā iestāšanās varbūtību;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="566276D4" w14:textId="77777777" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="005A75D1">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="387"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>katram riskam ir norādīta tā ietekme (augsta, vidēja, zema) un iestāšanās varbūtība (augsta, vidēja, zema);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05F5CB2F" w14:textId="77777777" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="005A75D1">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="387"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>katram riskam ir norādīti plānotie un ieviešanas procesā esošie riska novēršanas/mazināšanas pasākumi, tai skaitā, raksturojot to īstenošanas biežumu un norādot par risku novēršanas/ mazināšanas pasākumu īstenošanu atbildīgās personas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60BFDA56" w14:textId="7F0F2323" w:rsidR="007212C2" w:rsidRPr="00D87020" w:rsidRDefault="007212C2" w:rsidP="00CE3304">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
@@ -3584,51 +3586,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00952F0C" w:rsidRPr="00D87020" w14:paraId="021C2B17" w14:textId="77777777" w:rsidTr="00952F0C">
+      <w:tr w:rsidR="00952F0C" w:rsidRPr="00D87020" w14:paraId="021C2B17" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="1267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="03DEAB98" w14:textId="3C670999" w:rsidR="00952F0C" w:rsidRPr="00D87020" w:rsidRDefault="00952F0C" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.4.</w:t>
@@ -3675,51 +3677,51 @@
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="735164E9" w14:textId="14BF711E" w:rsidR="00952F0C" w:rsidRPr="00D87020" w:rsidRDefault="00952F0C" w:rsidP="00AC3018">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2E52CA52" w14:textId="77777777" w:rsidR="00952F0C" w:rsidRPr="00D87020" w:rsidRDefault="00952F0C" w:rsidP="004E59E4">
             <w:pPr>
               <w:spacing w:after="120"/>
@@ -3846,51 +3848,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D07075" w:rsidRPr="00D87020" w14:paraId="5C84C5D7" w14:textId="77777777" w:rsidTr="00D07075">
+      <w:tr w:rsidR="00D07075" w:rsidRPr="00D87020" w14:paraId="5C84C5D7" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="11837A6A" w14:textId="3854F227" w:rsidR="00D07075" w:rsidRPr="00D87020" w:rsidRDefault="00D07075" w:rsidP="004E59E4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.5.</w:t>
@@ -3954,51 +3956,51 @@
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="29E52BE2" w14:textId="608DBADE" w:rsidR="00D07075" w:rsidRPr="00D87020" w:rsidRDefault="00D07075" w:rsidP="004E59E4">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7B266976" w14:textId="77777777" w:rsidR="00D07075" w:rsidRPr="00D87020" w:rsidRDefault="00D07075" w:rsidP="004E59E4">
             <w:pPr>
               <w:spacing w:after="120"/>
@@ -4169,51 +4171,51 @@
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, un ietver materiālas investīcijas vai aprīkojuma iegādi, tiks uzstādītas sabiedrībai skaidri redzamas </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ilgtspējīgas plāksnes vai informācijas stendi</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, kuros ir attēlota Eiropas Savienības emblēma</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, attiecībā uz projektā plānotajām darbībām un aktivitātēm. Ilgtspējīgas plāksnes vai informācijas stendi tiks uzstādīti, tiklīdz sākas projektu darbību faktiskā īstenošana, kas ietver materiālas investīcijas, vai tiklīdz tiek uzstādīts iegādātais aprīkojums;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7856290C" w14:textId="77777777" w:rsidR="003C2A87" w:rsidRPr="00D87020" w:rsidRDefault="00D07075" w:rsidP="005A75D1">
             <w:pPr>
               <w:pStyle w:val="Stils1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4388,87 +4390,94 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vidusposma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, noslēguma pasākums vai aktivitāte)</w:t>
             </w:r>
             <w:r w:rsidR="003C2A87" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>un savlaicīgi tajā iesaistīt Eiropas Komisiju un/ vai Eiropas Komisijas pārstāvniecību Latvijā, kā</w:t>
+              <w:t xml:space="preserve">un savlaicīgi tajā iesaistīt Eiropas Komisiju un/ vai Eiropas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Komisijas pārstāvniecību Latvijā, kā</w:t>
             </w:r>
             <w:r w:rsidR="003C2A87" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>arī atbildīgo iestādi, vadošo iestādi un sadarbības iestādi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05FD0881" w14:textId="77777777" w:rsidR="00D07075" w:rsidRPr="00D87020" w:rsidRDefault="00D07075" w:rsidP="00A94623">
             <w:pPr>
               <w:pStyle w:val="Stils1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="29"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0982084A" w14:textId="30944FE4" w:rsidR="00D07075" w:rsidRPr="00D87020" w:rsidRDefault="00D07075" w:rsidP="00A94623">
             <w:pPr>
               <w:pStyle w:val="Stils1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -4479,51 +4488,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0061664B" w:rsidRPr="00D87020" w14:paraId="4291F872" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="0061664B" w:rsidRPr="00D87020" w14:paraId="4291F872" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1582E9A1" w14:textId="3A131AF9" w:rsidR="0061664B" w:rsidRPr="00D87020" w:rsidRDefault="001B7802" w:rsidP="0061664B">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
@@ -4793,51 +4802,51 @@
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="31973A6B" w14:textId="6F95A6B8" w:rsidR="0061664B" w:rsidRPr="00D87020" w:rsidRDefault="0061664B" w:rsidP="0061664B">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>, ja projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti atlases nolikumā, norādītais</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -4866,131 +4875,131 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">finansējums un tā atbalsta intensitāte atbilst SAM MK noteikumos noteiktajam </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">TPF </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>finansējuma apjomam un atbalsta intensitātei, un projekta iesniegumā plānotās izmaksas atbilst SAM MK noteikumos noteiktajām izmaksu pozīcijām un nepārsniedz to noteiktos apjomus (ja attiecināms), tai skaitā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11A8F6D0" w14:textId="77777777" w:rsidR="0061664B" w:rsidRPr="00D87020" w:rsidRDefault="0061664B" w:rsidP="0061664B">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="481" w:hanging="465"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>izmaksas ir nepieciešamas projekta plānoto darbību īstenošanai;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A11382C" w14:textId="3BF57F2A" w:rsidR="0061664B" w:rsidRPr="00D87020" w:rsidRDefault="0061664B" w:rsidP="0061664B">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="481" w:hanging="465"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>projekta iesniegumā ir sniegts plānoto izmaksu lietderīguma pamatojums un izmaksu apmēra pamatojums – t.i., projekta iesniegumā plānotās izmaksas atbilst vidējām tirgus cenām konkrētās izmaksu pozīcijās (informāciju var pamatot ar, piemēram, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, provizorisku tirgus izpēti</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:t xml:space="preserve">projekta iesniegumā ir sniegts plānoto izmaksu lietderīguma pamatojums un izmaksu apmēra pamatojums – t.i., projekta iesniegumā plānotās izmaksas atbilst vidējām tirgus cenām konkrētās izmaksu pozīcijās (informāciju var pamatot ar, piemēram, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>provizorisku tirgus izpēti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">, noslēgtiem nodomu </w:t>
-[...6 lines deleted...]
-              <w:t>protokoliem vai līgumiem (ja attiecināms) u.c. informāciju);</w:t>
+              <w:t>, noslēgtiem nodomu protokoliem vai līgumiem (ja attiecināms) u.c. informāciju);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21A4A2B7" w14:textId="77777777" w:rsidR="0061664B" w:rsidRPr="00D87020" w:rsidRDefault="0061664B" w:rsidP="0061664B">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="481" w:hanging="465"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>izmaksas nodrošina projektā izvirzītā mērķa un rādītāju sasniegšanu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4402F8D5" w14:textId="77777777" w:rsidR="0061664B" w:rsidRPr="00D87020" w:rsidRDefault="0061664B" w:rsidP="0061664B">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
@@ -5013,51 +5022,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par</w:t>
             </w:r>
             <w:r w:rsidR="00B328D3" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004547D4" w:rsidRPr="00D87020" w14:paraId="2B8A1DC9" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="004547D4" w:rsidRPr="00D87020" w14:paraId="2B8A1DC9" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7409FEB0" w14:textId="3F12D9E0" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="004547D4">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
@@ -5209,92 +5218,86 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>iepirkumu, līgumu administrāciju, lietvedību;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="781C5939" w14:textId="77777777" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>grāmatvedības uzskaiti, maksājumu pārbaudes un veikšanu, finanšu plānošanu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7297EA9F" w14:textId="77777777" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>citu sadarbības iestādei iesniedzamo dokumentu sagatavošanu, ja attiecināms.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4910CCF9" w14:textId="77777777" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="004547D4">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projektā tiek iesaistīts arī projekta īstenošanas personāls, ir norādīti to pienākumi, noslodze projektā, un kvalifikācija </w:t>
-[...6 lines deleted...]
-              <w:t>atbilstoši projektā paredzētajām darbībām, kā arī citām ar projekta uzraudzības norisi paredzētajām darbībām.</w:t>
+              <w:t>Ja projektā tiek iesaistīts arī projekta īstenošanas personāls, ir norādīti to pienākumi, noslodze projektā, un kvalifikācija atbilstoši projektā paredzētajām darbībām, kā arī citām ar projekta uzraudzības norisi paredzētajām darbībām.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24944600" w14:textId="50E59936" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="004547D4">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Projekta iesniegumā ir iekļauts uzraudzības apraksts – darbību apraksti sekmīgai projekta īstenošanai, uzraudzības instrumenti projekta īstenošanas kvalitātes nodrošināšanai un kontrolei</w:t>
             </w:r>
             <w:r w:rsidR="004035E8" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -5475,51 +5478,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ievērojot</w:t>
             </w:r>
             <w:r w:rsidR="00C9102E" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, ka avansa un starpposma </w:t>
             </w:r>
             <w:r w:rsidR="00343536" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">maksājumu </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> kopsumma nepārsniedz </w:t>
+              <w:t xml:space="preserve"> kopsumma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">nepārsniedz </w:t>
             </w:r>
             <w:r w:rsidR="009A337B" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>90 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>procentus no projektam piešķirtā TPF apjoma;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5770BA46" w14:textId="77777777" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
@@ -5529,58 +5540,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>projekta iesnieguma veidlapā ir norādīts, kā un no kādiem resursiem tiks segtas izmaksas, kas nepieciešamas projekta rezultātu uzturēšanai pēc projekta pabeigšanas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AA6E945" w14:textId="795B568A" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">norāda, vai projekta attiecināmajās izmaksās ir iekļauts pievienotās vērtības nodoklis atbilstoši regulas </w:t>
-[...6 lines deleted...]
-              <w:t>Nr. 2021/1060 64. panta 1. punkta “c” apakšpunktā ietvertajiem nosacījumiem</w:t>
+              <w:t>norāda, vai projekta attiecināmajās izmaksās ir iekļauts pievienotās vērtības nodoklis atbilstoši regulas Nr. 2021/1060 64. panta 1. punkta “c” apakšpunktā ietvertajiem nosacījumiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="104FCDBE" w14:textId="4E573D8A" w:rsidR="004547D4" w:rsidRPr="00D87020" w:rsidRDefault="004547D4" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
@@ -5637,51 +5641,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D6704E" w:rsidRPr="00D87020" w14:paraId="565968A9" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00D6704E" w:rsidRPr="00D87020" w14:paraId="565968A9" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6D66CABB" w14:textId="32ECDF89" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="00D6704E">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
@@ -5753,51 +5757,51 @@
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3F4D6237" w14:textId="29678E05" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="00D6704E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
@@ -5813,99 +5817,110 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> minētā informācija par projekta mērķi</w:t>
             </w:r>
             <w:r w:rsidR="00A6428B" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, kā arī projektā plānotās darbības liecina, ka</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16BDB45F" w14:textId="7D973219" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>norādīt</w:t>
             </w:r>
             <w:r w:rsidR="00791217" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> informācija par projekta mērķi un nepieciešamajiem pasākumiem, kas attiecas uz </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0009046F" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">revitalizācijas </w:t>
+              <w:t>revitalizācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0009046F" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00861D4A" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pasākumu </w:t>
             </w:r>
             <w:r w:rsidR="00F61738" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>īstenošanu</w:t>
             </w:r>
             <w:r w:rsidR="00861D4A" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5960,51 +5975,61 @@
             <w:r w:rsidR="00360A63" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atjaunojot ekosistēmu funkcionalitāti</w:t>
             </w:r>
             <w:r w:rsidR="00D7057B" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00360A63" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nodrošinot dabisku vai daļēji dabisku ekos</w:t>
+              <w:t xml:space="preserve"> nodrošinot dabisku vai </w:t>
+            </w:r>
+            <w:r w:rsidR="00360A63" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>daļēji dabisku ekos</w:t>
             </w:r>
             <w:r w:rsidR="00AF542D" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>istēmu uzlabošanos</w:t>
             </w:r>
             <w:r w:rsidR="00B7251B" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00AF542D" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6082,51 +6107,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir saistīt</w:t>
             </w:r>
             <w:r w:rsidR="00421FED" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar projekta ietvaros sasniedzamajiem rezultātiem, uzraudzības rādītājiem un SAM MK noteikumos noteikto pasākuma mērķi;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06BD5291" w14:textId="72E180F7" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniegumā norādītie </w:t>
             </w:r>
             <w:r w:rsidR="009F41DC" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -6139,75 +6164,74 @@
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> rādītāji ir izmērāmi, tiem ir noteikta sasniedzamā mērvienība un skaitliskā gala vērtība projekta īstenošanas beigās, </w:t>
             </w:r>
             <w:r w:rsidR="003245C9" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tie </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>atbilst SAM MK noteikumos noteiktajiem rādītājiem to aprēķināšana</w:t>
             </w:r>
             <w:r w:rsidR="004D3DFF" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir izsekojama</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un sniedz ieguldījumu mērķa sasniegšanā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E35BBF5" w14:textId="45834776" w:rsidR="00724C2F" w:rsidRPr="00D87020" w:rsidRDefault="00BB17E9" w:rsidP="00D6704E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā minētie </w:t>
             </w:r>
             <w:r w:rsidR="006E266C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6267,51 +6291,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> rādītāju</w:t>
             </w:r>
             <w:r w:rsidR="00072300" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="005817FF" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2815450A" w14:textId="128A4996" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="00D6704E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Iznākuma rādītājs</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -6418,51 +6442,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. pielikumā </w:t>
             </w:r>
             <w:r w:rsidR="00BD6AFE" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>minētajās teritorijās</w:t>
             </w:r>
             <w:r w:rsidR="00072300" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53066B98" w14:textId="46580D9E" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="001F62DA">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rezultāta rādītājs</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -6470,94 +6494,94 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00C83161" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aplēstās siltumnīcefekta gāzu emisijas. Rezultāta rādītāja vērtība tiek sasniegta un aprēķināta no projektā iekļautajām teritorijām, sasniedzot siltumnīcefekta gāzu emisiju samazinājumu</w:t>
             </w:r>
             <w:r w:rsidR="00B209CD" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76A5FA2F" w14:textId="50707651" w:rsidR="008B0BED" w:rsidRPr="00D87020" w:rsidRDefault="000F2E37" w:rsidP="008B0BED">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nacionālais radītājs</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Latvijas Republikas valsts īpašumā esošo vēsturisko kūdras ieguves vietu izpēte un inventarizācija</w:t>
             </w:r>
             <w:r w:rsidR="00CA2D61" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="385A93B1" w14:textId="3D4762CC" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="008B0BED">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegumā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6567,135 +6591,136 @@
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56355060" w14:textId="38DF4BCF" w:rsidR="00D6704E" w:rsidRPr="00D87020" w:rsidRDefault="00D6704E" w:rsidP="009B0EBC">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A55C1" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4462" w:rsidRPr="00D87020" w14:paraId="07EEE679" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="008E4462" w:rsidRPr="00D87020" w14:paraId="07EEE679" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="100370C5" w14:textId="2679BB2B" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="008E4462">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="006473D2" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="351AC804" w14:textId="77777777" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="008E4462">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniegumā plānotie sagaidāmie rezultāti ir skaidri definēti un izriet no plānoto darbību aprakstiem, plānotās projekta darbības:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67C972AD" w14:textId="63C6A200" w:rsidR="00460898" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="00460898">
             <w:pPr>
               <w:ind w:left="594"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -6800,51 +6825,51 @@
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="776A9254" w14:textId="5DDD4C0A" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="00EF4D1E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir </w:t>
             </w:r>
             <w:r w:rsidR="006A55C1" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
@@ -6869,231 +6894,231 @@
               </w:rPr>
               <w:t>Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniegumā ir:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E7CA25E" w14:textId="1D9C19FE" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="00F23AC0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>orādītas pamatotas darbības un no nosaukumiem var spriest par to saturu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E6DC1BF" w14:textId="4BBE281C" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="00F23AC0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ezultāti skaidri izriet no attiecīgajām projekta darbībām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73AE8ECE" w14:textId="414F72B0" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="00F23AC0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>lānotais darbību īstenošanas ilgums ir samērīgs un atbilstošs;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AA96D8D" w14:textId="51A3845F" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="00F23AC0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ezultātiem ir noteikta sasniedzamā mērvienība un skaitliskā vērtība;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20DC5F50" w14:textId="4E170C8A" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="00F23AC0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>rojekta darbības un sagaidāmie rezultāti tieši ietekmē projekta mērķa, rezultātu un rādītāju sasniegšanu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42ADB0B4" w14:textId="77777777" w:rsidR="007C6305" w:rsidRPr="00D87020" w:rsidRDefault="00F23AC0" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
@@ -7112,51 +7137,51 @@
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>un specifiskajiem nosacījumi</w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ja attiecināms)</w:t>
             </w:r>
             <w:r w:rsidR="007C6305" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41415688" w14:textId="394CFBF6" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="007C6305" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>katra</w:t>
             </w:r>
             <w:r w:rsidR="000D6CB6" w:rsidRPr="00D87020">
               <w:rPr>
@@ -7206,165 +7231,203 @@
             <w:r w:rsidR="009161F3" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> p</w:t>
             </w:r>
             <w:r w:rsidR="000D6CB6" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>amatota</w:t>
             </w:r>
             <w:r w:rsidR="009161F3" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atjaunošanas (revitalizācijas) metode</w:t>
+              <w:t xml:space="preserve"> atjaunošanas (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009161F3" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>revitalizācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009161F3" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>) metode</w:t>
             </w:r>
             <w:r w:rsidR="00AC366E" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="8064A2" w:themeColor="accent4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="00AC366E" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7376234A" w14:textId="2EE34EF7" w:rsidR="00AC366E" w:rsidRPr="00D87020" w:rsidRDefault="00C70472" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta ietvaros izveidotajai infrastruktūrai ir veikts </w:t>
             </w:r>
             <w:r w:rsidR="0054520E" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>klimata risku izvērtējums un paredzēti risku mazinoši pasākumi</w:t>
+              <w:t xml:space="preserve">klimata risku </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0054520E" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>izvērtējums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0054520E" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un paredzēti risku mazinoši pasākumi</w:t>
             </w:r>
             <w:r w:rsidR="00D34197" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> par </w:t>
             </w:r>
             <w:r w:rsidR="00D34197" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>vismaz šādiem klimata pārmaiņu radītajiem riskiem: infrastruktūras pārkaršana un materiālu nolietojums karstuma dēļ, infrastruktūras pamatu vai grunts bojājumi ūdenslīmeņa izmaiņu dēļ un uzplūdu radītie bojājumi, lietusgāžu, vēja brāzmu vai sasalšanas un kušanas ciklu radītie bojājumi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02A16A6A" w14:textId="77777777" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="008E4462">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Projekta iesniegumā ietvertās plānotās darbības atbilst SAM MK noteikumos norādītajām izmaksu pozīcijām un ierobežojumiem. Plānotās projekta darbības ir sasaistītas ar plānoto laika grafiku, tās ir secīgas un nodrošina uzraudzības rādītāju sasniegšanu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03AB5BFE" w14:textId="77777777" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="008E4462">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="240" w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja projekta iesnieguma veidlapā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">“Jā, ar nosacījumu” </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>un izvirza nosacījumu papildināt projekta iesnieguma veidlapu ar nepieciešamo informāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="288B6D5A" w14:textId="52D5B892" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="008E4462" w:rsidP="00297BE7">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
@@ -7401,206 +7464,204 @@
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4462" w:rsidRPr="00D87020" w14:paraId="07B210BB" w14:textId="77777777" w:rsidTr="23A77FCB">
+      <w:tr w:rsidR="008E4462" w:rsidRPr="00D87020" w14:paraId="07B210BB" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="36F8F3E9" w14:textId="34B13181" w:rsidR="008E4462" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="73A50429">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidR="008E4462" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>VIENOTIE IZVĒLES KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="57A33083" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="57A33083" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3E1C729B" w14:textId="28D8989A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="003E5BCD" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6465856A" w14:textId="18631DB2" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniedzējs nav grūtībās nonācis saimnieciskās darbības veicējs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25BC1CEF" w14:textId="275B082A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="00BD54B5" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+          <w:p w14:paraId="25BC1CEF" w14:textId="2D8307F8" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="00BD54B5" w:rsidRDefault="00AF791C" w:rsidP="26726C8E">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
-            <w:r w:rsidR="002C409A">
+            <w:r w:rsidR="4FEC69CB" w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>; N/A</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CAEC61B" w14:textId="616082F0" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="00BD54B5" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+          <w:p w14:paraId="3CAEC61B" w14:textId="447F5B20" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="00BD54B5" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D87020" w:rsidDel="00BD54B5">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Nē</w:t>
             </w:r>
-            <w:r w:rsidR="002C409A">
+            <w:r w:rsidR="72EF3E0C" w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> / N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66EE544A" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -7612,248 +7673,246 @@
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu (nevienā no minētajiem datumiem) nav grūtībās nonācis uzņēmums</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (turpmāk – GNU) un uz to neattiecas neviena no Komisijas regulas Nr. 651/2014</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:t xml:space="preserve"> (turpmāk – GNU) un uz to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>neattiecas neviena no Komisijas regulas Nr. 651/2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2. panta 18. punktā minētajām situācijām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60249730" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:pStyle w:val="Stils1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:ind w:left="312"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atbalsta pretendentam (izņemot MVU</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="8"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kas ir pastāvējuši mazāk nekā trīs gadus) – uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no parakstītā kapitāla, ja, uzkrātos </w:t>
-            </w:r>
+              <w:t>, kas ir pastāvējuši mazāk nekā trīs gadus) – uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no parakstītā kapitāla, ja, uzkrātos zaudējumus atskaitot no rezervēm (un visām pārējām pozīcijām, kuras pieņemts uzskatīt par daļu no sabiedrības pašu kapitāla), rodas negatīvs rezultāts, kas pārsniedz pusi no parakstītā kapitāla. Kapitāls attiecīgajā gadījumā ietver kapitāldaļu uzcenojumu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76C8F363" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+            <w:pPr>
+              <w:pStyle w:val="Stils3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atbalsta pretendentam, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (izņemot MVU, kas ir pastāvējuši mazāk nekā trīs gadus), uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no kapitāla, kas norādīts sabiedrības grāmatvedības pārskatos. Šā apakšpunkta izpratnē sabiedrība ir tāda sabiedrība, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (jo īpaši pilnsabiedrības un komandītsabiedrības);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="162E0CD6" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+            <w:pPr>
+              <w:pStyle w:val="Stils3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atbalsta pretendents, kuram ierosināta tiesiskās aizsardzības procesa lieta, tiek īstenots tiesiskās aizsardzības process vai pasludināts maksātnespējas process, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="9"/>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FAF288F" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+            <w:pPr>
+              <w:pStyle w:val="Stils3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>zaudējumus atskaitot no rezervēm (un visām pārējām pozīcijām, kuras pieņemts uzskatīt par daļu no sabiedrības pašu kapitāla), rodas negatīvs rezultāts, kas pārsniedz pusi no parakstītā kapitāla. Kapitāls attiecīgajā gadījumā ietver kapitāldaļu uzcenojumu;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="76C8F363" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+              <w:t>atbalsta pretendents ir saņēmis glābšanas atbalstu un vēl nav atmaksājis aizdevumu vai atsaucis garantiju, vai ir saņēmis pārstrukturēšanas atbalstu un uz to joprojām attiecas pārstrukturēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3422A9D9" w14:textId="07E1B6D4" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="26726C8E">
             <w:pPr>
               <w:pStyle w:val="Stils3"/>
-              <w:rPr>
-[...85 lines deleted...]
-              <w:pStyle w:val="Stils1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:before="120"/>
-              <w:ind w:left="30"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26726C8E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atbalsta pretendentam (kas nav MVU) pēdējos divus gadus uzņēmuma parādsaistību un pašu kapitāla bilances vērtību attiecība ir pārsniegusi 7,5, kā arī uzņēmuma procentu seguma attiecība, kas rēķināta pēc uzņēmuma ieņēmumiem pirms procentu, nodokļu, nolietojuma un amortizācijas atskaitījumiem (EBITDA), ir bijusi mazāka par 1,0.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5109027F" w14:textId="5A3DCAA5" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="26726C8E">
+            <w:pPr>
+              <w:pStyle w:val="Stils3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomēr regulu Nr. 651/2014  izņēmuma kārtā var piemērot uzņēmumiem, kuri 2019. gada 31. decembrī nebija nonākuši grūtībās, taču kļuva par GNU laikā no 2020. gada 1. janvāra līdz 2021. gada 31. decembrim, ja tas ir arī </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>expressis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>verbis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> paredzētas attiecīgajos MK noteikumos par SAM īstenošanu un ja to pieļauj Eiropas Savienības fondu normatīvais regulējums.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61414786" w14:textId="15970EF2" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Atbilstību kritērijam pārbauda:</w:t>
             </w:r>
@@ -7908,153 +7967,153 @@
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lēmums par projekta iesnieguma apstiprināšanu, kā arī atzinums par nosacījumu izpildi var būt lēmumi, ar kuriem tiek piešķirts komercdarbības atbalsts pretendentam.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79914B4E" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00682450">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>GNU pazīmes vērtē projekta iesniedzējam individuāli un tā saistīto personu grupai (ja attiecināms) saskaņā ar Komisijas regulas Nr. 651/2014</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:t xml:space="preserve">GNU pazīmes vērtē projekta iesniedzējam individuāli un tā saistīto personu grupai (ja attiecināms) saskaņā ar Komisijas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>regulas Nr. 651/2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> I pielikuma 3. panta 3. punktā definēto un balstoties uz Komisijas lietotāja rokasgrāmatā par MVU definīcijas piemērošanu</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> norādīto.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5602EE0A" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00682450">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Šīs metodikas ietvaros lietotais termins “pasludināts maksātnespējas process” aptver arī tādus maksātnespējas stāvokļa risinājumus kā bankrots, sanācija un mierizlīgums, </w:t>
-[...12 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:t>Šīs metodikas ietvaros lietotais termins “pasludināts maksātnespējas process” aptver arī tādus maksātnespējas stāvokļa risinājumus kā bankrots, sanācija un mierizlīgums, līdz ar to aptver arī tos maksātnespējas procesus, kas pasludināti saskaņā ar likumu “Par uzņēmumu un uzņēmējsabiedrību maksātnespēju” un Maksātnespējas likumu, kas bija spēkā līdz 2010. gada 1. novembrim, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="12"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4972D577" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00682450">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pieņemot lēmumu par projekta iesniedzēja atbilstību kritērijam, balstās uz projekta iesniegumam pievienoto informāciju uz iesniegšanas dienu un publiski pieejamiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="13"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ticamiem datiem par projekta iesniedzēju un tā saistītiem uzņēmumiem (ja attiecināms), tai skaitā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55741C48" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:pStyle w:val="Stils1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="312"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -8095,229 +8154,220 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pēdējo gada pārskatu</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="14"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, kurš iesniegts saskaņā ar normatīvo aktu prasībām un attiecīgi pārskata iesniegšanas savlaicīgums tiek vērtēts kontekstā ar šajā punktā definētajiem dokumentu iesniegšanas termiņiem;</w:t>
+              <w:t xml:space="preserve">, kurš iesniegts saskaņā ar normatīvo aktu prasībām un attiecīgi pārskata </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>iesniegšanas savlaicīgums tiek vērtēts kontekstā ar šajā punktā definētajiem dokumentu iesniegšanas termiņiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E6CAD00" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:pStyle w:val="Stils4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">operatīvo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pārskatu ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> pārskatu ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz projekta iesnieguma iesniegšanas dienu 21.05.2019. projekta iesniedzējs saskaņā ar 2018. gada pārskatā pieejamo informāciju atbilst GNU – vismaz vienai no Komisijas regulas Nr. 651/2014</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:footnoteReference w:id="15"/>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2018. gada beigām līdz projekta iesnieguma iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot GNU pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar projekta iesniegumu operatīvo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, kuru apstiprinājis zvērināts revidents un ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A35CC8B" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+            <w:pPr>
+              <w:pStyle w:val="Stils3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz projekta iesnieguma iesniegšanas dienu 21.05.2019. projekta iesniedzējs saskaņā ar 2018. gada pārskatā pieejamo informāciju atbilst GNU – vismaz vienai no Komisijas regulas Nr. 651/2014</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2018. gada beigām līdz projekta iesnieguma iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot GNU pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar projekta iesniegumu operatīvo </w:t>
+              <w:t xml:space="preserve">informāciju par pamatkapitāla palielināšanu (parakstīts), kuru vērtē kompleksi kopā ar zvērināta revidenta apstiprinātu operatīvo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par </w:t>
-[...46 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> pārskatu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CF4A76B" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00682450">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Parakstītā, bet neapmaksātā pamatkapitāla palielināšana ir jānodrošina pamatkapitāla palielināšanas noteikumos paredzētajā termiņā, bet ne vēlāk kā sešu mēnešu laikā no dienas, kad pieņemts lēmums par pamatkapitāla palielināšanu</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="16"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Ja gadījumā parakstītā pamatkapitāla palielināšanas rezultātā uzņēmumam nav GNU pazīmju uz projekta iesnieguma iesniegšanas dienu, pamatkapitāla </w:t>
-[...9 lines deleted...]
-              <w:t>palielinājuma apmaksas pienākums tiks noteikts arī līgumā par projekta īstenošanu, paredzot sadarbības iestādei pienākumu izbeigt noslēgto līgumu, ja netiek veikta parakstītā pamatkapitāla apmaksa.</w:t>
+              <w:t>. Ja gadījumā parakstītā pamatkapitāla palielināšanas rezultātā uzņēmumam nav GNU pazīmju uz projekta iesnieguma iesniegšanas dienu, pamatkapitāla palielinājuma apmaksas pienākums tiks noteikts arī līgumā par projekta īstenošanu, paredzot sadarbības iestādei pienākumu izbeigt noslēgto līgumu, ja netiek veikta parakstītā pamatkapitāla apmaksa.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="597CA405" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="005A75D1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējot pašvaldības vai pašvaldības iestādes atbilstību kritērijam, pārbauda, vai atbalsta pretendents nav finanšu stabilizācijas procesā, pārliecinoties Finanšu ministrijas tīmekļvietnes www.fm.gov.lv sadaļā “Pašvaldību finanšu uzraudzība” – “Finanšu stabilizācijas process”.   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F1730D3" w14:textId="77777777" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="00086416">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -8347,303 +8397,272 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="37B91201" w14:textId="77777777" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="297"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kaut vienai no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu atbilst:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51F473DF" w14:textId="77777777" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs, kurš ir autonoms uzņēmums;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A0E251A" w14:textId="77777777" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="714"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs, kurš ir saistīts uzņēmums;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BB23048" w14:textId="77777777" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="311" w:hanging="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>nav pieejama finanšu informācija:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EF712A7" w14:textId="77777777" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="741" w:hanging="425"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par pēdējo pilno pārskata gadu pirms projekta iesnieguma iesniegšanas, ja nav ievēroti normatīvie akti par gada pārskata iesniegšanu, piemēram, projekts iesniegts 21.05.2019., bet pēdējais pieejamais gada pārskats ir par 2017. gadu;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17E40596" w14:textId="07F06F0A" w:rsidR="002C409A" w:rsidRPr="002C409A" w:rsidRDefault="00086416" w:rsidP="002C409A">
-[...1 lines deleted...]
-              <w:pStyle w:val="Sarakstarindkopa"/>
+          <w:p w14:paraId="460CEB22" w14:textId="4BA30FC5" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="00086416" w:rsidP="26726C8E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
+              <w:spacing w:before="60" w:afterAutospacing="1"/>
               <w:ind w:left="741" w:hanging="425"/>
-              <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no pēdējā pārskata gada līdz projekta iesnieguma iesniegšanas dienai, piemēram, projekts iesniegts 21.05.2019., pēdējais pieejamais gada pārskats ir par 2018. gadu, uz 31.12.2018. projekta iesniedzējs ir GNU, taču periodā līdz 21.05.2019. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie projekta iesnieguma būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārskatam, lai nodrošinātu neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F2C603" w14:textId="392F2895" w:rsidR="00086416" w:rsidRPr="00D87020" w:rsidRDefault="3EEADE22" w:rsidP="26726C8E">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pārskatam, lai nodrošinātu neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms).</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="002C409A">
+            </w:pPr>
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “N/A”</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C409A">
+            <w:r w:rsidRPr="26726C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, ja projekta iesniegumā nav paredzēts īstenot darbības, kur</w:t>
-[...15 lines deleted...]
-              <w:t>m piemērojami komercdarbības atbalsta nosacījumi.</w:t>
+              <w:t>, ja projekta iesniegumā nav paredzēts īstenot darbības, kurām piemērojami komercdarbības atbalsta nosacījumi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="478647DD" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="478647DD" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3C2D6EDA" w14:textId="2FAF7F90" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00CD1758" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36027EDB" w14:textId="4AA737BA" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projekta izmaksu lietderīgums ir pamatots ar projekta izmaksu un ieguvumu analīzi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18C97359" w14:textId="0C11A4FA" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
@@ -8694,138 +8713,139 @@
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>, ja projekta iesniegumam pievienota projekta izmaksu un ieguvumu analīze un tiek izpildīti šādi nosacījumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E9A3FE1" w14:textId="1F5E36F7" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>projekta izmaksu un ieguvumu analīze sagatavota atbilstoši normatīvajā aktā, kas nosaka kārtību, kādā ES fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā noteiktajam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E918968" w14:textId="60B24F1F" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>izmaksu un ieguvumu analīzēs aprēķini ir aritmētiski korekti un izsekojami;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10513F7D" w14:textId="68FAFAC5" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">izmaksu un ieguvumu analīzes sagatavošanā ir izmantoti aktuālie makroekonomiskie pieņēmumi un prognozes. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 </w:rPr>
                 <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17FD56AF" w14:textId="5815A000" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="0043574D" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="0043574D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>r izmaksu ieguvumu analīzi tiek pamatots, ka</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -8843,92 +8863,91 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>tie</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="0043574D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> ikgadēji nepārsniedz 50 procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet tiek īstenotas valsts deleģētie pārvaldes uzdevumi</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="0043574D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CF33ADB" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>aprēķinātā projekta ekonomiskā ienesīguma norma ir lielāka par sociālo diskonta likmi, kas norādīta makroekonomiskajos pieņēmumos un prognozēs, ko projekta iesniedzējs ir izmantojis, izstrādājot izmaksu un ieguvumu analīzi;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A25E81B" w14:textId="7C6F77BF" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>aprēķinātā projekta ekonomiskā neto pašreizējā vērtība ir lielāka par nulli;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B56772D" w14:textId="7CCE0DCB" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="340"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta dzīves cikls aptver projekta īstenošanas laiku un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>pēcuzraudzības</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
@@ -8994,108 +9013,116 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="00BD54B5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekta iesniedzējs neizpilda </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="00BD54B5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda </w:t>
+              <w:t xml:space="preserve">lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020" w:rsidDel="00BD54B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="00BD54B5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="44FD0802" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="44FD0802" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="01E18D92" w14:textId="1CB507A4" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="003E5BCD" w:rsidRDefault="00CD1758" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4500DBC0" w14:textId="6974E17F" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst SAM MK noteikumos noteiktajam, lai tas nekvalificētos kā komercdarbības atbalsts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFB3A0E" w14:textId="60B2BD0E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidDel="00BD54B5" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
@@ -9144,51 +9171,51 @@
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja atbilstoši SAM MK noteikumos noteiktajam projekta iesniegums vai tā daļa atbilst komercdarbības atbalsta kontroles nosacījumiem:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59332F67" w14:textId="6500FAC2" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta īstenošanas vieta ir </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">īpaši </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
@@ -9198,279 +9225,320 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">izsargājama dabas teritorija (turpmāk – ĪADT) </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši likuma “Par īpaši aizsargājamām dabas teritorijām” un likuma “Sugu un biotopu aizsardzības likums” noteiktajām prasībām vai teritorijā ir identificēts ES nozīmes biotops 7120 “Degradēti augstie purvi, kuros iespējama vai noris dabiskā atjaunošanās” (turpmāk – ES nozīmes biotops 7120),</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> un tām cieši piegulošas ietekmētas teritorijas, ja darbības </w:t>
             </w:r>
             <w:r w:rsidR="004E658A" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve">cieši </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">piegulošajās teritorijās </w:t>
+              <w:t xml:space="preserve">cieši piegulošajās teritorijās </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>sniedz ieguldījumu mērķa teritorijā,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> kas projekta iesniegšanas brīdī vai pirms projekta darbību uzsākšanas ir reģistrēts dabas datu pārvaldības sistēmā “Ozols”. Pārbaudei izmanto DAP uzturēto dabas datu pārvaldības sistēmu “Ozols”, pieejama: https://ozols.gov.lv/pub/;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BAE6254" w14:textId="79EFA78E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>iekļauta valsts deleģēto pārvaldes uzdevumu nodrošināšana īstenojot projekta iesniedzēja valdījumā, turējumā vai īpašumā esošo Pamatnostādņu 3. pielikuma vēsturisko kūdras ieguves vietu inventarizāciju (ja attiecināms);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BFEF72D" w14:textId="71A0E371" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
-[...1 lines deleted...]
-              <w:pStyle w:val="Sarakstarindkopa"/>
+          <w:p w14:paraId="0BFEF72D" w14:textId="5D5B4EEB" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">ir nodalītas projekta īstenošanas teritorijas, kurās projekta iesniedzējs neīsteno valsts deleģētos pārvaldes uzdevumus, attiecīgi tās neatrodas ĪADT un </w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ir nodalītas projekta īstenošanas teritorijas, </w:t>
+            </w:r>
+            <w:del w:id="2" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">kurās projekta iesniedzējs neīsteno valsts deleģētos pārvaldes uzdevumus, attiecīgi tās neatrodas ĪADT un </w:delText>
+              </w:r>
+              <w:r w:rsidR="00DB7A78" w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>taj</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">ās nav identificēts ES nozīmes biotops 7120, </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:delText>secīgi, kurām sniegtais atbalsts kvalificējams kā komercdarbības atbalsts (ja attiecināms);</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="3" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="005D718B" w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>kurā</w:t>
+              </w:r>
+              <w:r w:rsidR="005D718B">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>m piemērojams komercdarbības atbalsta regulējums no teritorijām, kurās tiek īstenota valsts deleģēto pārvaldes uzdevumu izpilde atbilstoši SAM MK noteikumu nosacījumiem</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>;</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
           <w:p w14:paraId="4F5D37D6" w14:textId="26D4EAB2" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir pamatots projekta vai tā daļas nesaimnieciskais raksturs, ievērojot pasākuma SAM MK noteikumu projekta nosacījumus un pamatojot finansēto aktivitāšu atbilstību deleģēto valsts pārvaldes uzdevumu izpildei, piemēram, īstenojot turējumā nodoto valsts stratēģisko aktīvu, tai skaitā, valsts īpašuma ilgtspējīgu – ekonomiski izdevīgu, videi draudzīgu, sociāli atbildīgu apsaimniekošanu un tam nepieciešamās infrastruktūras, pakalpojumu attīstību, kas ir arī ĪADT un ES nozīmes biotopu apsaimniekošana, pārvaldība vai aizsardzība;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4633F950" w14:textId="0B5A253C" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projektā vai tā daļā, kuram netiek piemērots komercdarbības atbalsta regulējums, nav paredzēta saimnieciskā darbība (projektā nav paredzēts atbalsts preču vai pakalpojumu piedāvāšanai tirgū) ;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52F05378" w14:textId="17473E51" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">ja projekta </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">iesniedzējs ir paredzējis projektā atjaunotajās teritorijās gūt ieņēmumus, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">izmaksu un ieguvumu analīzē jānorāda paredzētais ieņēmumu apjoms, kas projekta dzīves ciklā ar komercdarbību nesaistītā projektā vai tā daļā </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>ik gadu nepārsniedz 50 procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem*.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68BF0187" w14:textId="71169471" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Papildus informācija par saimnieciskās darbības veikšanu projekta teritorijā</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pārbauda “Lursoft” datu bāzē, Lauku atbalsta dienesta datu bāzē, Uzņēmumu reģistra datu bāzē, Latvijas vides, ģeoloģijas un meteoroloģijas uzturētajā Zemes dzīļu informācijas sistēmā, Valsts ieņēmuma dienesta (turpmāk – VID) saimnieciskās darbības veicēju datu bāzē un citur publiski pieejamajai informācijai.</w:t>
+              <w:t xml:space="preserve">pārbauda “Lursoft” datu bāzē, Lauku atbalsta dienesta datu bāzē, Uzņēmumu reģistra datu bāzē, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Latvijas vides, ģeoloģijas un meteoroloģijas uzturētajā Zemes dzīļu informācijas sistēmā, Valsts ieņēmuma dienesta (turpmāk – VID) saimnieciskās darbības veicēju datu bāzē un citur publiski pieejamajai informācijai.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02AA7735" w14:textId="7CCB6C4F" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>*Projektā atjaunotajās teritorijās projekta īstenošanas darbību rezultātā var rasties mantiskas vērtības, piemēram, koksne vai šķelda. Saskaņā ar Komisijas paziņojuma par valsts atbalsta jēdzienu saskaņā ar Līguma par ES darbību 107. panta 34. un 35. punktu atsevišķas ar kultūru, kultūrvēsturiskā mantojuma saglabāšanu un dabas aizsardzību saistītas darbības var, ņemot vērā to īpašo raksturu, būt organizētas nekomerciāli un tādējādi būt tādas, kurām nav saimnieciska rakstura.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60ABD397" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
@@ -9498,177 +9566,176 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Jā, ar nosacījumu</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>” un izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AE12F8F" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc  nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59A25E00" w14:textId="457F914B" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”, ja projekta iesniegums atbilst komercdarbības atbalsta kontroles nosacījumiem un tajā nav iekļautas darbības projekta iesniedzēja valsts pārvaldes uzdevumu īstenošanai un projekta īstenošanas teritorijas neatrodas ĪADT un ES nozīmes biotopā 7120.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="4FD2E928" w14:textId="77777777" w:rsidTr="23A77FCB">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="4FD2E928" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="0B622931" w14:textId="59C7BA51" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>. SPECIFISKIE ATBILSTĪBAS KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="5AB5A836" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="5AB5A836" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6D38D407" w14:textId="7BA59DCF" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
@@ -9721,126 +9788,135 @@
           </w:tcPr>
           <w:p w14:paraId="480C6999" w14:textId="5990619E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="673B2D2F" w14:textId="24703B83" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projektā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="644163FA" w14:textId="44424B0E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbilstoši SAM MK noteikumu 3. punktam, projekta īstenošanas vietas ir Pamatnostādņu 3. pielikumā minētās teritorijas</w:t>
             </w:r>
             <w:r w:rsidR="005A434E" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un tām piegulošās teritorijas</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, kas atrodas Kurzemes, Latgales, Vidzemes vai Zemgales statistiskajos reģionos saskaņā ar 2022. gada 25. novembrī spēkā esošo Statistiski teritoriālo vienību nomenklatūras 3. līmeņa (NUTS 3. līmenis) klasifikāciju*,  un ir projekta iesniedzēja turējumā, valdījumā vai īpašumā.</w:t>
+              <w:t xml:space="preserve">, kas atrodas Kurzemes, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Latgales, Vidzemes vai Zemgales statistiskajos reģionos saskaņā ar 2022. gada 25. novembrī spēkā esošo Statistiski teritoriālo vienību nomenklatūras 3. līmeņa (NUTS 3. līmenis) klasifikāciju*,  un ir projekta iesniedzēja turējumā, valdījumā vai īpašumā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BA549FC" w14:textId="787CB28D" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">*Ieguldījumi var tikt veikti visās Latvijas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>valstspilsētu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
@@ -9857,749 +9933,1915 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>valstspilsētas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, Ādažu, Limbažu, Ogres, Ropažu, Ķekavas, Mārupes, Olaines, Salaspils, Saulkrastu, Siguldas, Tukuma novados. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izvērtēšanas procesā NUTS 3. līmeņa teritoriālās atrašanās vietas noteikšanas pārbaudei var izmantot Centrālās statistikas pārvaldes mājaslapā pieejamo informāciju: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12">
+            <w:hyperlink r:id="rId13">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.csp.gov.lv/lv/statistiskie-regioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FCF1664" w14:textId="4D80C5BD" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Gadījumā, ja kā projekta īstenošanas teritorija ir pieteikta teritorija, kas nav atrodama Pamatnostādņu 3. pielikumā vai tai piegulošā teritorijā, tad šādi projekti ir noraidāmi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F140C0F" w14:textId="5A09A6D3" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vienlaikus, ja projekta teritorija atrodas arī ĪADT atbilstoši likuma “Par īpaši aizsargājamām dabas teritorijām” noteiktajām prasībām vai ES nozīmes biotopā - tās pārbauda </w:t>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId13">
+              <w:t xml:space="preserve">Vienlaikus, ja projekta teritorija atrodas arī ĪADT atbilstoši likuma “Par īpaši aizsargājamām dabas teritorijām” noteiktajām prasībām vai ES nozīmes biotopā - tās pārbauda izmantojot dabas datu pārvaldības sistēmu “Ozols” </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://ozols.gov.lv/pub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F1F682D" w14:textId="79FBE11A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Īstenojot darbības ĪADT ir jāievēro šādi nosacījumi: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02EC6031" w14:textId="1C63AC4E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ja ĪADT, kurā plānota projekta darbību īstenošana, ir izstrādāts un spēkā esošs dabas aizsardzības plāns, sniedz projekta plānoto darbību pamatojumu atbilstoši dabas aizsardzības plānā noradītajām apsaimniekošanas darbībām (ja attiecināms); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4132E31C" w14:textId="3061D60A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ja ĪADT ir izstrādāti dabas teritorijas aizsardzības un izmantošanas noteikumi un ja konkrētie dabas teritorijas aizsardzības noteikumi to pieprasa, projekta iesniedzējam jāsniedz apliecinājums, ka tiks saņemta  Dabas aizsardzības pārvaldes (turpmāk – DAP) rakstiska atļauja īstenot plānotās darbības, piemēram, saistībā ar hidroloģiskā režīma izmaiņām (ja attiecināms);</w:t>
+              <w:t xml:space="preserve">ja ĪADT ir izstrādāti dabas teritorijas aizsardzības un izmantošanas noteikumi un ja konkrētie dabas teritorijas aizsardzības noteikumi to pieprasa, projekta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>iesniedzējam jāsniedz apliecinājums, ka tiks saņemta  Dabas aizsardzības pārvaldes (turpmāk – DAP) rakstiska atļauja īstenot plānotās darbības, piemēram, saistībā ar hidroloģiskā režīma izmaiņām (ja attiecināms);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68E1B833" w14:textId="0FE281B6" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ja dabas aizsardzības plāns nav spēkā esošs vai paredzētas darbības, kas nav minētas dabas aizsardzības plānā, projektā plānotajām darbībām ir jāiesniedz apliecinājums, ka tiks īstenotas tikai tādas darbības, par kurām būs saņemts sertificēta sugu un biotopu eksperta atzinums. Atzinumā jāparedz iekļaut sertificēta sugu un biotopu eksperta pamatojumu, ka paredzētās darbības uzlabos biotopu un sugu dzīvotnes un labvēlīgi ietekmēs ĪADT;</w:t>
+              <w:t>ja dabas aizsardzības plāns nav spēkā esošs vai paredzētas darbības, kas nav minētas dabas aizsardzības plānā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415177">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, projektā plānotajām darbībām ir jāiesniedz apliecinājums, ka tiks īstenotas tikai tādas darbības, par kurām būs saņemts sertificēta sugu un biotopu eksperta atzinums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Atzinumā jāparedz iekļaut sertificēta sugu un biotopu eksperta pamatojumu, ka paredzētās darbības uzlabos biotopu un sugu dzīvotnes un labvēlīgi ietekmēs ĪADT;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="583F8290" w14:textId="303644F9" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="0047293D">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk204255467"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk204255467"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ja projektā īstenojamās darbības paredz ūdens līmeņa režīma maiņu, papildus ir nepieciešams hidrologa atzinums</w:t>
             </w:r>
             <w:r w:rsidR="009B0E56" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00E3715D" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta iesniegumā</w:t>
             </w:r>
             <w:r w:rsidR="00C45EC9" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir jāiesniedz apliecinājums, ka tiks saņemts šāds hidrologa atzinums</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kurā, balstoties uz hidroloģiskajiem aprēķiniem, tiek aprakstītas plānotās ūdenslīmeņa </w:t>
-[...10 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+              <w:t>, kurā, balstoties uz hidroloģiskajiem aprēķiniem, tiek aprakstītas plānotās ūdenslīmeņa izmaiņas un sniegts apliecinājums, ka paredzētās ūdens līmeņa izmaiņas neietekmēs blakus teritorijas (arī ārpus ĪADT) (ja attiecināms</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E4CCF06" w14:textId="0E2BB202" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Īstenojot darbības ES nozīmes biotopos, kas atrodas ārpus ĪADT, ir jāsniedz apliecinājums, ka tik saņemts sugu un biotopa eksperta atzinums par plānoto darbību atbilstību biotopa apsaimniekošanas prasībām. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DBE237F" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ar dabas aizsardzības plāniem un to statusu ir iespējams iepazīties DAP tīmekļa vietnē - </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14">
+            <w:hyperlink r:id="rId15">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>https://www.daba.gov.lv/lv/dabas-aizsardzibas-plani.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F749E2F" w14:textId="1A80B922" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Projekta iesniegumā jānorāda projekta īstenošanas teritorijas platība atbilstoši plānoto SAM MK noteikumu Iznākuma rādītāju vērtībām identificējot platību katrai revitalizācijas darbību kategorijai: renaturalizācija (zemais purvs), renaturalizācija (augstais purvs), lapu koku audze ar pārslapinātu augsni, skuju koku audze ar pārslapinātu augsni, ar lapu kokiem apmežota platība ar pārslapinātu augsni, ar skuju kokiem apmežota platība ar pārslapinātu augsni, ar skuju kokiem apmežota platība ar meliorētu augsni, ar lapu kokiem apmežota platība ar meliorētu augsni, Meža valsts reģistrā reģistrēta skuju koku audze ar meliorētu augsni, Meža valsts reģistrā reģistrēta lapu koku audze ar meliorētu augsni un šajās kategorijās atsevišķi jāizceļ tās teritorijas, kuras atrodas ĪADT un kurās ir nokartēts ES nozīmes biotops 7120 “Degradēti augstie purvi, kuros iespējama vai noris dabiskā atjaunošanās”.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Projekta iesniegumā jānorāda projekta īstenošanas teritorijas platība atbilstoši plānoto SAM MK noteikumu Iznākuma rādītāju vērtībām identificējot platību katrai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>revitalizācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> darbību kategorijai: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>renaturalizācija</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (zemais purvs), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>renaturalizācija</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (augstais purvs), lapu koku audze ar pārslapinātu augsni, skuju koku audze ar pārslapinātu augsni, ar lapu kokiem apmežota platība ar pārslapinātu augsni, ar skuju kokiem apmežota platība ar pārslapinātu augsni, ar skuju kokiem apmežota platība ar meliorētu augsni, ar lapu kokiem apmežota platība ar meliorētu augsni, Meža valsts reģistrā reģistrēta skuju koku audze ar meliorētu augsni, Meža valsts reģistrā reģistrēta lapu koku audze ar meliorētu augsni un šajās kategorijās atsevišķi jāizceļ tās teritorijas, kuras atrodas ĪADT un kurās ir nokartēts ES nozīmes biotops 7120 “Degradēti augstie purvi, kuros iespējama vai noris dabiskā atjaunošanās”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="116D58AE" w14:textId="1442CEA1" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegumā paredzētās darbības nav plānotas visā nekustamajā īpašumā, projekta iesniegumā vai tā pievienotajos pielikumos un dokumentos ir skaidri ģeotelpisko datu formātā jāidentificē plānoto darbību teritorijas </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(piemēram, nekustamā īpašuma kadastra numuri vai zemes vienības vai tās daļa)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77E53DDF" w14:textId="0B5A7A61" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ieguldījumu var veikt teritorijās, kur neīstenojas princips “Piesārņotājs maksā”, tādēļ par projekta īstenošanas teritorijām ir jāpievieno pamatojoša vai apliecinoša dokumentācija (piemēram, arhīvu izziņas), ka nav iespējams piemērot Vides aizsardzības likuma</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:footnoteReference w:id="17"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00301D45" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">un TPF regulas </w:t>
             </w:r>
             <w:r w:rsidR="00BB472D" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8. panta 2. punktā</w:t>
+              <w:t xml:space="preserve">8. panta 2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB472D" w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>punktā</w:t>
             </w:r>
             <w:r w:rsidR="0093352C" w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="18"/>
             </w:r>
             <w:r w:rsidR="00BB472D" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">minēto principu “piesārņotājs maksā”. Ar iesniegto pamatojumu vai dokumentāciju </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>jāpierāda (izpildot visus apakšpunktu nosacījumus):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30839B2F" w14:textId="28DB6210" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kad pārtraukta kūdras ieguve projekta teritorijā (sniedzot pēc iespējas precīzāku informāciju);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43E527A0" w14:textId="7CA52C2B" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ka pēc kūdras ieguves pārtraukšanas vairs nav spēkā esošu kūdras ieguves licenču;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="492DFEE4" w14:textId="5451DFCA" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
-[...1 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+          <w:p w14:paraId="492DFEE4" w14:textId="12EF8748" w:rsidR="00AF791C" w:rsidRPr="00B05F06" w:rsidRDefault="00AF791C" w:rsidP="00B05F06">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ka nav bijusi prasība par rekultivācijas veikšanu projekta teritorijā pēc kūdras ieguves pārtraukšanas projekta teritorijā,   kas pierādāms, ja nevar attiecināt MK 2012. gada 21. augusta noteikumu Nr. 570</w:t>
-[...19 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:t>ka nav bijusi prasība par rekultivācijas veikšanu projekta teritorijā pēc kūdras ieguves pārtraukšanas projekta teritorijā,   kas pierādāms,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B05F06">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja </w:t>
+            </w:r>
+            <w:del w:id="5" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText>nevar attiecināt MK 2012. gada 21. augusta noteikumu Nr. 570</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:footnoteReference w:id="19"/>
+              </w:r>
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> “Derīgo izrakteņu ieguves kārtība” 8. nodaļas prasības,</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="7" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="00687E2B" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> licence izdota līdz 1996. </w:t>
+              </w:r>
+              <w:r w:rsidR="00823B18" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>gada</w:t>
+              </w:r>
+              <w:r w:rsidR="00441EF2" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> 4. jūnijam</w:t>
+              </w:r>
+              <w:r w:rsidR="00823B18" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> līdz stājās spēkā likums</w:t>
+              </w:r>
+              <w:r w:rsidR="75440A04" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00823B18" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>“Par zemes dzīlēm”</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B05F06">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>,</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B05F06">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kas nosaka rekultivācijas nepieciešamību kūdras ieguves teritorijā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04983B89" w14:textId="07A269ED" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ka tagadējais zemes īpašnieks, valdītājs vai turētājs nav likumīgais kūdras ieguves veicēja vai citas struktūras saistību pārņēmējs, un šī struktūra vai uzņēmums vairs nepastāv, kā arī uz tagadējo zemes īpašnieku nevar attiecināt MK 2012. gada 21. augusta noteikumu Nr. 570</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00D87020">
+              <w:t xml:space="preserve">ka tagadējais zemes īpašnieks, valdītājs vai turētājs nav likumīgais kūdras ieguves veicēja vai citas struktūras saistību pārņēmējs, </w:t>
+            </w:r>
+            <w:del w:id="8" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="1510C030" w:rsidDel="00AF791C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText>un</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="9" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="00B02FB7" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">vai </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidR="00B02FB7" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">šī struktūra vai uzņēmums vairs nepastāv, kā </w:t>
+            </w:r>
+            <w:del w:id="10" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="1510C030" w:rsidDel="00AF791C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText>arī</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="11" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="00D2099F" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>rezultātā</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidR="00D2099F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>uz tagadējo zemes īpašnieku nevar attiecināt</w:t>
+            </w:r>
+            <w:r w:rsidR="00D842EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:del w:id="12" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="1510C030" w:rsidDel="00AF791C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText>MK 2012</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="13" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="00441EF2" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>1996</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidR="00441EF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. gada </w:t>
+            </w:r>
+            <w:del w:id="14" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="1510C030" w:rsidDel="00AF791C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText>21. augusta noteikumu Nr. 570</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00D87020">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:footnoteReference w:id="20"/>
+              </w:r>
+              <w:r w:rsidRPr="1510C030" w:rsidDel="00AF791C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> “Derīgo izrakteņu ieguves kārtība” 8. nodaļas prasības, kas nosaka, ka</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="16" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="00441EF2" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">4.jūnijā spēkā stājušās </w:t>
+              </w:r>
+              <w:r w:rsidR="00D842EA" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>likuma  “Par</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidR="00D842EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zemes </w:t>
+            </w:r>
+            <w:del w:id="17" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="1510C030" w:rsidDel="00AF791C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:delText>īpašniekam viena gada laikā pēc kūdras ieguves beigšanas ir jāuzsāk rekultivācijas aktivitātes kūdras ieguves teritorijā.</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="18" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidR="00D842EA" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>dzīlēm” noteikto prasī</w:t>
+              </w:r>
+              <w:r w:rsidR="00441EF2" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>bu</w:t>
+              </w:r>
+              <w:r w:rsidR="00D842EA" w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> īstenot rekultivāciju</w:t>
+              </w:r>
+              <w:r w:rsidRPr="1510C030">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gadījumos, ja uzņēmums vai struktūra, kas vēsturiski veica kūdras ieguves darbības, joprojām turpina </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>“Derīgo izrakteņu ieguves kārtība” 8. nodaļas prasības, kas nosaka, ka zemes īpašniekam viena gada laikā pēc kūdras ieguves beigšanas ir jāuzsāk rekultivācijas aktivitātes kūdras ieguves teritorijā.</w:t>
-[...18 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:t>savu darbību un pastāv, bet nav veikta konkrētās teritorijas rekultivācija, tad šāda teritorija nevar tikt izmantota projekta īstenošanai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D87585" w14:textId="1CE755E4" w:rsidR="28D49478" w:rsidRDefault="28D49478" w:rsidP="326A7C6F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:ins w:id="19" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D87020">
-              <w:rPr>
+            <w:ins w:id="20" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ja projekta </w:t>
+              </w:r>
+              <w:r w:rsidR="00834AEC">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">iesniegumā norādīta informācija par projekta </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>revitalizācijas</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>īstenošanas viet</w:t>
+              </w:r>
+              <w:r w:rsidR="0031025B">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>u, kura</w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> atrodas vēsturiskā kūdras ieguves teritorijā, kur pēc 1996. gada </w:t>
+              </w:r>
+              <w:r w:rsidR="00D44283">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>4. jūnija, kad stā</w:t>
+              </w:r>
+              <w:r w:rsidR="002438BB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>j</w:t>
+              </w:r>
+              <w:r w:rsidR="00D44283">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ās spēkā likums “Par zemes dzīlēm” </w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>ir izdota licence kūdras ieguvei, bet līdz 2006. gada 7. oktobrim (MK noteikumu nr. 779 “Derīgo izrakteņu ieguves kārtība” spēkā stāšanās brīdim)</w:t>
+              </w:r>
+              <w:r w:rsidR="00FA0338">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> teritorijai</w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> nav izsniegta jauna licence</w:t>
+              </w:r>
+              <w:r w:rsidR="00060665">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> kūdras ieguvei</w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, tad </w:t>
+              </w:r>
+              <w:r w:rsidR="00134B96">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pēc 1996. gada izdotās </w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>licences izmaiņas (platības samazināšana vai darbības pārtraukšana) uzskatāmas par tiesiskām, j</w:t>
+              </w:r>
+              <w:r w:rsidR="00FA0338">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>o</w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> tās veiktas atbilstoši tā brīža normatīvajiem aktiem</w:t>
+              </w:r>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> un </w:t>
+              </w:r>
+              <w:r w:rsidR="00E401E4">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sekojoši </w:t>
+              </w:r>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ir </w:t>
+              </w:r>
+              <w:r w:rsidR="0021245E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>ievērota</w:t>
+              </w:r>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> rekultivācijas prasība, </w:t>
+              </w:r>
+              <w:r w:rsidR="00FD711C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>tostarp, ja teritorija</w:t>
+              </w:r>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00FD711C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>atstāta</w:t>
+              </w:r>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> dabiska</w:t>
+              </w:r>
+              <w:r w:rsidR="00CB2FAB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>m</w:t>
+              </w:r>
+              <w:r w:rsidR="00043566">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> purva atjaunošanās</w:t>
+              </w:r>
+              <w:r w:rsidR="00FD711C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> procesam</w:t>
+              </w:r>
+              <w:r w:rsidR="00286E85">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidR="00626F4D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00286E85">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Tas pats ir attiecināms uz</w:t>
+              </w:r>
+              <w:r w:rsidR="00626F4D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00286E85">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>gadījumiem</w:t>
+              </w:r>
+              <w:r w:rsidR="00626F4D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, kad </w:t>
+              </w:r>
+              <w:r w:rsidR="009D50C3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>pēc 2006. gada 7. oktobra ir izdota jauna licence pārņemot iepriekšējās licences</w:t>
+              </w:r>
+              <w:r w:rsidR="002206D0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00060665">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>tiesības</w:t>
+              </w:r>
+              <w:r w:rsidR="002206D0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>, bet nosakot jaunu licences platību</w:t>
+              </w:r>
+              <w:r w:rsidR="00060665">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>, kura vairs neietver</w:t>
+              </w:r>
+              <w:r w:rsidR="00134B96">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> visu</w:t>
+              </w:r>
+              <w:r w:rsidR="00060665">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> iepriekšējās licences teritoriju</w:t>
+              </w:r>
+              <w:r w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r>
+                <w:br/>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="72421677" w14:textId="676CEB8F" w:rsidR="00415868" w:rsidRPr="00415868" w:rsidRDefault="0036179F" w:rsidP="00FA24B3">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="21" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+            </w:pPr>
+            <w:ins w:id="22" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Iepriekš minētajām teritorijām,</w:t>
+              </w:r>
+              <w:r w:rsidR="00415868" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> pašvaldības</w:t>
+              </w:r>
+              <w:r w:rsidR="27426D70" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>,</w:t>
+              </w:r>
+              <w:r w:rsidR="00415868" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> saskaņā ar </w:t>
+              </w:r>
+              <w:r w:rsidR="56E4FD0D" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>l</w:t>
+              </w:r>
+              <w:r w:rsidR="00415868" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>ikumu “Par zemes dzīlēm”</w:t>
+              </w:r>
+              <w:r w:rsidR="34AD508E" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>,</w:t>
+              </w:r>
+              <w:r w:rsidR="00415868" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> uzrauga derīgo izrakteņu ieguves vietu rekultivāciju, bet līdz 2006. gada 7. oktobrim (pirms MKN Nr. 779 stāšanās spēkā) nebija noteikta rekultivācijas darbu pieņemšanas kārtība</w:t>
+              </w:r>
+              <w:r w:rsidR="5449F46C" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> un </w:t>
+              </w:r>
+              <w:r w:rsidR="00415868" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">licencēm, kas izsniegtas līdz </w:t>
+              </w:r>
+              <w:r w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>2006.gada 7. oktobrim</w:t>
+              </w:r>
+              <w:r w:rsidR="00415868" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, var nebūt pieejami rekultivācijas pieņemšanas dokumenti. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1329BC13" w14:textId="59670320" w:rsidR="005E5C3C" w:rsidRDefault="1C7C52EE" w:rsidP="00FA24B3">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="240" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="23" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="24" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Tādēļ</w:t>
+              </w:r>
+              <w:r w:rsidR="005E5C3C" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> jāiesniedz attiecīgās pašvaldības sagatavots dokuments, piemēram, izziņa, kurā sniegta informācija par tās rīcībā </w:t>
+              </w:r>
+              <w:r w:rsidR="005E5C3C" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>esošajiem/neesošajiem dokumentāriem materiāliem par minētajā teritorijā īstenoto rekultivāciju.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="71A7AC04" w14:textId="20FB4A0E" w:rsidR="008E41E6" w:rsidRDefault="004A560A" w:rsidP="00AF791C">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="25" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="26" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
+              <w:r w:rsidRPr="00FA24B3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:tab/>
+              </w:r>
+              <w:r w:rsidR="7889ADB4" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>l</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00FA24B3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ai pamatotu projekta darbību nepieciešamību šādā teritorijā, darbības jāīsteno saskaņā ar dabas aizsardzības plānu (ja attiecināms) vai </w:t>
+              </w:r>
+              <w:r w:rsidR="5B5042D6" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>saņemot dabas (sugu un biotopu) ekspertu atzinumus</w:t>
+              </w:r>
+              <w:r w:rsidR="365BF28C" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> kas apliecinās, ka konkrētās teritorijas ekosistēmu atjaunošanai ir nepieciešami papildus aktīvi </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="365BF28C" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>revitalizācijas</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="365BF28C" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> pasākumi</w:t>
+              </w:r>
+              <w:r w:rsidR="5B5042D6" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vai iesniedzot</w:t>
+              </w:r>
+              <w:r w:rsidR="0027013A" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> apliecinājum</w:t>
+              </w:r>
+              <w:r w:rsidR="2E3971E8" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>u</w:t>
+              </w:r>
+              <w:r w:rsidR="0027013A" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>, ka tiks</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00FA24B3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> saņem</w:t>
+              </w:r>
+              <w:r w:rsidR="0027013A" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>t</w:t>
+              </w:r>
+              <w:r w:rsidR="65762E41" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">i minētie </w:t>
+              </w:r>
+              <w:r w:rsidR="4A9790C2" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">dokumenti </w:t>
+              </w:r>
+              <w:r w:rsidR="65762E41" w:rsidRPr="602450DF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pirms projekta darbību īstenošanas uzsākšanas konkrētajā teritorijā. </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00FA24B3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="008E41E6" w:rsidRPr="326A7C6F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Informāciju pārbauda projekta iesnieguma 2.pielikumā un pievienotajos dokumentos par licencēm kūdras ieguvei un izmaiņām licencēs projekta īstenošanas teritorijās, atbilstoši atlases nolikuma 3.13.apakšpunktam.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="698CDE38" w14:textId="4671C140" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="240"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1510C030">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesnieguma veidlapā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="1510C030">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">“Jā, ar nosacījumu” </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="1510C030">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>un izvirza nosacījumu papildināt projekta iesnieguma veidlapu ar nepieciešamo informāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F3BF869" w14:textId="715BAB3C" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Nē”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="454D748D" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="454D748D" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3B07A149" w14:textId="0061B03D" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -10713,310 +11955,308 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja atbilstoši </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SAM MK</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikumos noteiktajam projekta iesniegums vai tā daļa atbilst komercdarbības atbalsta kontroles nosacījumiem:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D44B867" w14:textId="0CB4913A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ir nodalītas projekta īstenošanas teritorijas, kurās projekta iesniedzējs neīsteno valsts deleģētos pārvaldes uzdevumus, kuras neatrodas ĪADT un kurās nav identificēts ES nozīmes biotops 7120, tādējādi kurās tiek piemērots komercdarbības atbalsta regulējums, tai skaitā izmaksu un ieguvumu analīzē ir nodrošināta ar komercdarbības atbalstu saistītu izmaksu un darbību nodalīšana (ja attiecināms);</w:t>
+              <w:t xml:space="preserve">ir nodalītas projekta īstenošanas teritorijas, kurās projekta iesniedzējs neīsteno valsts deleģētos pārvaldes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>uzdevumus, kuras neatrodas ĪADT un kurās nav identificēts ES nozīmes biotops 7120, tādējādi kurās tiek piemērots komercdarbības atbalsta regulējums, tai skaitā izmaksu un ieguvumu analīzē ir nodrošināta ar komercdarbības atbalstu saistītu izmaksu un darbību nodalīšana (ja attiecināms);</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05F49F10" w14:textId="20BC8A6F" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ir ievēroti visi Eiropas Komisijas 2014. gada 17. jūnija Regulas (ES) Nr. 651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu (turpmāk - regula Nr. 651/2014) nosacījumi, tai skaitā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1486DDA4" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. panta 2. punkta “c” un “d” apakšpunkta nosacījumi par gadījumiem, kādos nepiemēro regulu Nr. 651/2014;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14F1923B" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. panta 3. punkta nosacījumi par nozarēm, kurām nepiemēro regulu Nr. 651/2014 un kurām tiek nodrošināta izmaksu nošķiršana, lai darbības izslēgtajās nozarēs negūst labumu no atbalsta, kas piešķirts saskaņā ar regulu Nr. 651/2014;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12839703" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1. panta 4. punkta “a” apakšpunkta nosacījumi, ka atbalsts netiek sniegts saņēmējam uzņēmumu grupas līmenī, uz kuru attiecas līdzekļu atgūšanas rīkojums saskaņā ar Komisijas lēmumu, ar ko atbalsts tiek atzīts par nelikumīgu un nesaderīgu ar kopējo tirgu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D44FCB2" w14:textId="68446C9A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ieguldījumu atbalsts vienam uzņēmumam vienā ieguldījumu projektā nedrīkst pārsniegt regulas Nr. 651/2014 4. panta “s” apakšpunktā noteikto apmēru;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A9F11C1" w14:textId="348979B5" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>projekta iesniegumā paredzētas projekta darbības un izmaksas, kurām piemērojams regulas Nr. 651/2014 45. pants, un ir ievēroti šādi nosacījumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0378F1D5" w14:textId="643DAF02" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>atbalstu piešķir izmaksām atbilstoši SAM MK noteikumu 28. un 42. punktam, kas SAM MK noteikum</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iem </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>par pasākuma īstenošanu plānotas kā atbalstāmas regulas Nr. 651/2014 45. panta 2. punkta “c”  un “d” apakšpunktu ietvaros;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51E22E40" w14:textId="149251AA" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">atbalsts netiek piešķirts darbībām, lai novērstu dabas katastrofu, kā piemēram, zemes nogruvumu, plūdu, </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">viesuļvētru un dabiskas izcelsmes ugunsgrēku radītos zaudējumus. Projekta iesniegumā projektam pievieno apliecinājumu, kurā norāda, ka atbalsts netiks sniegts dabas katastrofu radīto zaudējumu novēršanai; </w:t>
+              <w:t xml:space="preserve">atbalsts netiek piešķirts darbībām, lai novērstu dabas katastrofu, kā piemēram, zemes nogruvumu, plūdu, viesuļvētru un dabiskas izcelsmes ugunsgrēku radītos zaudējumus. Projekta iesniegumā projektam pievieno apliecinājumu, kurā norāda, ka atbalsts netiks sniegts dabas katastrofu radīto zaudējumu novēršanai; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D153E17" w14:textId="6E740540" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsts netiek piešķirts sanācijai un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
@@ -11038,348 +12278,398 @@
               <w:t xml:space="preserve">. Projekta iesniegumā sniedz apliecinājumu, kurā norāda, ka netiks veikti sanācijas vai </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>remediācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> darbi, lai novērstu un labotu vides degradāciju un piesārņotu vietu attīrīšanu, kā šie termini tiek skaidroti, saskaņā ar regulu Nr. 651/2014;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62FBE753" w14:textId="41D9B459" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsts netiek piešķirts kompensācijas pasākumu īstenošanai, lai nodrošinātu </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Natura 2000</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              <w:t>Natura</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t> 2000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> tīkla kopējās vienotības aizsardzību. Projekta iesniegumā sniegts apliecinājums, ka projektā netiks sniegts atbalsts kompensējošajām darbībām, ko paredz ietekmes uz vidi novērtējums;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74E63570" w14:textId="1F82F9DE" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
-[...1 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+          <w:p w14:paraId="74E63570" w14:textId="26D5FB0E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D87020">
+            <w:r w:rsidRPr="326A7C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>atbalsts netiek piešķirts darbībām, ja ir iespējams īstenot principu “piesārņotājs maksā”. Projekta iesniegumā sniedz nepieciešamo informāciju par projekta īstenošanas teritoriju, lai pārliecinātos, ka netiks īstenotas darbības vēsturiskajās kūdras ieguves vietās, kam ir noteikts subjekts vai uzņēmums, kas ir atbildīgs par videi nodarīto kaitējumu (skatīt kritērijā 2.1. ietverto “piesārņotājs maksā” izvērtējumu);</w:t>
+              <w:t xml:space="preserve">atbalsts netiek piešķirts darbībām, ja ir iespējams īstenot principu “piesārņotājs maksā”. Projekta iesniegumā sniedz nepieciešamo informāciju par projekta īstenošanas teritoriju, lai pārliecinātos, ka netiks īstenotas darbības vēsturiskajās kūdras ieguves vietās, kam ir noteikts subjekts vai uzņēmums, kas ir atbildīgs par videi nodarīto kaitējumu (skatīt kritērijā </w:t>
+            </w:r>
+            <w:r w:rsidR="3D9FD8A0" w:rsidRPr="326A7C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="326A7C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.1. ietverto “piesārņotājs maksā” </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="326A7C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izvērtējumu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="326A7C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B23ADB" w14:textId="133EE2BC" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">projekta iesniedzējs klasificējams kā lielais uzņēmums, atbilstoši regulas Nr. 651/2014 2. panta 24. punktā </w:t>
             </w:r>
             <w:r w:rsidR="00AD71BA" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">noteiktajam </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(lai noteiktu atbilstību mazam, vidējam vai lielam uzņēmumam pārbauda publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo, piemēram, “Lursoft” datu bāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atkalizmantotāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> datu bāzēs, VID publiskajās datu bāzēs pieejamo informāciju, un </w:t>
             </w:r>
             <w:r w:rsidR="00015D19" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">izvērtē regulas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00015D19" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00015D19" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 651/2014 2.panta 24.punktā minētos nosacījumus. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F5FDA1C" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="002A1060">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="240" w:after="60"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AD78BE9" w14:textId="18562881" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="002A1060">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="240" w:after="60"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4651A5AB" w14:textId="230AD2DC" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “N/A”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">,  ja projekta iesniegumā ir iekļautas tikai projekta iesniedzēja darbības valsts pārvaldes uzdevumu īstenošanai un tās atrodas ĪADT un ES nozīmes biotopā 7120 </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="33EBE9B6" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="33EBE9B6" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6C1EAFEC" w14:textId="6D53965C" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -11506,115 +12796,121 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72ACEA4D" w14:textId="2CE19E84" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ja nekustamais īpašums, kurā paredzētas projekta darbības, ir projekta iesniedzēja īpašumā,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> par īpašumtiesību esamību pārliecinās, pārbaudot iesniegto informāciju ar Valsts zemes dienesta tīmekļa vietnē </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+              <w:t xml:space="preserve"> par īpašumtiesību esamību </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">pārliecinās, pārbaudot iesniegto informāciju ar Valsts zemes dienesta tīmekļa vietnē </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 </w:rPr>
                 <w:t>www.kadastrs.lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> un Valsts vienotajā datorizētajā zemesgrāmatā, Meliorācijas kadastra informācijas sistēmas norādīto informāciju vai citām līdzīgām sistēmām. Gadījumā, ja nekustamais īpašums nav ierakstīts zemesgrāmatā, vērtē pēc projekta pielikumā pievienotajiem dokumentiem. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58096564" w14:textId="23447115" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Projekta iesniegumam pievienotie dokumenti apliecina valdījuma, turējuma vai īpašumtiesības, kā arī pierāda, ka valdījuma vai turējuma tiesības ir vismaz uz termiņu, kas nav mazāks par projekta dzīves ciklu, kas, ieskaitot projekta īstenošanas laiku, nav mazāks par 15 gadiem. Ja projekta iesniegumā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46D9FDD7" w14:textId="65091A50" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
@@ -11622,51 +12918,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="36684BDB" w14:textId="77777777" w:rsidTr="23A77FCB">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="36684BDB" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="21498F1C" w14:textId="5A630DB8" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Horizontālā principa “Vienlīdzība, iekļaušana, </w:t>
             </w:r>
@@ -11683,51 +12979,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>pamattiesību</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> ievērošana” (HP VINPI) specifiskais atbilstības kritērijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="505B6A75" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="505B6A75" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5374A152" w14:textId="5F26AF92" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
@@ -11820,51 +13116,51 @@
             <w:tcW w:w="1539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56C1F369" w14:textId="24E6143E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="186488AB" w14:textId="34569879" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projekta iesniegums paredz vismaz 1 vispārīgu HP VINPI darbību veikšanu, kas attiecas uz publicitāti, personālu vai publiskajiem iepirkumiem.</w:t>
@@ -11884,79 +13180,72 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Piemēram attiecībā uz projekta vadības un īstenošanas personālu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27B40FAB" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>projekta vadībā un īstenošanā tiks virzīti pasākumi, kas sekmē darba un ģimenes dzīves līdzsvaru, paredzot elastīga un nepilna laika darba iespēju nodrošināšanu vecākiem ar bērniem un personām, kuras aprūpē tuviniekus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41C9CED7" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">projekta vadības un īstenošanas personāla atlase tiks nodrošināta bez jebkādas tiešas vai netiešas diskriminācijas, veicina mazāk pārstāvētā dzimuma </w:t>
-[...7 lines deleted...]
-              <w:t>piesaisti, personu ar invaliditāti piesaisti un nediskriminē pēc rases, etniskās izcelsmes, dzimuma, vecuma, invaliditātes, reliģiskās, pārliecības, seksuālās orientācijas vai citiem apstākļiem;</w:t>
+              <w:t>projekta vadības un īstenošanas personāla atlase tiks nodrošināta bez jebkādas tiešas vai netiešas diskriminācijas, veicina mazāk pārstāvētā dzimuma piesaisti, personu ar invaliditāti piesaisti un nediskriminē pēc rases, etniskās izcelsmes, dzimuma, vecuma, invaliditātes, reliģiskās, pārliecības, seksuālās orientācijas vai citiem apstākļiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7610DF06" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">sievietēm un vīriešiem nodrošināta vienlīdzīga darba samaksa un vienlīdzīgas karjeras izaugsmes iespējas, tostarp nodrošinot dalību apmācībās, semināros, komandējumos; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0048EFFB" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:rPr>
@@ -11975,244 +13264,244 @@
               </w:rPr>
               <w:t>Piemēram, komunikācijas un vizuālās identitātes pasākumos:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="092B1AF9" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>īstenojot projekta komunikācijas un vizuālās identitātes aktivitātes, to saturs tiks rūpīgi izvērtēts un tiks izvēlēta valoda un vizuālie tēli, kas mazina diskrimināciju un stereotipu veidošanos vai uzturēšanu par kādu no dzimumiem, personām ar invaliditāti, reliģisko pārliecību, vecumu, rasi un etnisko izcelsmi vai seksuālo orientāciju</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="21"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55B66B12" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>tiks nodrošināts, ka informācija projekta vai finansējuma saņēmēja tīmekļa vietnē ir piekļūstama cilvēkiem ar funkcionēšanas ierobežojumiem, izmantojot vairākus sensoros (redze, dzirde, tauste) kanālus</w:t>
-[...3 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:t xml:space="preserve">tiks nodrošināts, ka informācija projekta vai finansējuma saņēmēja tīmekļa vietnē ir piekļūstama cilvēkiem ar funkcionēšanas ierobežojumiem, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>izmantojot vairākus sensoros (redze, dzirde, tauste) kanālus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="22"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2858FB16" w14:textId="1DD1BFFC" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00333476">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">projekta vai finansējuma saņēmēja tīmekļvietnē tiks izveidota sadaļa “Viegli lasīt”, kurā tiks iekļauta īsa aprakstoša informācija par projektu un citu lasītājiem nepieciešamu informāciju vieglajā valodā, lai plašākai </w:t>
-[...11 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:t>projekta vai finansējuma saņēmēja tīmekļvietnē tiks izveidota sadaļa “Viegli lasīt”, kurā tiks iekļauta īsa aprakstoša informācija par projektu un citu lasītājiem nepieciešamu informāciju vieglajā valodā, lai plašākai sabiedrībai nodrošinātu iespēju uzzināt par ES fondu ieguldījumiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="23"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="197192C0" w14:textId="376BDF7E" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neparedz vismaz 1 vispārīgas HP VINPI darbības veikšanu, vai iekļautajai darbībai nav sasaistes ar HP VINPI, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69A3EA2B" w14:textId="2918AA3C" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem un projekta iesniegums ir noraidāms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="246DD6D8" w14:textId="77777777" w:rsidTr="23A77FCB">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="246DD6D8" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="4AF3A6CC" w14:textId="495C5118" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk168249674"/>
+            <w:bookmarkStart w:id="28" w:name="_Hlk168249674"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Horizontālā principa “Nenodarīt būtisku kaitējumu” specifiskie atbilstības kritēriji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="73D6E3A2" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="73D6E3A2" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="1028"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1BE6E9A7" w14:textId="74D218B5" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
@@ -12221,72 +13510,81 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="049E6BE3" w14:textId="0027F9B2" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Projekta ietvaros veicamiem iepirkumiem piemēro MK 2017. gada 20. jūnija noteikumos Nr. 353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” iekļautajām grupām noteiktos zaļā publiskā iepirkuma kritērijus.</w:t>
+              <w:t xml:space="preserve">Projekta ietvaros veicamiem iepirkumiem piemēro MK 2017. gada 20. jūnija noteikumos Nr. 353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” iekļautajām </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>grupām noteiktos zaļā publiskā iepirkuma kritērijus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C9D8A21" w14:textId="60A16CD2" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P; N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52C8E356" w14:textId="29A36225" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē / N/A</w:t>
             </w:r>
           </w:p>
@@ -12301,69 +13599,77 @@
               <w:ind w:left="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs ir iekļāvis projekta iesniegumā informāciju par to, ka projekta ietvaros iegādātās preces, pakalpojumi vai būvdarbu iepirkums tiks veikti, ievērojot Zaļā publiskā iepirkuma prasības saskaņā ar MK 2017. gada 20. jūnija noteikumiem Nr. 353</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:footnoteReference w:id="24"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” 1. un 2. pielikumu visos gadījumos, kur tas attiecināms un iespējams. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projekta iesniegumā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
+              <w:t xml:space="preserve">Ja projekta iesniegumā norādītā informācija </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44E5E5E5" w14:textId="0489B471" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
@@ -12371,93 +13677,86 @@
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>“Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda </w:t>
-[...6 lines deleted...]
-              <w:t>lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
+              <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FC641CA" w14:textId="37C361E6" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “N/A”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja sniegts skaidrojums, ka nav iespējams piemērot MK 2017. gada 20. jūnija noteikumu Nr. 353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” noteiktos zaļā publiskā iepirkuma kritērijus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="7B93251D" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:bookmarkEnd w:id="28"/>
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="7B93251D" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="29429225" w14:textId="29A70834" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
@@ -12570,51 +13869,59 @@
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="25"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10. punktu, 2010. gada 16. marta MK 2010. gada 16. marta noteikumiem Nr. 264 “Īpaši aizsargājamo dabas teritoriju vispārējie aizsardzības un izmantošanas noteikumi”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="26"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, MK 2012. gada 18. decembra  noteikumiem Nr. 940 “Noteikumi par mikroliegumu izveidošanas un apsaimniekošanas kārtību, to aizsardzību, kā arī mikroliegumu un to buferzonu noteikšanu”</w:t>
+              <w:t xml:space="preserve">, MK 2012. gada 18. decembra  noteikumiem Nr. 940 “Noteikumi par mikroliegumu izveidošanas un apsaimniekošanas kārtību, to aizsardzību, kā arī mikroliegumu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>un to buferzonu noteikšanu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="27"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, tajos noteikto kārtību, ievērojot saimnieciskās darbības ierobežojošos periodus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="717D96D5" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -12636,51 +13943,50 @@
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A105772" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
@@ -12697,51 +14003,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “N/A”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ja, veicot projekta darbību, netiks veikta koku ciršana.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="4237202C" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="4237202C" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1843CAE2" w14:textId="7D9AE449" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
@@ -12766,82 +14072,91 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Projektā tiks nodrošināts, ka atjaunojot meliorācijas sistēmas, tiek paredzēta videi saudzīgu meliorācijas elementu izveide teritorijās, kuras atrodas ūdensobjektu sateces baseinu teritorijās, kas normatīvajos aktos noteikti par riska ūdensobjektiem, kā arī  tādu meliorācijas sistēmu atjaunošanā, kur tas ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>tehniski iespējams, lietderīgi, izmaksu efektīvi un kur ir pietiekami liels notekošo ūdeņu daudzums vai citi vides ieguvumi.</w:t>
+              <w:t xml:space="preserve">tehniski iespējams, lietderīgi, izmaksu efektīvi un kur ir pietiekami liels </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>notekošo ūdeņu daudzums vai citi vides ieguvumi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BCAEEDA" w14:textId="2A01E5C0" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:strike/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="333A2E96" w14:textId="1E66AB3D" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P; N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A1A010A" w14:textId="76C884B3" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē / N/A</w:t>
             </w:r>
           </w:p>
@@ -12851,186 +14166,217 @@
             <w:tcW w:w="6591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FB72F2B" w14:textId="13670F49" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Jā”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">ja projekta iesniegumā ir norādīta meliorācijas sistēmas atjaunošana vai rekonstrukcija,  tādās projekta īstenošanas teritorijās, kuras atrodas riska ūdens objekta sateces baseinā saskaņā ar MK 2011. gada 31. maija noteikumiem Nr. 418 “Noteikumi par riska ūdensobjektiem” un kurām attiecīgi ir jāveic videi saudzīgu meliorācijas elementu izveide vai, ja projekta īstenošanas teritorija ārpus riska ūdens objektiem, paredzētajās meliorācijas sistēmu atjaunošanā vai rekonstrukcijā ir iekļauti videi saudzīgi elementi, ja vien nav sniegts pamatojums, kādēļ šādās meliorācijas sistēmās nav iespējams izveidot videi saudzīgas meliorācijas sistēmu elementus. </w:t>
+              <w:t xml:space="preserve">ja projekta iesniegumā ir norādīta meliorācijas sistēmas atjaunošana vai rekonstrukcija,  tādās projekta īstenošanas teritorijās, kuras atrodas riska ūdens objekta sateces baseinā saskaņā ar MK 2011. gada 31. maija noteikumiem Nr. 418 “Noteikumi par riska ūdensobjektiem” un kurām attiecīgi ir jāveic videi saudzīgu meliorācijas elementu izveide vai, ja projekta īstenošanas teritorija ārpus riska ūdens objektiem, paredzētajās meliorācijas sistēmu atjaunošanā vai rekonstrukcijā ir iekļauti videi saudzīgi elementi, ja vien nav sniegts pamatojums, kādēļ šādās meliorācijas sistēmās nav </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">iespējams izveidot videi saudzīgas meliorācijas sistēmu elementus. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19072505" w14:textId="06342375" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ar riska ūdensobjektu sateces baseiniem var iepazīties MK 2011. gada 31. maija noteikumos Nr. 418 “Noteikumi par riska ūdensobjektiem”. Papildus upju sateces baseinu sadalījumu var skatīt Latvijas vides ģeoloģijas un meteoroloģijas centra (turpmāk - LVĢMC) uzturētajā Upju baseinu apsaimniekošanas informācijas sistēma, kas pieejama LVĢMC mājaslapā sadaļā Ūdens – ūdens apsaimniekošana un plūdu pārvaldība (pieejams </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:anchor="58821703" w:history="1">
+            <w:hyperlink r:id="rId17" w:anchor="58821703" w:history="1">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Ūdens apsaimniekošana un plūdu pārvaldība</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67A9D63B" w14:textId="30923E29" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Videi saudzīgi meliorācijas elementi ir tādi elementi kā </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>sedimentācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> baseini jeb gultņu paplašinājumi un padziļinājumi, kas nodrošina ar ūdeni izskalojamo materiālu sedimentāciju un bioloģisku akumulāciju, divpakāpju meliorācijas grāvji, akmeņu krāvumi, mākslīgie mitrāji, jaunu līkumu veidošana u.c.</w:t>
+              <w:t xml:space="preserve"> baseini jeb gultņu paplašinājumi un padziļinājumi, kas nodrošina ar ūdeni izskalojamo materiālu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>sedimentāciju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un bioloģisku akumulāciju, divpakāpju meliorācijas grāvji, akmeņu krāvumi, mākslīgie mitrāji, jaunu līkumu veidošana u.c.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E5F38D7" w14:textId="7564D6F7" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ar videi saudzīgu meliorācijas sistēmu elementiem var iepazīties, piemēram, projekta “Latvijas upju baseinu apsaimniekošanas plānu ieviešana laba virszemes ūdens stāvokļa sasniegšanai” (LIFE GOODWATER IP, LIFE18 IPE/LV/000014) projekta ietvaros sagatavotajā ziņojumā “Tehniskās rekomendācijas video draudzīgu meliorācijas elementu izveidošanai meža zemē” (pieejams </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>šeit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>) vai Biedrības “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ūdensaina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">” izstrādātajās vadlīnijās  bioloģiskās daudzveidības uzturēšanai ūdensnotekās un meliorācijas grāvjos un plūdu risku mazināšanai (pieejamas </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00D87020">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Metodiskie materiāli vides jomā | Viedās administrācijas un reģionālās attīstības ministrija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">)  u.c. Ja projekta iesniegumā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
+              <w:t xml:space="preserve">)  u.c. Ja projekta iesniegumā norādītā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C489CED" w14:textId="3AD3E75A" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -13069,64 +14415,56 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="32A6C097" w14:textId="27FF21F1" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “N/A”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja nekustamais īpašums, kurā paredzētas darbības, neatrodas riska ūdens objektu sateces baseinā saskaņā ar MK 2011. gada 31. maija noteikumiem Nr. 418 </w:t>
-[...7 lines deleted...]
-              <w:t>“Noteikumi par riska ūdensobjektiem” vai, ja nav paredzēta meliorācijas sistēmu atjaunošana vai rekonstrukcija, tāpat ja nav paredzēta meliorācijas sistēmu atjaunošana riska ūdens objektu sateces baseinos un projekta iesniedzējs ir pamatojis, kādēļ nav iespējams pielietot videi saudzīgus meliorācijas elementus.</w:t>
+              <w:t>, ja nekustamais īpašums, kurā paredzētas darbības, neatrodas riska ūdens objektu sateces baseinā saskaņā ar MK 2011. gada 31. maija noteikumiem Nr. 418 “Noteikumi par riska ūdensobjektiem” vai, ja nav paredzēta meliorācijas sistēmu atjaunošana vai rekonstrukcija, tāpat ja nav paredzēta meliorācijas sistēmu atjaunošana riska ūdens objektu sateces baseinos un projekta iesniedzējs ir pamatojis, kādēļ nav iespējams pielietot videi saudzīgus meliorācijas elementus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="78D0AA94" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="78D0AA94" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2AF61B67" w14:textId="1488A919" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
@@ -13144,50 +14482,51 @@
           <w:p w14:paraId="2571D673" w14:textId="5996C830" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Ja projektā ir paredzēta meža ieaudzēšana, to veic atbilstoši teritorijas attīstības plānošanas dokumentos noteiktajām prasībām vai,  ja teritorijas attīstības plānošanas dokumentos nav tieši norādīts atbilstošs zemes lietošanas mērķis, to saskaņo ar vietējo pašvaldību,  vienlaikus:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23B342AD" w14:textId="3A9FE8B8" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.8.1. ieaudzējot mežu, saglabā savrup augošus kokus, koku grupas, rindas un alejas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="180BD8EB" w14:textId="088ABAFF" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">2.8.2. meža ieaudzēšanā neveido </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>monoaudzes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
@@ -13207,83 +14546,84 @@
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>2.8.3. meža ieaudzēšanu neveic īpaši aizsargājamās dabas teritorijās, mikroliegumos, īpaši aizsargājamos biotopos un ES nozīmes biotopos, ja vien to nepieļauj īpaši aizsargājamās dabas teritorijas aizsardzības un izmantošanas noteikumi vai dabas aizsardzības plāns.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="395D6DA6" w14:textId="63DEA4EB" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P; N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="504452B2" w14:textId="6F69C367" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē/ N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="477A462C" w14:textId="1940FAA0" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projekta iesniegums, kurā paredzēta meža ieaudzēšana, ir saskaņā ar attiecīgās pašvaldību teritorijas attīstības plānošanas dokumentiem vai arī sniegts apliecinājums, ka tiks saņemts rakstisks attiecīgās pašvaldības saskaņojums meža ieaudzēšanai pirms plānoto darbību uzsākšanas</w:t>
@@ -13293,92 +14633,93 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38E2D449" w14:textId="6CDB8BA9" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Pārbaudi par projekta iesniegumā paredzēto meža ieaudzēšanas darbību atbilstību pašvaldības plānošanas dokumentiem veic</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> izvērtējot pašvaldības plānošanas dokumentus, kas pieejami Teritorijas attīstības plānošanas informācijas sistēmā (turpmāk – TAPIS), kas ir pieejama ģeotelpisko datu portālā geolavija.lv vai, ja tas nav publicēts TAPIS, tad pašvaldības tīmekļa vietnē</w:t>
+              <w:t xml:space="preserve"> izvērtējot pašvaldības plānošanas dokumentus, kas pieejami Teritorijas attīstības plānošanas informācijas sistēmā (turpmāk – TAPIS), kas ir pieejama </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ģeotelpisko datu portālā geolavija.lv vai, ja tas nav publicēts TAPIS, tad pašvaldības tīmekļa vietnē</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>. Meža ieaudzēšanu iespējams īstenot tur, kur pašvaldības teritorijas plānošanas dokumentā ir norādīts funkcionālais zonējums – mežu teritorija vai, ja nav pieejama informācija par zemes izmantošanas veidu projekta īstenošanas teritorijai atbilstoši pašvaldības plānošanas dokumentiem, tad projekta iesniegumā pievieno attiecīgās pašvaldības rakstisku atļauju veikt meža ieaudzēšanu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70F6C73D" w14:textId="5504C501" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienlaikus tiek paredzēts, ka projekta iesniedzējs pievieno apliecinājumu, ka, ieaudzējot mežu, netiks veidotas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>monoaudzes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> un plantāciju meži, bet gan bioloģiskās daudzveidības saglabāšanai un atjaunošanai tiks īstenota tikai </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">vietējo koku sugu mistraudžu veidošana. Papildus, īstenojot meža ieaudzēšanu, projekta iesniedzējs sniedz apliecinājumu, ka tiks saglabāti savrup augoši koki, koku grupas, rindas un alejas. </w:t>
+              <w:t xml:space="preserve"> un plantāciju meži, bet gan bioloģiskās daudzveidības saglabāšanai un atjaunošanai tiks īstenota tikai vietējo koku sugu mistraudžu veidošana. Papildus, īstenojot meža ieaudzēšanu, projekta iesniedzējs sniedz apliecinājumu, ka tiks saglabāti savrup augoši koki, koku grupas, rindas un alejas. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Monoaudzes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> var tikt veidotas tādos kūdrājos, kur to mazās auglības dēļ ieaudzējamas tikai priežu mežaudzes vai teritorijās, kur īstenojot dabisku meža ieaudzēšanu dabiskās koku </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>sukcesijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
@@ -13407,68 +14748,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Iesniedzot projekta iesniegumu, projekta iesniedzējs norāda, ka meža ieaudzēšanas darbi tiks veikti atbilstoši nozari regulējošajiem normatīvajiem aktiem. Ar ĪADT, mikroliegumiem </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020" w:rsidDel="00D85196">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">un īpaši aizsargājamiem biotopiem, tostarp ES nozīmes biotopiem var iepazīties DAP uzturētajā dabas datu portālā “Ozols”. Meža ieaudzēšana ĪADT jāveic saskaņā ar dabas aizsardzības plānu un ĪADT izmantošanas un aizsardzības ministru kabineta noteikumiem. Īpaši aizsargājamos biotopos meža ieaudzēšanu neveic. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08BC4002" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="240"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja projekta iesniegumā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A861B12" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
@@ -13516,51 +14858,51 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “N/A”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekta iesniegumā nav paredzēta meža ieaudzēšana </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="608E05B3" w14:textId="77777777" w:rsidTr="001824BA">
+      <w:tr w:rsidR="00AF791C" w:rsidRPr="00D87020" w14:paraId="608E05B3" w14:textId="77777777" w:rsidTr="1510C030">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="72EC8A82" w14:textId="7ED3DB31" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00A10178" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AF791C" w:rsidRPr="00D87020">
               <w:rPr>
@@ -13615,51 +14957,51 @@
           </w:tcPr>
           <w:p w14:paraId="605D224E" w14:textId="0B25889C" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu / Nē / N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CD8C699" w14:textId="7DC371DD" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -13668,242 +15010,275 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">“Jā”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ja projekta iesniegumam ir pievienots apliecinājums, ka tiks saņemti tehniskie noteikumi, veikts ietekmes uz vidi novērtējums vai ietekmes sākotnējais novērtējums, atbilstoši likuma “Par ietekmes uz vidi novērtējumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:footnoteReference w:id="28"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> nosacījumiem un MK 2015. gada 13. janvāra noteikumiem Nr. 18</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:footnoteReference w:id="29"/>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> “Kārtība, kādā novērtē paredzētās darbības ietekmi uz vidi un akceptē paredzēto darbību” uz projekta īstenošanas vietām, kur tas attiecināms, vai projekta iesnieguma pielikumā pievienotajā Valsts vides dienesta izziņā par sākotnējā ietekmes uz vidi, ietekmes uz vidi novērtējuma vai tehnisko noteikumu nepieciešamību.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3347BF3D" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegumā norādītā informācija neatbilst minētajām prasībām, projekta iesniegumu novērtē ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>“Jā, ar nosacījumu”</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+              <w:t xml:space="preserve">“Jā, ar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nosacījumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> un izvirza nosacījumu veikt atbilstošus precizējumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="628050F6" w14:textId="75F609FC" w:rsidR="00AF791C" w:rsidRPr="00D87020" w:rsidRDefault="00AF791C" w:rsidP="00CF081E">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FF9E333" w14:textId="1DEBB523" w:rsidR="005A75D1" w:rsidRPr="005A75D1" w:rsidRDefault="00AF791C" w:rsidP="00AF791C">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “N/A”</w:t>
             </w:r>
             <w:r w:rsidRPr="00D87020">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, ja sniegts skaidrojums, ka projektā paredzētajām darbībām nav nepieciešams veikt ietekmes uz vidi novērtējumu vai sākotnējo izvērtējumu, pievienojot attiecīgu izziņu no kompetentās iestādes.</w:t>
+              <w:t xml:space="preserve">, ja sniegts skaidrojums, ka projektā paredzētajām darbībām nav nepieciešams veikt ietekmes uz vidi novērtējumu vai sākotnējo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izvērtējumu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D87020">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, pievienojot attiecīgu izziņu no kompetentās iestādes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F91CA63" w14:textId="15A3DFBF" w:rsidR="009F6EF1" w:rsidRPr="00CF081E" w:rsidRDefault="009F6EF1" w:rsidP="00AA2C5C">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="00CF081E" w:rsidSect="00AA2C5C">
-      <w:headerReference w:type="default" r:id="rId19"/>
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="993" w:right="1178" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11B2A63C" w14:textId="77777777" w:rsidR="007B6942" w:rsidRDefault="007B6942">
+    <w:p w14:paraId="4CBDE522" w14:textId="77777777" w:rsidR="00D33863" w:rsidRDefault="00D33863">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="511ECEED" w14:textId="77777777" w:rsidR="007B6942" w:rsidRDefault="007B6942">
+    <w:p w14:paraId="6C271882" w14:textId="77777777" w:rsidR="00D33863" w:rsidRDefault="00D33863">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="49831F1F" w14:textId="77777777" w:rsidR="007B6942" w:rsidRDefault="007B6942" w:rsidP="00152F67"/>
+    <w:p w14:paraId="7668025C" w14:textId="77777777" w:rsidR="00D33863" w:rsidRDefault="00D33863" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -13932,1237 +15307,1272 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
-    <w:altName w:val="Cambria"/>
-[...2 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:altName w:val="Yu Gothic"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="01000407" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6397A584" w14:textId="77777777" w:rsidR="00FA24B3" w:rsidRDefault="00FA24B3">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4855"/>
       <w:gridCol w:w="4855"/>
       <w:gridCol w:w="4855"/>
     </w:tblGrid>
     <w:tr w:rsidR="1CC39F4E" w14:paraId="144ABF9F" w14:textId="77777777" w:rsidTr="1CC39F4E">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4855" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="14E265DD" w14:textId="42BB9F84" w:rsidR="1CC39F4E" w:rsidRDefault="1CC39F4E" w:rsidP="1CC39F4E">
           <w:pPr>
-            <w:pStyle w:val="Galvene"/>
+            <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
             <w:jc w:val="left"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4855" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7B79FD91" w14:textId="635C73D2" w:rsidR="1CC39F4E" w:rsidRDefault="1CC39F4E" w:rsidP="1CC39F4E">
           <w:pPr>
-            <w:pStyle w:val="Galvene"/>
+            <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4855" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="542D44AF" w14:textId="0E885876" w:rsidR="1CC39F4E" w:rsidRDefault="1CC39F4E" w:rsidP="1CC39F4E">
           <w:pPr>
-            <w:pStyle w:val="Galvene"/>
+            <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="147CB0B3" w14:textId="736B2649" w:rsidR="00B52A70" w:rsidRDefault="00B52A70">
     <w:pPr>
-      <w:pStyle w:val="Kjene"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DCDF941" w14:textId="77777777" w:rsidR="007B6942" w:rsidRDefault="007B6942" w:rsidP="00F25516">
+    <w:p w14:paraId="5BE22461" w14:textId="77777777" w:rsidR="00D33863" w:rsidRDefault="00D33863" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CC03F00" w14:textId="77777777" w:rsidR="007B6942" w:rsidRDefault="007B6942" w:rsidP="00F25516">
+    <w:p w14:paraId="7B161D94" w14:textId="77777777" w:rsidR="00D33863" w:rsidRDefault="00D33863" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="09A4D43B" w14:textId="77777777" w:rsidR="007B6942" w:rsidRDefault="007B6942" w:rsidP="00152F67"/>
+    <w:p w14:paraId="4ACBF57F" w14:textId="77777777" w:rsidR="00D33863" w:rsidRDefault="00D33863" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1FC16670" w14:textId="77777777" w:rsidR="00D07075" w:rsidRPr="00BD1BF5" w:rsidRDefault="00D07075" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija regula Nr. 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai. Pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="3FBBEFD2" w14:textId="77777777" w:rsidR="00D07075" w:rsidRPr="00BD1BF5" w:rsidRDefault="00D07075" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vizuālās identitātes prasības un paraugi iekļauti Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās. Pieejamas: Esfondi.lv: </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/vadlinijas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="3F5F7AE1" w14:textId="77777777" w:rsidR="0061664B" w:rsidRPr="00BD1BF5" w:rsidRDefault="0061664B" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="4D1061BA" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kritērijs nav precizējams. Ir pieļaujami precizējami tikai attiecībā uz tehniskiem, aritmētiskiem, redakcionāliem precizējumiem, piemēram, nav ieskanējusies kāda lapa vai konstatējama iespējama pārrakstīšanās kļūda, kā arī gadījumos, ja informācija projekta iesnieguma iesniegšanas brīdī nav pieejama, piemēram, nav pieejams ārvalstu saistītā uzņēmuma finanšu pārskats, lai varētu pārliecināties, ka uz projekta iesniedzēja saistīto personu grupu neattiecas neviena no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām. Atbilstību kritērijam pārbauda gan uz projekta iesnieguma iesniegšanas dienu, gan uz lēmuma par projekta iesnieguma apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="610060CA" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbilstoši Komisijas paziņojuma par Līguma par Eiropas Savienības darbību 107. panta 1. punktā minēto valsts atbalsta jēdzienu (2016/C 262/01) 9 punktam par uzņēmumu uzskata jebkuru subjektu, kas veic saimniecisko darbību, neatkarīgi no subjekta juridiskās formas un tā, vai subjekts ir izveidots ar mērķi gūt peļņu, vai ir bezpeļņas subjekts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="668E0EF4" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisijas regula Nr. 651/2014 pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="72E0A438" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Mikrouzņēmums</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, mazais un vidējais uzņēmums.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="2F08E2AB" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="5A266505" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisijas regula Nr. 651/2014 pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="0DFE4C75" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisijas lietotāja rokasgrāmata par MVU definīcijas piemērošanu pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p w14:paraId="6FC7DD99" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p w14:paraId="618D2027" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uzņēmumu reģistra informācija un informācija, kas pieejama no informācijas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atkalizmantotājiem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="7E1775D2" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Saskaņā ar Gada pārskata un konsolidēto gada pārskatu likuma 97. panta pirmajā daļā norādīto gada pārskatu sabiedrība iesniedz ne vēlāk kā mēnesi pēc gada pārskata apstiprināšanas un ne vēlāk kā četrus mēnešus pēc pārskata gada beigām. Vidēja sabiedrība, liela sabiedrība un koncerna mātes sabiedrība, kura sagatavo konsolidēto gada pārskatu, ne vēlāk kā septiņus mēnešus pēc pārskata gada beigām iesniedz Valsts ieņēmumu dienestam papīra formā vai elektroniski sagatavota gada pārskata (finanšu pārskata un vadības ziņojuma) un konsolidētā gada pārskata (ja tāds ir) atvasinājumu elektroniskā formā – elektronisku norakstu vai elektronisku kopiju (ja tas noteikts normatīvajos aktos par sabiedrību sagatavoto finanšu pārskatu vai konsolidēto finanšu pārskatu elektroniskā noraksta formu iesniegšanai Valsts ieņēmumu dienesta Elektroniskajā deklarēšanas sistēmā) Elektroniskajā deklarēšanas sistēmā kopā ar paskaidrojumu (elektroniskā formā) par to, kad gada pārskats un konsolidētais gada pārskats (ja tāds ir) apstiprināts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
     <w:p w14:paraId="650FEA94" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisijas regula Nr. 651/2014 pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
     <w:p w14:paraId="2EA7222F" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Komerclikuma 198. panta 1. punkta 8. apakšpunkts</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
     <w:p w14:paraId="754A50EF" w14:textId="12A5AED6" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00BD1BF5">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="562" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>Vides aizsardzības likums</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
     <w:p w14:paraId="29159263" w14:textId="0F5DEABC" w:rsidR="0093352C" w:rsidRPr="00BD1BF5" w:rsidRDefault="0093352C" w:rsidP="00BD1BF5">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="562" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Eiropas Parlamenta un Padomes Regula (ES) 2021/1056 (2021. gada 24. jūnijs), ar ko izveido Taisnīgas pārkārtošanās fondu</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p w14:paraId="390D3740" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00BD1BF5">
+    <w:p w14:paraId="0A259CF1" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00BD1BF5">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="562" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD1BF5">
-[...12 lines deleted...]
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:del w:id="6" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="FootnoteReference"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
-          <w:t>Derīgo izrakteņu ieguves kārtība</w:t>
+          <w:footnoteRef/>
         </w:r>
-      </w:hyperlink>
-[...5 lines deleted...]
-      </w:r>
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Pieejams šeit: </w:delText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:delInstrText>HYPERLINK "https://likumi.lv/ta/id/251021-derigo-izraktenu-ieguves-kartiba"</w:delInstrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:delText>Derīgo izrakteņu ieguves kārtība</w:delText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">  </w:delText>
+        </w:r>
+      </w:del>
     </w:p>
   </w:footnote>
   <w:footnote w:id="20">
-    <w:p w14:paraId="3F0FCC59" w14:textId="686F5891" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00081087">
+    <w:p w14:paraId="76CF3EA0" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00081087">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD1BF5">
-[...12 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:del w:id="15" w:author="CFLA" w:date="2025-12-09T16:54:00Z" w16du:dateUtc="2025-12-09T14:54:00Z">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="FootnoteReference"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
-          <w:t>Derīgo izrakteņu ieguves kārtība</w:t>
+          <w:footnoteRef/>
         </w:r>
-      </w:hyperlink>
-[...5 lines deleted...]
-      </w:r>
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Pieejams šeit: </w:delText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:delInstrText>HYPERLINK "https://likumi.lv/ta/id/251021-derigo-izraktenu-ieguves-kartiba"</w:delInstrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:delText>Derīgo izrakteņu ieguves kārtība</w:delText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">  </w:delText>
+        </w:r>
+      </w:del>
     </w:p>
   </w:footnote>
   <w:footnote w:id="21">
     <w:p w14:paraId="0BBF298B" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Metodiskais materiāls “Ieteikumi diskrimināciju un stereotipus mazinošai komunikācijai ar sabiedrību”. Labklājības ministrija. Pieejams: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://www.lm.gov.lv/lv/media/18838/download</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="22">
     <w:p w14:paraId="3FA95DB0" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk191995847"/>
+      <w:bookmarkStart w:id="27" w:name="_Hlk191995847"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Tīmekļvietņu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>piekļūstamības</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadlīnijas. Viedās administrācijas un reģionālās attīstības ministrija. Pieejams: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://www.varam.gov.lv/lv/timeklvietnu-pieklustamibas-vadlinijas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="27"/>
   </w:footnote>
   <w:footnote w:id="23">
     <w:p w14:paraId="5F7BF882" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ceļvedis iekļaujošas vides veidošanai valsts un pašvaldību iestādēs. Labklājības ministrija, 2020. Pieejams: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://www.lm.gov.lv/sites/lm/files/content/pieejamibas_celvedis.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="24">
     <w:p w14:paraId="53C6494B" w14:textId="5165DC2B" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00BD1BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pieejams šeit: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t>Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="25">
+    <w:p w14:paraId="3B483A45" w14:textId="6EE2788B" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00526BAC">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1BF5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00BD1BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pieejams šeit: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BD1BF5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t>Dabas aizsardzības noteikumi meža apsaimniekošanā</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="26">
+    <w:p w14:paraId="5CF02C33" w14:textId="3FA53371" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00526BAC">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD1BF5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
-          <w:t>Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība</w:t>
+          <w:t>Īpaši aizsargājamo dabas teritoriju vispārējie aizsardzības un izmantošanas noteikumi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="25">
-    <w:p w14:paraId="3B483A45" w14:textId="6EE2788B" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00526BAC">
+  <w:footnote w:id="27">
+    <w:p w14:paraId="04DC9725" w14:textId="70817A18" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00526BAC">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00BD1BF5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-[...69 lines deleted...]
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>Noteikumi par mikroliegumu izveidošanas un apsaimniekošanas kārtību, to aizsardzību, kā arī mikroliegumu un to buferzonu noteikšanu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="28">
     <w:p w14:paraId="24613146" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00CF081E" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="562" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF081E">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00CF081E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pieejams šeit: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00CF081E">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Par ietekmes uz vidi novērtējumu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CF081E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="29">
     <w:p w14:paraId="3FAC1549" w14:textId="77777777" w:rsidR="00AF791C" w:rsidRPr="00BD1BF5" w:rsidRDefault="00AF791C" w:rsidP="00D70210">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="562" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF081E">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00CF081E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pieejams šeit: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00CF081E">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Kārtība, kādā novērtē paredzētās darbības ietekmi uz vidi un akceptē paredzēto darbību</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7EEEB220" w14:textId="45B90283" w:rsidR="00763C7B" w:rsidRPr="00EA2C88" w:rsidRDefault="00763C7B" w:rsidP="00EA2C88">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="002831EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426E0190"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -16574,51 +17984,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="471126B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BE8C206"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04260003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
@@ -17979,78 +19389,80 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2067293932">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="302463252">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1455363413">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1356077877">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2056856600">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="31"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="14"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00000D39"/>
+    <w:rsid w:val="00001D31"/>
     <w:rsid w:val="00002163"/>
     <w:rsid w:val="00002347"/>
     <w:rsid w:val="00002C65"/>
     <w:rsid w:val="000032A1"/>
     <w:rsid w:val="00003D4E"/>
     <w:rsid w:val="00003D8B"/>
     <w:rsid w:val="00003FBC"/>
     <w:rsid w:val="0000408F"/>
     <w:rsid w:val="0000468E"/>
     <w:rsid w:val="00004E9F"/>
     <w:rsid w:val="00006174"/>
     <w:rsid w:val="00006BE6"/>
     <w:rsid w:val="00007081"/>
     <w:rsid w:val="000073EC"/>
     <w:rsid w:val="00007ED0"/>
     <w:rsid w:val="00010044"/>
     <w:rsid w:val="0001042E"/>
     <w:rsid w:val="000109CD"/>
     <w:rsid w:val="00010A56"/>
     <w:rsid w:val="00010C25"/>
     <w:rsid w:val="00010E2C"/>
     <w:rsid w:val="00010E4F"/>
     <w:rsid w:val="000112D3"/>
     <w:rsid w:val="00011351"/>
     <w:rsid w:val="0001161F"/>
@@ -18119,95 +19531,97 @@
     <w:rsid w:val="00033A7F"/>
     <w:rsid w:val="00033F6E"/>
     <w:rsid w:val="00034E2E"/>
     <w:rsid w:val="000352EA"/>
     <w:rsid w:val="000353C8"/>
     <w:rsid w:val="00035414"/>
     <w:rsid w:val="000354D6"/>
     <w:rsid w:val="00035DAE"/>
     <w:rsid w:val="000361A3"/>
     <w:rsid w:val="00036483"/>
     <w:rsid w:val="0003662C"/>
     <w:rsid w:val="00036E94"/>
     <w:rsid w:val="0003715A"/>
     <w:rsid w:val="000372F3"/>
     <w:rsid w:val="0003735C"/>
     <w:rsid w:val="00037841"/>
     <w:rsid w:val="00037936"/>
     <w:rsid w:val="00037A83"/>
     <w:rsid w:val="00037EDE"/>
     <w:rsid w:val="0003BE19"/>
     <w:rsid w:val="0004036B"/>
     <w:rsid w:val="00040A30"/>
     <w:rsid w:val="00040F11"/>
     <w:rsid w:val="00041330"/>
     <w:rsid w:val="00042E34"/>
+    <w:rsid w:val="00043566"/>
     <w:rsid w:val="0004362D"/>
     <w:rsid w:val="000436FA"/>
     <w:rsid w:val="000443B9"/>
     <w:rsid w:val="00044441"/>
     <w:rsid w:val="00044487"/>
     <w:rsid w:val="00044507"/>
     <w:rsid w:val="0004459A"/>
     <w:rsid w:val="000445BA"/>
     <w:rsid w:val="0004481D"/>
     <w:rsid w:val="00045312"/>
     <w:rsid w:val="00045870"/>
     <w:rsid w:val="00045BF2"/>
     <w:rsid w:val="00045FD8"/>
     <w:rsid w:val="00046193"/>
     <w:rsid w:val="000461DE"/>
     <w:rsid w:val="000471FC"/>
     <w:rsid w:val="00047623"/>
     <w:rsid w:val="00047B08"/>
     <w:rsid w:val="0005026E"/>
     <w:rsid w:val="00050DED"/>
     <w:rsid w:val="00051112"/>
     <w:rsid w:val="00051445"/>
     <w:rsid w:val="00051815"/>
     <w:rsid w:val="000519C8"/>
     <w:rsid w:val="00051B51"/>
     <w:rsid w:val="00051E41"/>
     <w:rsid w:val="00052701"/>
     <w:rsid w:val="00052D13"/>
     <w:rsid w:val="000530C0"/>
     <w:rsid w:val="000537D5"/>
     <w:rsid w:val="00053A8B"/>
     <w:rsid w:val="00053F7C"/>
     <w:rsid w:val="00054318"/>
     <w:rsid w:val="00054554"/>
     <w:rsid w:val="0005491A"/>
     <w:rsid w:val="00054EBC"/>
     <w:rsid w:val="00055741"/>
     <w:rsid w:val="0005593E"/>
     <w:rsid w:val="00055AE5"/>
     <w:rsid w:val="00055E5D"/>
     <w:rsid w:val="0005607E"/>
     <w:rsid w:val="0005668D"/>
     <w:rsid w:val="00056E97"/>
     <w:rsid w:val="00057524"/>
     <w:rsid w:val="00060518"/>
+    <w:rsid w:val="00060665"/>
     <w:rsid w:val="00060921"/>
     <w:rsid w:val="00060C7F"/>
     <w:rsid w:val="00060FFB"/>
     <w:rsid w:val="0006187C"/>
     <w:rsid w:val="00061AB8"/>
     <w:rsid w:val="00061D17"/>
     <w:rsid w:val="000622CC"/>
     <w:rsid w:val="00062E1D"/>
     <w:rsid w:val="0006306A"/>
     <w:rsid w:val="00063D44"/>
     <w:rsid w:val="000642F6"/>
     <w:rsid w:val="00064642"/>
     <w:rsid w:val="000649B2"/>
     <w:rsid w:val="00064C94"/>
     <w:rsid w:val="00065532"/>
     <w:rsid w:val="00065DA9"/>
     <w:rsid w:val="00066500"/>
     <w:rsid w:val="00066750"/>
     <w:rsid w:val="00066D43"/>
     <w:rsid w:val="00066E5C"/>
     <w:rsid w:val="00067603"/>
     <w:rsid w:val="0006767C"/>
     <w:rsid w:val="000677CD"/>
     <w:rsid w:val="00067BB2"/>
     <w:rsid w:val="00070064"/>
@@ -18289,51 +19703,50 @@
     <w:rsid w:val="00096389"/>
     <w:rsid w:val="00096694"/>
     <w:rsid w:val="000969BE"/>
     <w:rsid w:val="00096A2D"/>
     <w:rsid w:val="00096B52"/>
     <w:rsid w:val="00096E97"/>
     <w:rsid w:val="0009750C"/>
     <w:rsid w:val="0009757D"/>
     <w:rsid w:val="000977BF"/>
     <w:rsid w:val="00097EE2"/>
     <w:rsid w:val="000A08CC"/>
     <w:rsid w:val="000A0901"/>
     <w:rsid w:val="000A0B72"/>
     <w:rsid w:val="000A0BC7"/>
     <w:rsid w:val="000A14BE"/>
     <w:rsid w:val="000A16D5"/>
     <w:rsid w:val="000A1A74"/>
     <w:rsid w:val="000A1C4F"/>
     <w:rsid w:val="000A3591"/>
     <w:rsid w:val="000A39F6"/>
     <w:rsid w:val="000A3A4D"/>
     <w:rsid w:val="000A3D2C"/>
     <w:rsid w:val="000A43FA"/>
     <w:rsid w:val="000A4536"/>
     <w:rsid w:val="000A4B9F"/>
-    <w:rsid w:val="000A4E4D"/>
     <w:rsid w:val="000A4E95"/>
     <w:rsid w:val="000A4F01"/>
     <w:rsid w:val="000A5298"/>
     <w:rsid w:val="000A5453"/>
     <w:rsid w:val="000A55FD"/>
     <w:rsid w:val="000A584F"/>
     <w:rsid w:val="000A5EC4"/>
     <w:rsid w:val="000A6640"/>
     <w:rsid w:val="000A6949"/>
     <w:rsid w:val="000A6B93"/>
     <w:rsid w:val="000A76DC"/>
     <w:rsid w:val="000A7A24"/>
     <w:rsid w:val="000B02F4"/>
     <w:rsid w:val="000B0315"/>
     <w:rsid w:val="000B04D5"/>
     <w:rsid w:val="000B083B"/>
     <w:rsid w:val="000B0E72"/>
     <w:rsid w:val="000B10FF"/>
     <w:rsid w:val="000B1964"/>
     <w:rsid w:val="000B19D1"/>
     <w:rsid w:val="000B1BEF"/>
     <w:rsid w:val="000B1FF6"/>
     <w:rsid w:val="000B222D"/>
     <w:rsid w:val="000B2919"/>
     <w:rsid w:val="000B3D25"/>
@@ -18447,50 +19860,51 @@
     <w:rsid w:val="000F07BB"/>
     <w:rsid w:val="000F0B18"/>
     <w:rsid w:val="000F0FD3"/>
     <w:rsid w:val="000F107D"/>
     <w:rsid w:val="000F1D8F"/>
     <w:rsid w:val="000F2147"/>
     <w:rsid w:val="000F28D3"/>
     <w:rsid w:val="000F2E37"/>
     <w:rsid w:val="000F3378"/>
     <w:rsid w:val="000F3671"/>
     <w:rsid w:val="000F38F4"/>
     <w:rsid w:val="000F440E"/>
     <w:rsid w:val="000F4732"/>
     <w:rsid w:val="000F48B1"/>
     <w:rsid w:val="000F5772"/>
     <w:rsid w:val="000F586E"/>
     <w:rsid w:val="000F5B3E"/>
     <w:rsid w:val="000F61CD"/>
     <w:rsid w:val="000F6D0B"/>
     <w:rsid w:val="000F6EB6"/>
     <w:rsid w:val="000F7886"/>
     <w:rsid w:val="000F7978"/>
     <w:rsid w:val="000F7D48"/>
     <w:rsid w:val="000F7E76"/>
     <w:rsid w:val="00100728"/>
+    <w:rsid w:val="00100999"/>
     <w:rsid w:val="00100CED"/>
     <w:rsid w:val="001012AE"/>
     <w:rsid w:val="00101F04"/>
     <w:rsid w:val="00103090"/>
     <w:rsid w:val="0010345A"/>
     <w:rsid w:val="00104E34"/>
     <w:rsid w:val="0010512B"/>
     <w:rsid w:val="00105867"/>
     <w:rsid w:val="001064F0"/>
     <w:rsid w:val="0010667B"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="00107782"/>
     <w:rsid w:val="0010794B"/>
     <w:rsid w:val="00107AEC"/>
     <w:rsid w:val="00107DC8"/>
     <w:rsid w:val="00107E73"/>
     <w:rsid w:val="00110605"/>
     <w:rsid w:val="0011061B"/>
     <w:rsid w:val="00110E64"/>
     <w:rsid w:val="001115F5"/>
     <w:rsid w:val="00111B90"/>
     <w:rsid w:val="00111EFD"/>
     <w:rsid w:val="00111F4D"/>
     <w:rsid w:val="00112308"/>
     <w:rsid w:val="001127E0"/>
@@ -18516,69 +19930,71 @@
     <w:rsid w:val="00116F60"/>
     <w:rsid w:val="00117736"/>
     <w:rsid w:val="00117A1E"/>
     <w:rsid w:val="00117B80"/>
     <w:rsid w:val="00120ADC"/>
     <w:rsid w:val="00120B4F"/>
     <w:rsid w:val="001215AE"/>
     <w:rsid w:val="00121990"/>
     <w:rsid w:val="00121D3D"/>
     <w:rsid w:val="0012233C"/>
     <w:rsid w:val="001224C7"/>
     <w:rsid w:val="00122C36"/>
     <w:rsid w:val="00123632"/>
     <w:rsid w:val="00123931"/>
     <w:rsid w:val="0012412B"/>
     <w:rsid w:val="00124259"/>
     <w:rsid w:val="001245A4"/>
     <w:rsid w:val="00124670"/>
     <w:rsid w:val="00124730"/>
     <w:rsid w:val="001250FF"/>
     <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="001262B7"/>
     <w:rsid w:val="001265D4"/>
     <w:rsid w:val="00126932"/>
     <w:rsid w:val="0012737C"/>
+    <w:rsid w:val="00127E17"/>
     <w:rsid w:val="00127FEA"/>
     <w:rsid w:val="001306D9"/>
     <w:rsid w:val="00130926"/>
     <w:rsid w:val="00130A72"/>
     <w:rsid w:val="00130B39"/>
     <w:rsid w:val="00130DEE"/>
     <w:rsid w:val="00130FC1"/>
     <w:rsid w:val="0013188F"/>
     <w:rsid w:val="00132867"/>
     <w:rsid w:val="00132A4A"/>
     <w:rsid w:val="0013343D"/>
     <w:rsid w:val="0013392C"/>
     <w:rsid w:val="00133A2C"/>
     <w:rsid w:val="00133C86"/>
     <w:rsid w:val="00133DA8"/>
     <w:rsid w:val="00134340"/>
     <w:rsid w:val="00134406"/>
     <w:rsid w:val="00134895"/>
     <w:rsid w:val="00134AF2"/>
+    <w:rsid w:val="00134B96"/>
     <w:rsid w:val="00135499"/>
     <w:rsid w:val="001357AC"/>
     <w:rsid w:val="0013689D"/>
     <w:rsid w:val="00136D14"/>
     <w:rsid w:val="00137517"/>
     <w:rsid w:val="00137B16"/>
     <w:rsid w:val="0014018F"/>
     <w:rsid w:val="001405E3"/>
     <w:rsid w:val="00140787"/>
     <w:rsid w:val="0014094A"/>
     <w:rsid w:val="00140BB1"/>
     <w:rsid w:val="00140BD4"/>
     <w:rsid w:val="00140F12"/>
     <w:rsid w:val="001413AA"/>
     <w:rsid w:val="001416BE"/>
     <w:rsid w:val="00142071"/>
     <w:rsid w:val="001422B6"/>
     <w:rsid w:val="0014261A"/>
     <w:rsid w:val="001430FD"/>
     <w:rsid w:val="001438D4"/>
     <w:rsid w:val="0014433C"/>
     <w:rsid w:val="00144F38"/>
     <w:rsid w:val="0014518C"/>
     <w:rsid w:val="00145628"/>
     <w:rsid w:val="001458C0"/>
@@ -18646,69 +20062,71 @@
     <w:rsid w:val="00172CF3"/>
     <w:rsid w:val="0017300F"/>
     <w:rsid w:val="00173043"/>
     <w:rsid w:val="001736E2"/>
     <w:rsid w:val="00173875"/>
     <w:rsid w:val="001738C6"/>
     <w:rsid w:val="00173E47"/>
     <w:rsid w:val="0017435E"/>
     <w:rsid w:val="00174C96"/>
     <w:rsid w:val="00174CDC"/>
     <w:rsid w:val="001750E0"/>
     <w:rsid w:val="0017579D"/>
     <w:rsid w:val="001758B8"/>
     <w:rsid w:val="00175D50"/>
     <w:rsid w:val="00175DE3"/>
     <w:rsid w:val="00175EA2"/>
     <w:rsid w:val="00176523"/>
     <w:rsid w:val="001775DB"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="00180DD4"/>
     <w:rsid w:val="001811AD"/>
     <w:rsid w:val="00181247"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="00181684"/>
+    <w:rsid w:val="00181833"/>
     <w:rsid w:val="0018191B"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="001822FE"/>
     <w:rsid w:val="001824BA"/>
     <w:rsid w:val="0018282E"/>
     <w:rsid w:val="00182E43"/>
     <w:rsid w:val="001833E2"/>
     <w:rsid w:val="0018388A"/>
     <w:rsid w:val="001840A4"/>
     <w:rsid w:val="00184924"/>
     <w:rsid w:val="00184D57"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="0018589C"/>
     <w:rsid w:val="00185AB9"/>
     <w:rsid w:val="00186546"/>
     <w:rsid w:val="001867E8"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="00186FFA"/>
+    <w:rsid w:val="0018715C"/>
     <w:rsid w:val="001871D8"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="0019002D"/>
     <w:rsid w:val="001900BE"/>
     <w:rsid w:val="001906C9"/>
     <w:rsid w:val="0019115C"/>
     <w:rsid w:val="00191481"/>
     <w:rsid w:val="00192079"/>
     <w:rsid w:val="0019273F"/>
     <w:rsid w:val="00192849"/>
     <w:rsid w:val="00192BD8"/>
     <w:rsid w:val="001931FB"/>
     <w:rsid w:val="001933EA"/>
     <w:rsid w:val="00193566"/>
     <w:rsid w:val="001938CA"/>
     <w:rsid w:val="00193C5A"/>
     <w:rsid w:val="00193DC6"/>
     <w:rsid w:val="001941AF"/>
     <w:rsid w:val="001943B6"/>
     <w:rsid w:val="00194482"/>
     <w:rsid w:val="0019489C"/>
     <w:rsid w:val="00194B4F"/>
     <w:rsid w:val="001956A1"/>
     <w:rsid w:val="00195776"/>
     <w:rsid w:val="00195FEF"/>
@@ -18826,204 +20244,211 @@
     <w:rsid w:val="001D33EE"/>
     <w:rsid w:val="001D3F01"/>
     <w:rsid w:val="001D4449"/>
     <w:rsid w:val="001D4B6A"/>
     <w:rsid w:val="001D5218"/>
     <w:rsid w:val="001D5901"/>
     <w:rsid w:val="001D5FFF"/>
     <w:rsid w:val="001D602D"/>
     <w:rsid w:val="001D62FE"/>
     <w:rsid w:val="001D6920"/>
     <w:rsid w:val="001D69FF"/>
     <w:rsid w:val="001D6D27"/>
     <w:rsid w:val="001D767D"/>
     <w:rsid w:val="001D7DBE"/>
     <w:rsid w:val="001E0426"/>
     <w:rsid w:val="001E04A9"/>
     <w:rsid w:val="001E0CDA"/>
     <w:rsid w:val="001E1167"/>
     <w:rsid w:val="001E12D5"/>
     <w:rsid w:val="001E190D"/>
     <w:rsid w:val="001E1E89"/>
     <w:rsid w:val="001E235E"/>
     <w:rsid w:val="001E2391"/>
     <w:rsid w:val="001E23A6"/>
     <w:rsid w:val="001E2410"/>
+    <w:rsid w:val="001E25A7"/>
     <w:rsid w:val="001E37C3"/>
     <w:rsid w:val="001E4007"/>
     <w:rsid w:val="001E40B5"/>
     <w:rsid w:val="001E44BF"/>
     <w:rsid w:val="001E45F0"/>
     <w:rsid w:val="001E4627"/>
     <w:rsid w:val="001E480A"/>
     <w:rsid w:val="001E4EEA"/>
     <w:rsid w:val="001E5683"/>
     <w:rsid w:val="001E5CF4"/>
     <w:rsid w:val="001E6377"/>
     <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E6A57"/>
     <w:rsid w:val="001E6D04"/>
     <w:rsid w:val="001E7141"/>
     <w:rsid w:val="001E7424"/>
     <w:rsid w:val="001E7F56"/>
     <w:rsid w:val="001F02C0"/>
     <w:rsid w:val="001F0D50"/>
     <w:rsid w:val="001F121C"/>
     <w:rsid w:val="001F15DF"/>
     <w:rsid w:val="001F16EF"/>
     <w:rsid w:val="001F2114"/>
     <w:rsid w:val="001F27AD"/>
     <w:rsid w:val="001F3685"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F3D0E"/>
     <w:rsid w:val="001F3FDB"/>
     <w:rsid w:val="001F4643"/>
     <w:rsid w:val="001F4729"/>
     <w:rsid w:val="001F4A76"/>
     <w:rsid w:val="001F4CBA"/>
     <w:rsid w:val="001F4E9B"/>
     <w:rsid w:val="001F518A"/>
     <w:rsid w:val="001F5218"/>
     <w:rsid w:val="001F53B5"/>
     <w:rsid w:val="001F587A"/>
     <w:rsid w:val="001F58C8"/>
     <w:rsid w:val="001F5C2E"/>
     <w:rsid w:val="001F5E7B"/>
     <w:rsid w:val="001F6058"/>
+    <w:rsid w:val="001F606D"/>
     <w:rsid w:val="001F62DA"/>
     <w:rsid w:val="001F6A2D"/>
     <w:rsid w:val="001F6E52"/>
     <w:rsid w:val="001F7E1D"/>
     <w:rsid w:val="0020032E"/>
     <w:rsid w:val="002004B3"/>
     <w:rsid w:val="00200708"/>
     <w:rsid w:val="00200C1B"/>
     <w:rsid w:val="0020116B"/>
     <w:rsid w:val="002016A7"/>
     <w:rsid w:val="0020208A"/>
     <w:rsid w:val="0020269C"/>
     <w:rsid w:val="00202ED0"/>
     <w:rsid w:val="0020379A"/>
     <w:rsid w:val="00203803"/>
     <w:rsid w:val="00203B01"/>
     <w:rsid w:val="00204043"/>
     <w:rsid w:val="0020412F"/>
     <w:rsid w:val="00204CE5"/>
     <w:rsid w:val="00204E40"/>
     <w:rsid w:val="002059C5"/>
     <w:rsid w:val="00205B1B"/>
     <w:rsid w:val="002060FF"/>
     <w:rsid w:val="002061DD"/>
     <w:rsid w:val="002064F9"/>
     <w:rsid w:val="00207091"/>
     <w:rsid w:val="00207907"/>
     <w:rsid w:val="00207D78"/>
     <w:rsid w:val="002101C6"/>
     <w:rsid w:val="00210286"/>
     <w:rsid w:val="00210294"/>
     <w:rsid w:val="00210295"/>
     <w:rsid w:val="00210D0B"/>
     <w:rsid w:val="0021108A"/>
     <w:rsid w:val="00211375"/>
     <w:rsid w:val="00211606"/>
     <w:rsid w:val="002119D5"/>
     <w:rsid w:val="00211D41"/>
     <w:rsid w:val="00211EB0"/>
     <w:rsid w:val="00211EE3"/>
     <w:rsid w:val="00211F33"/>
     <w:rsid w:val="00211F55"/>
     <w:rsid w:val="00212004"/>
     <w:rsid w:val="0021240A"/>
+    <w:rsid w:val="0021245E"/>
     <w:rsid w:val="0021269A"/>
     <w:rsid w:val="0021333F"/>
     <w:rsid w:val="00213BFF"/>
     <w:rsid w:val="00213DE8"/>
     <w:rsid w:val="002147D2"/>
     <w:rsid w:val="00214952"/>
     <w:rsid w:val="00214FDC"/>
     <w:rsid w:val="00214FFC"/>
     <w:rsid w:val="00215BE8"/>
     <w:rsid w:val="00215C84"/>
     <w:rsid w:val="00215E6B"/>
     <w:rsid w:val="002163D5"/>
     <w:rsid w:val="0021655D"/>
     <w:rsid w:val="00216605"/>
     <w:rsid w:val="00216F98"/>
     <w:rsid w:val="00217180"/>
     <w:rsid w:val="002174BE"/>
     <w:rsid w:val="00217D5E"/>
     <w:rsid w:val="00220151"/>
+    <w:rsid w:val="002206D0"/>
     <w:rsid w:val="002212FD"/>
     <w:rsid w:val="0022237E"/>
     <w:rsid w:val="002225F4"/>
     <w:rsid w:val="00223A1F"/>
     <w:rsid w:val="00224362"/>
     <w:rsid w:val="00225247"/>
     <w:rsid w:val="00225734"/>
     <w:rsid w:val="00225AF4"/>
     <w:rsid w:val="00225DFB"/>
     <w:rsid w:val="0022622C"/>
     <w:rsid w:val="00226A50"/>
     <w:rsid w:val="00226E90"/>
     <w:rsid w:val="002274D6"/>
     <w:rsid w:val="00230300"/>
     <w:rsid w:val="00230FF9"/>
     <w:rsid w:val="0023129B"/>
     <w:rsid w:val="002313C7"/>
     <w:rsid w:val="002314C2"/>
     <w:rsid w:val="00231C23"/>
     <w:rsid w:val="0023228C"/>
     <w:rsid w:val="00232393"/>
     <w:rsid w:val="00232417"/>
     <w:rsid w:val="00232A09"/>
     <w:rsid w:val="00232F0A"/>
     <w:rsid w:val="00232F8F"/>
     <w:rsid w:val="00233662"/>
     <w:rsid w:val="002338CF"/>
     <w:rsid w:val="00234594"/>
     <w:rsid w:val="002345BC"/>
     <w:rsid w:val="0023491B"/>
     <w:rsid w:val="00234957"/>
     <w:rsid w:val="00234E7A"/>
     <w:rsid w:val="00235000"/>
     <w:rsid w:val="00235185"/>
     <w:rsid w:val="0023565B"/>
     <w:rsid w:val="0023577D"/>
     <w:rsid w:val="00235844"/>
     <w:rsid w:val="002359B1"/>
+    <w:rsid w:val="00236257"/>
     <w:rsid w:val="00236730"/>
     <w:rsid w:val="00236CCC"/>
     <w:rsid w:val="0023718A"/>
     <w:rsid w:val="00237A5D"/>
+    <w:rsid w:val="00237AE6"/>
     <w:rsid w:val="002401E5"/>
     <w:rsid w:val="00240303"/>
     <w:rsid w:val="0024031C"/>
     <w:rsid w:val="002403B4"/>
     <w:rsid w:val="00240C4C"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="0024234A"/>
     <w:rsid w:val="002426C6"/>
+    <w:rsid w:val="002438BB"/>
     <w:rsid w:val="002441EF"/>
     <w:rsid w:val="00244472"/>
     <w:rsid w:val="002447DC"/>
     <w:rsid w:val="00244A57"/>
     <w:rsid w:val="00244AF0"/>
     <w:rsid w:val="00244E72"/>
     <w:rsid w:val="00244EEC"/>
     <w:rsid w:val="00245844"/>
     <w:rsid w:val="0024605E"/>
     <w:rsid w:val="00246158"/>
     <w:rsid w:val="00246A48"/>
     <w:rsid w:val="00246D38"/>
     <w:rsid w:val="002476FD"/>
     <w:rsid w:val="00247EE0"/>
     <w:rsid w:val="0025013D"/>
     <w:rsid w:val="00250492"/>
     <w:rsid w:val="002507DF"/>
     <w:rsid w:val="00250B8A"/>
     <w:rsid w:val="00250E1E"/>
     <w:rsid w:val="002511BC"/>
     <w:rsid w:val="00251D93"/>
     <w:rsid w:val="00252A22"/>
     <w:rsid w:val="00252B34"/>
     <w:rsid w:val="002530A1"/>
     <w:rsid w:val="002532A7"/>
@@ -19041,50 +20466,51 @@
     <w:rsid w:val="00256F0E"/>
     <w:rsid w:val="0025754F"/>
     <w:rsid w:val="00257F4C"/>
     <w:rsid w:val="002604AF"/>
     <w:rsid w:val="002607BA"/>
     <w:rsid w:val="0026126E"/>
     <w:rsid w:val="00261387"/>
     <w:rsid w:val="0026163B"/>
     <w:rsid w:val="00262451"/>
     <w:rsid w:val="00262592"/>
     <w:rsid w:val="00262661"/>
     <w:rsid w:val="0026290C"/>
     <w:rsid w:val="00262DEE"/>
     <w:rsid w:val="00262E8E"/>
     <w:rsid w:val="0026345C"/>
     <w:rsid w:val="00263D3C"/>
     <w:rsid w:val="00263D9B"/>
     <w:rsid w:val="00264C06"/>
     <w:rsid w:val="00264FC7"/>
     <w:rsid w:val="0026560A"/>
     <w:rsid w:val="00265F6E"/>
     <w:rsid w:val="00266A93"/>
     <w:rsid w:val="00266BED"/>
     <w:rsid w:val="002672FE"/>
     <w:rsid w:val="00267880"/>
+    <w:rsid w:val="0027013A"/>
     <w:rsid w:val="0027034C"/>
     <w:rsid w:val="00270761"/>
     <w:rsid w:val="00270B11"/>
     <w:rsid w:val="00270C6A"/>
     <w:rsid w:val="002714E6"/>
     <w:rsid w:val="0027165C"/>
     <w:rsid w:val="00271972"/>
     <w:rsid w:val="00271E56"/>
     <w:rsid w:val="0027224A"/>
     <w:rsid w:val="002722CC"/>
     <w:rsid w:val="00272A85"/>
     <w:rsid w:val="00272B4B"/>
     <w:rsid w:val="002732E8"/>
     <w:rsid w:val="002734E9"/>
     <w:rsid w:val="00273BA7"/>
     <w:rsid w:val="00273D48"/>
     <w:rsid w:val="00274016"/>
     <w:rsid w:val="002744FA"/>
     <w:rsid w:val="00274976"/>
     <w:rsid w:val="00274BFA"/>
     <w:rsid w:val="002752A5"/>
     <w:rsid w:val="00275639"/>
     <w:rsid w:val="002759F9"/>
     <w:rsid w:val="00275ACD"/>
     <w:rsid w:val="00275B11"/>
@@ -19093,50 +20519,51 @@
     <w:rsid w:val="002760B9"/>
     <w:rsid w:val="00276668"/>
     <w:rsid w:val="00277321"/>
     <w:rsid w:val="00277519"/>
     <w:rsid w:val="0027767F"/>
     <w:rsid w:val="00277D83"/>
     <w:rsid w:val="0028148F"/>
     <w:rsid w:val="002815A6"/>
     <w:rsid w:val="00281784"/>
     <w:rsid w:val="002819B4"/>
     <w:rsid w:val="00281ED6"/>
     <w:rsid w:val="00282730"/>
     <w:rsid w:val="00282EB5"/>
     <w:rsid w:val="00282ECB"/>
     <w:rsid w:val="00282F37"/>
     <w:rsid w:val="00283CBD"/>
     <w:rsid w:val="00283D9C"/>
     <w:rsid w:val="00284C41"/>
     <w:rsid w:val="00285B05"/>
     <w:rsid w:val="00285F40"/>
     <w:rsid w:val="00285F82"/>
     <w:rsid w:val="002862F7"/>
     <w:rsid w:val="00286422"/>
     <w:rsid w:val="0028686D"/>
     <w:rsid w:val="002869D6"/>
+    <w:rsid w:val="00286E85"/>
     <w:rsid w:val="002878B1"/>
     <w:rsid w:val="00287997"/>
     <w:rsid w:val="00287F43"/>
     <w:rsid w:val="002900F8"/>
     <w:rsid w:val="002901BF"/>
     <w:rsid w:val="00290A2A"/>
     <w:rsid w:val="00290B97"/>
     <w:rsid w:val="00290F6D"/>
     <w:rsid w:val="002911D6"/>
     <w:rsid w:val="002913C8"/>
     <w:rsid w:val="002919A5"/>
     <w:rsid w:val="00291AC3"/>
     <w:rsid w:val="00291D6E"/>
     <w:rsid w:val="0029228C"/>
     <w:rsid w:val="002922B5"/>
     <w:rsid w:val="00292419"/>
     <w:rsid w:val="002927C4"/>
     <w:rsid w:val="002927CB"/>
     <w:rsid w:val="002928EA"/>
     <w:rsid w:val="00292E2F"/>
     <w:rsid w:val="00292EA6"/>
     <w:rsid w:val="0029301D"/>
     <w:rsid w:val="002934A0"/>
     <w:rsid w:val="00293845"/>
     <w:rsid w:val="00293880"/>
@@ -19193,100 +20620,98 @@
     <w:rsid w:val="002B3038"/>
     <w:rsid w:val="002B3983"/>
     <w:rsid w:val="002B445A"/>
     <w:rsid w:val="002B48DD"/>
     <w:rsid w:val="002B5332"/>
     <w:rsid w:val="002B5E9C"/>
     <w:rsid w:val="002B6657"/>
     <w:rsid w:val="002B67AC"/>
     <w:rsid w:val="002B6B33"/>
     <w:rsid w:val="002B6C2C"/>
     <w:rsid w:val="002B6E7A"/>
     <w:rsid w:val="002B6EEA"/>
     <w:rsid w:val="002B791B"/>
     <w:rsid w:val="002B7E16"/>
     <w:rsid w:val="002C04F1"/>
     <w:rsid w:val="002C0AE7"/>
     <w:rsid w:val="002C16D3"/>
     <w:rsid w:val="002C2105"/>
     <w:rsid w:val="002C258B"/>
     <w:rsid w:val="002C265D"/>
     <w:rsid w:val="002C26B0"/>
     <w:rsid w:val="002C289A"/>
     <w:rsid w:val="002C2A18"/>
     <w:rsid w:val="002C2E73"/>
     <w:rsid w:val="002C402A"/>
-    <w:rsid w:val="002C409A"/>
     <w:rsid w:val="002C4362"/>
     <w:rsid w:val="002C4701"/>
     <w:rsid w:val="002C478A"/>
     <w:rsid w:val="002C47EF"/>
     <w:rsid w:val="002C4865"/>
     <w:rsid w:val="002C5059"/>
     <w:rsid w:val="002C5628"/>
     <w:rsid w:val="002C5736"/>
     <w:rsid w:val="002C57FB"/>
     <w:rsid w:val="002C5F1B"/>
     <w:rsid w:val="002C60B4"/>
     <w:rsid w:val="002C62A9"/>
     <w:rsid w:val="002C64CF"/>
     <w:rsid w:val="002C6579"/>
     <w:rsid w:val="002C68AC"/>
     <w:rsid w:val="002C7289"/>
     <w:rsid w:val="002C7C54"/>
     <w:rsid w:val="002C7F2B"/>
     <w:rsid w:val="002D02B7"/>
     <w:rsid w:val="002D06CF"/>
     <w:rsid w:val="002D071A"/>
     <w:rsid w:val="002D1663"/>
     <w:rsid w:val="002D1734"/>
     <w:rsid w:val="002D1B7C"/>
     <w:rsid w:val="002D2429"/>
     <w:rsid w:val="002D28EE"/>
     <w:rsid w:val="002D291A"/>
     <w:rsid w:val="002D2E20"/>
     <w:rsid w:val="002D2F4F"/>
     <w:rsid w:val="002D3036"/>
     <w:rsid w:val="002D3464"/>
     <w:rsid w:val="002D3858"/>
     <w:rsid w:val="002D49CB"/>
     <w:rsid w:val="002D51BD"/>
     <w:rsid w:val="002D5518"/>
     <w:rsid w:val="002D5722"/>
     <w:rsid w:val="002D578B"/>
     <w:rsid w:val="002D6261"/>
     <w:rsid w:val="002D66CF"/>
     <w:rsid w:val="002D7055"/>
     <w:rsid w:val="002D71E8"/>
     <w:rsid w:val="002D780F"/>
     <w:rsid w:val="002E04BD"/>
     <w:rsid w:val="002E0B0B"/>
     <w:rsid w:val="002E0CC5"/>
     <w:rsid w:val="002E1789"/>
     <w:rsid w:val="002E1A52"/>
     <w:rsid w:val="002E1B36"/>
-    <w:rsid w:val="002E21A7"/>
     <w:rsid w:val="002E22F9"/>
     <w:rsid w:val="002E2502"/>
     <w:rsid w:val="002E2B51"/>
     <w:rsid w:val="002E2B68"/>
     <w:rsid w:val="002E2F62"/>
     <w:rsid w:val="002E3B38"/>
     <w:rsid w:val="002E4302"/>
     <w:rsid w:val="002E4471"/>
     <w:rsid w:val="002E4AD6"/>
     <w:rsid w:val="002E507E"/>
     <w:rsid w:val="002E557B"/>
     <w:rsid w:val="002E57B5"/>
     <w:rsid w:val="002E5879"/>
     <w:rsid w:val="002E5CE7"/>
     <w:rsid w:val="002E6214"/>
     <w:rsid w:val="002E6265"/>
     <w:rsid w:val="002E6B67"/>
     <w:rsid w:val="002E6DA0"/>
     <w:rsid w:val="002E6EFF"/>
     <w:rsid w:val="002E6FEF"/>
     <w:rsid w:val="002E701C"/>
     <w:rsid w:val="002E75F6"/>
     <w:rsid w:val="002E7EFA"/>
     <w:rsid w:val="002F00BD"/>
     <w:rsid w:val="002F0CD3"/>
@@ -19326,72 +20751,72 @@
     <w:rsid w:val="00301979"/>
     <w:rsid w:val="00301AAF"/>
     <w:rsid w:val="00301D45"/>
     <w:rsid w:val="0030255D"/>
     <w:rsid w:val="0030261A"/>
     <w:rsid w:val="00302BD8"/>
     <w:rsid w:val="00302E9F"/>
     <w:rsid w:val="003034F4"/>
     <w:rsid w:val="003035DD"/>
     <w:rsid w:val="00303F95"/>
     <w:rsid w:val="00304248"/>
     <w:rsid w:val="003042E9"/>
     <w:rsid w:val="0030483C"/>
     <w:rsid w:val="00304A5D"/>
     <w:rsid w:val="00304C6C"/>
     <w:rsid w:val="00305567"/>
     <w:rsid w:val="0030634D"/>
     <w:rsid w:val="003064B0"/>
     <w:rsid w:val="003066BF"/>
     <w:rsid w:val="0030681B"/>
     <w:rsid w:val="00306BA9"/>
     <w:rsid w:val="003071FC"/>
     <w:rsid w:val="00307282"/>
     <w:rsid w:val="003073EE"/>
     <w:rsid w:val="00307F47"/>
+    <w:rsid w:val="0031025B"/>
     <w:rsid w:val="00310341"/>
     <w:rsid w:val="00310AA8"/>
     <w:rsid w:val="003114BB"/>
     <w:rsid w:val="003118BB"/>
     <w:rsid w:val="00311AF1"/>
     <w:rsid w:val="00312D4B"/>
     <w:rsid w:val="00312F70"/>
     <w:rsid w:val="003130FE"/>
     <w:rsid w:val="00313280"/>
     <w:rsid w:val="0031375A"/>
     <w:rsid w:val="00313D18"/>
     <w:rsid w:val="00313F21"/>
     <w:rsid w:val="00314429"/>
     <w:rsid w:val="0031488D"/>
     <w:rsid w:val="00314907"/>
     <w:rsid w:val="00314915"/>
     <w:rsid w:val="00314CA7"/>
     <w:rsid w:val="0031540C"/>
     <w:rsid w:val="0031604C"/>
     <w:rsid w:val="003160DA"/>
     <w:rsid w:val="00316179"/>
-    <w:rsid w:val="0031623C"/>
     <w:rsid w:val="003162E9"/>
     <w:rsid w:val="00316A97"/>
     <w:rsid w:val="00316BE8"/>
     <w:rsid w:val="00317191"/>
     <w:rsid w:val="003171E1"/>
     <w:rsid w:val="00317356"/>
     <w:rsid w:val="003174E2"/>
     <w:rsid w:val="00317736"/>
     <w:rsid w:val="00317929"/>
     <w:rsid w:val="00317D55"/>
     <w:rsid w:val="003201F5"/>
     <w:rsid w:val="00320F68"/>
     <w:rsid w:val="00321077"/>
     <w:rsid w:val="003211D4"/>
     <w:rsid w:val="00321387"/>
     <w:rsid w:val="00321591"/>
     <w:rsid w:val="00321B27"/>
     <w:rsid w:val="00321B9A"/>
     <w:rsid w:val="00322229"/>
     <w:rsid w:val="003224D1"/>
     <w:rsid w:val="00322542"/>
     <w:rsid w:val="003226F0"/>
     <w:rsid w:val="00323855"/>
     <w:rsid w:val="00323A35"/>
     <w:rsid w:val="00323BC8"/>
@@ -19452,80 +20877,83 @@
     <w:rsid w:val="00343EEA"/>
     <w:rsid w:val="0034429B"/>
     <w:rsid w:val="003442EB"/>
     <w:rsid w:val="00344396"/>
     <w:rsid w:val="00344AD7"/>
     <w:rsid w:val="003454A6"/>
     <w:rsid w:val="00345934"/>
     <w:rsid w:val="00346120"/>
     <w:rsid w:val="0034622B"/>
     <w:rsid w:val="00346807"/>
     <w:rsid w:val="00346DA5"/>
     <w:rsid w:val="00347205"/>
     <w:rsid w:val="003476C8"/>
     <w:rsid w:val="00347767"/>
     <w:rsid w:val="00347D00"/>
     <w:rsid w:val="003500A9"/>
     <w:rsid w:val="00350B9A"/>
     <w:rsid w:val="00350E7D"/>
     <w:rsid w:val="00350EBC"/>
     <w:rsid w:val="00351341"/>
     <w:rsid w:val="00351A02"/>
     <w:rsid w:val="003522A3"/>
     <w:rsid w:val="00352B63"/>
     <w:rsid w:val="003535C8"/>
     <w:rsid w:val="00353602"/>
+    <w:rsid w:val="0035373A"/>
     <w:rsid w:val="00353CFB"/>
     <w:rsid w:val="003540CD"/>
     <w:rsid w:val="00354CCB"/>
     <w:rsid w:val="0035514D"/>
     <w:rsid w:val="003554D9"/>
     <w:rsid w:val="00355F4C"/>
     <w:rsid w:val="00356066"/>
     <w:rsid w:val="00356715"/>
     <w:rsid w:val="00356A65"/>
     <w:rsid w:val="00357050"/>
     <w:rsid w:val="00357711"/>
     <w:rsid w:val="00357CB0"/>
     <w:rsid w:val="0036055A"/>
     <w:rsid w:val="00360755"/>
     <w:rsid w:val="00360A63"/>
     <w:rsid w:val="00360C19"/>
     <w:rsid w:val="00360D72"/>
     <w:rsid w:val="00360E0F"/>
+    <w:rsid w:val="0036179F"/>
     <w:rsid w:val="003623CC"/>
     <w:rsid w:val="00362408"/>
     <w:rsid w:val="00362436"/>
     <w:rsid w:val="003628BB"/>
     <w:rsid w:val="00362A46"/>
     <w:rsid w:val="00362EE1"/>
     <w:rsid w:val="00363165"/>
     <w:rsid w:val="003632CC"/>
     <w:rsid w:val="003633CE"/>
     <w:rsid w:val="00363AA0"/>
     <w:rsid w:val="00363C3B"/>
     <w:rsid w:val="003642B8"/>
+    <w:rsid w:val="00364956"/>
     <w:rsid w:val="00364F6C"/>
     <w:rsid w:val="0036540D"/>
     <w:rsid w:val="00365B60"/>
     <w:rsid w:val="003660C4"/>
     <w:rsid w:val="0036698B"/>
     <w:rsid w:val="0036732E"/>
     <w:rsid w:val="0036780C"/>
     <w:rsid w:val="00367B89"/>
     <w:rsid w:val="00370212"/>
     <w:rsid w:val="00370343"/>
     <w:rsid w:val="00372010"/>
     <w:rsid w:val="00372BA0"/>
     <w:rsid w:val="003737B1"/>
     <w:rsid w:val="0037388A"/>
     <w:rsid w:val="00374D4B"/>
     <w:rsid w:val="003754B9"/>
     <w:rsid w:val="00375723"/>
     <w:rsid w:val="0037586E"/>
     <w:rsid w:val="00375AF7"/>
     <w:rsid w:val="00375DFB"/>
     <w:rsid w:val="00376395"/>
     <w:rsid w:val="00376545"/>
     <w:rsid w:val="00376653"/>
     <w:rsid w:val="00377117"/>
     <w:rsid w:val="00377187"/>
@@ -19597,50 +21025,51 @@
     <w:rsid w:val="0039719F"/>
     <w:rsid w:val="00397BAE"/>
     <w:rsid w:val="00397E21"/>
     <w:rsid w:val="003A0169"/>
     <w:rsid w:val="003A0199"/>
     <w:rsid w:val="003A0394"/>
     <w:rsid w:val="003A0A3E"/>
     <w:rsid w:val="003A0AF6"/>
     <w:rsid w:val="003A0D7F"/>
     <w:rsid w:val="003A0DCE"/>
     <w:rsid w:val="003A0EBC"/>
     <w:rsid w:val="003A11D9"/>
     <w:rsid w:val="003A12AC"/>
     <w:rsid w:val="003A1813"/>
     <w:rsid w:val="003A1F52"/>
     <w:rsid w:val="003A23B5"/>
     <w:rsid w:val="003A2719"/>
     <w:rsid w:val="003A285E"/>
     <w:rsid w:val="003A2CD1"/>
     <w:rsid w:val="003A2DF2"/>
     <w:rsid w:val="003A2EC0"/>
     <w:rsid w:val="003A38BC"/>
     <w:rsid w:val="003A3B93"/>
     <w:rsid w:val="003A3D25"/>
     <w:rsid w:val="003A4592"/>
+    <w:rsid w:val="003A4866"/>
     <w:rsid w:val="003A4FBD"/>
     <w:rsid w:val="003A52C9"/>
     <w:rsid w:val="003A54C0"/>
     <w:rsid w:val="003A5619"/>
     <w:rsid w:val="003A5783"/>
     <w:rsid w:val="003A5A2F"/>
     <w:rsid w:val="003A5C2A"/>
     <w:rsid w:val="003A68E4"/>
     <w:rsid w:val="003A6982"/>
     <w:rsid w:val="003A6F0C"/>
     <w:rsid w:val="003A7A00"/>
     <w:rsid w:val="003A7BDD"/>
     <w:rsid w:val="003A7D2A"/>
     <w:rsid w:val="003B08B6"/>
     <w:rsid w:val="003B099F"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B1175"/>
     <w:rsid w:val="003B14DF"/>
     <w:rsid w:val="003B1E7F"/>
     <w:rsid w:val="003B224C"/>
     <w:rsid w:val="003B2290"/>
     <w:rsid w:val="003B296C"/>
     <w:rsid w:val="003B2B46"/>
     <w:rsid w:val="003B2CA4"/>
     <w:rsid w:val="003B303A"/>
@@ -19736,50 +21165,51 @@
     <w:rsid w:val="003E28DB"/>
     <w:rsid w:val="003E2CC7"/>
     <w:rsid w:val="003E326C"/>
     <w:rsid w:val="003E3D4A"/>
     <w:rsid w:val="003E43EE"/>
     <w:rsid w:val="003E480E"/>
     <w:rsid w:val="003E4AD3"/>
     <w:rsid w:val="003E5BCD"/>
     <w:rsid w:val="003E5E2E"/>
     <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E67A3"/>
     <w:rsid w:val="003E7316"/>
     <w:rsid w:val="003E75D9"/>
     <w:rsid w:val="003E77C2"/>
     <w:rsid w:val="003E7A79"/>
     <w:rsid w:val="003E7D44"/>
     <w:rsid w:val="003F00D9"/>
     <w:rsid w:val="003F010B"/>
     <w:rsid w:val="003F0B44"/>
     <w:rsid w:val="003F0F33"/>
     <w:rsid w:val="003F112F"/>
     <w:rsid w:val="003F1505"/>
     <w:rsid w:val="003F1C3C"/>
     <w:rsid w:val="003F28C0"/>
     <w:rsid w:val="003F28F5"/>
+    <w:rsid w:val="003F2A20"/>
     <w:rsid w:val="003F2B2B"/>
     <w:rsid w:val="003F2F58"/>
     <w:rsid w:val="003F33FC"/>
     <w:rsid w:val="003F3809"/>
     <w:rsid w:val="003F3DFD"/>
     <w:rsid w:val="003F3E45"/>
     <w:rsid w:val="003F494A"/>
     <w:rsid w:val="003F4B13"/>
     <w:rsid w:val="003F5700"/>
     <w:rsid w:val="003F5964"/>
     <w:rsid w:val="003F5BC6"/>
     <w:rsid w:val="003F5C87"/>
     <w:rsid w:val="003F63A7"/>
     <w:rsid w:val="003F6A03"/>
     <w:rsid w:val="003F6B33"/>
     <w:rsid w:val="003F6E3F"/>
     <w:rsid w:val="003F72EE"/>
     <w:rsid w:val="003F7ED7"/>
     <w:rsid w:val="0040006D"/>
     <w:rsid w:val="004001A9"/>
     <w:rsid w:val="004001CA"/>
     <w:rsid w:val="00400399"/>
     <w:rsid w:val="00400517"/>
     <w:rsid w:val="00400804"/>
     <w:rsid w:val="0040085E"/>
@@ -19817,54 +21247,56 @@
     <w:rsid w:val="00406B1F"/>
     <w:rsid w:val="00406D41"/>
     <w:rsid w:val="00406D98"/>
     <w:rsid w:val="00407158"/>
     <w:rsid w:val="00407EBB"/>
     <w:rsid w:val="004100F8"/>
     <w:rsid w:val="0041015A"/>
     <w:rsid w:val="004101F8"/>
     <w:rsid w:val="0041080D"/>
     <w:rsid w:val="00410AE1"/>
     <w:rsid w:val="00410D87"/>
     <w:rsid w:val="00410E20"/>
     <w:rsid w:val="004113B3"/>
     <w:rsid w:val="00411490"/>
     <w:rsid w:val="00412A10"/>
     <w:rsid w:val="00412A7B"/>
     <w:rsid w:val="0041344A"/>
     <w:rsid w:val="004136FE"/>
     <w:rsid w:val="004138EA"/>
     <w:rsid w:val="00413905"/>
     <w:rsid w:val="00413E1A"/>
     <w:rsid w:val="0041408B"/>
     <w:rsid w:val="00414C2A"/>
     <w:rsid w:val="0041506B"/>
     <w:rsid w:val="00415163"/>
+    <w:rsid w:val="00415177"/>
     <w:rsid w:val="00415300"/>
     <w:rsid w:val="00415305"/>
     <w:rsid w:val="00415600"/>
     <w:rsid w:val="00415807"/>
+    <w:rsid w:val="00415868"/>
     <w:rsid w:val="00415DF4"/>
     <w:rsid w:val="00415DFF"/>
     <w:rsid w:val="00416606"/>
     <w:rsid w:val="004167FF"/>
     <w:rsid w:val="00417480"/>
     <w:rsid w:val="004176EF"/>
     <w:rsid w:val="00417C1E"/>
     <w:rsid w:val="00420597"/>
     <w:rsid w:val="00421071"/>
     <w:rsid w:val="00421793"/>
     <w:rsid w:val="00421FED"/>
     <w:rsid w:val="004228CD"/>
     <w:rsid w:val="00422940"/>
     <w:rsid w:val="00422AC5"/>
     <w:rsid w:val="00422CA8"/>
     <w:rsid w:val="00422E4D"/>
     <w:rsid w:val="0042371D"/>
     <w:rsid w:val="00423BAE"/>
     <w:rsid w:val="00424049"/>
     <w:rsid w:val="004241B8"/>
     <w:rsid w:val="00424481"/>
     <w:rsid w:val="004244DC"/>
     <w:rsid w:val="00424BDB"/>
     <w:rsid w:val="00424C30"/>
     <w:rsid w:val="004250D4"/>
@@ -19883,50 +21315,51 @@
     <w:rsid w:val="00431D28"/>
     <w:rsid w:val="00432D17"/>
     <w:rsid w:val="0043305C"/>
     <w:rsid w:val="0043361A"/>
     <w:rsid w:val="0043374A"/>
     <w:rsid w:val="00433948"/>
     <w:rsid w:val="00433A78"/>
     <w:rsid w:val="00433B32"/>
     <w:rsid w:val="0043459A"/>
     <w:rsid w:val="0043465C"/>
     <w:rsid w:val="0043516C"/>
     <w:rsid w:val="0043574D"/>
     <w:rsid w:val="00435889"/>
     <w:rsid w:val="00435D97"/>
     <w:rsid w:val="004363A9"/>
     <w:rsid w:val="004365BE"/>
     <w:rsid w:val="004368C8"/>
     <w:rsid w:val="004371CB"/>
     <w:rsid w:val="004371E9"/>
     <w:rsid w:val="0043778E"/>
     <w:rsid w:val="00437D66"/>
     <w:rsid w:val="00437D67"/>
     <w:rsid w:val="00441268"/>
     <w:rsid w:val="0044179C"/>
     <w:rsid w:val="00441834"/>
+    <w:rsid w:val="00441EF2"/>
     <w:rsid w:val="00442ABB"/>
     <w:rsid w:val="00442CD8"/>
     <w:rsid w:val="0044329C"/>
     <w:rsid w:val="00443537"/>
     <w:rsid w:val="00443A06"/>
     <w:rsid w:val="00444499"/>
     <w:rsid w:val="00444D18"/>
     <w:rsid w:val="004461C7"/>
     <w:rsid w:val="0044624E"/>
     <w:rsid w:val="0044681D"/>
     <w:rsid w:val="00446954"/>
     <w:rsid w:val="004469DA"/>
     <w:rsid w:val="00446A9F"/>
     <w:rsid w:val="00446BB7"/>
     <w:rsid w:val="00446CC4"/>
     <w:rsid w:val="004470CC"/>
     <w:rsid w:val="0044783B"/>
     <w:rsid w:val="004478F3"/>
     <w:rsid w:val="00447C4F"/>
     <w:rsid w:val="00447D3D"/>
     <w:rsid w:val="00450503"/>
     <w:rsid w:val="00451AA3"/>
     <w:rsid w:val="00451EDE"/>
     <w:rsid w:val="00452202"/>
     <w:rsid w:val="00452654"/>
@@ -20039,50 +21472,51 @@
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004960CA"/>
     <w:rsid w:val="00496196"/>
     <w:rsid w:val="00496360"/>
     <w:rsid w:val="00496460"/>
     <w:rsid w:val="004965F5"/>
     <w:rsid w:val="00496645"/>
     <w:rsid w:val="004967F3"/>
     <w:rsid w:val="00497048"/>
     <w:rsid w:val="004975A1"/>
     <w:rsid w:val="004979CD"/>
     <w:rsid w:val="00497B63"/>
     <w:rsid w:val="00497E9B"/>
     <w:rsid w:val="004A031B"/>
     <w:rsid w:val="004A0D83"/>
     <w:rsid w:val="004A139F"/>
     <w:rsid w:val="004A1DFE"/>
     <w:rsid w:val="004A2214"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004A3EAA"/>
     <w:rsid w:val="004A4708"/>
     <w:rsid w:val="004A4B09"/>
     <w:rsid w:val="004A4DCC"/>
     <w:rsid w:val="004A4F8A"/>
     <w:rsid w:val="004A53D1"/>
+    <w:rsid w:val="004A560A"/>
     <w:rsid w:val="004A58E9"/>
     <w:rsid w:val="004A5CFC"/>
     <w:rsid w:val="004A5CFD"/>
     <w:rsid w:val="004A5E08"/>
     <w:rsid w:val="004A5EBC"/>
     <w:rsid w:val="004A6232"/>
     <w:rsid w:val="004A6828"/>
     <w:rsid w:val="004A7225"/>
     <w:rsid w:val="004A764E"/>
     <w:rsid w:val="004B04A4"/>
     <w:rsid w:val="004B1CBE"/>
     <w:rsid w:val="004B1DD0"/>
     <w:rsid w:val="004B1E14"/>
     <w:rsid w:val="004B1E15"/>
     <w:rsid w:val="004B20D5"/>
     <w:rsid w:val="004B20FA"/>
     <w:rsid w:val="004B2FEB"/>
     <w:rsid w:val="004B30AB"/>
     <w:rsid w:val="004B319A"/>
     <w:rsid w:val="004B395A"/>
     <w:rsid w:val="004B398F"/>
     <w:rsid w:val="004B3C4A"/>
     <w:rsid w:val="004B3DA1"/>
     <w:rsid w:val="004B4154"/>
     <w:rsid w:val="004B43E0"/>
@@ -20314,71 +21748,74 @@
     <w:rsid w:val="00547FA6"/>
     <w:rsid w:val="0054FC9C"/>
     <w:rsid w:val="00550083"/>
     <w:rsid w:val="00550393"/>
     <w:rsid w:val="005504B5"/>
     <w:rsid w:val="005507E1"/>
     <w:rsid w:val="00550A4A"/>
     <w:rsid w:val="00550B5F"/>
     <w:rsid w:val="0055146C"/>
     <w:rsid w:val="0055176C"/>
     <w:rsid w:val="005517CD"/>
     <w:rsid w:val="0055251D"/>
     <w:rsid w:val="005527C1"/>
     <w:rsid w:val="0055287A"/>
     <w:rsid w:val="00552A9A"/>
     <w:rsid w:val="005530A6"/>
     <w:rsid w:val="00553415"/>
     <w:rsid w:val="0055359D"/>
     <w:rsid w:val="0055435E"/>
     <w:rsid w:val="00554665"/>
     <w:rsid w:val="00554B40"/>
     <w:rsid w:val="0055508A"/>
     <w:rsid w:val="005555B9"/>
     <w:rsid w:val="005555C9"/>
     <w:rsid w:val="0055666A"/>
+    <w:rsid w:val="00556B7E"/>
     <w:rsid w:val="005574BE"/>
     <w:rsid w:val="00557608"/>
+    <w:rsid w:val="00557666"/>
     <w:rsid w:val="0056135F"/>
     <w:rsid w:val="00562045"/>
     <w:rsid w:val="005630AA"/>
     <w:rsid w:val="00563A23"/>
     <w:rsid w:val="00563E90"/>
     <w:rsid w:val="00563F9E"/>
     <w:rsid w:val="00564A57"/>
     <w:rsid w:val="00564FCF"/>
     <w:rsid w:val="00565D86"/>
     <w:rsid w:val="00566174"/>
     <w:rsid w:val="005661F6"/>
     <w:rsid w:val="00566AAE"/>
     <w:rsid w:val="005672CD"/>
     <w:rsid w:val="00567495"/>
     <w:rsid w:val="005675EA"/>
     <w:rsid w:val="005677E1"/>
     <w:rsid w:val="005677FD"/>
     <w:rsid w:val="00567CE5"/>
     <w:rsid w:val="00567EB8"/>
+    <w:rsid w:val="00570B43"/>
     <w:rsid w:val="00570C47"/>
     <w:rsid w:val="00570CB7"/>
     <w:rsid w:val="00571976"/>
     <w:rsid w:val="00571BAF"/>
     <w:rsid w:val="00571CF0"/>
     <w:rsid w:val="00571EE3"/>
     <w:rsid w:val="0057212D"/>
     <w:rsid w:val="00574271"/>
     <w:rsid w:val="00574313"/>
     <w:rsid w:val="0057447D"/>
     <w:rsid w:val="00574936"/>
     <w:rsid w:val="00574B49"/>
     <w:rsid w:val="00574DC5"/>
     <w:rsid w:val="00575D8E"/>
     <w:rsid w:val="00575ECD"/>
     <w:rsid w:val="00576215"/>
     <w:rsid w:val="0057690F"/>
     <w:rsid w:val="00576E82"/>
     <w:rsid w:val="00576FB1"/>
     <w:rsid w:val="00577224"/>
     <w:rsid w:val="00577369"/>
     <w:rsid w:val="005774FB"/>
     <w:rsid w:val="005775CE"/>
     <w:rsid w:val="0057784A"/>
     <w:rsid w:val="00577D70"/>
@@ -20529,73 +21966,76 @@
     <w:rsid w:val="005D25BC"/>
     <w:rsid w:val="005D25EF"/>
     <w:rsid w:val="005D29E9"/>
     <w:rsid w:val="005D2B88"/>
     <w:rsid w:val="005D2D49"/>
     <w:rsid w:val="005D2D4E"/>
     <w:rsid w:val="005D2D8D"/>
     <w:rsid w:val="005D2DA3"/>
     <w:rsid w:val="005D3666"/>
     <w:rsid w:val="005D37C1"/>
     <w:rsid w:val="005D3C55"/>
     <w:rsid w:val="005D3C85"/>
     <w:rsid w:val="005D3CB0"/>
     <w:rsid w:val="005D3FA9"/>
     <w:rsid w:val="005D47E1"/>
     <w:rsid w:val="005D5616"/>
     <w:rsid w:val="005D5B2A"/>
     <w:rsid w:val="005D5B45"/>
     <w:rsid w:val="005D63CF"/>
     <w:rsid w:val="005D6602"/>
     <w:rsid w:val="005D6980"/>
     <w:rsid w:val="005D699E"/>
     <w:rsid w:val="005D6B44"/>
     <w:rsid w:val="005D6D25"/>
     <w:rsid w:val="005D6DED"/>
+    <w:rsid w:val="005D718B"/>
     <w:rsid w:val="005D74AA"/>
     <w:rsid w:val="005D7DA1"/>
     <w:rsid w:val="005E04EA"/>
     <w:rsid w:val="005E0AF3"/>
     <w:rsid w:val="005E0B00"/>
     <w:rsid w:val="005E11AB"/>
     <w:rsid w:val="005E12B6"/>
     <w:rsid w:val="005E136D"/>
     <w:rsid w:val="005E142B"/>
     <w:rsid w:val="005E15EC"/>
+    <w:rsid w:val="005E23D1"/>
     <w:rsid w:val="005E2679"/>
     <w:rsid w:val="005E2710"/>
     <w:rsid w:val="005E2A40"/>
     <w:rsid w:val="005E3643"/>
     <w:rsid w:val="005E394C"/>
     <w:rsid w:val="005E40BD"/>
     <w:rsid w:val="005E4108"/>
     <w:rsid w:val="005E41CE"/>
     <w:rsid w:val="005E472E"/>
     <w:rsid w:val="005E489A"/>
     <w:rsid w:val="005E48EA"/>
     <w:rsid w:val="005E570F"/>
     <w:rsid w:val="005E5B85"/>
+    <w:rsid w:val="005E5C3C"/>
     <w:rsid w:val="005E5F1A"/>
     <w:rsid w:val="005E65E4"/>
     <w:rsid w:val="005E6C68"/>
     <w:rsid w:val="005E7D36"/>
     <w:rsid w:val="005F011E"/>
     <w:rsid w:val="005F0401"/>
     <w:rsid w:val="005F09DE"/>
     <w:rsid w:val="005F10B1"/>
     <w:rsid w:val="005F11EA"/>
     <w:rsid w:val="005F164D"/>
     <w:rsid w:val="005F1725"/>
     <w:rsid w:val="005F1D0D"/>
     <w:rsid w:val="005F1F97"/>
     <w:rsid w:val="005F25F0"/>
     <w:rsid w:val="005F2805"/>
     <w:rsid w:val="005F2F45"/>
     <w:rsid w:val="005F2F90"/>
     <w:rsid w:val="005F2FFD"/>
     <w:rsid w:val="005F31CB"/>
     <w:rsid w:val="005F39FE"/>
     <w:rsid w:val="005F41A0"/>
     <w:rsid w:val="005F5045"/>
     <w:rsid w:val="005F5236"/>
     <w:rsid w:val="005F5F66"/>
     <w:rsid w:val="005F6BCC"/>
@@ -20663,50 +22103,51 @@
     <w:rsid w:val="006204AD"/>
     <w:rsid w:val="006204D7"/>
     <w:rsid w:val="00620C60"/>
     <w:rsid w:val="006212E8"/>
     <w:rsid w:val="00621B3D"/>
     <w:rsid w:val="006220A8"/>
     <w:rsid w:val="006224C1"/>
     <w:rsid w:val="00622ABF"/>
     <w:rsid w:val="00622BC3"/>
     <w:rsid w:val="00622C89"/>
     <w:rsid w:val="00622D26"/>
     <w:rsid w:val="00623071"/>
     <w:rsid w:val="0062331D"/>
     <w:rsid w:val="00623A23"/>
     <w:rsid w:val="00623B6D"/>
     <w:rsid w:val="00623CE2"/>
     <w:rsid w:val="006249C8"/>
     <w:rsid w:val="00624A23"/>
     <w:rsid w:val="00624C0F"/>
     <w:rsid w:val="00624C26"/>
     <w:rsid w:val="00624F4C"/>
     <w:rsid w:val="00625491"/>
     <w:rsid w:val="0062698F"/>
     <w:rsid w:val="006269BF"/>
     <w:rsid w:val="00626C41"/>
+    <w:rsid w:val="00626F4D"/>
     <w:rsid w:val="006279A4"/>
     <w:rsid w:val="00627F7A"/>
     <w:rsid w:val="006306D1"/>
     <w:rsid w:val="006308C1"/>
     <w:rsid w:val="00632021"/>
     <w:rsid w:val="006320D5"/>
     <w:rsid w:val="006320F8"/>
     <w:rsid w:val="006324C8"/>
     <w:rsid w:val="00632826"/>
     <w:rsid w:val="00632E77"/>
     <w:rsid w:val="00633C03"/>
     <w:rsid w:val="0063482A"/>
     <w:rsid w:val="00634CD7"/>
     <w:rsid w:val="006352DD"/>
     <w:rsid w:val="00635497"/>
     <w:rsid w:val="006354FB"/>
     <w:rsid w:val="0063568F"/>
     <w:rsid w:val="00635E32"/>
     <w:rsid w:val="00636454"/>
     <w:rsid w:val="00636A89"/>
     <w:rsid w:val="00636DC7"/>
     <w:rsid w:val="00640FC9"/>
     <w:rsid w:val="00641462"/>
     <w:rsid w:val="00641E79"/>
     <w:rsid w:val="00641F64"/>
@@ -20791,68 +22232,70 @@
     <w:rsid w:val="00675383"/>
     <w:rsid w:val="0067567C"/>
     <w:rsid w:val="00675725"/>
     <w:rsid w:val="0067598A"/>
     <w:rsid w:val="00675C76"/>
     <w:rsid w:val="00676562"/>
     <w:rsid w:val="00676AF8"/>
     <w:rsid w:val="00676EB4"/>
     <w:rsid w:val="00676FE6"/>
     <w:rsid w:val="006779E1"/>
     <w:rsid w:val="00677CA3"/>
     <w:rsid w:val="00677D9F"/>
     <w:rsid w:val="00677DAA"/>
     <w:rsid w:val="00677DF7"/>
     <w:rsid w:val="00677E5D"/>
     <w:rsid w:val="00680444"/>
     <w:rsid w:val="006807A9"/>
     <w:rsid w:val="00680938"/>
     <w:rsid w:val="00680C49"/>
     <w:rsid w:val="00680F4E"/>
     <w:rsid w:val="006821A5"/>
     <w:rsid w:val="00682333"/>
     <w:rsid w:val="006823DC"/>
     <w:rsid w:val="00682450"/>
     <w:rsid w:val="006826E3"/>
+    <w:rsid w:val="00683268"/>
     <w:rsid w:val="00683720"/>
     <w:rsid w:val="00683877"/>
     <w:rsid w:val="006839E8"/>
     <w:rsid w:val="00683E56"/>
     <w:rsid w:val="006848AE"/>
     <w:rsid w:val="006855FB"/>
     <w:rsid w:val="00685623"/>
     <w:rsid w:val="00685AEC"/>
     <w:rsid w:val="0068697B"/>
     <w:rsid w:val="00686B3F"/>
     <w:rsid w:val="00686B57"/>
     <w:rsid w:val="00686D01"/>
     <w:rsid w:val="00686D0A"/>
     <w:rsid w:val="00686DD5"/>
     <w:rsid w:val="00686F4D"/>
     <w:rsid w:val="0068733D"/>
     <w:rsid w:val="0068774E"/>
     <w:rsid w:val="00687C80"/>
+    <w:rsid w:val="00687E2B"/>
     <w:rsid w:val="006907D8"/>
     <w:rsid w:val="00690AC3"/>
     <w:rsid w:val="00690E68"/>
     <w:rsid w:val="0069187E"/>
     <w:rsid w:val="0069198F"/>
     <w:rsid w:val="00691AF2"/>
     <w:rsid w:val="00691E6F"/>
     <w:rsid w:val="00692139"/>
     <w:rsid w:val="006921A2"/>
     <w:rsid w:val="00692CB3"/>
     <w:rsid w:val="00692FE0"/>
     <w:rsid w:val="0069314D"/>
     <w:rsid w:val="00693B17"/>
     <w:rsid w:val="00693D91"/>
     <w:rsid w:val="00693EE8"/>
     <w:rsid w:val="00695169"/>
     <w:rsid w:val="00695356"/>
     <w:rsid w:val="00695BC0"/>
     <w:rsid w:val="00695CC5"/>
     <w:rsid w:val="00696483"/>
     <w:rsid w:val="006965C3"/>
     <w:rsid w:val="00696CAF"/>
     <w:rsid w:val="00696DDF"/>
     <w:rsid w:val="006972D9"/>
     <w:rsid w:val="006974D7"/>
@@ -21332,51 +22775,50 @@
     <w:rsid w:val="007A77CF"/>
     <w:rsid w:val="007A798C"/>
     <w:rsid w:val="007A7EB0"/>
     <w:rsid w:val="007B076A"/>
     <w:rsid w:val="007B0A52"/>
     <w:rsid w:val="007B0B2C"/>
     <w:rsid w:val="007B0D89"/>
     <w:rsid w:val="007B16E8"/>
     <w:rsid w:val="007B1873"/>
     <w:rsid w:val="007B1969"/>
     <w:rsid w:val="007B1EDB"/>
     <w:rsid w:val="007B271D"/>
     <w:rsid w:val="007B2812"/>
     <w:rsid w:val="007B29B3"/>
     <w:rsid w:val="007B2A0E"/>
     <w:rsid w:val="007B2B5A"/>
     <w:rsid w:val="007B40CE"/>
     <w:rsid w:val="007B443D"/>
     <w:rsid w:val="007B489E"/>
     <w:rsid w:val="007B5017"/>
     <w:rsid w:val="007B5338"/>
     <w:rsid w:val="007B5495"/>
     <w:rsid w:val="007B5D99"/>
     <w:rsid w:val="007B63DE"/>
     <w:rsid w:val="007B667F"/>
-    <w:rsid w:val="007B6942"/>
     <w:rsid w:val="007B6957"/>
     <w:rsid w:val="007B6CB0"/>
     <w:rsid w:val="007B6F39"/>
     <w:rsid w:val="007B76CE"/>
     <w:rsid w:val="007B76F8"/>
     <w:rsid w:val="007B7E8A"/>
     <w:rsid w:val="007C003D"/>
     <w:rsid w:val="007C072D"/>
     <w:rsid w:val="007C0D24"/>
     <w:rsid w:val="007C191D"/>
     <w:rsid w:val="007C1BA6"/>
     <w:rsid w:val="007C2284"/>
     <w:rsid w:val="007C27F8"/>
     <w:rsid w:val="007C2A9F"/>
     <w:rsid w:val="007C2DC1"/>
     <w:rsid w:val="007C2F60"/>
     <w:rsid w:val="007C335E"/>
     <w:rsid w:val="007C3927"/>
     <w:rsid w:val="007C3956"/>
     <w:rsid w:val="007C3A39"/>
     <w:rsid w:val="007C3B15"/>
     <w:rsid w:val="007C3E7F"/>
     <w:rsid w:val="007C4F36"/>
     <w:rsid w:val="007C517B"/>
     <w:rsid w:val="007C5F33"/>
@@ -21426,71 +22868,73 @@
     <w:rsid w:val="007E11FA"/>
     <w:rsid w:val="007E17E5"/>
     <w:rsid w:val="007E1BE8"/>
     <w:rsid w:val="007E1DFB"/>
     <w:rsid w:val="007E1E13"/>
     <w:rsid w:val="007E2223"/>
     <w:rsid w:val="007E2235"/>
     <w:rsid w:val="007E22AD"/>
     <w:rsid w:val="007E24A0"/>
     <w:rsid w:val="007E2DC5"/>
     <w:rsid w:val="007E2F23"/>
     <w:rsid w:val="007E2FBE"/>
     <w:rsid w:val="007E3406"/>
     <w:rsid w:val="007E36C9"/>
     <w:rsid w:val="007E3FBB"/>
     <w:rsid w:val="007E3FF6"/>
     <w:rsid w:val="007E50D1"/>
     <w:rsid w:val="007E560B"/>
     <w:rsid w:val="007E5686"/>
     <w:rsid w:val="007E5FF0"/>
     <w:rsid w:val="007E67BA"/>
     <w:rsid w:val="007E6D73"/>
     <w:rsid w:val="007E6F70"/>
     <w:rsid w:val="007E7546"/>
     <w:rsid w:val="007E7DEC"/>
+    <w:rsid w:val="007F0485"/>
     <w:rsid w:val="007F0497"/>
     <w:rsid w:val="007F0A60"/>
     <w:rsid w:val="007F12AC"/>
     <w:rsid w:val="007F1D61"/>
     <w:rsid w:val="007F1F95"/>
     <w:rsid w:val="007F25CA"/>
     <w:rsid w:val="007F263F"/>
     <w:rsid w:val="007F2B5A"/>
     <w:rsid w:val="007F2CC0"/>
     <w:rsid w:val="007F2FFC"/>
     <w:rsid w:val="007F3A27"/>
     <w:rsid w:val="007F4926"/>
     <w:rsid w:val="007F4FA9"/>
     <w:rsid w:val="007F522E"/>
     <w:rsid w:val="007F52A2"/>
     <w:rsid w:val="007F5785"/>
     <w:rsid w:val="007F65FC"/>
     <w:rsid w:val="007F6C6A"/>
     <w:rsid w:val="007F6E05"/>
     <w:rsid w:val="007F7320"/>
     <w:rsid w:val="007F791D"/>
+    <w:rsid w:val="007F7E9F"/>
     <w:rsid w:val="008001D7"/>
     <w:rsid w:val="008002F1"/>
     <w:rsid w:val="00800812"/>
     <w:rsid w:val="00800BB3"/>
     <w:rsid w:val="00800E44"/>
     <w:rsid w:val="00801266"/>
     <w:rsid w:val="008014AF"/>
     <w:rsid w:val="0080159B"/>
     <w:rsid w:val="0080162A"/>
     <w:rsid w:val="0080190C"/>
     <w:rsid w:val="00802697"/>
     <w:rsid w:val="00803993"/>
     <w:rsid w:val="00803B11"/>
     <w:rsid w:val="00803B15"/>
     <w:rsid w:val="00803B50"/>
     <w:rsid w:val="00803F23"/>
     <w:rsid w:val="00804120"/>
     <w:rsid w:val="0080443D"/>
     <w:rsid w:val="00804F20"/>
     <w:rsid w:val="0080547A"/>
     <w:rsid w:val="008054B0"/>
     <w:rsid w:val="00805B1D"/>
     <w:rsid w:val="00805B59"/>
     <w:rsid w:val="00805BA7"/>
     <w:rsid w:val="0080603A"/>
@@ -21499,105 +22943,108 @@
     <w:rsid w:val="00806E02"/>
     <w:rsid w:val="00807A87"/>
     <w:rsid w:val="00807D15"/>
     <w:rsid w:val="00807E04"/>
     <w:rsid w:val="00810226"/>
     <w:rsid w:val="00810350"/>
     <w:rsid w:val="0081041C"/>
     <w:rsid w:val="00810637"/>
     <w:rsid w:val="0081093E"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="0081169F"/>
     <w:rsid w:val="00811920"/>
     <w:rsid w:val="00812343"/>
     <w:rsid w:val="0081251E"/>
     <w:rsid w:val="008127C6"/>
     <w:rsid w:val="00812885"/>
     <w:rsid w:val="00812AF4"/>
     <w:rsid w:val="00812B5C"/>
     <w:rsid w:val="00812F54"/>
     <w:rsid w:val="00813C69"/>
     <w:rsid w:val="00813F04"/>
     <w:rsid w:val="00813FDF"/>
     <w:rsid w:val="00814273"/>
     <w:rsid w:val="00814E0B"/>
     <w:rsid w:val="00814E72"/>
+    <w:rsid w:val="00815551"/>
     <w:rsid w:val="00815859"/>
     <w:rsid w:val="00815A2E"/>
     <w:rsid w:val="00815ECF"/>
     <w:rsid w:val="0081625F"/>
     <w:rsid w:val="00816E21"/>
     <w:rsid w:val="0081760E"/>
     <w:rsid w:val="00817C57"/>
     <w:rsid w:val="0082081C"/>
     <w:rsid w:val="00820B8C"/>
     <w:rsid w:val="00820B96"/>
     <w:rsid w:val="0082146D"/>
     <w:rsid w:val="00821563"/>
     <w:rsid w:val="00821628"/>
     <w:rsid w:val="00821899"/>
     <w:rsid w:val="00822194"/>
     <w:rsid w:val="0082252A"/>
     <w:rsid w:val="008227DD"/>
     <w:rsid w:val="00823382"/>
     <w:rsid w:val="00823A19"/>
+    <w:rsid w:val="00823B18"/>
     <w:rsid w:val="00823C07"/>
     <w:rsid w:val="008240F5"/>
     <w:rsid w:val="00824377"/>
     <w:rsid w:val="00824605"/>
     <w:rsid w:val="008248D6"/>
     <w:rsid w:val="00825553"/>
     <w:rsid w:val="008258ED"/>
     <w:rsid w:val="00825B30"/>
     <w:rsid w:val="00825EA0"/>
     <w:rsid w:val="00825EBD"/>
     <w:rsid w:val="00825F2F"/>
     <w:rsid w:val="008267A0"/>
     <w:rsid w:val="00826CDD"/>
     <w:rsid w:val="00827063"/>
     <w:rsid w:val="00827328"/>
     <w:rsid w:val="0082768A"/>
     <w:rsid w:val="0082799F"/>
     <w:rsid w:val="00827C4C"/>
     <w:rsid w:val="00827D00"/>
     <w:rsid w:val="00827E09"/>
     <w:rsid w:val="00830F0F"/>
     <w:rsid w:val="008316F5"/>
     <w:rsid w:val="008318BC"/>
     <w:rsid w:val="00831F13"/>
     <w:rsid w:val="00832610"/>
     <w:rsid w:val="008326E6"/>
     <w:rsid w:val="00832714"/>
     <w:rsid w:val="00832CA4"/>
     <w:rsid w:val="0083331D"/>
     <w:rsid w:val="00833889"/>
     <w:rsid w:val="00833A45"/>
     <w:rsid w:val="00833C34"/>
     <w:rsid w:val="0083431A"/>
     <w:rsid w:val="00834434"/>
     <w:rsid w:val="00834720"/>
     <w:rsid w:val="00834776"/>
+    <w:rsid w:val="00834AEC"/>
     <w:rsid w:val="00835139"/>
     <w:rsid w:val="008351B6"/>
     <w:rsid w:val="0083552C"/>
     <w:rsid w:val="008357AF"/>
     <w:rsid w:val="00835878"/>
     <w:rsid w:val="00835AA1"/>
     <w:rsid w:val="00835D63"/>
     <w:rsid w:val="00835D6A"/>
     <w:rsid w:val="00835EA9"/>
     <w:rsid w:val="0083604A"/>
     <w:rsid w:val="00836520"/>
     <w:rsid w:val="008367FD"/>
     <w:rsid w:val="00836C8E"/>
     <w:rsid w:val="00837031"/>
     <w:rsid w:val="00837910"/>
     <w:rsid w:val="00837AE4"/>
     <w:rsid w:val="00837F42"/>
     <w:rsid w:val="00840108"/>
     <w:rsid w:val="00840192"/>
     <w:rsid w:val="00840278"/>
     <w:rsid w:val="0084031A"/>
     <w:rsid w:val="0084096E"/>
     <w:rsid w:val="0084106A"/>
     <w:rsid w:val="00841C1C"/>
     <w:rsid w:val="00841DBF"/>
@@ -21655,50 +23102,51 @@
     <w:rsid w:val="008610E9"/>
     <w:rsid w:val="00861574"/>
     <w:rsid w:val="00861D4A"/>
     <w:rsid w:val="00862322"/>
     <w:rsid w:val="0086249A"/>
     <w:rsid w:val="008626E4"/>
     <w:rsid w:val="008627BC"/>
     <w:rsid w:val="008627C5"/>
     <w:rsid w:val="00862E82"/>
     <w:rsid w:val="00863236"/>
     <w:rsid w:val="0086367C"/>
     <w:rsid w:val="0086393A"/>
     <w:rsid w:val="00864397"/>
     <w:rsid w:val="00864647"/>
     <w:rsid w:val="00864C93"/>
     <w:rsid w:val="008653E4"/>
     <w:rsid w:val="008654DC"/>
     <w:rsid w:val="00865B4F"/>
     <w:rsid w:val="00866136"/>
     <w:rsid w:val="00866990"/>
     <w:rsid w:val="00867726"/>
     <w:rsid w:val="00867AF1"/>
     <w:rsid w:val="00867C38"/>
     <w:rsid w:val="00867F65"/>
     <w:rsid w:val="0087008D"/>
+    <w:rsid w:val="008703D6"/>
     <w:rsid w:val="008705AE"/>
     <w:rsid w:val="00871541"/>
     <w:rsid w:val="0087168E"/>
     <w:rsid w:val="00871BFF"/>
     <w:rsid w:val="008721D9"/>
     <w:rsid w:val="00872592"/>
     <w:rsid w:val="00872F9E"/>
     <w:rsid w:val="00873ECC"/>
     <w:rsid w:val="00874360"/>
     <w:rsid w:val="00874446"/>
     <w:rsid w:val="008752B0"/>
     <w:rsid w:val="00875419"/>
     <w:rsid w:val="0087543E"/>
     <w:rsid w:val="008754F1"/>
     <w:rsid w:val="0087550B"/>
     <w:rsid w:val="00875621"/>
     <w:rsid w:val="008756C9"/>
     <w:rsid w:val="008756F8"/>
     <w:rsid w:val="008757F9"/>
     <w:rsid w:val="00875C9C"/>
     <w:rsid w:val="00875D7C"/>
     <w:rsid w:val="00875D96"/>
     <w:rsid w:val="00876053"/>
     <w:rsid w:val="008769F8"/>
     <w:rsid w:val="0087737E"/>
@@ -21870,50 +23318,51 @@
     <w:rsid w:val="008D665A"/>
     <w:rsid w:val="008D6762"/>
     <w:rsid w:val="008D70DA"/>
     <w:rsid w:val="008D72FE"/>
     <w:rsid w:val="008D7458"/>
     <w:rsid w:val="008D7874"/>
     <w:rsid w:val="008D7E1F"/>
     <w:rsid w:val="008D7FDE"/>
     <w:rsid w:val="008E0045"/>
     <w:rsid w:val="008E06B8"/>
     <w:rsid w:val="008E0A76"/>
     <w:rsid w:val="008E0FBA"/>
     <w:rsid w:val="008E1016"/>
     <w:rsid w:val="008E10BF"/>
     <w:rsid w:val="008E12BD"/>
     <w:rsid w:val="008E1517"/>
     <w:rsid w:val="008E16A3"/>
     <w:rsid w:val="008E29A8"/>
     <w:rsid w:val="008E2C5F"/>
     <w:rsid w:val="008E3251"/>
     <w:rsid w:val="008E370A"/>
     <w:rsid w:val="008E372B"/>
     <w:rsid w:val="008E386E"/>
     <w:rsid w:val="008E3DBE"/>
     <w:rsid w:val="008E3EB3"/>
+    <w:rsid w:val="008E41E6"/>
     <w:rsid w:val="008E4462"/>
     <w:rsid w:val="008E5551"/>
     <w:rsid w:val="008E56A9"/>
     <w:rsid w:val="008E5C93"/>
     <w:rsid w:val="008E5D26"/>
     <w:rsid w:val="008E5DD8"/>
     <w:rsid w:val="008E6F2E"/>
     <w:rsid w:val="008E722F"/>
     <w:rsid w:val="008E7323"/>
     <w:rsid w:val="008E75A6"/>
     <w:rsid w:val="008E7CD0"/>
     <w:rsid w:val="008E7DE5"/>
     <w:rsid w:val="008F0107"/>
     <w:rsid w:val="008F0119"/>
     <w:rsid w:val="008F080C"/>
     <w:rsid w:val="008F0A76"/>
     <w:rsid w:val="008F0B52"/>
     <w:rsid w:val="008F0FFE"/>
     <w:rsid w:val="008F1137"/>
     <w:rsid w:val="008F162F"/>
     <w:rsid w:val="008F1715"/>
     <w:rsid w:val="008F190F"/>
     <w:rsid w:val="008F2661"/>
     <w:rsid w:val="008F26F1"/>
     <w:rsid w:val="008F27D0"/>
@@ -22016,50 +23465,51 @@
     <w:rsid w:val="00933280"/>
     <w:rsid w:val="009332CE"/>
     <w:rsid w:val="0093352C"/>
     <w:rsid w:val="0093398E"/>
     <w:rsid w:val="009341AB"/>
     <w:rsid w:val="00934246"/>
     <w:rsid w:val="009344CC"/>
     <w:rsid w:val="00934B59"/>
     <w:rsid w:val="00934CCD"/>
     <w:rsid w:val="00934E5C"/>
     <w:rsid w:val="00935328"/>
     <w:rsid w:val="00935397"/>
     <w:rsid w:val="00935CF3"/>
     <w:rsid w:val="0093647D"/>
     <w:rsid w:val="0093766F"/>
     <w:rsid w:val="00937B13"/>
     <w:rsid w:val="00937BBE"/>
     <w:rsid w:val="00937F6F"/>
     <w:rsid w:val="0094026C"/>
     <w:rsid w:val="00940316"/>
     <w:rsid w:val="00940635"/>
     <w:rsid w:val="00940771"/>
     <w:rsid w:val="00940DA7"/>
     <w:rsid w:val="00941A2F"/>
     <w:rsid w:val="00941A88"/>
+    <w:rsid w:val="00941E8E"/>
     <w:rsid w:val="00942CDE"/>
     <w:rsid w:val="00943415"/>
     <w:rsid w:val="00943418"/>
     <w:rsid w:val="00943930"/>
     <w:rsid w:val="00943D74"/>
     <w:rsid w:val="009443A4"/>
     <w:rsid w:val="009445B4"/>
     <w:rsid w:val="009447AD"/>
     <w:rsid w:val="00944E6E"/>
     <w:rsid w:val="009450AA"/>
     <w:rsid w:val="009455CF"/>
     <w:rsid w:val="00945703"/>
     <w:rsid w:val="009458F8"/>
     <w:rsid w:val="00945A96"/>
     <w:rsid w:val="00945D73"/>
     <w:rsid w:val="00946CE2"/>
     <w:rsid w:val="00946F71"/>
     <w:rsid w:val="00950498"/>
     <w:rsid w:val="00951578"/>
     <w:rsid w:val="00951BE0"/>
     <w:rsid w:val="00951F4F"/>
     <w:rsid w:val="009520A8"/>
     <w:rsid w:val="00952374"/>
     <w:rsid w:val="009523EC"/>
     <w:rsid w:val="0095257C"/>
@@ -22263,60 +23713,60 @@
     <w:rsid w:val="009C41EF"/>
     <w:rsid w:val="009C4330"/>
     <w:rsid w:val="009C44E6"/>
     <w:rsid w:val="009C4D00"/>
     <w:rsid w:val="009C4F10"/>
     <w:rsid w:val="009C4F32"/>
     <w:rsid w:val="009C550F"/>
     <w:rsid w:val="009C5532"/>
     <w:rsid w:val="009C6508"/>
     <w:rsid w:val="009C6FC0"/>
     <w:rsid w:val="009C74A7"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009C764E"/>
     <w:rsid w:val="009C7C2B"/>
     <w:rsid w:val="009C7CF0"/>
     <w:rsid w:val="009C7F43"/>
     <w:rsid w:val="009D0282"/>
     <w:rsid w:val="009D0412"/>
     <w:rsid w:val="009D0A07"/>
     <w:rsid w:val="009D189B"/>
     <w:rsid w:val="009D1FF8"/>
     <w:rsid w:val="009D25A3"/>
     <w:rsid w:val="009D27DE"/>
     <w:rsid w:val="009D2844"/>
     <w:rsid w:val="009D2C7E"/>
-    <w:rsid w:val="009D3129"/>
     <w:rsid w:val="009D32C9"/>
     <w:rsid w:val="009D35AE"/>
     <w:rsid w:val="009D3C4E"/>
     <w:rsid w:val="009D3CAC"/>
     <w:rsid w:val="009D4432"/>
     <w:rsid w:val="009D46AD"/>
     <w:rsid w:val="009D4B0C"/>
     <w:rsid w:val="009D4ED1"/>
     <w:rsid w:val="009D4F4D"/>
+    <w:rsid w:val="009D50C3"/>
     <w:rsid w:val="009D53E0"/>
     <w:rsid w:val="009D55CA"/>
     <w:rsid w:val="009D5D9E"/>
     <w:rsid w:val="009D62AB"/>
     <w:rsid w:val="009D6786"/>
     <w:rsid w:val="009D6BEB"/>
     <w:rsid w:val="009D717A"/>
     <w:rsid w:val="009D740B"/>
     <w:rsid w:val="009D7CA4"/>
     <w:rsid w:val="009D7D63"/>
     <w:rsid w:val="009E053C"/>
     <w:rsid w:val="009E0860"/>
     <w:rsid w:val="009E0969"/>
     <w:rsid w:val="009E1324"/>
     <w:rsid w:val="009E141D"/>
     <w:rsid w:val="009E1484"/>
     <w:rsid w:val="009E1864"/>
     <w:rsid w:val="009E1977"/>
     <w:rsid w:val="009E1C37"/>
     <w:rsid w:val="009E1D2D"/>
     <w:rsid w:val="009E1E4B"/>
     <w:rsid w:val="009E22A5"/>
     <w:rsid w:val="009E22BA"/>
     <w:rsid w:val="009E27CE"/>
     <w:rsid w:val="009E3558"/>
@@ -22382,100 +23832,100 @@
     <w:rsid w:val="00A029B0"/>
     <w:rsid w:val="00A02CAF"/>
     <w:rsid w:val="00A02CCC"/>
     <w:rsid w:val="00A02E8E"/>
     <w:rsid w:val="00A03254"/>
     <w:rsid w:val="00A03418"/>
     <w:rsid w:val="00A03FAA"/>
     <w:rsid w:val="00A0403D"/>
     <w:rsid w:val="00A04B72"/>
     <w:rsid w:val="00A05153"/>
     <w:rsid w:val="00A053E0"/>
     <w:rsid w:val="00A055EB"/>
     <w:rsid w:val="00A05677"/>
     <w:rsid w:val="00A05CAA"/>
     <w:rsid w:val="00A06E79"/>
     <w:rsid w:val="00A07385"/>
     <w:rsid w:val="00A07BDE"/>
     <w:rsid w:val="00A07E44"/>
     <w:rsid w:val="00A10178"/>
     <w:rsid w:val="00A10BED"/>
     <w:rsid w:val="00A11013"/>
     <w:rsid w:val="00A111C6"/>
     <w:rsid w:val="00A113B8"/>
     <w:rsid w:val="00A1146D"/>
     <w:rsid w:val="00A1152A"/>
-    <w:rsid w:val="00A11973"/>
     <w:rsid w:val="00A11DE5"/>
     <w:rsid w:val="00A11E06"/>
     <w:rsid w:val="00A120E7"/>
     <w:rsid w:val="00A124B3"/>
     <w:rsid w:val="00A125E1"/>
     <w:rsid w:val="00A12980"/>
     <w:rsid w:val="00A13002"/>
     <w:rsid w:val="00A1312D"/>
     <w:rsid w:val="00A13218"/>
     <w:rsid w:val="00A1452F"/>
     <w:rsid w:val="00A1485E"/>
     <w:rsid w:val="00A14C42"/>
     <w:rsid w:val="00A151EE"/>
     <w:rsid w:val="00A15FF6"/>
     <w:rsid w:val="00A1694A"/>
     <w:rsid w:val="00A16B3F"/>
     <w:rsid w:val="00A171C8"/>
     <w:rsid w:val="00A17BA0"/>
     <w:rsid w:val="00A17D04"/>
     <w:rsid w:val="00A17DA3"/>
     <w:rsid w:val="00A1BC96"/>
     <w:rsid w:val="00A2028E"/>
     <w:rsid w:val="00A20BDD"/>
     <w:rsid w:val="00A20CBD"/>
     <w:rsid w:val="00A210A2"/>
     <w:rsid w:val="00A213EF"/>
     <w:rsid w:val="00A21EDA"/>
     <w:rsid w:val="00A220CB"/>
     <w:rsid w:val="00A2282B"/>
     <w:rsid w:val="00A22A9D"/>
     <w:rsid w:val="00A2349C"/>
     <w:rsid w:val="00A24441"/>
     <w:rsid w:val="00A247D1"/>
     <w:rsid w:val="00A2520B"/>
     <w:rsid w:val="00A255BB"/>
     <w:rsid w:val="00A26984"/>
     <w:rsid w:val="00A26DEB"/>
     <w:rsid w:val="00A27012"/>
     <w:rsid w:val="00A272B7"/>
     <w:rsid w:val="00A275D7"/>
     <w:rsid w:val="00A27C60"/>
     <w:rsid w:val="00A3013D"/>
     <w:rsid w:val="00A3109D"/>
     <w:rsid w:val="00A31E6F"/>
     <w:rsid w:val="00A3213C"/>
     <w:rsid w:val="00A322C0"/>
     <w:rsid w:val="00A3266D"/>
     <w:rsid w:val="00A326C5"/>
     <w:rsid w:val="00A3270C"/>
+    <w:rsid w:val="00A33C36"/>
     <w:rsid w:val="00A33E29"/>
     <w:rsid w:val="00A3406D"/>
     <w:rsid w:val="00A342A9"/>
     <w:rsid w:val="00A34558"/>
     <w:rsid w:val="00A346DE"/>
     <w:rsid w:val="00A356F6"/>
     <w:rsid w:val="00A36195"/>
     <w:rsid w:val="00A367B8"/>
     <w:rsid w:val="00A36B48"/>
     <w:rsid w:val="00A36BEE"/>
     <w:rsid w:val="00A37659"/>
     <w:rsid w:val="00A3792F"/>
     <w:rsid w:val="00A379B7"/>
     <w:rsid w:val="00A37B02"/>
     <w:rsid w:val="00A37E8F"/>
     <w:rsid w:val="00A40127"/>
     <w:rsid w:val="00A407F6"/>
     <w:rsid w:val="00A40A02"/>
     <w:rsid w:val="00A4195A"/>
     <w:rsid w:val="00A41BB9"/>
     <w:rsid w:val="00A421B9"/>
     <w:rsid w:val="00A421EF"/>
     <w:rsid w:val="00A422B0"/>
     <w:rsid w:val="00A423E0"/>
     <w:rsid w:val="00A4307E"/>
@@ -22780,61 +24230,63 @@
     <w:rsid w:val="00AF3770"/>
     <w:rsid w:val="00AF3F8E"/>
     <w:rsid w:val="00AF437F"/>
     <w:rsid w:val="00AF44FB"/>
     <w:rsid w:val="00AF4696"/>
     <w:rsid w:val="00AF4827"/>
     <w:rsid w:val="00AF4D0D"/>
     <w:rsid w:val="00AF4F64"/>
     <w:rsid w:val="00AF50C4"/>
     <w:rsid w:val="00AF53D1"/>
     <w:rsid w:val="00AF542D"/>
     <w:rsid w:val="00AF5A5B"/>
     <w:rsid w:val="00AF656B"/>
     <w:rsid w:val="00AF6A93"/>
     <w:rsid w:val="00AF6B30"/>
     <w:rsid w:val="00AF6C3F"/>
     <w:rsid w:val="00AF73E2"/>
     <w:rsid w:val="00AF7442"/>
     <w:rsid w:val="00AF76F0"/>
     <w:rsid w:val="00AF791C"/>
     <w:rsid w:val="00AF7F9E"/>
     <w:rsid w:val="00B00631"/>
     <w:rsid w:val="00B00F5D"/>
     <w:rsid w:val="00B02665"/>
     <w:rsid w:val="00B02F6A"/>
+    <w:rsid w:val="00B02FB7"/>
     <w:rsid w:val="00B0391E"/>
     <w:rsid w:val="00B03AD8"/>
     <w:rsid w:val="00B03B56"/>
     <w:rsid w:val="00B03E07"/>
     <w:rsid w:val="00B03E0B"/>
     <w:rsid w:val="00B03FDC"/>
     <w:rsid w:val="00B0427B"/>
     <w:rsid w:val="00B04480"/>
     <w:rsid w:val="00B044DC"/>
     <w:rsid w:val="00B04C0D"/>
     <w:rsid w:val="00B05CDE"/>
+    <w:rsid w:val="00B05F06"/>
     <w:rsid w:val="00B063BD"/>
     <w:rsid w:val="00B06569"/>
     <w:rsid w:val="00B06652"/>
     <w:rsid w:val="00B07132"/>
     <w:rsid w:val="00B0760E"/>
     <w:rsid w:val="00B0775D"/>
     <w:rsid w:val="00B102E6"/>
     <w:rsid w:val="00B1045C"/>
     <w:rsid w:val="00B10601"/>
     <w:rsid w:val="00B114F8"/>
     <w:rsid w:val="00B11710"/>
     <w:rsid w:val="00B11CEE"/>
     <w:rsid w:val="00B1269D"/>
     <w:rsid w:val="00B12B06"/>
     <w:rsid w:val="00B12C0D"/>
     <w:rsid w:val="00B132B4"/>
     <w:rsid w:val="00B138F0"/>
     <w:rsid w:val="00B15060"/>
     <w:rsid w:val="00B15229"/>
     <w:rsid w:val="00B15DCF"/>
     <w:rsid w:val="00B167EC"/>
     <w:rsid w:val="00B16EF8"/>
     <w:rsid w:val="00B173B7"/>
     <w:rsid w:val="00B1742E"/>
     <w:rsid w:val="00B17E32"/>
@@ -22998,50 +24450,51 @@
     <w:rsid w:val="00B80F7F"/>
     <w:rsid w:val="00B812F2"/>
     <w:rsid w:val="00B81759"/>
     <w:rsid w:val="00B81788"/>
     <w:rsid w:val="00B81B89"/>
     <w:rsid w:val="00B81D33"/>
     <w:rsid w:val="00B82469"/>
     <w:rsid w:val="00B82912"/>
     <w:rsid w:val="00B82A09"/>
     <w:rsid w:val="00B82D7C"/>
     <w:rsid w:val="00B8395E"/>
     <w:rsid w:val="00B83C6A"/>
     <w:rsid w:val="00B83E88"/>
     <w:rsid w:val="00B8582A"/>
     <w:rsid w:val="00B86CDF"/>
     <w:rsid w:val="00B87375"/>
     <w:rsid w:val="00B907FF"/>
     <w:rsid w:val="00B910B8"/>
     <w:rsid w:val="00B914A1"/>
     <w:rsid w:val="00B9168A"/>
     <w:rsid w:val="00B91F79"/>
     <w:rsid w:val="00B92A95"/>
     <w:rsid w:val="00B92C75"/>
     <w:rsid w:val="00B92DD6"/>
     <w:rsid w:val="00B930EE"/>
+    <w:rsid w:val="00B9329B"/>
     <w:rsid w:val="00B93454"/>
     <w:rsid w:val="00B93DC7"/>
     <w:rsid w:val="00B9494A"/>
     <w:rsid w:val="00B94A89"/>
     <w:rsid w:val="00B95057"/>
     <w:rsid w:val="00B9518E"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B9587F"/>
     <w:rsid w:val="00B961CE"/>
     <w:rsid w:val="00BA0438"/>
     <w:rsid w:val="00BA0638"/>
     <w:rsid w:val="00BA0B12"/>
     <w:rsid w:val="00BA0B62"/>
     <w:rsid w:val="00BA17F2"/>
     <w:rsid w:val="00BA220D"/>
     <w:rsid w:val="00BA25F4"/>
     <w:rsid w:val="00BA26AB"/>
     <w:rsid w:val="00BA26E7"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA2DDE"/>
     <w:rsid w:val="00BA2FCF"/>
     <w:rsid w:val="00BA319E"/>
     <w:rsid w:val="00BA360F"/>
     <w:rsid w:val="00BA51F6"/>
     <w:rsid w:val="00BA53B9"/>
@@ -23133,50 +24586,51 @@
     <w:rsid w:val="00BD50B9"/>
     <w:rsid w:val="00BD5148"/>
     <w:rsid w:val="00BD54B5"/>
     <w:rsid w:val="00BD5A30"/>
     <w:rsid w:val="00BD5AC3"/>
     <w:rsid w:val="00BD5D8D"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rsid w:val="00BD6087"/>
     <w:rsid w:val="00BD62E2"/>
     <w:rsid w:val="00BD66BD"/>
     <w:rsid w:val="00BD6AFE"/>
     <w:rsid w:val="00BD6B56"/>
     <w:rsid w:val="00BD6F15"/>
     <w:rsid w:val="00BD75D3"/>
     <w:rsid w:val="00BD7666"/>
     <w:rsid w:val="00BD7880"/>
     <w:rsid w:val="00BD7B96"/>
     <w:rsid w:val="00BD7EA4"/>
     <w:rsid w:val="00BD7F68"/>
     <w:rsid w:val="00BE0A27"/>
     <w:rsid w:val="00BE1101"/>
     <w:rsid w:val="00BE1149"/>
     <w:rsid w:val="00BE14E0"/>
     <w:rsid w:val="00BE22CE"/>
     <w:rsid w:val="00BE239B"/>
+    <w:rsid w:val="00BE2E58"/>
     <w:rsid w:val="00BE3113"/>
     <w:rsid w:val="00BE397D"/>
     <w:rsid w:val="00BE3A41"/>
     <w:rsid w:val="00BE3B46"/>
     <w:rsid w:val="00BE3BFB"/>
     <w:rsid w:val="00BE3F84"/>
     <w:rsid w:val="00BE5135"/>
     <w:rsid w:val="00BE5518"/>
     <w:rsid w:val="00BE555B"/>
     <w:rsid w:val="00BE56F5"/>
     <w:rsid w:val="00BE589A"/>
     <w:rsid w:val="00BE5E24"/>
     <w:rsid w:val="00BE5E67"/>
     <w:rsid w:val="00BE5FCD"/>
     <w:rsid w:val="00BE612C"/>
     <w:rsid w:val="00BE6400"/>
     <w:rsid w:val="00BE6C0A"/>
     <w:rsid w:val="00BE78B7"/>
     <w:rsid w:val="00BE7BCB"/>
     <w:rsid w:val="00BF0231"/>
     <w:rsid w:val="00BF02C3"/>
     <w:rsid w:val="00BF0379"/>
     <w:rsid w:val="00BF0628"/>
     <w:rsid w:val="00BF0B99"/>
     <w:rsid w:val="00BF105C"/>
@@ -23252,88 +24706,91 @@
     <w:rsid w:val="00C2553D"/>
     <w:rsid w:val="00C25593"/>
     <w:rsid w:val="00C25C50"/>
     <w:rsid w:val="00C2619A"/>
     <w:rsid w:val="00C2694E"/>
     <w:rsid w:val="00C270D7"/>
     <w:rsid w:val="00C2778F"/>
     <w:rsid w:val="00C278C5"/>
     <w:rsid w:val="00C302A2"/>
     <w:rsid w:val="00C30530"/>
     <w:rsid w:val="00C30671"/>
     <w:rsid w:val="00C31179"/>
     <w:rsid w:val="00C31277"/>
     <w:rsid w:val="00C31374"/>
     <w:rsid w:val="00C31919"/>
     <w:rsid w:val="00C31D3F"/>
     <w:rsid w:val="00C31F11"/>
     <w:rsid w:val="00C321FC"/>
     <w:rsid w:val="00C322FE"/>
     <w:rsid w:val="00C32D3F"/>
     <w:rsid w:val="00C3446D"/>
     <w:rsid w:val="00C35279"/>
     <w:rsid w:val="00C353F7"/>
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C361A6"/>
+    <w:rsid w:val="00C36206"/>
     <w:rsid w:val="00C36374"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C36DA8"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C407DB"/>
     <w:rsid w:val="00C40AAD"/>
     <w:rsid w:val="00C40E4C"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C420BC"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C42894"/>
     <w:rsid w:val="00C434CB"/>
     <w:rsid w:val="00C43D24"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C43F9A"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C44648"/>
     <w:rsid w:val="00C44CEA"/>
     <w:rsid w:val="00C454A0"/>
     <w:rsid w:val="00C45EC9"/>
     <w:rsid w:val="00C46AA2"/>
     <w:rsid w:val="00C46C32"/>
     <w:rsid w:val="00C46EC4"/>
     <w:rsid w:val="00C47EA8"/>
     <w:rsid w:val="00C51751"/>
     <w:rsid w:val="00C51834"/>
+    <w:rsid w:val="00C51B52"/>
     <w:rsid w:val="00C51E06"/>
     <w:rsid w:val="00C52450"/>
     <w:rsid w:val="00C527A7"/>
     <w:rsid w:val="00C52B67"/>
     <w:rsid w:val="00C53012"/>
     <w:rsid w:val="00C53301"/>
     <w:rsid w:val="00C534FE"/>
     <w:rsid w:val="00C53A00"/>
+    <w:rsid w:val="00C54B1D"/>
     <w:rsid w:val="00C54D91"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C55CBF"/>
     <w:rsid w:val="00C55E91"/>
     <w:rsid w:val="00C56C22"/>
     <w:rsid w:val="00C574C6"/>
     <w:rsid w:val="00C575C9"/>
     <w:rsid w:val="00C578A3"/>
     <w:rsid w:val="00C579E9"/>
     <w:rsid w:val="00C57F88"/>
     <w:rsid w:val="00C603FD"/>
     <w:rsid w:val="00C605AF"/>
     <w:rsid w:val="00C60B9C"/>
     <w:rsid w:val="00C60F0E"/>
     <w:rsid w:val="00C616C1"/>
     <w:rsid w:val="00C61B53"/>
     <w:rsid w:val="00C627B3"/>
     <w:rsid w:val="00C62973"/>
     <w:rsid w:val="00C62C83"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C63541"/>
     <w:rsid w:val="00C63A73"/>
     <w:rsid w:val="00C63EC0"/>
     <w:rsid w:val="00C64427"/>
     <w:rsid w:val="00C64664"/>
@@ -23444,115 +24901,118 @@
     <w:rsid w:val="00CA256D"/>
     <w:rsid w:val="00CA282A"/>
     <w:rsid w:val="00CA2D61"/>
     <w:rsid w:val="00CA2F44"/>
     <w:rsid w:val="00CA3838"/>
     <w:rsid w:val="00CA3D24"/>
     <w:rsid w:val="00CA467D"/>
     <w:rsid w:val="00CA4A99"/>
     <w:rsid w:val="00CA551E"/>
     <w:rsid w:val="00CA5610"/>
     <w:rsid w:val="00CA570C"/>
     <w:rsid w:val="00CA5F7D"/>
     <w:rsid w:val="00CA62AA"/>
     <w:rsid w:val="00CA6409"/>
     <w:rsid w:val="00CA70B0"/>
     <w:rsid w:val="00CA77E4"/>
     <w:rsid w:val="00CA7F30"/>
     <w:rsid w:val="00CB042F"/>
     <w:rsid w:val="00CB0C40"/>
     <w:rsid w:val="00CB11CF"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB20A6"/>
     <w:rsid w:val="00CB2A6A"/>
     <w:rsid w:val="00CB2E49"/>
     <w:rsid w:val="00CB2E93"/>
+    <w:rsid w:val="00CB2FAB"/>
     <w:rsid w:val="00CB32E9"/>
     <w:rsid w:val="00CB3EB9"/>
     <w:rsid w:val="00CB49E9"/>
     <w:rsid w:val="00CB578C"/>
     <w:rsid w:val="00CB582F"/>
     <w:rsid w:val="00CB5915"/>
     <w:rsid w:val="00CB5C3A"/>
     <w:rsid w:val="00CB6254"/>
     <w:rsid w:val="00CB6265"/>
     <w:rsid w:val="00CB644A"/>
     <w:rsid w:val="00CB6972"/>
     <w:rsid w:val="00CB6B95"/>
     <w:rsid w:val="00CB6E21"/>
     <w:rsid w:val="00CC0792"/>
     <w:rsid w:val="00CC0836"/>
     <w:rsid w:val="00CC0BBA"/>
     <w:rsid w:val="00CC0E14"/>
     <w:rsid w:val="00CC10BB"/>
     <w:rsid w:val="00CC1D07"/>
     <w:rsid w:val="00CC2667"/>
     <w:rsid w:val="00CC3CB3"/>
     <w:rsid w:val="00CC4142"/>
     <w:rsid w:val="00CC420C"/>
     <w:rsid w:val="00CC4804"/>
     <w:rsid w:val="00CC4E7C"/>
     <w:rsid w:val="00CC52AE"/>
     <w:rsid w:val="00CC5CBC"/>
     <w:rsid w:val="00CC5E1D"/>
     <w:rsid w:val="00CC6C54"/>
     <w:rsid w:val="00CC772F"/>
     <w:rsid w:val="00CC773E"/>
+    <w:rsid w:val="00CD104E"/>
     <w:rsid w:val="00CD1758"/>
     <w:rsid w:val="00CD21EF"/>
     <w:rsid w:val="00CD2381"/>
     <w:rsid w:val="00CD2B30"/>
     <w:rsid w:val="00CD2B51"/>
     <w:rsid w:val="00CD2BFA"/>
     <w:rsid w:val="00CD2D04"/>
     <w:rsid w:val="00CD3271"/>
     <w:rsid w:val="00CD49EF"/>
     <w:rsid w:val="00CD50F8"/>
     <w:rsid w:val="00CD55C2"/>
     <w:rsid w:val="00CD5FEA"/>
     <w:rsid w:val="00CD7256"/>
     <w:rsid w:val="00CD72CC"/>
     <w:rsid w:val="00CD7695"/>
     <w:rsid w:val="00CD76A3"/>
     <w:rsid w:val="00CD77D8"/>
     <w:rsid w:val="00CD7995"/>
     <w:rsid w:val="00CE04D1"/>
     <w:rsid w:val="00CE0CA7"/>
     <w:rsid w:val="00CE0FA1"/>
     <w:rsid w:val="00CE130D"/>
     <w:rsid w:val="00CE1E23"/>
     <w:rsid w:val="00CE1FF7"/>
     <w:rsid w:val="00CE2458"/>
     <w:rsid w:val="00CE2DFE"/>
     <w:rsid w:val="00CE3304"/>
     <w:rsid w:val="00CE371A"/>
     <w:rsid w:val="00CE3D9D"/>
     <w:rsid w:val="00CE3F90"/>
     <w:rsid w:val="00CE4097"/>
     <w:rsid w:val="00CE4577"/>
     <w:rsid w:val="00CE45A4"/>
     <w:rsid w:val="00CE4FF4"/>
+    <w:rsid w:val="00CE5792"/>
     <w:rsid w:val="00CE5BB5"/>
     <w:rsid w:val="00CE6013"/>
     <w:rsid w:val="00CE6D45"/>
     <w:rsid w:val="00CE6ECC"/>
     <w:rsid w:val="00CE705A"/>
     <w:rsid w:val="00CE7785"/>
     <w:rsid w:val="00CE788F"/>
     <w:rsid w:val="00CE7F05"/>
     <w:rsid w:val="00CE7F7B"/>
     <w:rsid w:val="00CF0184"/>
     <w:rsid w:val="00CF081E"/>
     <w:rsid w:val="00CF1425"/>
     <w:rsid w:val="00CF14C1"/>
     <w:rsid w:val="00CF1BDB"/>
     <w:rsid w:val="00CF1BFF"/>
     <w:rsid w:val="00CF1CCE"/>
     <w:rsid w:val="00CF1F3E"/>
     <w:rsid w:val="00CF22BA"/>
     <w:rsid w:val="00CF2458"/>
     <w:rsid w:val="00CF2789"/>
     <w:rsid w:val="00CF2F8E"/>
     <w:rsid w:val="00CF3E54"/>
     <w:rsid w:val="00CF40E9"/>
     <w:rsid w:val="00CF4D4A"/>
     <w:rsid w:val="00CF5460"/>
@@ -23600,126 +25060,129 @@
     <w:rsid w:val="00D112EF"/>
     <w:rsid w:val="00D11395"/>
     <w:rsid w:val="00D1176F"/>
     <w:rsid w:val="00D11987"/>
     <w:rsid w:val="00D11DCB"/>
     <w:rsid w:val="00D13400"/>
     <w:rsid w:val="00D135A9"/>
     <w:rsid w:val="00D13DB3"/>
     <w:rsid w:val="00D14700"/>
     <w:rsid w:val="00D1474F"/>
     <w:rsid w:val="00D148CB"/>
     <w:rsid w:val="00D15261"/>
     <w:rsid w:val="00D15626"/>
     <w:rsid w:val="00D1595C"/>
     <w:rsid w:val="00D15C57"/>
     <w:rsid w:val="00D162FC"/>
     <w:rsid w:val="00D1639D"/>
     <w:rsid w:val="00D1641F"/>
     <w:rsid w:val="00D16E93"/>
     <w:rsid w:val="00D1714F"/>
     <w:rsid w:val="00D1734B"/>
     <w:rsid w:val="00D17CC8"/>
     <w:rsid w:val="00D201BE"/>
     <w:rsid w:val="00D205C2"/>
     <w:rsid w:val="00D207D0"/>
+    <w:rsid w:val="00D2099F"/>
     <w:rsid w:val="00D2120E"/>
     <w:rsid w:val="00D2131D"/>
     <w:rsid w:val="00D21416"/>
     <w:rsid w:val="00D2169E"/>
     <w:rsid w:val="00D217E4"/>
     <w:rsid w:val="00D22156"/>
     <w:rsid w:val="00D224DF"/>
     <w:rsid w:val="00D2258C"/>
     <w:rsid w:val="00D2268E"/>
     <w:rsid w:val="00D226DF"/>
     <w:rsid w:val="00D22B56"/>
     <w:rsid w:val="00D22BD5"/>
     <w:rsid w:val="00D22F0F"/>
     <w:rsid w:val="00D234D4"/>
     <w:rsid w:val="00D23B0E"/>
     <w:rsid w:val="00D242CF"/>
     <w:rsid w:val="00D24F11"/>
     <w:rsid w:val="00D2524B"/>
     <w:rsid w:val="00D25483"/>
     <w:rsid w:val="00D258CB"/>
     <w:rsid w:val="00D25A49"/>
     <w:rsid w:val="00D25D08"/>
     <w:rsid w:val="00D263FD"/>
     <w:rsid w:val="00D26817"/>
     <w:rsid w:val="00D26886"/>
     <w:rsid w:val="00D276D7"/>
     <w:rsid w:val="00D278D3"/>
     <w:rsid w:val="00D27B15"/>
     <w:rsid w:val="00D27F77"/>
     <w:rsid w:val="00D3003C"/>
     <w:rsid w:val="00D301F7"/>
     <w:rsid w:val="00D305F1"/>
     <w:rsid w:val="00D30AD1"/>
     <w:rsid w:val="00D30F5A"/>
     <w:rsid w:val="00D31251"/>
     <w:rsid w:val="00D31333"/>
     <w:rsid w:val="00D320EC"/>
     <w:rsid w:val="00D32903"/>
     <w:rsid w:val="00D329CB"/>
     <w:rsid w:val="00D32C37"/>
+    <w:rsid w:val="00D33863"/>
     <w:rsid w:val="00D338C0"/>
     <w:rsid w:val="00D34025"/>
     <w:rsid w:val="00D34197"/>
     <w:rsid w:val="00D3465E"/>
     <w:rsid w:val="00D346E0"/>
     <w:rsid w:val="00D34993"/>
     <w:rsid w:val="00D34997"/>
     <w:rsid w:val="00D34B53"/>
     <w:rsid w:val="00D34E89"/>
     <w:rsid w:val="00D34FBB"/>
     <w:rsid w:val="00D35286"/>
     <w:rsid w:val="00D35672"/>
     <w:rsid w:val="00D36531"/>
     <w:rsid w:val="00D36FDA"/>
     <w:rsid w:val="00D3711E"/>
     <w:rsid w:val="00D373FD"/>
     <w:rsid w:val="00D375A4"/>
     <w:rsid w:val="00D378DF"/>
     <w:rsid w:val="00D406B6"/>
     <w:rsid w:val="00D40A0B"/>
     <w:rsid w:val="00D40D30"/>
     <w:rsid w:val="00D40F2B"/>
     <w:rsid w:val="00D419A3"/>
     <w:rsid w:val="00D41D28"/>
     <w:rsid w:val="00D420FB"/>
     <w:rsid w:val="00D42694"/>
     <w:rsid w:val="00D42A0B"/>
     <w:rsid w:val="00D42CBA"/>
     <w:rsid w:val="00D42FFD"/>
     <w:rsid w:val="00D4306D"/>
     <w:rsid w:val="00D43265"/>
     <w:rsid w:val="00D43779"/>
     <w:rsid w:val="00D437C1"/>
     <w:rsid w:val="00D43801"/>
     <w:rsid w:val="00D43969"/>
     <w:rsid w:val="00D439DD"/>
+    <w:rsid w:val="00D44283"/>
     <w:rsid w:val="00D442FC"/>
     <w:rsid w:val="00D466CB"/>
     <w:rsid w:val="00D46D74"/>
     <w:rsid w:val="00D47124"/>
     <w:rsid w:val="00D4738F"/>
     <w:rsid w:val="00D47648"/>
     <w:rsid w:val="00D47B7B"/>
     <w:rsid w:val="00D47CCA"/>
     <w:rsid w:val="00D47D80"/>
     <w:rsid w:val="00D50379"/>
     <w:rsid w:val="00D506A0"/>
     <w:rsid w:val="00D509CA"/>
     <w:rsid w:val="00D50C73"/>
     <w:rsid w:val="00D50EBD"/>
     <w:rsid w:val="00D51205"/>
     <w:rsid w:val="00D51292"/>
     <w:rsid w:val="00D5143A"/>
     <w:rsid w:val="00D51698"/>
     <w:rsid w:val="00D51A2D"/>
     <w:rsid w:val="00D51E7B"/>
     <w:rsid w:val="00D52C85"/>
     <w:rsid w:val="00D531A9"/>
     <w:rsid w:val="00D5361D"/>
     <w:rsid w:val="00D536A7"/>
     <w:rsid w:val="00D537C1"/>
@@ -23794,50 +25257,51 @@
     <w:rsid w:val="00D77941"/>
     <w:rsid w:val="00D80264"/>
     <w:rsid w:val="00D80393"/>
     <w:rsid w:val="00D80852"/>
     <w:rsid w:val="00D80A61"/>
     <w:rsid w:val="00D80B64"/>
     <w:rsid w:val="00D80BA4"/>
     <w:rsid w:val="00D80BE6"/>
     <w:rsid w:val="00D80FAC"/>
     <w:rsid w:val="00D81183"/>
     <w:rsid w:val="00D8149B"/>
     <w:rsid w:val="00D81521"/>
     <w:rsid w:val="00D81557"/>
     <w:rsid w:val="00D81C18"/>
     <w:rsid w:val="00D8265B"/>
     <w:rsid w:val="00D826F6"/>
     <w:rsid w:val="00D82884"/>
     <w:rsid w:val="00D82925"/>
     <w:rsid w:val="00D82A81"/>
     <w:rsid w:val="00D82DF6"/>
     <w:rsid w:val="00D832BF"/>
     <w:rsid w:val="00D832F8"/>
     <w:rsid w:val="00D83685"/>
     <w:rsid w:val="00D83CD2"/>
     <w:rsid w:val="00D8405B"/>
+    <w:rsid w:val="00D842EA"/>
     <w:rsid w:val="00D8498A"/>
     <w:rsid w:val="00D84AF0"/>
     <w:rsid w:val="00D84F9C"/>
     <w:rsid w:val="00D85196"/>
     <w:rsid w:val="00D85BA7"/>
     <w:rsid w:val="00D86D6A"/>
     <w:rsid w:val="00D87020"/>
     <w:rsid w:val="00D87353"/>
     <w:rsid w:val="00D87922"/>
     <w:rsid w:val="00D87A6D"/>
     <w:rsid w:val="00D9058B"/>
     <w:rsid w:val="00D90733"/>
     <w:rsid w:val="00D90759"/>
     <w:rsid w:val="00D917B5"/>
     <w:rsid w:val="00D91E87"/>
     <w:rsid w:val="00D91F34"/>
     <w:rsid w:val="00D92390"/>
     <w:rsid w:val="00D923DC"/>
     <w:rsid w:val="00D92435"/>
     <w:rsid w:val="00D9250A"/>
     <w:rsid w:val="00D92712"/>
     <w:rsid w:val="00D92A68"/>
     <w:rsid w:val="00D93065"/>
     <w:rsid w:val="00D9381B"/>
     <w:rsid w:val="00D939CF"/>
@@ -24108,75 +25572,77 @@
     <w:rsid w:val="00E3078E"/>
     <w:rsid w:val="00E32119"/>
     <w:rsid w:val="00E32562"/>
     <w:rsid w:val="00E32890"/>
     <w:rsid w:val="00E330AC"/>
     <w:rsid w:val="00E331FF"/>
     <w:rsid w:val="00E3369A"/>
     <w:rsid w:val="00E33FAB"/>
     <w:rsid w:val="00E34440"/>
     <w:rsid w:val="00E349B9"/>
     <w:rsid w:val="00E35032"/>
     <w:rsid w:val="00E35434"/>
     <w:rsid w:val="00E3595A"/>
     <w:rsid w:val="00E3622F"/>
     <w:rsid w:val="00E3676D"/>
     <w:rsid w:val="00E36987"/>
     <w:rsid w:val="00E369BD"/>
     <w:rsid w:val="00E369F1"/>
     <w:rsid w:val="00E36FB9"/>
     <w:rsid w:val="00E3715D"/>
     <w:rsid w:val="00E37280"/>
     <w:rsid w:val="00E377CC"/>
     <w:rsid w:val="00E37A37"/>
     <w:rsid w:val="00E37BB4"/>
     <w:rsid w:val="00E37F17"/>
+    <w:rsid w:val="00E401E4"/>
     <w:rsid w:val="00E405F1"/>
     <w:rsid w:val="00E41056"/>
     <w:rsid w:val="00E41067"/>
     <w:rsid w:val="00E41689"/>
     <w:rsid w:val="00E42FF1"/>
     <w:rsid w:val="00E43556"/>
     <w:rsid w:val="00E4385A"/>
     <w:rsid w:val="00E438E3"/>
     <w:rsid w:val="00E43DC3"/>
     <w:rsid w:val="00E442D3"/>
     <w:rsid w:val="00E4482E"/>
     <w:rsid w:val="00E44D1D"/>
     <w:rsid w:val="00E4534D"/>
     <w:rsid w:val="00E45C8C"/>
     <w:rsid w:val="00E46BF5"/>
     <w:rsid w:val="00E47142"/>
     <w:rsid w:val="00E47719"/>
     <w:rsid w:val="00E47769"/>
     <w:rsid w:val="00E47BAF"/>
     <w:rsid w:val="00E47D60"/>
     <w:rsid w:val="00E500B4"/>
     <w:rsid w:val="00E5091F"/>
     <w:rsid w:val="00E51539"/>
     <w:rsid w:val="00E5181E"/>
     <w:rsid w:val="00E51D73"/>
+    <w:rsid w:val="00E51E8F"/>
     <w:rsid w:val="00E521B7"/>
     <w:rsid w:val="00E52943"/>
     <w:rsid w:val="00E52A4A"/>
     <w:rsid w:val="00E52C1C"/>
     <w:rsid w:val="00E5313E"/>
     <w:rsid w:val="00E531AF"/>
     <w:rsid w:val="00E534FC"/>
     <w:rsid w:val="00E53851"/>
     <w:rsid w:val="00E53F0A"/>
     <w:rsid w:val="00E53F48"/>
     <w:rsid w:val="00E557CA"/>
     <w:rsid w:val="00E56655"/>
     <w:rsid w:val="00E569AC"/>
     <w:rsid w:val="00E5760F"/>
     <w:rsid w:val="00E57614"/>
     <w:rsid w:val="00E57DCF"/>
     <w:rsid w:val="00E57E23"/>
     <w:rsid w:val="00E57EFE"/>
     <w:rsid w:val="00E595DA"/>
     <w:rsid w:val="00E602E0"/>
     <w:rsid w:val="00E608B3"/>
     <w:rsid w:val="00E60B1A"/>
     <w:rsid w:val="00E6123D"/>
     <w:rsid w:val="00E61463"/>
     <w:rsid w:val="00E61AF0"/>
@@ -24303,50 +25769,51 @@
     <w:rsid w:val="00EB0FA5"/>
     <w:rsid w:val="00EB1038"/>
     <w:rsid w:val="00EB10FC"/>
     <w:rsid w:val="00EB157B"/>
     <w:rsid w:val="00EB16F8"/>
     <w:rsid w:val="00EB17F6"/>
     <w:rsid w:val="00EB1A7B"/>
     <w:rsid w:val="00EB23FC"/>
     <w:rsid w:val="00EB2F71"/>
     <w:rsid w:val="00EB3635"/>
     <w:rsid w:val="00EB3B6F"/>
     <w:rsid w:val="00EB3C66"/>
     <w:rsid w:val="00EB3F87"/>
     <w:rsid w:val="00EB440C"/>
     <w:rsid w:val="00EB4687"/>
     <w:rsid w:val="00EB4940"/>
     <w:rsid w:val="00EB4AD7"/>
     <w:rsid w:val="00EB5ED3"/>
     <w:rsid w:val="00EB622A"/>
     <w:rsid w:val="00EB63B3"/>
     <w:rsid w:val="00EB6909"/>
     <w:rsid w:val="00EB6A3E"/>
     <w:rsid w:val="00EB6B7F"/>
     <w:rsid w:val="00EB6FAC"/>
     <w:rsid w:val="00EC0395"/>
+    <w:rsid w:val="00EC05E7"/>
     <w:rsid w:val="00EC0D9C"/>
     <w:rsid w:val="00EC0EEE"/>
     <w:rsid w:val="00EC1259"/>
     <w:rsid w:val="00EC129C"/>
     <w:rsid w:val="00EC12C6"/>
     <w:rsid w:val="00EC1ECF"/>
     <w:rsid w:val="00EC2345"/>
     <w:rsid w:val="00EC2BC4"/>
     <w:rsid w:val="00EC33A8"/>
     <w:rsid w:val="00EC3F19"/>
     <w:rsid w:val="00EC4CCF"/>
     <w:rsid w:val="00EC5B89"/>
     <w:rsid w:val="00EC6441"/>
     <w:rsid w:val="00ED0469"/>
     <w:rsid w:val="00ED08C7"/>
     <w:rsid w:val="00ED17C5"/>
     <w:rsid w:val="00ED2572"/>
     <w:rsid w:val="00ED2713"/>
     <w:rsid w:val="00ED28AE"/>
     <w:rsid w:val="00ED2C6F"/>
     <w:rsid w:val="00ED37C0"/>
     <w:rsid w:val="00ED3C6F"/>
     <w:rsid w:val="00ED3FEF"/>
     <w:rsid w:val="00ED4472"/>
     <w:rsid w:val="00ED493B"/>
@@ -24456,50 +25923,51 @@
     <w:rsid w:val="00F070EE"/>
     <w:rsid w:val="00F07A6A"/>
     <w:rsid w:val="00F07B50"/>
     <w:rsid w:val="00F103BC"/>
     <w:rsid w:val="00F105C3"/>
     <w:rsid w:val="00F1065E"/>
     <w:rsid w:val="00F10CAF"/>
     <w:rsid w:val="00F1104D"/>
     <w:rsid w:val="00F11139"/>
     <w:rsid w:val="00F113B8"/>
     <w:rsid w:val="00F11614"/>
     <w:rsid w:val="00F11683"/>
     <w:rsid w:val="00F1192A"/>
     <w:rsid w:val="00F12DB4"/>
     <w:rsid w:val="00F1363F"/>
     <w:rsid w:val="00F1366B"/>
     <w:rsid w:val="00F13BD5"/>
     <w:rsid w:val="00F13F8B"/>
     <w:rsid w:val="00F142F8"/>
     <w:rsid w:val="00F155A1"/>
     <w:rsid w:val="00F15B9D"/>
     <w:rsid w:val="00F16269"/>
     <w:rsid w:val="00F16635"/>
     <w:rsid w:val="00F17552"/>
     <w:rsid w:val="00F17753"/>
+    <w:rsid w:val="00F177E3"/>
     <w:rsid w:val="00F178E3"/>
     <w:rsid w:val="00F179FA"/>
     <w:rsid w:val="00F17BC8"/>
     <w:rsid w:val="00F17C61"/>
     <w:rsid w:val="00F17FB7"/>
     <w:rsid w:val="00F20765"/>
     <w:rsid w:val="00F20B94"/>
     <w:rsid w:val="00F20C7F"/>
     <w:rsid w:val="00F20CB3"/>
     <w:rsid w:val="00F20EC5"/>
     <w:rsid w:val="00F2115F"/>
     <w:rsid w:val="00F2126B"/>
     <w:rsid w:val="00F2269B"/>
     <w:rsid w:val="00F22B77"/>
     <w:rsid w:val="00F22CB2"/>
     <w:rsid w:val="00F234E1"/>
     <w:rsid w:val="00F2354B"/>
     <w:rsid w:val="00F23AC0"/>
     <w:rsid w:val="00F23BC7"/>
     <w:rsid w:val="00F23C7E"/>
     <w:rsid w:val="00F23EE0"/>
     <w:rsid w:val="00F23F9B"/>
     <w:rsid w:val="00F24180"/>
     <w:rsid w:val="00F2433A"/>
     <w:rsid w:val="00F24754"/>
@@ -24655,61 +26123,64 @@
     <w:rsid w:val="00F85C13"/>
     <w:rsid w:val="00F86C44"/>
     <w:rsid w:val="00F86FAE"/>
     <w:rsid w:val="00F870E6"/>
     <w:rsid w:val="00F87988"/>
     <w:rsid w:val="00F906D3"/>
     <w:rsid w:val="00F9092C"/>
     <w:rsid w:val="00F90D3E"/>
     <w:rsid w:val="00F90D98"/>
     <w:rsid w:val="00F910A5"/>
     <w:rsid w:val="00F919C0"/>
     <w:rsid w:val="00F91D0F"/>
     <w:rsid w:val="00F922F3"/>
     <w:rsid w:val="00F92926"/>
     <w:rsid w:val="00F92CB4"/>
     <w:rsid w:val="00F93654"/>
     <w:rsid w:val="00F936A5"/>
     <w:rsid w:val="00F93871"/>
     <w:rsid w:val="00F940F7"/>
     <w:rsid w:val="00F9424C"/>
     <w:rsid w:val="00F94551"/>
     <w:rsid w:val="00F94B34"/>
     <w:rsid w:val="00F94C73"/>
     <w:rsid w:val="00F94EA6"/>
     <w:rsid w:val="00F952CA"/>
+    <w:rsid w:val="00F95320"/>
     <w:rsid w:val="00F95D19"/>
     <w:rsid w:val="00F96632"/>
     <w:rsid w:val="00F97456"/>
     <w:rsid w:val="00F97AA3"/>
     <w:rsid w:val="00F97E15"/>
+    <w:rsid w:val="00FA0338"/>
     <w:rsid w:val="00FA0995"/>
     <w:rsid w:val="00FA1C42"/>
     <w:rsid w:val="00FA1D08"/>
     <w:rsid w:val="00FA1F81"/>
     <w:rsid w:val="00FA1FBE"/>
     <w:rsid w:val="00FA2424"/>
+    <w:rsid w:val="00FA24B3"/>
     <w:rsid w:val="00FA29CA"/>
     <w:rsid w:val="00FA30CD"/>
     <w:rsid w:val="00FA31F9"/>
     <w:rsid w:val="00FA376D"/>
     <w:rsid w:val="00FA3DD6"/>
     <w:rsid w:val="00FA4033"/>
     <w:rsid w:val="00FA4696"/>
     <w:rsid w:val="00FA49EE"/>
     <w:rsid w:val="00FA4CE2"/>
     <w:rsid w:val="00FA4DAC"/>
     <w:rsid w:val="00FA54CB"/>
     <w:rsid w:val="00FA565D"/>
     <w:rsid w:val="00FA5AFB"/>
     <w:rsid w:val="00FA5F28"/>
     <w:rsid w:val="00FA6434"/>
     <w:rsid w:val="00FA657C"/>
     <w:rsid w:val="00FA69A6"/>
     <w:rsid w:val="00FA6A85"/>
     <w:rsid w:val="00FA708E"/>
     <w:rsid w:val="00FA76F6"/>
     <w:rsid w:val="00FA7735"/>
     <w:rsid w:val="00FA7913"/>
     <w:rsid w:val="00FB03F6"/>
     <w:rsid w:val="00FB0923"/>
     <w:rsid w:val="00FB175D"/>
@@ -24736,66 +26207,68 @@
     <w:rsid w:val="00FC0570"/>
     <w:rsid w:val="00FC060E"/>
     <w:rsid w:val="00FC0D0A"/>
     <w:rsid w:val="00FC125C"/>
     <w:rsid w:val="00FC1D2C"/>
     <w:rsid w:val="00FC1DF3"/>
     <w:rsid w:val="00FC2A00"/>
     <w:rsid w:val="00FC3261"/>
     <w:rsid w:val="00FC44ED"/>
     <w:rsid w:val="00FC4C6B"/>
     <w:rsid w:val="00FC4D87"/>
     <w:rsid w:val="00FC547C"/>
     <w:rsid w:val="00FC58E9"/>
     <w:rsid w:val="00FC6585"/>
     <w:rsid w:val="00FC6E1B"/>
     <w:rsid w:val="00FC7122"/>
     <w:rsid w:val="00FD00A1"/>
     <w:rsid w:val="00FD05BD"/>
     <w:rsid w:val="00FD06F1"/>
     <w:rsid w:val="00FD0E09"/>
     <w:rsid w:val="00FD0E4D"/>
     <w:rsid w:val="00FD1116"/>
     <w:rsid w:val="00FD1117"/>
     <w:rsid w:val="00FD1D4D"/>
     <w:rsid w:val="00FD1E9C"/>
+    <w:rsid w:val="00FD2A25"/>
     <w:rsid w:val="00FD2B6E"/>
     <w:rsid w:val="00FD2D82"/>
     <w:rsid w:val="00FD2DF2"/>
     <w:rsid w:val="00FD2F89"/>
     <w:rsid w:val="00FD323A"/>
     <w:rsid w:val="00FD32A4"/>
     <w:rsid w:val="00FD44A8"/>
     <w:rsid w:val="00FD56E5"/>
     <w:rsid w:val="00FD5907"/>
     <w:rsid w:val="00FD5BBE"/>
     <w:rsid w:val="00FD5E14"/>
     <w:rsid w:val="00FD6763"/>
     <w:rsid w:val="00FD676D"/>
     <w:rsid w:val="00FD68FF"/>
     <w:rsid w:val="00FD69CD"/>
     <w:rsid w:val="00FD6CA2"/>
+    <w:rsid w:val="00FD711C"/>
     <w:rsid w:val="00FD77F0"/>
     <w:rsid w:val="00FE000E"/>
     <w:rsid w:val="00FE0198"/>
     <w:rsid w:val="00FE0C44"/>
     <w:rsid w:val="00FE10FF"/>
     <w:rsid w:val="00FE1383"/>
     <w:rsid w:val="00FE19E9"/>
     <w:rsid w:val="00FE1E48"/>
     <w:rsid w:val="00FE25C8"/>
     <w:rsid w:val="00FE281E"/>
     <w:rsid w:val="00FE2A4B"/>
     <w:rsid w:val="00FE2BD4"/>
     <w:rsid w:val="00FE30AD"/>
     <w:rsid w:val="00FE3202"/>
     <w:rsid w:val="00FE320B"/>
     <w:rsid w:val="00FE373C"/>
     <w:rsid w:val="00FE3C5F"/>
     <w:rsid w:val="00FE3F1A"/>
     <w:rsid w:val="00FE41B0"/>
     <w:rsid w:val="00FE436C"/>
     <w:rsid w:val="00FE5290"/>
     <w:rsid w:val="00FE5C3F"/>
     <w:rsid w:val="00FE6038"/>
     <w:rsid w:val="00FE632B"/>
     <w:rsid w:val="00FE6351"/>
@@ -24820,133 +26293,138 @@
     <w:rsid w:val="00FF2790"/>
     <w:rsid w:val="00FF2B78"/>
     <w:rsid w:val="00FF2B9B"/>
     <w:rsid w:val="00FF2C00"/>
     <w:rsid w:val="00FF30FF"/>
     <w:rsid w:val="00FF36DB"/>
     <w:rsid w:val="00FF3B65"/>
     <w:rsid w:val="00FF3E05"/>
     <w:rsid w:val="00FF484B"/>
     <w:rsid w:val="00FF48D2"/>
     <w:rsid w:val="00FF4DDC"/>
     <w:rsid w:val="00FF53BE"/>
     <w:rsid w:val="00FF5AF6"/>
     <w:rsid w:val="00FF5C4F"/>
     <w:rsid w:val="00FF5E52"/>
     <w:rsid w:val="00FF5EDF"/>
     <w:rsid w:val="00FF6023"/>
     <w:rsid w:val="00FF614A"/>
     <w:rsid w:val="00FF7564"/>
     <w:rsid w:val="00FF76BD"/>
     <w:rsid w:val="00FF7968"/>
     <w:rsid w:val="00FF7D43"/>
     <w:rsid w:val="010869C3"/>
     <w:rsid w:val="011AE4B4"/>
     <w:rsid w:val="012F529C"/>
+    <w:rsid w:val="013D08A1"/>
     <w:rsid w:val="014D8BDC"/>
     <w:rsid w:val="0156218A"/>
     <w:rsid w:val="01A001B5"/>
     <w:rsid w:val="01E3AD60"/>
     <w:rsid w:val="01E6DFA6"/>
     <w:rsid w:val="020A0E21"/>
     <w:rsid w:val="02117895"/>
     <w:rsid w:val="0239275B"/>
     <w:rsid w:val="025C319D"/>
     <w:rsid w:val="0287C9E9"/>
     <w:rsid w:val="029FCBFC"/>
     <w:rsid w:val="02BB5BE8"/>
     <w:rsid w:val="02EC3854"/>
     <w:rsid w:val="02F25A36"/>
     <w:rsid w:val="02F4CCB4"/>
     <w:rsid w:val="02FA775A"/>
     <w:rsid w:val="033AA14A"/>
     <w:rsid w:val="034527CC"/>
+    <w:rsid w:val="035051B0"/>
     <w:rsid w:val="037071D3"/>
     <w:rsid w:val="0381172C"/>
     <w:rsid w:val="03CF6A91"/>
     <w:rsid w:val="03DF3926"/>
     <w:rsid w:val="04067B39"/>
     <w:rsid w:val="0432B2F8"/>
     <w:rsid w:val="043DB7B0"/>
     <w:rsid w:val="04693AC9"/>
     <w:rsid w:val="046F6863"/>
     <w:rsid w:val="04768D72"/>
     <w:rsid w:val="04D02D3C"/>
     <w:rsid w:val="04D95F42"/>
     <w:rsid w:val="04E1FABA"/>
     <w:rsid w:val="04F95E56"/>
     <w:rsid w:val="0513A4ED"/>
     <w:rsid w:val="053F8C0A"/>
     <w:rsid w:val="055E091F"/>
     <w:rsid w:val="055FF847"/>
     <w:rsid w:val="056734F7"/>
+    <w:rsid w:val="05796A3C"/>
     <w:rsid w:val="057E3DB0"/>
     <w:rsid w:val="05DF8353"/>
+    <w:rsid w:val="05F5DD27"/>
     <w:rsid w:val="06118961"/>
     <w:rsid w:val="061C1AF5"/>
     <w:rsid w:val="06769997"/>
     <w:rsid w:val="06A59018"/>
     <w:rsid w:val="06B31755"/>
     <w:rsid w:val="0712F15B"/>
     <w:rsid w:val="07974541"/>
     <w:rsid w:val="07B0AC36"/>
     <w:rsid w:val="07B58970"/>
     <w:rsid w:val="07BF92A0"/>
     <w:rsid w:val="07C83DD7"/>
     <w:rsid w:val="07CDEC41"/>
     <w:rsid w:val="081CAF4A"/>
     <w:rsid w:val="082592AF"/>
     <w:rsid w:val="0839D667"/>
     <w:rsid w:val="0866DBB0"/>
     <w:rsid w:val="087571E4"/>
     <w:rsid w:val="08877701"/>
     <w:rsid w:val="088D13D0"/>
     <w:rsid w:val="08A3D2FA"/>
     <w:rsid w:val="08BB2CF7"/>
     <w:rsid w:val="08E28C08"/>
     <w:rsid w:val="08EF4D21"/>
     <w:rsid w:val="08FB0359"/>
     <w:rsid w:val="08FF6078"/>
     <w:rsid w:val="0908B75A"/>
     <w:rsid w:val="0917EBE1"/>
     <w:rsid w:val="093BF34A"/>
     <w:rsid w:val="09655237"/>
     <w:rsid w:val="099C40AC"/>
     <w:rsid w:val="09B1EFE8"/>
     <w:rsid w:val="09BAB0BC"/>
     <w:rsid w:val="09BC91CA"/>
     <w:rsid w:val="09D61B89"/>
     <w:rsid w:val="0A1E56BF"/>
     <w:rsid w:val="0A3EEF0B"/>
     <w:rsid w:val="0A4F57B2"/>
     <w:rsid w:val="0A5A5C39"/>
     <w:rsid w:val="0A5BD24F"/>
     <w:rsid w:val="0A732F72"/>
     <w:rsid w:val="0A74EA90"/>
     <w:rsid w:val="0AB2624F"/>
     <w:rsid w:val="0AB523FF"/>
     <w:rsid w:val="0AC86639"/>
+    <w:rsid w:val="0AE8BDB8"/>
     <w:rsid w:val="0B0D10F7"/>
     <w:rsid w:val="0B3089DC"/>
     <w:rsid w:val="0B64B5EA"/>
     <w:rsid w:val="0B89FA82"/>
     <w:rsid w:val="0BB1314F"/>
     <w:rsid w:val="0BC00C7B"/>
     <w:rsid w:val="0BC7CE19"/>
     <w:rsid w:val="0BDABE43"/>
     <w:rsid w:val="0C3A0587"/>
     <w:rsid w:val="0C760D6E"/>
     <w:rsid w:val="0C868E2F"/>
     <w:rsid w:val="0C95BEB6"/>
     <w:rsid w:val="0CCECA41"/>
     <w:rsid w:val="0CF4BC77"/>
     <w:rsid w:val="0D069A09"/>
     <w:rsid w:val="0D2A0D8F"/>
     <w:rsid w:val="0D2C99A5"/>
     <w:rsid w:val="0D4E0775"/>
     <w:rsid w:val="0D5FF106"/>
     <w:rsid w:val="0D6F5B42"/>
     <w:rsid w:val="0D8258EF"/>
     <w:rsid w:val="0D881108"/>
     <w:rsid w:val="0DB3BB85"/>
     <w:rsid w:val="0DB61F81"/>
     <w:rsid w:val="0DC489CD"/>
@@ -24977,682 +26455,741 @@
     <w:rsid w:val="106D7AB6"/>
     <w:rsid w:val="10BA0C19"/>
     <w:rsid w:val="10BC1B14"/>
     <w:rsid w:val="10C3878B"/>
     <w:rsid w:val="10C41AE5"/>
     <w:rsid w:val="10C97420"/>
     <w:rsid w:val="10D0C8FC"/>
     <w:rsid w:val="10D5DE00"/>
     <w:rsid w:val="10EC8AAB"/>
     <w:rsid w:val="10FAA9C3"/>
     <w:rsid w:val="117932E3"/>
     <w:rsid w:val="1179DF32"/>
     <w:rsid w:val="118DE1F0"/>
     <w:rsid w:val="1202C425"/>
     <w:rsid w:val="1236016E"/>
     <w:rsid w:val="12429E78"/>
     <w:rsid w:val="127FFC75"/>
     <w:rsid w:val="1284FAA9"/>
     <w:rsid w:val="12E91341"/>
     <w:rsid w:val="12EA0813"/>
     <w:rsid w:val="12F8FBBE"/>
     <w:rsid w:val="1311E04D"/>
     <w:rsid w:val="13567DAC"/>
     <w:rsid w:val="1380DAED"/>
     <w:rsid w:val="1380DC76"/>
+    <w:rsid w:val="1394D40D"/>
     <w:rsid w:val="13A5D466"/>
     <w:rsid w:val="13AC46F1"/>
     <w:rsid w:val="13DF2E91"/>
+    <w:rsid w:val="13E4C446"/>
     <w:rsid w:val="13F8124C"/>
     <w:rsid w:val="1400F1B9"/>
     <w:rsid w:val="142ECEAC"/>
     <w:rsid w:val="1430CF1E"/>
     <w:rsid w:val="146568E5"/>
     <w:rsid w:val="146B428A"/>
     <w:rsid w:val="148606EB"/>
     <w:rsid w:val="14A96C56"/>
     <w:rsid w:val="14AACFBA"/>
     <w:rsid w:val="14B6A752"/>
     <w:rsid w:val="14B73D32"/>
     <w:rsid w:val="14D9DEC1"/>
+    <w:rsid w:val="1510C030"/>
     <w:rsid w:val="1519EF3C"/>
     <w:rsid w:val="154E0823"/>
     <w:rsid w:val="1603CE4B"/>
     <w:rsid w:val="16517190"/>
     <w:rsid w:val="1676D3B7"/>
     <w:rsid w:val="16799EEC"/>
     <w:rsid w:val="16C9825A"/>
     <w:rsid w:val="16E09B11"/>
     <w:rsid w:val="16E7319D"/>
+    <w:rsid w:val="16ECAA1E"/>
     <w:rsid w:val="16F5C5BA"/>
     <w:rsid w:val="1717FC4D"/>
+    <w:rsid w:val="1733F858"/>
     <w:rsid w:val="176228C8"/>
     <w:rsid w:val="17A9A73E"/>
     <w:rsid w:val="17AF3CD1"/>
     <w:rsid w:val="182340B5"/>
     <w:rsid w:val="1825F56C"/>
     <w:rsid w:val="185BF020"/>
     <w:rsid w:val="185F7776"/>
+    <w:rsid w:val="18738B37"/>
     <w:rsid w:val="18953E8F"/>
     <w:rsid w:val="18BB65FC"/>
     <w:rsid w:val="18E279D1"/>
     <w:rsid w:val="18F4DC19"/>
     <w:rsid w:val="1903A819"/>
     <w:rsid w:val="196A0E05"/>
     <w:rsid w:val="1995774D"/>
     <w:rsid w:val="199629E9"/>
     <w:rsid w:val="19AE5F83"/>
+    <w:rsid w:val="19C01D2C"/>
     <w:rsid w:val="19DAFE82"/>
     <w:rsid w:val="1A3CAF97"/>
     <w:rsid w:val="1A4C3838"/>
+    <w:rsid w:val="1A74701F"/>
     <w:rsid w:val="1A8296C3"/>
     <w:rsid w:val="1A98F89D"/>
     <w:rsid w:val="1AA04E73"/>
     <w:rsid w:val="1ABC4E12"/>
     <w:rsid w:val="1AC8787E"/>
     <w:rsid w:val="1B06FD06"/>
     <w:rsid w:val="1B13B267"/>
     <w:rsid w:val="1B1B79A5"/>
     <w:rsid w:val="1B389443"/>
     <w:rsid w:val="1B3E1B58"/>
     <w:rsid w:val="1B8CBE0E"/>
+    <w:rsid w:val="1BEE1956"/>
     <w:rsid w:val="1C1CBACE"/>
     <w:rsid w:val="1C331C61"/>
     <w:rsid w:val="1C49CDC6"/>
     <w:rsid w:val="1C5706F0"/>
     <w:rsid w:val="1C5A619A"/>
+    <w:rsid w:val="1C7C52EE"/>
     <w:rsid w:val="1CB80CF4"/>
     <w:rsid w:val="1CC39F4E"/>
     <w:rsid w:val="1CDD719E"/>
     <w:rsid w:val="1CF55BEA"/>
     <w:rsid w:val="1D0DE38D"/>
     <w:rsid w:val="1D317637"/>
     <w:rsid w:val="1D6D031C"/>
     <w:rsid w:val="1D7A9D29"/>
     <w:rsid w:val="1DD91CEF"/>
     <w:rsid w:val="1DDB9C98"/>
     <w:rsid w:val="1E000352"/>
     <w:rsid w:val="1E010894"/>
     <w:rsid w:val="1E03C7DB"/>
     <w:rsid w:val="1E37D7B4"/>
+    <w:rsid w:val="1E3C17C9"/>
     <w:rsid w:val="1E4152E6"/>
     <w:rsid w:val="1E477A8E"/>
     <w:rsid w:val="1E5D14A2"/>
     <w:rsid w:val="1E7BF40A"/>
     <w:rsid w:val="1E7C4F7A"/>
     <w:rsid w:val="1E7DEEFE"/>
     <w:rsid w:val="1E87DD49"/>
     <w:rsid w:val="1EAA672E"/>
     <w:rsid w:val="1EE2A303"/>
     <w:rsid w:val="1F08D37D"/>
     <w:rsid w:val="1F1EE295"/>
+    <w:rsid w:val="1F1FD4D1"/>
     <w:rsid w:val="1F2CDAED"/>
     <w:rsid w:val="1F301E1F"/>
     <w:rsid w:val="1F3A9B94"/>
     <w:rsid w:val="1F4598E9"/>
     <w:rsid w:val="1F77E61A"/>
     <w:rsid w:val="1F88C6F2"/>
     <w:rsid w:val="1FA74EB1"/>
     <w:rsid w:val="1FB5DFE2"/>
     <w:rsid w:val="1FC08583"/>
     <w:rsid w:val="1FF4AB5B"/>
     <w:rsid w:val="20151260"/>
     <w:rsid w:val="205C6CB0"/>
     <w:rsid w:val="20627606"/>
     <w:rsid w:val="207B8AF4"/>
     <w:rsid w:val="2083112D"/>
     <w:rsid w:val="20999536"/>
     <w:rsid w:val="209D24FB"/>
     <w:rsid w:val="20A48D49"/>
     <w:rsid w:val="20B6AAEC"/>
     <w:rsid w:val="2141BC2F"/>
     <w:rsid w:val="215F9933"/>
     <w:rsid w:val="216E969F"/>
     <w:rsid w:val="21707DFF"/>
     <w:rsid w:val="217198B0"/>
     <w:rsid w:val="2199729C"/>
     <w:rsid w:val="219FF83B"/>
     <w:rsid w:val="21CC2672"/>
     <w:rsid w:val="220472AD"/>
     <w:rsid w:val="2229FA0D"/>
     <w:rsid w:val="223547A1"/>
     <w:rsid w:val="2240743F"/>
     <w:rsid w:val="224FE94E"/>
     <w:rsid w:val="22926A35"/>
     <w:rsid w:val="2293BA1F"/>
     <w:rsid w:val="229680F3"/>
     <w:rsid w:val="22E35F4F"/>
+    <w:rsid w:val="22FBF72E"/>
     <w:rsid w:val="230E2E65"/>
     <w:rsid w:val="234D8DDC"/>
     <w:rsid w:val="234E1775"/>
     <w:rsid w:val="2358A270"/>
     <w:rsid w:val="23789AB2"/>
     <w:rsid w:val="237E6C11"/>
     <w:rsid w:val="2392A3FF"/>
     <w:rsid w:val="23954D84"/>
     <w:rsid w:val="23A77FCB"/>
     <w:rsid w:val="23D5944D"/>
     <w:rsid w:val="23EA3721"/>
     <w:rsid w:val="23F7370D"/>
     <w:rsid w:val="2429A33A"/>
     <w:rsid w:val="242FB785"/>
     <w:rsid w:val="2436E27D"/>
     <w:rsid w:val="243C2B5B"/>
     <w:rsid w:val="246366F4"/>
     <w:rsid w:val="24823102"/>
     <w:rsid w:val="248FBB5D"/>
     <w:rsid w:val="24EE7E4A"/>
     <w:rsid w:val="24F6D7F2"/>
     <w:rsid w:val="25210D66"/>
     <w:rsid w:val="252E7460"/>
     <w:rsid w:val="2536552D"/>
     <w:rsid w:val="256A8EA0"/>
     <w:rsid w:val="2586E7C5"/>
     <w:rsid w:val="25BB0B86"/>
     <w:rsid w:val="25C3F74B"/>
+    <w:rsid w:val="25C4AFE6"/>
+    <w:rsid w:val="25EF6A0E"/>
     <w:rsid w:val="25F1E8E7"/>
     <w:rsid w:val="25F3E8BE"/>
     <w:rsid w:val="26042E2E"/>
     <w:rsid w:val="2623F50C"/>
     <w:rsid w:val="2651A3A5"/>
     <w:rsid w:val="265503C9"/>
     <w:rsid w:val="2657793F"/>
     <w:rsid w:val="2669C043"/>
+    <w:rsid w:val="26726C8E"/>
     <w:rsid w:val="26A6071F"/>
     <w:rsid w:val="26F7AB41"/>
+    <w:rsid w:val="26FE6895"/>
     <w:rsid w:val="27214BFC"/>
     <w:rsid w:val="2723D9A0"/>
     <w:rsid w:val="2728A4BE"/>
     <w:rsid w:val="273B6BBF"/>
+    <w:rsid w:val="27426D70"/>
     <w:rsid w:val="27466779"/>
     <w:rsid w:val="27566127"/>
     <w:rsid w:val="275EB316"/>
     <w:rsid w:val="277144E6"/>
     <w:rsid w:val="278C6E6D"/>
     <w:rsid w:val="27AA0D4D"/>
     <w:rsid w:val="27D144EE"/>
     <w:rsid w:val="27D62EDA"/>
     <w:rsid w:val="27F7F099"/>
     <w:rsid w:val="27FAAA71"/>
     <w:rsid w:val="281F401B"/>
     <w:rsid w:val="2822537F"/>
     <w:rsid w:val="2824F446"/>
     <w:rsid w:val="282A2EE1"/>
     <w:rsid w:val="283EBD71"/>
+    <w:rsid w:val="28497716"/>
     <w:rsid w:val="2849A2B4"/>
     <w:rsid w:val="2860F90B"/>
     <w:rsid w:val="2894CC5C"/>
+    <w:rsid w:val="28D49478"/>
     <w:rsid w:val="28E919C2"/>
     <w:rsid w:val="294C0E48"/>
     <w:rsid w:val="295486F9"/>
     <w:rsid w:val="297DA50E"/>
     <w:rsid w:val="2991A8A4"/>
     <w:rsid w:val="299962C4"/>
     <w:rsid w:val="299B8616"/>
     <w:rsid w:val="299C3451"/>
+    <w:rsid w:val="299EF9D1"/>
     <w:rsid w:val="29A81F19"/>
     <w:rsid w:val="29C43D15"/>
     <w:rsid w:val="29C6D3FC"/>
     <w:rsid w:val="29F57932"/>
     <w:rsid w:val="2A1AFFDB"/>
     <w:rsid w:val="2A396F34"/>
     <w:rsid w:val="2A4B23BB"/>
     <w:rsid w:val="2A757024"/>
     <w:rsid w:val="2AA0463B"/>
     <w:rsid w:val="2ABC2180"/>
     <w:rsid w:val="2AD1EBB1"/>
     <w:rsid w:val="2B2620BA"/>
     <w:rsid w:val="2B2E694C"/>
     <w:rsid w:val="2B37F3E3"/>
     <w:rsid w:val="2B775BC4"/>
     <w:rsid w:val="2BB09598"/>
     <w:rsid w:val="2BB39ED5"/>
     <w:rsid w:val="2BC18D3B"/>
     <w:rsid w:val="2BC2235F"/>
     <w:rsid w:val="2BD63D67"/>
     <w:rsid w:val="2C1C31AB"/>
     <w:rsid w:val="2C24D356"/>
     <w:rsid w:val="2C2C5C93"/>
     <w:rsid w:val="2C5CC0A0"/>
     <w:rsid w:val="2CBB17EA"/>
     <w:rsid w:val="2CEB5E61"/>
     <w:rsid w:val="2D1D59C7"/>
     <w:rsid w:val="2D6A233D"/>
     <w:rsid w:val="2D6C1A32"/>
     <w:rsid w:val="2D819758"/>
     <w:rsid w:val="2D8288F2"/>
     <w:rsid w:val="2D8DE471"/>
     <w:rsid w:val="2D938433"/>
     <w:rsid w:val="2DB43BA0"/>
+    <w:rsid w:val="2E3971E8"/>
     <w:rsid w:val="2E45B489"/>
     <w:rsid w:val="2E4FEA2A"/>
     <w:rsid w:val="2E8CEA46"/>
     <w:rsid w:val="2EAD6D44"/>
     <w:rsid w:val="2ED79754"/>
     <w:rsid w:val="2F1953C5"/>
     <w:rsid w:val="2F2A3F84"/>
     <w:rsid w:val="2F39308E"/>
     <w:rsid w:val="2F4CCA31"/>
     <w:rsid w:val="2F843BFE"/>
     <w:rsid w:val="2F859185"/>
     <w:rsid w:val="2F8C180E"/>
     <w:rsid w:val="2F957E49"/>
     <w:rsid w:val="2F998379"/>
     <w:rsid w:val="2F99DD08"/>
     <w:rsid w:val="2FA95FDB"/>
     <w:rsid w:val="2FC1E17A"/>
     <w:rsid w:val="2FF5F9A1"/>
     <w:rsid w:val="2FFABC40"/>
     <w:rsid w:val="30223765"/>
     <w:rsid w:val="3037BA24"/>
     <w:rsid w:val="3075023C"/>
     <w:rsid w:val="30A4AEED"/>
     <w:rsid w:val="30A86683"/>
     <w:rsid w:val="30EF6689"/>
     <w:rsid w:val="311D35E6"/>
     <w:rsid w:val="31238F93"/>
     <w:rsid w:val="31293F4C"/>
+    <w:rsid w:val="316BEE47"/>
     <w:rsid w:val="31D02434"/>
     <w:rsid w:val="31ED6233"/>
     <w:rsid w:val="31EE3CF0"/>
     <w:rsid w:val="31FAFCFE"/>
     <w:rsid w:val="31FBAFFD"/>
     <w:rsid w:val="321BF48A"/>
     <w:rsid w:val="322E3497"/>
     <w:rsid w:val="323CCAAD"/>
     <w:rsid w:val="324EAA4C"/>
     <w:rsid w:val="325A5685"/>
     <w:rsid w:val="325AD6B7"/>
+    <w:rsid w:val="326A7C6F"/>
     <w:rsid w:val="32770405"/>
     <w:rsid w:val="32909CB8"/>
     <w:rsid w:val="329B5DE1"/>
     <w:rsid w:val="32A722DD"/>
     <w:rsid w:val="32C98587"/>
     <w:rsid w:val="32D1B50E"/>
     <w:rsid w:val="32FAF66A"/>
     <w:rsid w:val="33098DCA"/>
     <w:rsid w:val="332C1A4B"/>
     <w:rsid w:val="332DBA0E"/>
     <w:rsid w:val="335FB18F"/>
     <w:rsid w:val="33980505"/>
     <w:rsid w:val="33DC931C"/>
     <w:rsid w:val="34427058"/>
     <w:rsid w:val="34526768"/>
     <w:rsid w:val="34767441"/>
     <w:rsid w:val="3483A49F"/>
     <w:rsid w:val="3494EE61"/>
     <w:rsid w:val="34A7FB25"/>
+    <w:rsid w:val="34AD508E"/>
     <w:rsid w:val="34B34469"/>
     <w:rsid w:val="35737474"/>
     <w:rsid w:val="359D70D5"/>
     <w:rsid w:val="35B05291"/>
     <w:rsid w:val="36081A26"/>
+    <w:rsid w:val="360DD9AE"/>
     <w:rsid w:val="3627B274"/>
     <w:rsid w:val="36509AE9"/>
     <w:rsid w:val="36514E99"/>
+    <w:rsid w:val="365BF28C"/>
     <w:rsid w:val="36649797"/>
     <w:rsid w:val="366FA38B"/>
     <w:rsid w:val="3696EAB4"/>
     <w:rsid w:val="369D170B"/>
     <w:rsid w:val="369FE87D"/>
     <w:rsid w:val="37004EF2"/>
     <w:rsid w:val="37086AE5"/>
     <w:rsid w:val="370A2CF6"/>
     <w:rsid w:val="3719E3A3"/>
     <w:rsid w:val="371C1D4E"/>
     <w:rsid w:val="37444536"/>
     <w:rsid w:val="3746E5A8"/>
     <w:rsid w:val="37527B50"/>
     <w:rsid w:val="37847DEF"/>
     <w:rsid w:val="37BE94B2"/>
     <w:rsid w:val="37C1EADE"/>
+    <w:rsid w:val="37E5D72D"/>
     <w:rsid w:val="38115C0D"/>
     <w:rsid w:val="382985A5"/>
     <w:rsid w:val="3830C589"/>
     <w:rsid w:val="38A90F6A"/>
     <w:rsid w:val="3922CBE0"/>
     <w:rsid w:val="3934EA58"/>
     <w:rsid w:val="396AF5E5"/>
     <w:rsid w:val="396E13CD"/>
     <w:rsid w:val="396E39C3"/>
     <w:rsid w:val="39AC28FF"/>
+    <w:rsid w:val="39CADE47"/>
     <w:rsid w:val="39D7893F"/>
     <w:rsid w:val="39EA0FAC"/>
+    <w:rsid w:val="3A00EB10"/>
     <w:rsid w:val="3A16BDE1"/>
     <w:rsid w:val="3A1D2D10"/>
     <w:rsid w:val="3A5E57F3"/>
     <w:rsid w:val="3A72AC24"/>
     <w:rsid w:val="3A8364F8"/>
     <w:rsid w:val="3AA2BF27"/>
     <w:rsid w:val="3AB65FA0"/>
     <w:rsid w:val="3ACE913C"/>
     <w:rsid w:val="3AEC74B1"/>
     <w:rsid w:val="3AEF75F6"/>
     <w:rsid w:val="3B0C9969"/>
     <w:rsid w:val="3B404ED4"/>
     <w:rsid w:val="3B7C5914"/>
     <w:rsid w:val="3B7FCFA0"/>
     <w:rsid w:val="3B94FCA8"/>
+    <w:rsid w:val="3BB2928A"/>
     <w:rsid w:val="3BB56B13"/>
     <w:rsid w:val="3BB86E6B"/>
     <w:rsid w:val="3BD19279"/>
     <w:rsid w:val="3BFF0D3B"/>
     <w:rsid w:val="3C21BB77"/>
+    <w:rsid w:val="3C257E20"/>
     <w:rsid w:val="3C5FAC80"/>
     <w:rsid w:val="3CBBC754"/>
     <w:rsid w:val="3CBEEC88"/>
     <w:rsid w:val="3CCBE534"/>
     <w:rsid w:val="3CDC717E"/>
     <w:rsid w:val="3CF3B84E"/>
     <w:rsid w:val="3D0F2A01"/>
     <w:rsid w:val="3D9714C8"/>
     <w:rsid w:val="3D9C4C65"/>
     <w:rsid w:val="3D9FC251"/>
+    <w:rsid w:val="3D9FD8A0"/>
     <w:rsid w:val="3DA2DE73"/>
     <w:rsid w:val="3DBF7911"/>
     <w:rsid w:val="3DC01DD8"/>
     <w:rsid w:val="3DC5DDC8"/>
     <w:rsid w:val="3E037562"/>
     <w:rsid w:val="3E3F8EA5"/>
     <w:rsid w:val="3E792F4E"/>
     <w:rsid w:val="3ECC83F2"/>
     <w:rsid w:val="3ECCC8E1"/>
     <w:rsid w:val="3ED8AAB1"/>
+    <w:rsid w:val="3EEADE22"/>
     <w:rsid w:val="3F1BB4BF"/>
     <w:rsid w:val="3F37FB74"/>
     <w:rsid w:val="3F4AAF32"/>
     <w:rsid w:val="3F4F5858"/>
     <w:rsid w:val="3F6902AE"/>
     <w:rsid w:val="3F893713"/>
     <w:rsid w:val="3F89FF26"/>
     <w:rsid w:val="3FAEFB59"/>
     <w:rsid w:val="3FB8795E"/>
     <w:rsid w:val="3FECCAB9"/>
     <w:rsid w:val="3FFC0E87"/>
     <w:rsid w:val="40082071"/>
     <w:rsid w:val="4056D2C6"/>
     <w:rsid w:val="405829D8"/>
     <w:rsid w:val="40960A5E"/>
     <w:rsid w:val="40A4376A"/>
+    <w:rsid w:val="40A448EF"/>
     <w:rsid w:val="40AF689E"/>
     <w:rsid w:val="40D2C5DB"/>
     <w:rsid w:val="40D4580A"/>
     <w:rsid w:val="40E09E8F"/>
     <w:rsid w:val="4113ACDE"/>
+    <w:rsid w:val="4152F390"/>
     <w:rsid w:val="415B8946"/>
     <w:rsid w:val="415EF216"/>
     <w:rsid w:val="41C0A6EE"/>
     <w:rsid w:val="41C2064A"/>
     <w:rsid w:val="41E0F0E1"/>
     <w:rsid w:val="41EA88AA"/>
     <w:rsid w:val="42003D7E"/>
     <w:rsid w:val="4224B8C7"/>
     <w:rsid w:val="42694280"/>
     <w:rsid w:val="427AEB3A"/>
     <w:rsid w:val="42B1BED3"/>
     <w:rsid w:val="42BD59A4"/>
     <w:rsid w:val="42CAAD08"/>
     <w:rsid w:val="42CCFC76"/>
     <w:rsid w:val="42FB4DEF"/>
     <w:rsid w:val="42FBCE22"/>
     <w:rsid w:val="433A0F38"/>
     <w:rsid w:val="438318DF"/>
     <w:rsid w:val="43874502"/>
     <w:rsid w:val="439E828D"/>
     <w:rsid w:val="43C385C8"/>
     <w:rsid w:val="43D1CD1B"/>
     <w:rsid w:val="43F0848C"/>
     <w:rsid w:val="4411695C"/>
     <w:rsid w:val="444C54F9"/>
     <w:rsid w:val="444E7DBA"/>
     <w:rsid w:val="4452F243"/>
     <w:rsid w:val="445D3849"/>
     <w:rsid w:val="4466E6E4"/>
+    <w:rsid w:val="44AFB6EE"/>
     <w:rsid w:val="44B339EF"/>
     <w:rsid w:val="44BD0540"/>
     <w:rsid w:val="44D5F76D"/>
     <w:rsid w:val="44DB43C5"/>
     <w:rsid w:val="44E3BDAB"/>
     <w:rsid w:val="4510003D"/>
     <w:rsid w:val="4534A0C5"/>
     <w:rsid w:val="45444B85"/>
     <w:rsid w:val="454AA17F"/>
     <w:rsid w:val="4551DA23"/>
+    <w:rsid w:val="4552AAC2"/>
     <w:rsid w:val="4576215D"/>
     <w:rsid w:val="45769B45"/>
     <w:rsid w:val="45778A80"/>
     <w:rsid w:val="45A60626"/>
     <w:rsid w:val="45E4D007"/>
     <w:rsid w:val="45E85CE5"/>
     <w:rsid w:val="45FA073D"/>
     <w:rsid w:val="4607C078"/>
     <w:rsid w:val="460A6628"/>
     <w:rsid w:val="461314E3"/>
     <w:rsid w:val="461BEE50"/>
     <w:rsid w:val="461EF2C1"/>
     <w:rsid w:val="4629A24B"/>
     <w:rsid w:val="4642874D"/>
     <w:rsid w:val="465EE8AC"/>
     <w:rsid w:val="467FDD0E"/>
     <w:rsid w:val="469AB62D"/>
     <w:rsid w:val="46A2CD89"/>
     <w:rsid w:val="46B93EFA"/>
     <w:rsid w:val="46FACD1C"/>
     <w:rsid w:val="47290848"/>
     <w:rsid w:val="478E2F22"/>
     <w:rsid w:val="47C35ED8"/>
     <w:rsid w:val="47CEA986"/>
     <w:rsid w:val="48098CB5"/>
     <w:rsid w:val="484112EF"/>
     <w:rsid w:val="48573AF8"/>
     <w:rsid w:val="489A8DEC"/>
     <w:rsid w:val="48AAE091"/>
     <w:rsid w:val="48D7B61A"/>
     <w:rsid w:val="48E5D3FF"/>
     <w:rsid w:val="48EE19EE"/>
     <w:rsid w:val="4903A52A"/>
     <w:rsid w:val="491B4D93"/>
     <w:rsid w:val="49517B9E"/>
     <w:rsid w:val="49B61E27"/>
     <w:rsid w:val="49CB44F8"/>
+    <w:rsid w:val="49DAC518"/>
     <w:rsid w:val="49EF0D81"/>
+    <w:rsid w:val="4A117C80"/>
     <w:rsid w:val="4A2D1EEF"/>
     <w:rsid w:val="4A479F45"/>
     <w:rsid w:val="4A7BB736"/>
     <w:rsid w:val="4A806D3E"/>
     <w:rsid w:val="4A8DE7F0"/>
+    <w:rsid w:val="4A9790C2"/>
     <w:rsid w:val="4A97F2AC"/>
     <w:rsid w:val="4A99A341"/>
+    <w:rsid w:val="4A9EEF64"/>
     <w:rsid w:val="4ADAA243"/>
     <w:rsid w:val="4B0A6F89"/>
     <w:rsid w:val="4B4606B7"/>
     <w:rsid w:val="4B85626F"/>
     <w:rsid w:val="4B991C5C"/>
     <w:rsid w:val="4BB2674C"/>
+    <w:rsid w:val="4BB6642D"/>
     <w:rsid w:val="4C13C1E9"/>
     <w:rsid w:val="4C156C6A"/>
     <w:rsid w:val="4C15BC23"/>
+    <w:rsid w:val="4C889941"/>
     <w:rsid w:val="4C9DE283"/>
     <w:rsid w:val="4CA1E7C2"/>
     <w:rsid w:val="4CA214E9"/>
     <w:rsid w:val="4CB0572D"/>
     <w:rsid w:val="4D1CACB0"/>
     <w:rsid w:val="4D26E3B2"/>
     <w:rsid w:val="4D4EA15B"/>
+    <w:rsid w:val="4DB0FEF3"/>
     <w:rsid w:val="4DC59FFF"/>
     <w:rsid w:val="4DEA1331"/>
     <w:rsid w:val="4DF41709"/>
     <w:rsid w:val="4DF6EA98"/>
+    <w:rsid w:val="4E120E13"/>
     <w:rsid w:val="4E14BAA5"/>
     <w:rsid w:val="4E1B2B19"/>
     <w:rsid w:val="4E58E015"/>
     <w:rsid w:val="4E6956CD"/>
     <w:rsid w:val="4E720FCF"/>
     <w:rsid w:val="4E7684C5"/>
     <w:rsid w:val="4E865DD7"/>
     <w:rsid w:val="4EB2BAF5"/>
     <w:rsid w:val="4EE4C563"/>
     <w:rsid w:val="4EF67234"/>
     <w:rsid w:val="4F1684EB"/>
     <w:rsid w:val="4F516E37"/>
     <w:rsid w:val="4F568EC7"/>
     <w:rsid w:val="4F597593"/>
     <w:rsid w:val="4F60CF17"/>
     <w:rsid w:val="4F615BC8"/>
     <w:rsid w:val="4F677E74"/>
     <w:rsid w:val="4F742A20"/>
     <w:rsid w:val="4F74971A"/>
     <w:rsid w:val="4F750B0F"/>
+    <w:rsid w:val="4FEC69CB"/>
     <w:rsid w:val="500DBA22"/>
     <w:rsid w:val="50108887"/>
     <w:rsid w:val="5012E997"/>
     <w:rsid w:val="50199A24"/>
     <w:rsid w:val="503590B0"/>
     <w:rsid w:val="5036F587"/>
+    <w:rsid w:val="508ED55A"/>
     <w:rsid w:val="50D6C239"/>
     <w:rsid w:val="50EC65C1"/>
     <w:rsid w:val="5106625F"/>
     <w:rsid w:val="511E5D20"/>
     <w:rsid w:val="511EA7EA"/>
+    <w:rsid w:val="5130A7DC"/>
     <w:rsid w:val="5135A297"/>
     <w:rsid w:val="51378923"/>
     <w:rsid w:val="514F9D1A"/>
     <w:rsid w:val="519DA2F0"/>
     <w:rsid w:val="51BE6ABA"/>
+    <w:rsid w:val="51C82E4A"/>
     <w:rsid w:val="51CC502C"/>
     <w:rsid w:val="521EB46B"/>
     <w:rsid w:val="5226AAC1"/>
     <w:rsid w:val="5254EAA1"/>
     <w:rsid w:val="5276BF5D"/>
     <w:rsid w:val="5298FC8A"/>
     <w:rsid w:val="52B21C41"/>
     <w:rsid w:val="52EF231B"/>
     <w:rsid w:val="5341A009"/>
     <w:rsid w:val="534CBC5F"/>
     <w:rsid w:val="538822F3"/>
     <w:rsid w:val="539C7CD5"/>
     <w:rsid w:val="53F37F70"/>
     <w:rsid w:val="53FE8F2D"/>
+    <w:rsid w:val="54087930"/>
     <w:rsid w:val="5420646E"/>
     <w:rsid w:val="5434CCEB"/>
     <w:rsid w:val="543B6C67"/>
+    <w:rsid w:val="5449F46C"/>
+    <w:rsid w:val="545388F5"/>
     <w:rsid w:val="546BB667"/>
     <w:rsid w:val="54B992D4"/>
     <w:rsid w:val="54CB2501"/>
     <w:rsid w:val="54D89742"/>
     <w:rsid w:val="54E80FBD"/>
     <w:rsid w:val="54F2C53C"/>
     <w:rsid w:val="55330C80"/>
     <w:rsid w:val="55634D23"/>
     <w:rsid w:val="55642128"/>
     <w:rsid w:val="557A9B6E"/>
     <w:rsid w:val="558035EF"/>
     <w:rsid w:val="55B83350"/>
     <w:rsid w:val="55FBA389"/>
+    <w:rsid w:val="56049937"/>
     <w:rsid w:val="562C2500"/>
     <w:rsid w:val="562FEA6C"/>
     <w:rsid w:val="563209CE"/>
     <w:rsid w:val="566AB392"/>
     <w:rsid w:val="56847B9F"/>
     <w:rsid w:val="5697FB58"/>
     <w:rsid w:val="569969DC"/>
     <w:rsid w:val="56A0F422"/>
     <w:rsid w:val="56D101B7"/>
+    <w:rsid w:val="56E4FD0D"/>
     <w:rsid w:val="56E6DEB3"/>
     <w:rsid w:val="570695A0"/>
     <w:rsid w:val="57261AFE"/>
     <w:rsid w:val="57267C07"/>
     <w:rsid w:val="5733BC22"/>
     <w:rsid w:val="573EA26B"/>
     <w:rsid w:val="579024C1"/>
     <w:rsid w:val="57988C8C"/>
     <w:rsid w:val="57A39371"/>
     <w:rsid w:val="57CD8B8A"/>
     <w:rsid w:val="57D75244"/>
     <w:rsid w:val="5848BEB4"/>
+    <w:rsid w:val="585A4D4E"/>
     <w:rsid w:val="5895A21C"/>
     <w:rsid w:val="58A55984"/>
     <w:rsid w:val="58A7DBFE"/>
     <w:rsid w:val="58C38305"/>
     <w:rsid w:val="58DAA5D4"/>
     <w:rsid w:val="58E4A0DB"/>
     <w:rsid w:val="58FD945F"/>
     <w:rsid w:val="590C1326"/>
     <w:rsid w:val="591ADAEE"/>
     <w:rsid w:val="59429B08"/>
     <w:rsid w:val="5955B97F"/>
     <w:rsid w:val="5984AC7B"/>
     <w:rsid w:val="59BD177F"/>
     <w:rsid w:val="59BD6524"/>
     <w:rsid w:val="59F3CEBA"/>
     <w:rsid w:val="5A0C8667"/>
     <w:rsid w:val="5A139258"/>
     <w:rsid w:val="5A1DCFD8"/>
     <w:rsid w:val="5A3669CA"/>
     <w:rsid w:val="5A5B4DD3"/>
     <w:rsid w:val="5A9249AF"/>
     <w:rsid w:val="5A934EC1"/>
     <w:rsid w:val="5A9EFD6C"/>
     <w:rsid w:val="5AA3514E"/>
     <w:rsid w:val="5AE0B5ED"/>
     <w:rsid w:val="5AEBC776"/>
     <w:rsid w:val="5B329941"/>
+    <w:rsid w:val="5B5042D6"/>
     <w:rsid w:val="5B5A251D"/>
     <w:rsid w:val="5B637AF0"/>
     <w:rsid w:val="5BA66592"/>
     <w:rsid w:val="5BBEE93F"/>
     <w:rsid w:val="5BEC0669"/>
     <w:rsid w:val="5BEE4D19"/>
     <w:rsid w:val="5BF7C3F1"/>
     <w:rsid w:val="5C37CC5C"/>
     <w:rsid w:val="5C58AB06"/>
     <w:rsid w:val="5C5E43E4"/>
     <w:rsid w:val="5C8E9D50"/>
     <w:rsid w:val="5C9B5B4F"/>
     <w:rsid w:val="5CF1FD26"/>
     <w:rsid w:val="5D54DB07"/>
     <w:rsid w:val="5D57AE00"/>
+    <w:rsid w:val="5D7CFA97"/>
     <w:rsid w:val="5D985C8E"/>
     <w:rsid w:val="5D9A2160"/>
     <w:rsid w:val="5DA53B5B"/>
     <w:rsid w:val="5DBD3301"/>
     <w:rsid w:val="5DD0715B"/>
     <w:rsid w:val="5E0A0B3E"/>
     <w:rsid w:val="5E3029E2"/>
     <w:rsid w:val="5E3DC443"/>
     <w:rsid w:val="5E4F926B"/>
     <w:rsid w:val="5E62D19E"/>
     <w:rsid w:val="5E98ECA3"/>
     <w:rsid w:val="5EBE0221"/>
     <w:rsid w:val="5ECAAE0C"/>
     <w:rsid w:val="5ECBB31A"/>
     <w:rsid w:val="5EE3D348"/>
     <w:rsid w:val="5EEB43F8"/>
     <w:rsid w:val="5F30B8D2"/>
     <w:rsid w:val="5F363BA8"/>
     <w:rsid w:val="5F8562B5"/>
     <w:rsid w:val="5F945982"/>
+    <w:rsid w:val="602450DF"/>
     <w:rsid w:val="603893B1"/>
     <w:rsid w:val="603B0993"/>
     <w:rsid w:val="6059D282"/>
     <w:rsid w:val="60911CB7"/>
     <w:rsid w:val="60AE1B2E"/>
     <w:rsid w:val="60DCFEF7"/>
     <w:rsid w:val="60E3EBE8"/>
     <w:rsid w:val="60FC501D"/>
     <w:rsid w:val="60FE54A4"/>
     <w:rsid w:val="61090102"/>
     <w:rsid w:val="610E5EF7"/>
     <w:rsid w:val="611943D1"/>
     <w:rsid w:val="612BF475"/>
     <w:rsid w:val="6142ACA2"/>
     <w:rsid w:val="614C9CAA"/>
     <w:rsid w:val="615694AD"/>
     <w:rsid w:val="615B08FA"/>
     <w:rsid w:val="617CE892"/>
     <w:rsid w:val="617DA212"/>
     <w:rsid w:val="61D3EBD4"/>
     <w:rsid w:val="622482C9"/>
     <w:rsid w:val="622A3700"/>
     <w:rsid w:val="623A3E3B"/>
     <w:rsid w:val="624107E2"/>
     <w:rsid w:val="625031C0"/>
@@ -25660,215 +27197,226 @@
     <w:rsid w:val="62A12D5B"/>
     <w:rsid w:val="62D6C087"/>
     <w:rsid w:val="62F6D95B"/>
     <w:rsid w:val="62FE1DB7"/>
     <w:rsid w:val="63126664"/>
     <w:rsid w:val="6318F089"/>
     <w:rsid w:val="63434289"/>
     <w:rsid w:val="6357E7DC"/>
     <w:rsid w:val="63FB792C"/>
     <w:rsid w:val="63FC702F"/>
     <w:rsid w:val="641418C8"/>
     <w:rsid w:val="642A778C"/>
     <w:rsid w:val="642EB3DD"/>
     <w:rsid w:val="645D1279"/>
     <w:rsid w:val="6481613C"/>
     <w:rsid w:val="64853FC3"/>
     <w:rsid w:val="649A30B3"/>
     <w:rsid w:val="649FDBD2"/>
     <w:rsid w:val="64AAF8A7"/>
     <w:rsid w:val="64BE5F6B"/>
     <w:rsid w:val="64D4C6A4"/>
     <w:rsid w:val="652BEEC9"/>
     <w:rsid w:val="6530347E"/>
     <w:rsid w:val="653B44B7"/>
     <w:rsid w:val="65573081"/>
+    <w:rsid w:val="65762E41"/>
     <w:rsid w:val="65838E2C"/>
     <w:rsid w:val="65B638B8"/>
     <w:rsid w:val="65C0B61E"/>
     <w:rsid w:val="65D8CE1D"/>
     <w:rsid w:val="6612BAD9"/>
     <w:rsid w:val="661C961C"/>
     <w:rsid w:val="663826CB"/>
     <w:rsid w:val="6663E889"/>
     <w:rsid w:val="6670C861"/>
     <w:rsid w:val="66748B4C"/>
     <w:rsid w:val="66797838"/>
     <w:rsid w:val="66E21721"/>
     <w:rsid w:val="66F204DD"/>
     <w:rsid w:val="6722BF62"/>
     <w:rsid w:val="674916BE"/>
     <w:rsid w:val="676952E3"/>
     <w:rsid w:val="6783DF74"/>
     <w:rsid w:val="679955D3"/>
     <w:rsid w:val="67C1938D"/>
     <w:rsid w:val="67D51E7F"/>
     <w:rsid w:val="67E2FCBE"/>
     <w:rsid w:val="67FDDCB3"/>
     <w:rsid w:val="6807338A"/>
     <w:rsid w:val="68174D28"/>
     <w:rsid w:val="683EDC0A"/>
     <w:rsid w:val="685D9CA7"/>
     <w:rsid w:val="68672EE0"/>
     <w:rsid w:val="68A0FAF0"/>
+    <w:rsid w:val="68C18856"/>
     <w:rsid w:val="69A69FEA"/>
     <w:rsid w:val="69C2C816"/>
     <w:rsid w:val="6A00781E"/>
     <w:rsid w:val="6A33D374"/>
     <w:rsid w:val="6A3B2B44"/>
     <w:rsid w:val="6A57B455"/>
     <w:rsid w:val="6A7246A7"/>
     <w:rsid w:val="6AA51081"/>
     <w:rsid w:val="6B0B494B"/>
     <w:rsid w:val="6B556D70"/>
     <w:rsid w:val="6B5F8474"/>
     <w:rsid w:val="6BC38966"/>
     <w:rsid w:val="6BF5AE33"/>
     <w:rsid w:val="6C017658"/>
     <w:rsid w:val="6C0BFF7B"/>
     <w:rsid w:val="6C331D60"/>
     <w:rsid w:val="6C480FA1"/>
     <w:rsid w:val="6C59A2C8"/>
+    <w:rsid w:val="6C68ADC8"/>
     <w:rsid w:val="6C837BB2"/>
     <w:rsid w:val="6CB468DF"/>
     <w:rsid w:val="6D2E93B3"/>
     <w:rsid w:val="6D2EBF97"/>
     <w:rsid w:val="6D618AD4"/>
     <w:rsid w:val="6D6A77F6"/>
     <w:rsid w:val="6D752422"/>
     <w:rsid w:val="6D8C100D"/>
     <w:rsid w:val="6D917E94"/>
     <w:rsid w:val="6DA02325"/>
     <w:rsid w:val="6DA8E967"/>
     <w:rsid w:val="6DB0FFE5"/>
+    <w:rsid w:val="6DB82529"/>
     <w:rsid w:val="6DE0719E"/>
     <w:rsid w:val="6DF1FDA7"/>
     <w:rsid w:val="6DFE37D2"/>
     <w:rsid w:val="6E1523BE"/>
+    <w:rsid w:val="6E2082F6"/>
     <w:rsid w:val="6E38E5C6"/>
     <w:rsid w:val="6E57F02A"/>
     <w:rsid w:val="6E5A104A"/>
     <w:rsid w:val="6E792E5E"/>
     <w:rsid w:val="6E8310AD"/>
+    <w:rsid w:val="6E9973A3"/>
     <w:rsid w:val="6EA33A07"/>
     <w:rsid w:val="6EAB256A"/>
     <w:rsid w:val="6EBCA220"/>
     <w:rsid w:val="6EE3D097"/>
     <w:rsid w:val="6EE92FC9"/>
     <w:rsid w:val="6EEBAD46"/>
     <w:rsid w:val="6EFCBCBA"/>
     <w:rsid w:val="6F0EF215"/>
     <w:rsid w:val="6F1F61EB"/>
     <w:rsid w:val="6F30E50B"/>
     <w:rsid w:val="6F318B6C"/>
     <w:rsid w:val="6F584AA2"/>
     <w:rsid w:val="6F685277"/>
     <w:rsid w:val="6F7D6E8F"/>
     <w:rsid w:val="6F93EB65"/>
     <w:rsid w:val="6FC8EB14"/>
     <w:rsid w:val="6FD5EEE3"/>
     <w:rsid w:val="6FE0AC1E"/>
     <w:rsid w:val="701A7D08"/>
     <w:rsid w:val="70244C33"/>
     <w:rsid w:val="705A71C7"/>
     <w:rsid w:val="70B179DB"/>
     <w:rsid w:val="70C14BEB"/>
     <w:rsid w:val="70C6A558"/>
     <w:rsid w:val="712F70B9"/>
     <w:rsid w:val="713C9CEB"/>
     <w:rsid w:val="71FA5381"/>
     <w:rsid w:val="720F7667"/>
     <w:rsid w:val="7212AB9C"/>
     <w:rsid w:val="72408783"/>
     <w:rsid w:val="724F1CC0"/>
     <w:rsid w:val="725B0BC9"/>
     <w:rsid w:val="72B75125"/>
+    <w:rsid w:val="72EF3E0C"/>
     <w:rsid w:val="72F02678"/>
     <w:rsid w:val="730D07BE"/>
     <w:rsid w:val="734461A6"/>
     <w:rsid w:val="735B8AD8"/>
     <w:rsid w:val="735DC7C8"/>
     <w:rsid w:val="737A56D9"/>
     <w:rsid w:val="7384158F"/>
     <w:rsid w:val="739858EE"/>
     <w:rsid w:val="739C11F6"/>
     <w:rsid w:val="73A50429"/>
     <w:rsid w:val="73A8869B"/>
     <w:rsid w:val="73D3EFDC"/>
     <w:rsid w:val="73F65830"/>
+    <w:rsid w:val="73FA67AB"/>
     <w:rsid w:val="741F81FD"/>
     <w:rsid w:val="742C75C7"/>
     <w:rsid w:val="74381CAC"/>
     <w:rsid w:val="7439F929"/>
     <w:rsid w:val="7441E144"/>
     <w:rsid w:val="74457A97"/>
     <w:rsid w:val="74543301"/>
     <w:rsid w:val="7460003C"/>
     <w:rsid w:val="749F651B"/>
     <w:rsid w:val="7525464D"/>
+    <w:rsid w:val="75440A04"/>
     <w:rsid w:val="757A8799"/>
     <w:rsid w:val="75888BD2"/>
     <w:rsid w:val="75BAF0F7"/>
     <w:rsid w:val="75BFE88B"/>
     <w:rsid w:val="76141B0E"/>
     <w:rsid w:val="7657A4A7"/>
     <w:rsid w:val="765F7E4D"/>
     <w:rsid w:val="76838A18"/>
     <w:rsid w:val="768A5FA4"/>
     <w:rsid w:val="76A18689"/>
     <w:rsid w:val="76D9897A"/>
     <w:rsid w:val="76E46C88"/>
     <w:rsid w:val="77262EF2"/>
     <w:rsid w:val="77279D77"/>
     <w:rsid w:val="7732FF13"/>
     <w:rsid w:val="7766B93A"/>
     <w:rsid w:val="77728AE6"/>
     <w:rsid w:val="77AF5AED"/>
     <w:rsid w:val="77B2BBFA"/>
     <w:rsid w:val="77B94C94"/>
     <w:rsid w:val="77E7FD86"/>
     <w:rsid w:val="77F5D61F"/>
     <w:rsid w:val="782B6295"/>
     <w:rsid w:val="786D3056"/>
     <w:rsid w:val="78737F8A"/>
+    <w:rsid w:val="7889ADB4"/>
     <w:rsid w:val="78AC9C8E"/>
     <w:rsid w:val="78AE6ED7"/>
     <w:rsid w:val="78BF72D8"/>
     <w:rsid w:val="78F261F3"/>
     <w:rsid w:val="790F85DA"/>
     <w:rsid w:val="7961581A"/>
     <w:rsid w:val="7963E336"/>
     <w:rsid w:val="798A0BC7"/>
     <w:rsid w:val="79C2127B"/>
     <w:rsid w:val="79D1D60B"/>
     <w:rsid w:val="79EA137F"/>
     <w:rsid w:val="7A19C761"/>
     <w:rsid w:val="7A6C65A4"/>
     <w:rsid w:val="7A6DF123"/>
     <w:rsid w:val="7AA589EA"/>
     <w:rsid w:val="7AA89276"/>
     <w:rsid w:val="7AD2BC1E"/>
+    <w:rsid w:val="7ADB3C0E"/>
     <w:rsid w:val="7B189642"/>
     <w:rsid w:val="7B1D122C"/>
     <w:rsid w:val="7B3C9A96"/>
     <w:rsid w:val="7B75729E"/>
     <w:rsid w:val="7B7D6C58"/>
     <w:rsid w:val="7B837CAA"/>
     <w:rsid w:val="7B904ABD"/>
     <w:rsid w:val="7B91D412"/>
     <w:rsid w:val="7BC37D3C"/>
     <w:rsid w:val="7BCE2A1A"/>
     <w:rsid w:val="7BDD0780"/>
     <w:rsid w:val="7BED3B19"/>
     <w:rsid w:val="7BFD8C91"/>
     <w:rsid w:val="7C067F07"/>
     <w:rsid w:val="7C61F88C"/>
     <w:rsid w:val="7C6B4EA8"/>
     <w:rsid w:val="7C8F08BB"/>
     <w:rsid w:val="7C934637"/>
     <w:rsid w:val="7C9EA43A"/>
     <w:rsid w:val="7CA48CA1"/>
     <w:rsid w:val="7CF34456"/>
     <w:rsid w:val="7CF46138"/>
     <w:rsid w:val="7D122478"/>
     <w:rsid w:val="7D19569B"/>
     <w:rsid w:val="7D41C812"/>
@@ -26298,852 +27846,852 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002934A0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00EE238F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000A0BC7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Normal bullet 2,Bullet list,List Paragraph1,Saraksta rindkopa1,Colorful List - Accent 12,List1,Akapit z listą BS,Colorful List - Accent 11,Numbered Para 1,Dot pt,List Paragraph Char Char Char,List Paragraph11"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Sarakstarindkopa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Normal bullet 2 Char,Bullet list Char,List Paragraph1 Char,Saraksta rindkopa1 Char,Colorful List - Accent 12 Char,List1 Char,Akapit z listą BS Char,Colorful List - Accent 11 Char,Dot pt Char"/>
+    <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007D065F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2131">
     <w:name w:val="tv2131"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005C39A4"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Komentraatsauce">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KomentratekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentrateksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentratma">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Komentrateksts"/>
-[...1 lines deleted...]
-    <w:link w:val="KomentratmaRakstz"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentratma"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Balonteksts">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="BalontekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Balonteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c14">
     <w:name w:val="c14"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0063568F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pamatteksts2">
+  <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="Pamatteksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Pamatteksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vresteksts">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
-[...3 lines deleted...]
-    <w:link w:val="Vresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="Footnote Char,Fußnote Char Char1,Fußnote Char Char Char,Fußnote Char Char Char Char Char Char Char,Fußnote Char1,-E Fußnotentext Char,footnote text Char,Fußnotentext Ursprung Char,single space Char,FOOTNOTES Char,fn Char,f Char,F Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresatsauce">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A1D0A"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="Sarakstarindkopa"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
-    <w:next w:val="Pamatteksts2"/>
+    <w:next w:val="BodyText2"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C53012"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
-    <w:basedOn w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="005C34DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Style1"/>
     <w:link w:val="Style3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5EE9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="00C53012"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
     <w:name w:val="Style3 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style3"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00786059"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izmantotahipersaite">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E476F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prskatjums">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00152F67"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C603FD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izclums">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00101F04"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Vresatsauce"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="FootnoteReference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="PamattekstsaratkpiRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Pamattekstsaratkpi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC022F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="00BC022F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Piemint">
+  <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA376D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00614668"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F17FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headinggg1">
     <w:name w:val="Headinggg1"/>
-    <w:basedOn w:val="Sarakstarindkopa"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="240"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style4"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A76ED0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A76ED0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="No Spacing1,Parastais"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="BezatstarpmRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0064252C"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention4">
     <w:name w:val="Unresolved Mention4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D5FFF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BezatstarpmRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Bezatstarpm"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:aliases w:val="No Spacing1 Char,Parastais Char"/>
+    <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00B92DD6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00984E5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00EE238F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stils1">
     <w:name w:val="Stils1"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="Stils1Rakstz"/>
     <w:qFormat/>
     <w:rsid w:val="001430FD"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="313" w:hanging="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stils3">
     <w:name w:val="Stils3"/>
     <w:basedOn w:val="Stils1"/>
     <w:link w:val="Stils3Rakstz"/>
     <w:qFormat/>
     <w:rsid w:val="001430FD"/>
     <w:pPr>
       <w:ind w:left="312" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Stils3Rakstz">
     <w:name w:val="Stils3 Rakstz."/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Stils3"/>
     <w:rsid w:val="001430FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Stils1Rakstz">
     <w:name w:val="Stils1 Rakstz."/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Stils1"/>
     <w:rsid w:val="001430FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stils4">
     <w:name w:val="Stils4"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="Stils4Rakstz"/>
     <w:qFormat/>
     <w:rsid w:val="00AF791C"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Stils4Rakstz">
     <w:name w:val="Stils4 Rakstz."/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Stils4"/>
     <w:rsid w:val="00AF791C"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17706452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -28759,55 +30307,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2114279373">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ozols.gov.lv/pub" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/metodiskie-materiali-vides-joma" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csp.gov.lv/lv/statistiskie-regioni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goodwater.lv/wp-content/uploads/2023/01/13_lekcija_Mez%CC%8Ca_meliora%CC%84ciju_siste%CC%84mu_renova%CC%84cija_un_videi_draudzi%CC%84gi_meliora%CC%84cijas_siste%CC%84mu_elementi_mez%CC%8Ca_ekosiste%CC%84ma%CC%84s.pptx.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://videscentrs.lvgmc.lv/lapas/udens-apsaimniekosana-un-pludu-parvaldiba" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kadastrs.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daba.gov.lv/lv/dabas-aizsardzibas-plani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csp.gov.lv/lv/statistiskie-regioni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://goodwater.lv/wp-content/uploads/2023/01/13_lekcija_Mez%CC%8Ca_meliora%CC%84ciju_siste%CC%84mu_renova%CC%84cija_un_videi_draudzi%CC%84gi_meliora%CC%84cijas_siste%CC%84mu_elementi_mez%CC%8Ca_ekosiste%CC%84ma%CC%84s.pptx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://videscentrs.lvgmc.lv/lapas/udens-apsaimniekosana-un-pludu-parvaldiba" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kadastrs.lv" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daba.gov.lv/lv/dabas-aizsardzibas-plani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/metodiskie-materiali-vides-joma" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ozols.gov.lv/pub" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/251021-derigo-izraktenu-ieguves-kartiba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/291867-prasibas-zalajam-publiskajam-iepirkumam-un-to-piemerosanas-kartiba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/271684-kartiba-kada-noverte-paredzetas-darbibas-ietekmi-uz-vidi-un-akcepte-paredzeto-darbibu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/147917-vides-aizsardzibas-likums" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/sites/lm/files/content/pieejamibas_celvedis.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/51522-par-ietekmes-uz-vidi-novertejumu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/vadlinijas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253746-noteikumi-par-mikroliegumu-izveidosanas-un-apsaimniekosanas-kartibu-to-aizsardzibu-ka-ari-mikroliegumu-un-to-buferzonu-noteiksanu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02014R0651-20230701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/timeklvietnu-pieklustamibas-vadlinijas" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/lv/publication-detail/-/publication/79c0ce87-f4dc-11e6-8a35-01aa75ed71a1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/207283-ipasi-aizsargajamo-dabas-teritoriju-visparejie-aizsardzibas-un-izmantosanas-noteikumi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02014R0651-20230701" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/251021-derigo-izraktenu-ieguves-kartiba" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253758-dabas-aizsardzibas-noteikumi-meza-apsaimniekosana" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/207283-ipasi-aizsargajamo-dabas-teritoriju-visparejie-aizsardzibas-un-izmantosanas-noteikumi" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/147917-vides-aizsardzibas-likums" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253758-dabas-aizsardzibas-noteikumi-meza-apsaimniekosana" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/vadlinijas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/271684-kartiba-kada-noverte-paredzetas-darbibas-ietekmi-uz-vidi-un-akcepte-paredzeto-darbibu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02014R0651-20230701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/291867-prasibas-zalajam-publiskajam-iepirkumam-un-to-piemerosanas-kartiba" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/lv/publication-detail/-/publication/79c0ce87-f4dc-11e6-8a35-01aa75ed71a1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/51522-par-ietekmes-uz-vidi-novertejumu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/sites/lm/files/content/pieejamibas_celvedis.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02014R0651-20230701" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/timeklvietnu-pieklustamibas-vadlinijas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253746-noteikumi-par-mikroliegumu-izveidosanas-un-apsaimniekosanas-kartibu-to-aizsardzibu-ka-ari-mikroliegumu-un-to-buferzonu-noteiksanu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -29067,53 +30615,307 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29df6500465c31a816bdfed27ff4cf55">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="81a6793cb9d799be2cf56460a42ef44c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="25ce1e1fd3b31c1fe806c05066683953" ns2:_="" ns3:_="">
+    <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -29308,146 +31110,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2944CE89-B037-4511-893E-46F5CB7F768A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B16C763-245D-4A7D-8E21-BBA0EEBC7CB7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F2BD921-2FAA-4AB5-83EB-6C450B6C6A6F}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>42</Pages>
-[...1 lines deleted...]
-  <Characters>24940</Characters>
+  <Pages>45</Pages>
+  <Words>45377</Words>
+  <Characters>25865</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>207</Lines>
-  <Paragraphs>137</Paragraphs>
+  <Lines>215</Lines>
+  <Paragraphs>142</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>68555</CharactersWithSpaces>
+  <CharactersWithSpaces>71100</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
+    <vt:r8>666200</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>