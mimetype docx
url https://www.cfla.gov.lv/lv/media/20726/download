--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -1,72 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3710E133" w14:textId="512F01D8" w:rsidR="000D7736" w:rsidRPr="00313EE2" w:rsidRDefault="000D7736" w:rsidP="5BEE4D19">
+    <w:p w14:paraId="3D63C1DC" w14:textId="527DDE05" w:rsidR="000D7736" w:rsidRPr="00313EE2" w:rsidRDefault="000D7736" w:rsidP="00551B21">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3710E133" w14:textId="0EFD7181" w:rsidR="000D7736" w:rsidRPr="00313EE2" w:rsidRDefault="000D7736" w:rsidP="5BEE4D19">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1D9C37EC" w14:textId="266806D2" w:rsidR="007E5686" w:rsidRPr="00313EE2" w:rsidRDefault="007E5686" w:rsidP="00FA4DAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00313EE2" w:rsidRDefault="00CD49EF" w:rsidP="0098459D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -209,51 +232,51 @@
                   <v:imagedata cropleft="4802f" croptop="5084f" cropbottom="4164f" o:title="" r:id="rId13"/>
                 </v:shape>
                 <v:shape id="Picture 2" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata o:title="" r:id="rId14"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0F24D6" w14:textId="1200B21A" w:rsidR="491E25B8" w:rsidRPr="00313EE2" w:rsidRDefault="491E25B8" w:rsidP="65C5E313">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274D656B" w14:textId="1804D209" w:rsidR="000A0BC7" w:rsidRPr="00313EE2" w:rsidRDefault="21F6DCEE" w:rsidP="65C5E313">
+    <w:p w14:paraId="274D656B" w14:textId="7944AD9F" w:rsidR="000A0BC7" w:rsidRPr="00313EE2" w:rsidRDefault="21F6DCEE" w:rsidP="65C5E313">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.</w:t>
       </w:r>
       <w:r w:rsidR="1240B0DD" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -555,55 +578,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – nolikums)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F388C24" w14:textId="3BA67C5E" w:rsidR="008E6F2E" w:rsidRPr="00313EE2" w:rsidRDefault="008E6F2E" w:rsidP="491E25B8">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="8710" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2534"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3341"/>
+        <w:gridCol w:w="3227"/>
+        <w:gridCol w:w="2918"/>
+        <w:gridCol w:w="2565"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C92860" w:rsidRPr="00313EE2" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="55B65C29">
+      <w:tr w:rsidR="00C92860" w:rsidRPr="00313EE2" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="7F812B99">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00313EE2" w:rsidRDefault="00C92860" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -984,159 +1007,227 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MK noteikumi</w:t>
             </w:r>
             <w:r w:rsidR="002723FA" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr. 72</w:t>
             </w:r>
             <w:r w:rsidR="5BC09558" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F501DD1" w14:textId="7968D58A" w:rsidR="00A91935" w:rsidRPr="00313EE2" w:rsidRDefault="0077667B" w:rsidP="0077667B">
+          <w:p w14:paraId="1F501DD1" w14:textId="73C601DE" w:rsidR="00A91935" w:rsidRPr="00313EE2" w:rsidRDefault="2415698F" w:rsidP="7F812B99">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00313EE2">
+            <w:r w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Ministru kabineta 2025. gada 17. jūnijā noteikumi Nr. 368 “</w:t>
+              <w:t xml:space="preserve">Ministru kabineta 2025. gada 17. jūnijā noteikumi Nr. 368 </w:t>
             </w:r>
-            <w:r w:rsidR="00A91935" w:rsidRPr="00313EE2">
+            <w:ins w:id="0" w:author="Kristīne Matule" w:date="2025-11-04T12:31:00Z">
+              <w:r w:rsidR="2F6DC347" w:rsidRPr="7F812B99">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">un </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="1" w:author="Kristīne Matule" w:date="2025-11-04T12:32:00Z">
+              <w:r w:rsidR="67F0D6DD" w:rsidRPr="7F812B99">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ministru kabineta 2025. gada </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="2" w:author="Kristīne Matule" w:date="2025-11-04T12:31:00Z">
+              <w:r w:rsidR="2F6DC347" w:rsidRPr="7F812B99">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">28. oktobra </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="3" w:author="Kristīne Matule" w:date="2025-11-04T12:32:00Z">
+              <w:r w:rsidR="4CA78A7B" w:rsidRPr="7F812B99">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">noteikumi Nr. </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="4" w:author="Linda Reinvalde" w:date="2025-10-30T09:10:00Z">
+              <w:r w:rsidR="7BB995C6" w:rsidRPr="7F812B99">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>641</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="5" w:author="Kristīne Matule" w:date="2025-11-04T12:32:00Z">
+              <w:r w:rsidR="7784CF3F" w:rsidRPr="7F812B99">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="7CB52340" w:rsidRPr="7F812B99">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Grozījumi Ministru kabineta 2025. gada 28. janvāra noteikumos Nr. 72 </w:t>
             </w:r>
-            <w:r w:rsidR="00AC4217" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="38E623C8" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="00A91935" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="7CB52340" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Eiropas Savienības Kohēzijas politikas programmas 2021.-2027. gadam 4.2.1. specifiskā atbalsta mērķa "Uzlabot vienlīdzīgu piekļuvi iekļaujošiem un kvalitatīviem pakalpojumiem izglītības, mācību un mūžizglītības jomā, attīstot pieejamu infrastruktūru, tostarp veicinot noturību izglītošanā un mācībās attālinātā un tiešsaistes režīmā" 4.2.1.5. pasākuma "Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē" otrās projekta iesniegumu atlases kārtas īstenošanas noteikumi</w:t>
+              <w:t xml:space="preserve">Eiropas Savienības Kohēzijas politikas programmas 2021.-2027. gadam 4.2.1. specifiskā atbalsta mērķa "Uzlabot vienlīdzīgu piekļuvi iekļaujošiem un kvalitatīviem pakalpojumiem izglītības, mācību un mūžizglītības jomā, attīstot pieejamu infrastruktūru, tostarp veicinot noturību izglītošanā un mācībās attālinātā un tiešsaistes režīmā" 4.2.1.5. pasākuma "Izglītības iestāžu </w:t>
             </w:r>
-            <w:r w:rsidR="00AC4217" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="7CB52340" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē" otrās projekta iesniegumu atlases kārtas īstenošanas noteikumi</w:t>
+            </w:r>
+            <w:r w:rsidR="38E623C8" w:rsidRPr="7F812B99">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00313EE2">
+            <w:r w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidR="00AC4217" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="44AF3BD5" w:rsidRPr="7F812B99">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="38E623C8" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (turpmāk – grozījumi MK noteikumos Nr. 72)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00167064" w:rsidRPr="00313EE2" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="55B65C29">
+      <w:tr w:rsidR="00167064" w:rsidRPr="00313EE2" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="7F812B99">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00313EE2" w:rsidRDefault="00167064" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Finanšu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5483" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1F6FB5" w14:textId="1EE8F274" w:rsidR="00C25698" w:rsidRPr="00313EE2" w:rsidRDefault="48114043" w:rsidP="4500509B">
+          <w:p w14:paraId="6F1F6FB5" w14:textId="670BB262" w:rsidR="00C25698" w:rsidRPr="00313EE2" w:rsidRDefault="48114043" w:rsidP="4500509B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">SAM </w:t>
             </w:r>
             <w:r w:rsidR="0E4624EE" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
@@ -1203,57 +1294,125 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ieejamais kopējais </w:t>
             </w:r>
             <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">attiecināmais finansējums ir </w:t>
             </w:r>
             <w:r w:rsidR="2E051A50" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:ins w:id="6" w:author="Linda Reinvalde" w:date="2025-10-16T15:36:00Z" w16du:dateUtc="2025-10-16T12:36:00Z">
+              <w:r w:rsidR="005C2DA7" w:rsidRPr="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="525252"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>51</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="7" w:author="Linda Reinvalde" w:date="2025-10-16T15:37:00Z" w16du:dateUtc="2025-10-16T12:37:00Z">
+              <w:r w:rsidR="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="525252"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="8" w:author="Linda Reinvalde" w:date="2025-10-16T15:36:00Z" w16du:dateUtc="2025-10-16T12:36:00Z">
+              <w:r w:rsidR="005C2DA7" w:rsidRPr="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="525252"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>507</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="9" w:author="Linda Reinvalde" w:date="2025-10-16T15:37:00Z" w16du:dateUtc="2025-10-16T12:37:00Z">
+              <w:r w:rsidR="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="525252"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="10" w:author="Linda Reinvalde" w:date="2025-10-16T15:36:00Z" w16du:dateUtc="2025-10-16T12:36:00Z">
+              <w:r w:rsidR="005C2DA7" w:rsidRPr="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="525252"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>806</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="11" w:author="Linda Reinvalde" w:date="2025-10-16T15:36:00Z" w16du:dateUtc="2025-10-16T12:36:00Z">
+              <w:r w:rsidR="001F760E" w:rsidRPr="005C2DA7" w:rsidDel="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>41</w:delText>
+              </w:r>
+              <w:r w:rsidR="001F760E" w:rsidRPr="00313EE2" w:rsidDel="005C2DA7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> 506 355</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="001F760E" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">41 506 355 </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="2E051A50" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -1287,126 +1446,252 @@
             </w:r>
             <w:r w:rsidR="212FC993" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ERAF</w:t>
             </w:r>
             <w:r w:rsidR="3108A8B8" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="74C246A2" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">finansējums </w:t>
             </w:r>
+            <w:ins w:id="12" w:author="Linda Reinvalde" w:date="2025-10-16T15:39:00Z" w16du:dateUtc="2025-10-16T12:39:00Z">
+              <w:r w:rsidR="00D2766F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>43</w:t>
+              </w:r>
+              <w:r w:rsidR="00E825D8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidR="00E825D8" w:rsidRPr="00E825D8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>781</w:t>
+              </w:r>
+              <w:r w:rsidR="00E825D8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidR="00E825D8" w:rsidRPr="00E825D8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>634</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="13" w:author="Linda Reinvalde" w:date="2025-10-16T15:39:00Z" w16du:dateUtc="2025-10-16T12:39:00Z">
+              <w:r w:rsidR="001F760E" w:rsidRPr="00313EE2" w:rsidDel="00E825D8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>35 280 401</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="001F760E" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">35 280 401 </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="2E051A50" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
-[...8 lines deleted...]
-            </w:r>
+            <w:del w:id="14" w:author="Linda Reinvalde" w:date="2025-10-16T15:39:00Z" w16du:dateUtc="2025-10-16T12:39:00Z">
+              <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2" w:rsidDel="00D2766F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>,</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="15" w:author="Linda Reinvalde" w:date="2025-10-16T15:39:00Z" w16du:dateUtc="2025-10-16T12:39:00Z">
+              <w:r w:rsidR="00D2766F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00D2766F" w:rsidRPr="000B4B57">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>un</w:t>
+              </w:r>
+            </w:ins>
             <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00371E27" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pašvaldību </w:t>
             </w:r>
             <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">budžeta </w:t>
             </w:r>
             <w:r w:rsidR="00824252" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>līdz</w:t>
             </w:r>
             <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">finansējums – </w:t>
+              <w:t xml:space="preserve">finansējums </w:t>
             </w:r>
-            <w:r w:rsidR="001F760E" w:rsidRPr="00313EE2">
-[...6 lines deleted...]
-            </w:r>
+            <w:ins w:id="16" w:author="Linda Reinvalde" w:date="2025-10-16T15:40:00Z" w16du:dateUtc="2025-10-16T12:40:00Z">
+              <w:r w:rsidR="00901E30" w:rsidRPr="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>ir ne mazāks kā 7</w:t>
+              </w:r>
+              <w:r w:rsidR="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidR="00901E30" w:rsidRPr="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>726</w:t>
+              </w:r>
+              <w:r w:rsidR="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidR="00901E30" w:rsidRPr="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>172</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="17" w:author="Linda Reinvalde" w:date="2025-10-16T15:40:00Z" w16du:dateUtc="2025-10-16T12:40:00Z">
+              <w:r w:rsidR="15B06FC5" w:rsidRPr="00313EE2" w:rsidDel="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">– </w:delText>
+              </w:r>
+              <w:r w:rsidR="001F760E" w:rsidRPr="00313EE2" w:rsidDel="00901E30">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">6 225 954 </w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="2E051A50" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidR="496A3D1D" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="5984E89A" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
@@ -1553,261 +1838,299 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04C4AF2A" w14:textId="70FB28B1" w:rsidR="007E2ACE" w:rsidRPr="00313EE2" w:rsidRDefault="36E5CC78" w:rsidP="491E25B8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ERAF finansējumu piešķir grantu atbalsta veidā. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75DB9BDD" w14:textId="70F5B6D7" w:rsidR="00470818" w:rsidRPr="00313EE2" w:rsidRDefault="002723FA" w:rsidP="491E25B8">
+          <w:p w14:paraId="75DB9BDD" w14:textId="48CDA5B3" w:rsidR="00470818" w:rsidRPr="00313EE2" w:rsidRDefault="002723FA" w:rsidP="491E25B8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Izmaksas ir attiecināmas no MK noteikumu Nr. 72 spēkā stāšanās</w:t>
             </w:r>
             <w:r w:rsidR="00FA0E1C" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">dienas, izņemot </w:t>
             </w:r>
             <w:r w:rsidR="53B9975A" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MK</w:t>
             </w:r>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> noteikumu </w:t>
+              <w:t xml:space="preserve"> noteikumu</w:t>
+            </w:r>
+            <w:r w:rsidR="006831B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidRPr="00313EE2">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>22.10.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, </w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="006831B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00313EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidRPr="00313EE2">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>22.11.</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="006831B2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t> un </w:t>
+              <w:t> un</w:t>
+            </w:r>
+            <w:r w:rsidR="006831B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00313EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId17">
               <w:r w:rsidRPr="00313EE2">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>22.12. apakšpunktā</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t> minētās</w:t>
+              <w:t>minētās</w:t>
             </w:r>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> izmaksas, kas ir attiecināmas, ja tās veiktas, sākot ar 2023. gada 1. janvāri.</w:t>
             </w:r>
             <w:r w:rsidR="5F3B1818" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Izmaksas par darbībām, kuras tiek pabeigtas līdz projekta iesnieguma iesniegšanai sadarbības iestādē, nav attiecināmas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0127A" w:rsidRPr="00313EE2" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="55B65C29">
+      <w:tr w:rsidR="00D0127A" w:rsidRPr="00313EE2" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="7F812B99">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="23D9BE9B" w14:textId="77777777" w:rsidR="00D0127A" w:rsidRPr="00313EE2" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projektu iesni</w:t>
             </w:r>
             <w:r w:rsidR="00743768" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>egumu atlases īstenošanas veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5483" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7371F44E" w14:textId="66433426" w:rsidR="00D0127A" w:rsidRPr="00313EE2" w:rsidRDefault="496A3D1D" w:rsidP="491E25B8">
+          <w:p w14:paraId="7371F44E" w14:textId="3D43F6EB" w:rsidR="00D0127A" w:rsidRPr="00313EE2" w:rsidRDefault="485E0D7C" w:rsidP="2ED80FEE">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00313EE2">
+            <w:r w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ierobežota</w:t>
             </w:r>
-            <w:r w:rsidR="0162777E" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="5A638B1E" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0162777E" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="5A638B1E" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projektu iesniegumu atlase</w:t>
             </w:r>
-            <w:r w:rsidR="00400571" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="4F22AAD4" w:rsidRPr="7F812B99">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, tai skaitā īstenojot projektu iesniedzēju priekšatlasi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0127A" w:rsidRPr="00313EE2" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="55B65C29">
+      <w:tr w:rsidR="00D0127A" w:rsidRPr="00313EE2" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="7F812B99">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6F2C3FFF" w14:textId="33796C42" w:rsidR="00D0127A" w:rsidRPr="00313EE2" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -1895,186 +2218,148 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008F7AA4" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003D3142" w:rsidRPr="00313EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>jūnija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2565" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="1F6F13AF" w:rsidR="00D0127A" w:rsidRPr="00313EE2" w:rsidRDefault="77286DAD" w:rsidP="4CAFE955">
+          <w:p w14:paraId="0BC16238" w14:textId="68592D34" w:rsidR="00D0127A" w:rsidRPr="00313EE2" w:rsidRDefault="5FD90ADE" w:rsidP="2ED80FEE">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00313EE2">
+            <w:r w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidR="2A3CDF8B" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="50DEC609" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">īdz </w:t>
             </w:r>
-            <w:r w:rsidR="6535306F" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="265452D1" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="61074906" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="6F92FE45" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="4770A649" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="5B96DD1A" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="2AA7E17B" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="22AA0B1D" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="2A3CDF8B" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="50DEC609" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="74B03027" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="7E63FB2D" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:del w:id="0" w:author="Kristīne Matule" w:date="2025-09-08T12:13:00Z">
-[...19 lines deleted...]
-            <w:r w:rsidR="56A3777C" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="081A6FE2" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="19E2CC5F" w:rsidRPr="15AA6688">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="2AA7E17B" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="22AA0B1D" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:del w:id="2" w:author="Kristīne Matule" w:date="2025-09-08T12:13:00Z">
-[...19 lines deleted...]
-            <w:r w:rsidR="56A3777C" w:rsidRPr="00313EE2">
+            <w:r w:rsidR="6D2BEAAA" w:rsidRPr="15AA6688">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>okto</w:t>
+            </w:r>
+            <w:r w:rsidR="19E2CC5F" w:rsidRPr="15AA6688">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>brim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71C558D5" w14:textId="77777777" w:rsidR="005F2FFD" w:rsidRPr="00313EE2" w:rsidRDefault="005F2FFD" w:rsidP="00FA4DAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AEDD0DA" w14:textId="099E617E" w:rsidR="005F2FFD" w:rsidRPr="00313EE2" w:rsidRDefault="408FCE5D" w:rsidP="491E25B8">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2780,50 +3065,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F5361B" w14:textId="2BD10443" w:rsidR="006D44E9" w:rsidRPr="00313EE2" w:rsidRDefault="27D4534C" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Izmaksu plānošanā jāņem vērā</w:t>
       </w:r>
       <w:r w:rsidR="00693CA2" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00693CA2" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Finanšu ministrijas 2023. gada 25. septembra vadlīnijas Nr. 1.2</w:t>
       </w:r>
       <w:r w:rsidR="00962CD1" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -2937,51 +3223,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51642327" w14:textId="307C8EF3" w:rsidR="00693EE8" w:rsidRPr="00313EE2" w:rsidRDefault="00693EE8" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C244A7" w14:textId="667F4E87" w:rsidR="001C5742" w:rsidRPr="00313EE2" w:rsidRDefault="447E7198" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -3355,51 +3640,51 @@
       <w:hyperlink r:id="rId20">
         <w:r w:rsidR="77B86EA9" w:rsidRPr="00313EE2">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="77B86EA9" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
       <w:r w:rsidR="2316A6A8" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459AC6CB" w14:textId="017B975E" w:rsidR="008E372B" w:rsidRPr="00313EE2" w:rsidRDefault="7142A48D" w:rsidP="00470E7C">
+    <w:p w14:paraId="459AC6CB" w14:textId="7D837F2D" w:rsidR="008E372B" w:rsidRPr="00313EE2" w:rsidRDefault="7142A48D" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="538D0773" w:rsidRPr="00313EE2">
         <w:rPr>
@@ -3412,122 +3697,143 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aizpilda projekta iesnieguma datu laukus un pi</w:t>
       </w:r>
       <w:r w:rsidR="7F8FE2E0" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evieno</w:t>
       </w:r>
       <w:r w:rsidR="161476FA" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="61E7CA06" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>projekta iesnieguma aizpildīšanas metodikā (projektu iesniegumu atlases nolikuma (turpmāk – nolikums) 1.  pielikums) norādītos dokumentus</w:t>
+        <w:t>projekta iesnieguma aizpildīšanas metodikā (projektu iesniegumu atlases nolikuma (turpmāk – nolikums) 1. pielikums) norādītos dokumentus</w:t>
       </w:r>
       <w:r w:rsidR="1331D9CF" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD5E306" w14:textId="0738EF2F" w:rsidR="000A1CE7" w:rsidRPr="00313EE2" w:rsidRDefault="4DAAE9D2" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projekta budžetā (projekta iesnieguma sadaļā “Projekta budžeta kopsavilkums”) norādīto izmaksu apmēru pamatojošie dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="00325C10" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A334656" w14:textId="77777777" w:rsidR="00325C10" w:rsidRPr="00313EE2" w:rsidRDefault="00325C10" w:rsidP="00470E7C">
+    <w:p w14:paraId="6A334656" w14:textId="477E8E35" w:rsidR="00325C10" w:rsidRPr="00313EE2" w:rsidRDefault="00325C10" w:rsidP="7F812B99">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
-        <w:contextualSpacing w:val="0"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">paredzēto materiāltehnisko līdzekļu un aprīkojuma izmaksu aprēķinus pamatojošie dokumenti (ja attiecināms); </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>paredzēto materiāltehnisko līdzekļu un aprīkojuma izmaksu aprēķinus pamatojošie dokumenti (ja attiecināms</w:t>
+      </w:r>
+      <w:ins w:id="18" w:author="Kristīne Matule" w:date="2025-11-04T12:33:00Z">
+        <w:r w:rsidR="67BB88A3" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="19" w:author="Kristīne Matule" w:date="2025-11-04T12:34:00Z">
+        <w:r w:rsidR="67BB88A3" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Nav attiecināms, ja aprīkojums tiek iegādāts būvdarbu iepirkuma ietvaros</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C1E51F8" w14:textId="77777777" w:rsidR="00325C10" w:rsidRPr="00313EE2" w:rsidRDefault="00325C10" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>uzņēmuma/pakalpojumu līgumu izmaksu aprēķina atšifrējums, kas pamato plānoto izmaksu apmēru uz vienu rādītāja vienību (informācija par veiktajām tirgus aptaujām, statistikas datiem, pieredzi līdzīgos projektos u. tml.) (ja attiecināms);</w:t>
       </w:r>
     </w:p>
@@ -3716,50 +4022,51 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A84B6A" w14:textId="31B264C0" w:rsidR="00D44D9D" w:rsidRPr="00313EE2" w:rsidRDefault="00D44D9D" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>būvdarbu gatavības pakāpi apliecinoši dokumenti (ja attiecināms) (</w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>obligāti iesniedzami, ja nav pieejami Būvniecības informācijas sistēmā (turpmāk -– BIS)), vismaz viens no zemāk uzskaitītajiem dokumentiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6861EF35" w14:textId="77777777" w:rsidR="00D44D9D" w:rsidRPr="00313EE2" w:rsidRDefault="00D44D9D" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="15"/>
@@ -3820,51 +4127,50 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="068F6061" w14:textId="17556206" w:rsidR="00AE4961" w:rsidRPr="00313EE2" w:rsidRDefault="00AE4961" w:rsidP="00AE4961">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Finansējuma pieejamību apliecinoši dokumenti, piemēram, pašvaldības lēmums par projekta īstenošanu un līdzfinansējuma (ne mazāk kā 15% apmērā) nodrošināšanu saskaņā ar MK noteikumu 7.punktu, kā arī ERAF finansējuma daļas priekšfinansējuma nodrošināšanu, ievērojot MK noteikumu 36.punktā noteikto (attiecināms, ja nav pieejams pašvaldības tīmekļvietnē, ja ir pieejams, projekta iesniegumā norāda tīmekvietnes saiti); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FFBFA11" w14:textId="104929DB" w:rsidR="00F34222" w:rsidRPr="00313EE2" w:rsidRDefault="006C418D" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokumenti, kas apliecina īpašumtiesības uz infrastruktūru, kurā paredzēts veikt ieguldījumus projekta ietvaros (ja attiecināms) (attiecināms, ja dokumenti nav pieejami valsts vienotajā datorizētajā zemesgrāmatā www.zemesgramata.lv) vai gadījumā, ja projekta iesniedzējam uz projekta iesnieguma iesniegšanas brīdi nav nodrošinātas īpašumtiesības, projekta iesnieguma sadaļā “Projekta īstenošanas vieta” apliecināts), </w:t>
       </w:r>
       <w:r w:rsidR="002B38D9" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -3882,94 +4188,251 @@
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12801051" w14:textId="77777777" w:rsidR="00D14E93" w:rsidRPr="00313EE2" w:rsidRDefault="00D14E93" w:rsidP="00D14E93">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pašvaldības programmu, pašvaldības attīstības programmas investīciju plāns un domes lēmums, ar ko apstiprināta pašvaldības attīstības programma un tās investīcijas plāns (attiecināms, ja nav pieejams pašvaldības tīmekļvietnē, ja ir pieejams pašvaldības tīmekļvietnē - projekta iesniegumā norāda saiti); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4DC254" w14:textId="5F91A4B2" w:rsidR="0094376A" w:rsidRPr="00313EE2" w:rsidRDefault="00E01DF7" w:rsidP="00470E7C">
+    <w:p w14:paraId="3D4DC254" w14:textId="1B442549" w:rsidR="0094376A" w:rsidRPr="00313EE2" w:rsidRDefault="00E01DF7">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...12 lines deleted...]
-        <w:t>Pašvaldības attiecīgos domes lēmumus, kas pamato atbalstam izvirzītas vispārējās izglītības iestādes atbilstību MK noteikumu Nr.72 1. pielikuma 1., 3., 4., 5.punkta nosacījumiem (attiecināms, ja nav pieejams pašvaldības tīmekļvietnē, ja ir pieejams pašvaldības tīmekļvietnē - projekta iesniegumā norāda saiti);</w:t>
+        <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Pašvaldības attiecīgos domes lēmumus, kas pamato atbalstam izvirzīt</w:t>
+      </w:r>
+      <w:ins w:id="20" w:author="Kristīne Matule" w:date="2025-10-29T11:27:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>ā</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="21" w:author="Kristīne Matule" w:date="2025-10-29T11:27:00Z">
+        <w:r w:rsidRPr="7F812B99" w:rsidDel="00E01DF7">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:delText>a</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s vispārējās izglītības iestādes atbilstību MK noteikumu Nr.72 1. pielikuma 1., 3., 4., 5.punkta nosacījumiem </w:t>
+      </w:r>
+      <w:ins w:id="22" w:author="Kristīne Matule" w:date="2025-10-29T11:24:00Z">
+        <w:r w:rsidR="00BD4E1B" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(piemēram, domes lēmums, Latvijas Republikas divpusēju vai daudzpusēju starptautisku līgumu kopijas, Valsts izglītības informācijas sistēmas izdruku,  VSIA "Latvijas Valsts ceļi" atzinumu u.c.), ievērojot šo noteikumu 2. pielikumā minētās pašvaldību iedalījuma grupas </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(attiecināms, ja</w:t>
+      </w:r>
+      <w:ins w:id="23" w:author="Kristīne Matule" w:date="2025-10-29T11:25:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> izglītības iestādes neatbilst MK noteikumu Nr.72 1. pielikuma </w:t>
+        </w:r>
+        <w:r w:rsidR="00777F76" w:rsidRPr="000B4B57">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>1.,</w:t>
+        </w:r>
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="24" w:author="Kristīne Matule" w:date="2025-10-29T11:26:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="25" w:author="Kristīne Matule" w:date="2025-10-29T11:25:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>., 5.punkta</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="26" w:author="Kristīne Matule" w:date="2025-10-29T11:26:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> nosacījumiem</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="27" w:author="Kristīne Matule" w:date="2025-11-04T07:34:00Z">
+        <w:r w:rsidR="63068797" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="28" w:author="Kristīne Matule" w:date="2025-10-29T11:26:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>un</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="29" w:author="Kristīne Matule" w:date="2025-11-04T07:07:00Z">
+        <w:r w:rsidR="6AF21180" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="30" w:author="Kristīne Matule" w:date="2025-10-29T11:27:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>domes lēmums</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="31" w:author="Kristīne Matule" w:date="2025-10-29T11:26:00Z">
+        <w:r w:rsidR="00777F76" w:rsidRPr="7F812B99">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nav pieejams pašvaldības tīmekļvietnē, ja ir pieejams pašvaldības tīmekļvietnē - projekta iesniegumā norāda saiti</w:t>
+      </w:r>
+      <w:r w:rsidR="545F35CE" w:rsidRPr="7F812B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478CB09D" w14:textId="1DDB058E" w:rsidR="40D97026" w:rsidRPr="00313EE2" w:rsidRDefault="00465D14" w:rsidP="4E839ACF">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ja ir paredzētas investīcijas iekļaujošas izglītības infrastruktūras izveidei vai uzlabošanai vispārējās izglītības (vispārizglītojošā) iestādē, tad pašvaldības attiecīgo domes lēmumu par speciālās izglītības iestādes reorganizāciju (likvidāciju) vai apliecinājumu, ka pašvaldības administratīvajā teritorijā nedarbojas speciālās izglītības iestāde  (ja attiecināms; ja nav pieejams pašvaldības tīmekļvietnē, ja ir pieejams pašvaldības tīmekļvietnē - projekta iesniegumā norāda saiti); </w:t>
+        <w:t xml:space="preserve">Ja ir paredzētas investīcijas iekļaujošas izglītības infrastruktūras izveidei vai uzlabošanai vispārējās izglītības (vispārizglītojošā) iestādē, tad pašvaldības attiecīgo domes lēmumu par speciālās izglītības iestādes reorganizāciju (likvidāciju) vai apliecinājumu, ka pašvaldības administratīvajā teritorijā nedarbojas speciālās izglītības iestāde  (ja attiecināms; ja nav pieejams pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313EE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">tīmekļvietnē, ja ir pieejams pašvaldības tīmekļvietnē - projekta iesniegumā norāda saiti); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BDF8394" w14:textId="16A64262" w:rsidR="00A83A24" w:rsidRPr="00313EE2" w:rsidRDefault="4514846F" w:rsidP="00A83A24">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rīgas valstspilsētas pašvaldības domes lēmumu par citas vispārējās izglītības programmas īstenošanas vietas likvidēšanu</w:t>
       </w:r>
@@ -4066,51 +4529,50 @@
     </w:p>
     <w:p w14:paraId="110D1760" w14:textId="5C29732A" w:rsidR="008E372B" w:rsidRPr="00313EE2" w:rsidRDefault="7AED7971" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="4945A411" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā atsauces uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pielikum</w:t>
       </w:r>
       <w:r w:rsidR="4945A411" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iem</w:t>
@@ -4775,61 +5237,61 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22452EA0" w14:textId="68A2C329" w:rsidR="008E372B" w:rsidRPr="00313EE2" w:rsidRDefault="008E372B" w:rsidP="491E25B8">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="454" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00313EE2" w:rsidRDefault="00A01D52" w:rsidP="56DDA36A">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref120491269"/>
+      <w:bookmarkStart w:id="32" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="0DAB1622" w14:textId="760BA347" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="093B069B" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="1B99D2BC" w:rsidRPr="00313EE2">
@@ -4913,50 +5375,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>– vērtēšanas komisija)</w:t>
       </w:r>
       <w:r w:rsidR="65003802" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, vērtēšanas komisijas sastāva izveidē ievērojot </w:t>
       </w:r>
       <w:r w:rsidR="73801DDB" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">likuma “Par interešu konflikta novēršanu valsts amatpersonu darbībā” un </w:t>
       </w:r>
       <w:r w:rsidR="65003802" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Regulas Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00BF1B01" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2024/2509</w:t>
       </w:r>
       <w:r w:rsidR="00BF1B01" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -5128,51 +5591,51 @@
       <w:r w:rsidR="131E798C" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C931179" w14:textId="7A863710" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="2157B314" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="33" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="32FA7DDC" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beigām vērtē projektu iesniegumus saskaņā ar projektu iesniegumu vērtēšanas kritērijiem, ievērojot projektu iesniegumu vērtēšanas kritēriju piemērošanas metodikā noteikto </w:t>
       </w:r>
       <w:r w:rsidR="02D28B96" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -5249,76 +5712,75 @@
       </w:r>
       <w:r w:rsidR="5934D7C9" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="4D817FA5" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="5934D7C9" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="3F0C94D6" w14:textId="1BE5CEFF" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="0857F288" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref120489080"/>
+      <w:bookmarkStart w:id="34" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē, vispirms izvērtējot visus neprecizējamos un pēc tam – precizējamos kritērijus šādā secībā: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="39320D39" w14:textId="109E5047" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="355C8FA9" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vienotie kritēriji, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127DE17D" w14:textId="35F024ED" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="355C8FA9" w:rsidP="00470E7C">
       <w:pPr>
@@ -5367,125 +5829,125 @@
       </w:r>
       <w:r w:rsidR="69606CDA" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4542C0" w14:textId="32BFE251" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="5934D7C9" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref120491837"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="4FEB1585" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="36592662" w14:textId="02C387F6" w:rsidR="00D537C1" w:rsidRPr="00313EE2" w:rsidRDefault="2B433391" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:id="36" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu</w:t>
       </w:r>
       <w:r w:rsidR="00CF3DD1" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D51E33" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="5934D7C9" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="5934D7C9" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1098FF39" w14:textId="77777777" w:rsidR="009B5CD7" w:rsidRPr="00313EE2" w:rsidRDefault="009B5CD7" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="454" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00313EE2" w:rsidRDefault="0093766F" w:rsidP="00593C80">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
@@ -5510,112 +5972,112 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007A6511" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E254CD7" w14:textId="76D50176" w:rsidR="004D46FF" w:rsidRPr="00313EE2" w:rsidRDefault="36DBA950" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120490735"/>
+      <w:bookmarkStart w:id="37" w:name="_Ref120490735"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="11BCA703" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">adarbības iestāde, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="1B922D77" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(turpmāk – lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="64C80075" w14:textId="6B046D08" w:rsidR="004D46FF" w:rsidRPr="00313EE2" w:rsidRDefault="1B922D77" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref120521412"/>
+      <w:bookmarkStart w:id="38" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="30B8D002" w14:textId="01132077" w:rsidR="004D46FF" w:rsidRPr="00313EE2" w:rsidRDefault="1B922D77" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref120521415"/>
+      <w:bookmarkStart w:id="39" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="0ABF046B" w:rsidR="004D46FF" w:rsidRPr="00313EE2" w:rsidRDefault="1B922D77" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66DC77A0" w14:textId="2BB79FD4" w:rsidR="004D7C6B" w:rsidRPr="00313EE2" w:rsidRDefault="19F5313A" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5688,50 +6150,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5148BD2F" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniegums atbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C31FFE4" w14:textId="67A8A6CC" w:rsidR="001B712E" w:rsidRPr="00313EE2" w:rsidRDefault="49C5F489" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu pieņem, ja projekta iesniedzējam nepieciešams veikt sadarbības iestādes noteiktās darbības, lai projekta iesniegums pilnībā atbilstu projektu iesniegumu vērtēšanas kritērijiem un projektu varētu atbilstoši īstenot.</w:t>
       </w:r>
       <w:r w:rsidR="31E3B637" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja projekta iesniegums ir apstiprināts ar nosacījumu, projekta iesniedzējs veic tikai darbības, kuras ir noteiktas lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu, nemainot projekta iesniegumu pēc būtības.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A28BB3" w14:textId="2D1981AD" w:rsidR="15C18911" w:rsidRPr="00313EE2" w:rsidRDefault="15C18911" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
@@ -5801,59 +6264,58 @@
       <w:r w:rsidR="3BAFFE21" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B866A92" w14:textId="4DDBF196" w:rsidR="0EFAEBDE" w:rsidRPr="00313EE2" w:rsidRDefault="0EFAEBDE" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref120521487"/>
+      <w:bookmarkStart w:id="40" w:name="_Ref120521487"/>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="30808784" w14:textId="19CFAC88" w:rsidR="3BAFFE21" w:rsidRPr="00313EE2" w:rsidRDefault="3BAFFE21" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="0EFAEBDE" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
       </w:r>
@@ -6038,51 +6500,51 @@
     <w:p w14:paraId="05C9270E" w14:textId="0D2B149B" w:rsidR="00402A7F" w:rsidRPr="00313EE2" w:rsidRDefault="59C01DB7" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE49B56" w14:textId="2416032F" w:rsidR="00402A7F" w:rsidRPr="00313EE2" w:rsidRDefault="59C01DB7" w:rsidP="00470E7C">
+    <w:p w14:paraId="4DE49B56" w14:textId="2A179D45" w:rsidR="00402A7F" w:rsidRPr="00313EE2" w:rsidRDefault="59C01DB7" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sūtīt uz tīmekļa vietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00A700E9" w:rsidRPr="00313EE2">
@@ -6106,51 +6568,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidR="3BAFFE21" w:rsidRPr="00313EE2">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>pasts@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">  vai </w:t>
+        <w:t xml:space="preserve"> vai </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DC5702" w14:textId="50C6D2DE" w:rsidR="00402A7F" w:rsidRPr="00313EE2" w:rsidRDefault="59C01DB7" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērsties </w:t>
@@ -6276,50 +6738,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem tiks nosūtītas elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E5750FE" w14:textId="250B80AC" w:rsidR="00250B8A" w:rsidRPr="00313EE2" w:rsidRDefault="59C01DB7" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tehniskais atbalsts par projekta iesnieguma aizpildīšanu </w:t>
       </w:r>
       <w:r w:rsidR="00D51E33" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projektu portāla </w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e-vidē tiek sniegts </w:t>
       </w:r>
       <w:r w:rsidR="2C84F316" w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
@@ -6588,59 +7051,51 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma novērtēšanai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D6ECA8" w14:textId="77777777" w:rsidR="008E1A71" w:rsidRPr="00313EE2" w:rsidRDefault="008E1A71" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, </w:t>
-[...7 lines deleted...]
-        <w:t>kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
+        <w:t>īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E41D6CD" w14:textId="77777777" w:rsidR="008E1A71" w:rsidRPr="00313EE2" w:rsidRDefault="008E1A71" w:rsidP="00470E7C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313EE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D55C76A" w14:textId="3785281C" w:rsidR="00250B8A" w:rsidRPr="00313EE2" w:rsidRDefault="00250B8A" w:rsidP="008E1A71">
@@ -6942,65 +7397,65 @@
         </w:rPr>
         <w:t>Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4E1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>” projektos</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="491E25B8" w:rsidRPr="002E4E1B" w:rsidSect="006A540E">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="318B584E" w14:textId="77777777" w:rsidR="00616492" w:rsidRDefault="00616492">
+    <w:p w14:paraId="096175CE" w14:textId="77777777" w:rsidR="00FE0FA0" w:rsidRDefault="00FE0FA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="014ABE88" w14:textId="77777777" w:rsidR="00616492" w:rsidRDefault="00616492">
+    <w:p w14:paraId="0D0E9AC8" w14:textId="77777777" w:rsidR="00FE0FA0" w:rsidRDefault="00FE0FA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50D5BC28" w14:textId="77777777" w:rsidR="00616492" w:rsidRDefault="00616492" w:rsidP="00152F67"/>
+    <w:p w14:paraId="3E4BC420" w14:textId="77777777" w:rsidR="00FE0FA0" w:rsidRDefault="00FE0FA0" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7032,164 +7487,155 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00FF3109" w14:textId="77777777" w:rsidR="00616492" w:rsidRDefault="00616492" w:rsidP="00F25516">
+    <w:p w14:paraId="1F4B3ABC" w14:textId="77777777" w:rsidR="00FE0FA0" w:rsidRDefault="00FE0FA0" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4273F31F" w14:textId="77777777" w:rsidR="00616492" w:rsidRDefault="00616492" w:rsidP="00F25516">
+    <w:p w14:paraId="6F27C642" w14:textId="77777777" w:rsidR="00FE0FA0" w:rsidRDefault="00FE0FA0" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E7FDC11" w14:textId="77777777" w:rsidR="00616492" w:rsidRDefault="00616492" w:rsidP="00152F67"/>
+    <w:p w14:paraId="3482AD98" w14:textId="77777777" w:rsidR="00FE0FA0" w:rsidRDefault="00FE0FA0" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5F9A0690" w14:textId="7976D78F" w:rsidR="00803BC6" w:rsidRPr="00EB67D1" w:rsidRDefault="00803BC6" w:rsidP="00EB67D1">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EB67D1">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidR="00EB67D1" w:rsidRPr="00EB67D1">
+      <w:r w:rsidR="00EB67D1" w:rsidRPr="003B3ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="491E25B8" w:rsidRPr="00EB67D1">
+      <w:r w:rsidR="491E25B8" w:rsidRPr="003B3ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Pieejams:</w:t>
       </w:r>
-      <w:r w:rsidR="00EB67D1">
+      <w:r w:rsidR="00EB67D1" w:rsidRPr="003B3ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00740D22" w:rsidRPr="008D4F3A">
+        <w:r w:rsidR="00740D22" w:rsidRPr="003B3ABA">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="54A1068F" w14:textId="77777777" w:rsidR="00BF1B01" w:rsidRPr="00702951" w:rsidRDefault="00BF1B01" w:rsidP="00BF1B01">
+    <w:p w14:paraId="54A1068F" w14:textId="77777777" w:rsidR="00BF1B01" w:rsidRPr="000E4E69" w:rsidRDefault="00BF1B01" w:rsidP="00BF1B01">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A13A8">
+      <w:r w:rsidRPr="000E4E69">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="006A13A8">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000E4E69">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">. Pieejam šeit: </w:t>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādātā redakcija). Pieejam šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="00F344F8">
+        <w:r w:rsidRPr="000E4E69">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="003448BD">
+      <w:r w:rsidRPr="000E4E69" w:rsidDel="003448BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00880274" w:rsidRDefault="00763C7B">
         <w:pPr>
@@ -8712,315 +9158,341 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1420757544">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1912233702">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1996300609">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Kristīne Matule">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::kristine.matule@cfla.gov.lv::78b76b0d-cc95-4a1e-99ee-01eccd6d2ec3"/>
+  </w15:person>
+  <w15:person w15:author="Linda Reinvalde">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::linda.reinvalde@cfla.gov.lv::23d51bda-638e-4e16-970a-442e23695f7e"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="000032A1"/>
+    <w:rsid w:val="0000351C"/>
     <w:rsid w:val="00003FBC"/>
     <w:rsid w:val="00004E9F"/>
     <w:rsid w:val="00004F56"/>
     <w:rsid w:val="000054D2"/>
     <w:rsid w:val="00006058"/>
     <w:rsid w:val="00007ED0"/>
     <w:rsid w:val="000109CD"/>
     <w:rsid w:val="000112D3"/>
     <w:rsid w:val="000114EC"/>
     <w:rsid w:val="00012854"/>
     <w:rsid w:val="000132DD"/>
     <w:rsid w:val="00013630"/>
     <w:rsid w:val="00015244"/>
     <w:rsid w:val="00015B54"/>
     <w:rsid w:val="000203A1"/>
     <w:rsid w:val="00022E52"/>
     <w:rsid w:val="00022F12"/>
     <w:rsid w:val="0002328E"/>
     <w:rsid w:val="00023927"/>
     <w:rsid w:val="00024585"/>
     <w:rsid w:val="00024845"/>
     <w:rsid w:val="00024BB3"/>
     <w:rsid w:val="00024BE0"/>
     <w:rsid w:val="00025592"/>
     <w:rsid w:val="000302C3"/>
     <w:rsid w:val="00030AA6"/>
     <w:rsid w:val="00030D64"/>
+    <w:rsid w:val="00033749"/>
     <w:rsid w:val="000341CB"/>
     <w:rsid w:val="000343C5"/>
+    <w:rsid w:val="00037426"/>
     <w:rsid w:val="00037885"/>
     <w:rsid w:val="000401A2"/>
+    <w:rsid w:val="000406C2"/>
     <w:rsid w:val="00040A30"/>
     <w:rsid w:val="00041330"/>
     <w:rsid w:val="00042E34"/>
     <w:rsid w:val="0004334D"/>
     <w:rsid w:val="0004362D"/>
     <w:rsid w:val="0004459A"/>
     <w:rsid w:val="00045BF2"/>
     <w:rsid w:val="000471FC"/>
     <w:rsid w:val="00050E99"/>
     <w:rsid w:val="00051445"/>
     <w:rsid w:val="00051473"/>
     <w:rsid w:val="00051815"/>
+    <w:rsid w:val="00053882"/>
     <w:rsid w:val="00053A8B"/>
     <w:rsid w:val="00055741"/>
     <w:rsid w:val="0005607E"/>
     <w:rsid w:val="0005668D"/>
     <w:rsid w:val="00056DA7"/>
     <w:rsid w:val="00060FFB"/>
     <w:rsid w:val="00061AB8"/>
     <w:rsid w:val="000622CC"/>
     <w:rsid w:val="00063D44"/>
     <w:rsid w:val="00063F1D"/>
     <w:rsid w:val="00064C94"/>
     <w:rsid w:val="00067BB2"/>
     <w:rsid w:val="00071395"/>
     <w:rsid w:val="00071EBA"/>
     <w:rsid w:val="000726F3"/>
     <w:rsid w:val="00073090"/>
     <w:rsid w:val="000734DA"/>
+    <w:rsid w:val="00074899"/>
     <w:rsid w:val="00074B5E"/>
     <w:rsid w:val="00075151"/>
     <w:rsid w:val="000758CC"/>
     <w:rsid w:val="0007792D"/>
     <w:rsid w:val="00077DC8"/>
     <w:rsid w:val="00080D8C"/>
     <w:rsid w:val="000812EE"/>
     <w:rsid w:val="00081E54"/>
     <w:rsid w:val="000825A4"/>
     <w:rsid w:val="0008339D"/>
     <w:rsid w:val="00090039"/>
     <w:rsid w:val="00090F98"/>
     <w:rsid w:val="000910DF"/>
     <w:rsid w:val="000919E8"/>
     <w:rsid w:val="00091AB7"/>
     <w:rsid w:val="00092804"/>
     <w:rsid w:val="0009522D"/>
     <w:rsid w:val="0009529D"/>
     <w:rsid w:val="00095981"/>
     <w:rsid w:val="00096389"/>
     <w:rsid w:val="000A08CC"/>
     <w:rsid w:val="000A090E"/>
     <w:rsid w:val="000A0BC7"/>
     <w:rsid w:val="000A1CE7"/>
     <w:rsid w:val="000A31CC"/>
     <w:rsid w:val="000A3D2C"/>
     <w:rsid w:val="000A4536"/>
     <w:rsid w:val="000A4B9F"/>
     <w:rsid w:val="000A5453"/>
     <w:rsid w:val="000A584F"/>
     <w:rsid w:val="000A6125"/>
     <w:rsid w:val="000A6131"/>
     <w:rsid w:val="000A6640"/>
     <w:rsid w:val="000A6B93"/>
     <w:rsid w:val="000A76DC"/>
     <w:rsid w:val="000B02F4"/>
     <w:rsid w:val="000B2919"/>
     <w:rsid w:val="000B3B7F"/>
     <w:rsid w:val="000B3E05"/>
     <w:rsid w:val="000B45B4"/>
+    <w:rsid w:val="000B4B57"/>
     <w:rsid w:val="000B4CFC"/>
     <w:rsid w:val="000B6C07"/>
     <w:rsid w:val="000B716B"/>
     <w:rsid w:val="000B7448"/>
     <w:rsid w:val="000B7612"/>
     <w:rsid w:val="000B7A8E"/>
     <w:rsid w:val="000C191A"/>
+    <w:rsid w:val="000C1ADA"/>
     <w:rsid w:val="000C1BCC"/>
     <w:rsid w:val="000C1BF5"/>
     <w:rsid w:val="000C32CD"/>
     <w:rsid w:val="000C3CE5"/>
     <w:rsid w:val="000C49CD"/>
     <w:rsid w:val="000C5BEF"/>
     <w:rsid w:val="000C6A49"/>
     <w:rsid w:val="000C6A60"/>
     <w:rsid w:val="000D1BA9"/>
     <w:rsid w:val="000D1BDE"/>
     <w:rsid w:val="000D282A"/>
     <w:rsid w:val="000D3278"/>
     <w:rsid w:val="000D3289"/>
     <w:rsid w:val="000D3D7B"/>
     <w:rsid w:val="000D41B1"/>
     <w:rsid w:val="000D48DE"/>
     <w:rsid w:val="000D4B09"/>
     <w:rsid w:val="000D500A"/>
     <w:rsid w:val="000D530C"/>
     <w:rsid w:val="000D5DCC"/>
     <w:rsid w:val="000D7736"/>
     <w:rsid w:val="000D7D1C"/>
     <w:rsid w:val="000E2D63"/>
     <w:rsid w:val="000E2DB3"/>
     <w:rsid w:val="000E3050"/>
     <w:rsid w:val="000E31F7"/>
     <w:rsid w:val="000E38A2"/>
     <w:rsid w:val="000E4294"/>
+    <w:rsid w:val="000E4E69"/>
     <w:rsid w:val="000E7151"/>
     <w:rsid w:val="000E71B7"/>
     <w:rsid w:val="000F07BB"/>
     <w:rsid w:val="000F28D3"/>
     <w:rsid w:val="000F4732"/>
     <w:rsid w:val="000F586E"/>
     <w:rsid w:val="000F7D48"/>
     <w:rsid w:val="00100728"/>
     <w:rsid w:val="00101F04"/>
+    <w:rsid w:val="00102482"/>
     <w:rsid w:val="00103090"/>
     <w:rsid w:val="001064F0"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="00110344"/>
     <w:rsid w:val="001115F5"/>
     <w:rsid w:val="00111EFD"/>
     <w:rsid w:val="00112308"/>
     <w:rsid w:val="00112952"/>
     <w:rsid w:val="001137F2"/>
     <w:rsid w:val="00113CA9"/>
     <w:rsid w:val="00114608"/>
     <w:rsid w:val="00114B82"/>
     <w:rsid w:val="001150D2"/>
     <w:rsid w:val="00115A49"/>
     <w:rsid w:val="00116368"/>
     <w:rsid w:val="001215AE"/>
     <w:rsid w:val="00122C19"/>
     <w:rsid w:val="00123632"/>
     <w:rsid w:val="0012412B"/>
     <w:rsid w:val="00125F6A"/>
+    <w:rsid w:val="00127CDA"/>
     <w:rsid w:val="0012A37F"/>
     <w:rsid w:val="001306D9"/>
     <w:rsid w:val="00130DEE"/>
     <w:rsid w:val="0013188F"/>
     <w:rsid w:val="00132867"/>
     <w:rsid w:val="00132A4A"/>
     <w:rsid w:val="00133764"/>
     <w:rsid w:val="00133A2C"/>
     <w:rsid w:val="00133DA8"/>
     <w:rsid w:val="00134340"/>
     <w:rsid w:val="00135023"/>
     <w:rsid w:val="0013670E"/>
     <w:rsid w:val="00136D14"/>
     <w:rsid w:val="001370D9"/>
     <w:rsid w:val="00137111"/>
     <w:rsid w:val="00137B16"/>
     <w:rsid w:val="00140787"/>
     <w:rsid w:val="00140F12"/>
     <w:rsid w:val="001422B6"/>
     <w:rsid w:val="0014261A"/>
     <w:rsid w:val="0014518C"/>
     <w:rsid w:val="00146620"/>
     <w:rsid w:val="00146B5D"/>
     <w:rsid w:val="00151D6E"/>
     <w:rsid w:val="00151EFA"/>
     <w:rsid w:val="00152435"/>
     <w:rsid w:val="00152B1A"/>
     <w:rsid w:val="00152F67"/>
     <w:rsid w:val="00152FB4"/>
     <w:rsid w:val="001548C3"/>
     <w:rsid w:val="00156AA0"/>
     <w:rsid w:val="00161469"/>
     <w:rsid w:val="001661BA"/>
     <w:rsid w:val="00166AB9"/>
     <w:rsid w:val="00167064"/>
     <w:rsid w:val="00167134"/>
     <w:rsid w:val="00167D77"/>
     <w:rsid w:val="00170385"/>
     <w:rsid w:val="001706E2"/>
     <w:rsid w:val="001707C5"/>
     <w:rsid w:val="00172516"/>
     <w:rsid w:val="00172CF3"/>
     <w:rsid w:val="00173371"/>
     <w:rsid w:val="0017435E"/>
     <w:rsid w:val="001750E0"/>
     <w:rsid w:val="0017579D"/>
     <w:rsid w:val="00175C86"/>
+    <w:rsid w:val="00175E22"/>
     <w:rsid w:val="001775DB"/>
     <w:rsid w:val="00177DEA"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="001931FB"/>
     <w:rsid w:val="00193C5A"/>
     <w:rsid w:val="00193DC6"/>
     <w:rsid w:val="001943B6"/>
     <w:rsid w:val="00195776"/>
     <w:rsid w:val="00196D30"/>
     <w:rsid w:val="00196D54"/>
     <w:rsid w:val="00197F0E"/>
     <w:rsid w:val="001A05D7"/>
     <w:rsid w:val="001A2736"/>
     <w:rsid w:val="001A3840"/>
     <w:rsid w:val="001A43FB"/>
     <w:rsid w:val="001A6A00"/>
     <w:rsid w:val="001A793F"/>
     <w:rsid w:val="001B02B9"/>
     <w:rsid w:val="001B0BC2"/>
+    <w:rsid w:val="001B11B5"/>
+    <w:rsid w:val="001B16B9"/>
     <w:rsid w:val="001B24A1"/>
     <w:rsid w:val="001B2689"/>
     <w:rsid w:val="001B28A9"/>
     <w:rsid w:val="001B2C8B"/>
     <w:rsid w:val="001B2DE0"/>
     <w:rsid w:val="001B3422"/>
     <w:rsid w:val="001B38AC"/>
     <w:rsid w:val="001B41EF"/>
     <w:rsid w:val="001B57D6"/>
     <w:rsid w:val="001B5AB1"/>
     <w:rsid w:val="001B712E"/>
     <w:rsid w:val="001B77E9"/>
     <w:rsid w:val="001B7BC7"/>
     <w:rsid w:val="001C09A9"/>
     <w:rsid w:val="001C1270"/>
     <w:rsid w:val="001C1A87"/>
     <w:rsid w:val="001C2119"/>
     <w:rsid w:val="001C2BA7"/>
     <w:rsid w:val="001C2F16"/>
     <w:rsid w:val="001C3905"/>
     <w:rsid w:val="001C3BA8"/>
     <w:rsid w:val="001C3F7E"/>
     <w:rsid w:val="001C490F"/>
     <w:rsid w:val="001C4A28"/>
     <w:rsid w:val="001C4DE6"/>
@@ -9084,155 +9556,162 @@
     <w:rsid w:val="00207611"/>
     <w:rsid w:val="002119D5"/>
     <w:rsid w:val="00211D41"/>
     <w:rsid w:val="00211EB0"/>
     <w:rsid w:val="00211F55"/>
     <w:rsid w:val="00212004"/>
     <w:rsid w:val="0021240A"/>
     <w:rsid w:val="0021269A"/>
     <w:rsid w:val="00214952"/>
     <w:rsid w:val="0021545D"/>
     <w:rsid w:val="00215BE8"/>
     <w:rsid w:val="00215E6B"/>
     <w:rsid w:val="002163D5"/>
     <w:rsid w:val="00216F98"/>
     <w:rsid w:val="00220151"/>
     <w:rsid w:val="00220B42"/>
     <w:rsid w:val="0022237E"/>
     <w:rsid w:val="00223A1F"/>
     <w:rsid w:val="00225AF4"/>
     <w:rsid w:val="0022622C"/>
     <w:rsid w:val="002274D6"/>
     <w:rsid w:val="00230300"/>
     <w:rsid w:val="002313C7"/>
     <w:rsid w:val="00232393"/>
     <w:rsid w:val="0023344E"/>
+    <w:rsid w:val="002342EF"/>
     <w:rsid w:val="0023491B"/>
     <w:rsid w:val="0023565B"/>
     <w:rsid w:val="002359B1"/>
     <w:rsid w:val="00240AD2"/>
+    <w:rsid w:val="002435D9"/>
     <w:rsid w:val="002447DC"/>
     <w:rsid w:val="00244EEC"/>
     <w:rsid w:val="00246158"/>
     <w:rsid w:val="0024735F"/>
     <w:rsid w:val="0024774F"/>
     <w:rsid w:val="00247EE0"/>
     <w:rsid w:val="00250B8A"/>
     <w:rsid w:val="00250E1E"/>
     <w:rsid w:val="00252A22"/>
     <w:rsid w:val="002533D1"/>
     <w:rsid w:val="00254067"/>
     <w:rsid w:val="00254159"/>
     <w:rsid w:val="00254E27"/>
     <w:rsid w:val="00256187"/>
     <w:rsid w:val="00256BCB"/>
     <w:rsid w:val="00256F0E"/>
     <w:rsid w:val="0025754F"/>
+    <w:rsid w:val="00257D37"/>
     <w:rsid w:val="002607BA"/>
     <w:rsid w:val="00260D4B"/>
     <w:rsid w:val="00261387"/>
     <w:rsid w:val="00264C06"/>
     <w:rsid w:val="0026560A"/>
     <w:rsid w:val="00265F6E"/>
     <w:rsid w:val="00266A93"/>
     <w:rsid w:val="00270D55"/>
     <w:rsid w:val="00271676"/>
     <w:rsid w:val="002722CC"/>
     <w:rsid w:val="002723FA"/>
     <w:rsid w:val="00275639"/>
     <w:rsid w:val="00277321"/>
     <w:rsid w:val="0027767F"/>
     <w:rsid w:val="002815A6"/>
     <w:rsid w:val="00281ED6"/>
     <w:rsid w:val="0028234B"/>
     <w:rsid w:val="00282730"/>
     <w:rsid w:val="00282F37"/>
     <w:rsid w:val="002837F8"/>
     <w:rsid w:val="00283CBD"/>
     <w:rsid w:val="00283D9C"/>
     <w:rsid w:val="002862F7"/>
+    <w:rsid w:val="00287472"/>
     <w:rsid w:val="00287997"/>
     <w:rsid w:val="0029007A"/>
     <w:rsid w:val="00290A2A"/>
     <w:rsid w:val="00290B97"/>
     <w:rsid w:val="00290F6D"/>
     <w:rsid w:val="0029106A"/>
     <w:rsid w:val="002919A5"/>
     <w:rsid w:val="002927C4"/>
     <w:rsid w:val="002928EA"/>
     <w:rsid w:val="00292EA6"/>
     <w:rsid w:val="0029301D"/>
     <w:rsid w:val="00294760"/>
     <w:rsid w:val="0029511F"/>
     <w:rsid w:val="0029529E"/>
     <w:rsid w:val="00295ABE"/>
     <w:rsid w:val="002969F2"/>
     <w:rsid w:val="002A02B0"/>
     <w:rsid w:val="002A1178"/>
     <w:rsid w:val="002A205D"/>
     <w:rsid w:val="002A2569"/>
     <w:rsid w:val="002A3226"/>
     <w:rsid w:val="002A34A9"/>
     <w:rsid w:val="002A370A"/>
     <w:rsid w:val="002A4CAF"/>
     <w:rsid w:val="002A57D6"/>
     <w:rsid w:val="002A616A"/>
     <w:rsid w:val="002A62BA"/>
     <w:rsid w:val="002B10E0"/>
     <w:rsid w:val="002B2885"/>
     <w:rsid w:val="002B2C8E"/>
     <w:rsid w:val="002B38D9"/>
     <w:rsid w:val="002B5332"/>
     <w:rsid w:val="002B5E9C"/>
     <w:rsid w:val="002B6657"/>
     <w:rsid w:val="002B67AC"/>
     <w:rsid w:val="002B6B33"/>
     <w:rsid w:val="002B791B"/>
     <w:rsid w:val="002C16D3"/>
     <w:rsid w:val="002C171A"/>
     <w:rsid w:val="002C2105"/>
     <w:rsid w:val="002C402A"/>
     <w:rsid w:val="002C5394"/>
     <w:rsid w:val="002C60B4"/>
     <w:rsid w:val="002C7289"/>
     <w:rsid w:val="002C7F2B"/>
     <w:rsid w:val="002D1663"/>
     <w:rsid w:val="002D1B7B"/>
     <w:rsid w:val="002D1B7C"/>
+    <w:rsid w:val="002D214F"/>
     <w:rsid w:val="002D28EE"/>
     <w:rsid w:val="002D780F"/>
     <w:rsid w:val="002D79BC"/>
     <w:rsid w:val="002E0236"/>
     <w:rsid w:val="002E04BD"/>
     <w:rsid w:val="002E1A52"/>
     <w:rsid w:val="002E2502"/>
+    <w:rsid w:val="002E255B"/>
     <w:rsid w:val="002E2B51"/>
     <w:rsid w:val="002E2F62"/>
     <w:rsid w:val="002E3B38"/>
     <w:rsid w:val="002E45F0"/>
     <w:rsid w:val="002E4E1B"/>
     <w:rsid w:val="002E5CE7"/>
+    <w:rsid w:val="002E62E4"/>
     <w:rsid w:val="002E6DA0"/>
     <w:rsid w:val="002E6EFF"/>
     <w:rsid w:val="002ECAC5"/>
     <w:rsid w:val="002F0CEA"/>
     <w:rsid w:val="002F1707"/>
     <w:rsid w:val="002F28B6"/>
     <w:rsid w:val="002F2F6F"/>
     <w:rsid w:val="002F3C5F"/>
     <w:rsid w:val="002F4019"/>
     <w:rsid w:val="002F4468"/>
     <w:rsid w:val="002F4AE0"/>
     <w:rsid w:val="002F4E45"/>
     <w:rsid w:val="002F63F5"/>
     <w:rsid w:val="003006B8"/>
     <w:rsid w:val="00302202"/>
     <w:rsid w:val="0030261A"/>
     <w:rsid w:val="00302E9F"/>
     <w:rsid w:val="003034F4"/>
     <w:rsid w:val="00303E96"/>
     <w:rsid w:val="00303FA4"/>
     <w:rsid w:val="003042E9"/>
     <w:rsid w:val="0030483C"/>
     <w:rsid w:val="00305567"/>
     <w:rsid w:val="00307ECC"/>
     <w:rsid w:val="00313EE2"/>
@@ -9310,187 +9789,194 @@
     <w:rsid w:val="00375AF7"/>
     <w:rsid w:val="00375DFB"/>
     <w:rsid w:val="003763B8"/>
     <w:rsid w:val="00377117"/>
     <w:rsid w:val="00377747"/>
     <w:rsid w:val="00380588"/>
     <w:rsid w:val="003809B8"/>
     <w:rsid w:val="00380BA4"/>
     <w:rsid w:val="00382868"/>
     <w:rsid w:val="003842C3"/>
     <w:rsid w:val="00384684"/>
     <w:rsid w:val="00384D0E"/>
     <w:rsid w:val="00384FE0"/>
     <w:rsid w:val="00385A40"/>
     <w:rsid w:val="003870B3"/>
     <w:rsid w:val="00387379"/>
     <w:rsid w:val="00390A92"/>
     <w:rsid w:val="003913C7"/>
     <w:rsid w:val="00392C90"/>
     <w:rsid w:val="003947B6"/>
     <w:rsid w:val="0039493E"/>
     <w:rsid w:val="0039527A"/>
     <w:rsid w:val="003A0169"/>
     <w:rsid w:val="003A0199"/>
     <w:rsid w:val="003A0394"/>
+    <w:rsid w:val="003A0687"/>
     <w:rsid w:val="003A0EBC"/>
     <w:rsid w:val="003A2CD1"/>
     <w:rsid w:val="003A3B93"/>
     <w:rsid w:val="003A43B2"/>
     <w:rsid w:val="003A4FBD"/>
     <w:rsid w:val="003A52C9"/>
     <w:rsid w:val="003A5783"/>
     <w:rsid w:val="003A5C2A"/>
     <w:rsid w:val="003A6982"/>
     <w:rsid w:val="003A6F0C"/>
     <w:rsid w:val="003A7BDD"/>
     <w:rsid w:val="003B099F"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B1E7F"/>
     <w:rsid w:val="003B2CA4"/>
     <w:rsid w:val="003B31A9"/>
     <w:rsid w:val="003B390A"/>
+    <w:rsid w:val="003B3ABA"/>
     <w:rsid w:val="003B3EA9"/>
     <w:rsid w:val="003B4486"/>
     <w:rsid w:val="003B465D"/>
     <w:rsid w:val="003B4913"/>
     <w:rsid w:val="003B727A"/>
     <w:rsid w:val="003B7399"/>
     <w:rsid w:val="003B7420"/>
     <w:rsid w:val="003C1F8C"/>
     <w:rsid w:val="003C2265"/>
     <w:rsid w:val="003C27D7"/>
     <w:rsid w:val="003C2E47"/>
     <w:rsid w:val="003C31D0"/>
     <w:rsid w:val="003C3AC7"/>
     <w:rsid w:val="003C3CE9"/>
     <w:rsid w:val="003C4CF7"/>
     <w:rsid w:val="003C57D2"/>
     <w:rsid w:val="003C675D"/>
     <w:rsid w:val="003C7DD0"/>
     <w:rsid w:val="003D03B5"/>
     <w:rsid w:val="003D1CCA"/>
     <w:rsid w:val="003D2528"/>
     <w:rsid w:val="003D270C"/>
     <w:rsid w:val="003D2F9A"/>
     <w:rsid w:val="003D3142"/>
     <w:rsid w:val="003D382B"/>
     <w:rsid w:val="003D3E38"/>
     <w:rsid w:val="003D4091"/>
     <w:rsid w:val="003D7034"/>
     <w:rsid w:val="003D7C86"/>
     <w:rsid w:val="003E0F25"/>
     <w:rsid w:val="003E0F47"/>
     <w:rsid w:val="003E43EE"/>
     <w:rsid w:val="003E5B28"/>
     <w:rsid w:val="003E5E2E"/>
     <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E7D44"/>
     <w:rsid w:val="003F010B"/>
     <w:rsid w:val="003F019D"/>
     <w:rsid w:val="003F1C3C"/>
+    <w:rsid w:val="003F2A20"/>
     <w:rsid w:val="003F2B2B"/>
     <w:rsid w:val="003F3809"/>
     <w:rsid w:val="003F4B13"/>
     <w:rsid w:val="003F63A7"/>
     <w:rsid w:val="003F6E3F"/>
     <w:rsid w:val="003F7ED7"/>
     <w:rsid w:val="0040006D"/>
     <w:rsid w:val="00400399"/>
     <w:rsid w:val="00400571"/>
     <w:rsid w:val="0040085E"/>
     <w:rsid w:val="00401EC8"/>
     <w:rsid w:val="00402519"/>
     <w:rsid w:val="00402A7F"/>
     <w:rsid w:val="00402F7A"/>
     <w:rsid w:val="004042FB"/>
     <w:rsid w:val="004044A7"/>
     <w:rsid w:val="004057A7"/>
     <w:rsid w:val="00405898"/>
     <w:rsid w:val="00407EBB"/>
     <w:rsid w:val="004101F8"/>
     <w:rsid w:val="00410AE1"/>
     <w:rsid w:val="004113B3"/>
     <w:rsid w:val="00411490"/>
     <w:rsid w:val="004136FE"/>
     <w:rsid w:val="00413905"/>
     <w:rsid w:val="0041408B"/>
     <w:rsid w:val="00414C2A"/>
     <w:rsid w:val="00415072"/>
     <w:rsid w:val="00415305"/>
     <w:rsid w:val="00415600"/>
     <w:rsid w:val="00421071"/>
     <w:rsid w:val="004228CD"/>
     <w:rsid w:val="00422E4D"/>
     <w:rsid w:val="0042371D"/>
     <w:rsid w:val="0042399E"/>
     <w:rsid w:val="00424049"/>
     <w:rsid w:val="00424481"/>
     <w:rsid w:val="00424C30"/>
     <w:rsid w:val="00425ABD"/>
     <w:rsid w:val="00425EA9"/>
     <w:rsid w:val="00426550"/>
     <w:rsid w:val="0042748D"/>
     <w:rsid w:val="0043374A"/>
     <w:rsid w:val="0043459A"/>
     <w:rsid w:val="0043465C"/>
     <w:rsid w:val="0043516C"/>
     <w:rsid w:val="00435889"/>
     <w:rsid w:val="00435F67"/>
     <w:rsid w:val="0043778E"/>
     <w:rsid w:val="004377B7"/>
+    <w:rsid w:val="00437CDF"/>
     <w:rsid w:val="00437D66"/>
     <w:rsid w:val="004461C7"/>
     <w:rsid w:val="0044681D"/>
     <w:rsid w:val="00446954"/>
     <w:rsid w:val="004469DA"/>
     <w:rsid w:val="00446CC4"/>
     <w:rsid w:val="0044784D"/>
     <w:rsid w:val="00447C4F"/>
     <w:rsid w:val="00447C5E"/>
     <w:rsid w:val="00447D3D"/>
     <w:rsid w:val="00456DC1"/>
     <w:rsid w:val="0046166F"/>
     <w:rsid w:val="00461C89"/>
     <w:rsid w:val="004623F3"/>
     <w:rsid w:val="00465B6C"/>
     <w:rsid w:val="00465D14"/>
     <w:rsid w:val="004662E0"/>
     <w:rsid w:val="00467970"/>
     <w:rsid w:val="00467A9F"/>
     <w:rsid w:val="00470818"/>
     <w:rsid w:val="00470E7C"/>
     <w:rsid w:val="00472DB3"/>
+    <w:rsid w:val="00472E20"/>
+    <w:rsid w:val="00474820"/>
     <w:rsid w:val="00475FF9"/>
     <w:rsid w:val="004763F7"/>
     <w:rsid w:val="0047692B"/>
     <w:rsid w:val="00476E1F"/>
     <w:rsid w:val="00482C98"/>
     <w:rsid w:val="00482D63"/>
     <w:rsid w:val="00484753"/>
     <w:rsid w:val="00485091"/>
     <w:rsid w:val="004857B6"/>
+    <w:rsid w:val="00487372"/>
     <w:rsid w:val="00490637"/>
     <w:rsid w:val="0049214F"/>
     <w:rsid w:val="00494350"/>
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004960CA"/>
     <w:rsid w:val="0049648B"/>
     <w:rsid w:val="00497048"/>
     <w:rsid w:val="00497D3E"/>
     <w:rsid w:val="004A11BC"/>
     <w:rsid w:val="004A2497"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004A3EAA"/>
     <w:rsid w:val="004A4B09"/>
     <w:rsid w:val="004A4DCC"/>
     <w:rsid w:val="004A5683"/>
     <w:rsid w:val="004A764E"/>
     <w:rsid w:val="004B13FF"/>
     <w:rsid w:val="004B1E14"/>
     <w:rsid w:val="004B20D5"/>
     <w:rsid w:val="004B20FA"/>
     <w:rsid w:val="004B2FEB"/>
     <w:rsid w:val="004B3C4A"/>
     <w:rsid w:val="004B453C"/>
     <w:rsid w:val="004B56A5"/>
     <w:rsid w:val="004B788C"/>
@@ -9514,76 +10000,81 @@
     <w:rsid w:val="004E0B13"/>
     <w:rsid w:val="004E10E2"/>
     <w:rsid w:val="004E3E56"/>
     <w:rsid w:val="004E402D"/>
     <w:rsid w:val="004F015B"/>
     <w:rsid w:val="004F0568"/>
     <w:rsid w:val="004F061C"/>
     <w:rsid w:val="004F0D37"/>
     <w:rsid w:val="004F1B0A"/>
     <w:rsid w:val="004F1F7C"/>
     <w:rsid w:val="004F38C3"/>
     <w:rsid w:val="004F451B"/>
     <w:rsid w:val="004F4B51"/>
     <w:rsid w:val="004F514B"/>
     <w:rsid w:val="004F5A73"/>
     <w:rsid w:val="004F759B"/>
     <w:rsid w:val="00500030"/>
     <w:rsid w:val="00500DA3"/>
     <w:rsid w:val="00500FAC"/>
     <w:rsid w:val="00501EF4"/>
     <w:rsid w:val="0050411F"/>
     <w:rsid w:val="00506153"/>
     <w:rsid w:val="005069D9"/>
     <w:rsid w:val="00511539"/>
     <w:rsid w:val="00511DAB"/>
+    <w:rsid w:val="00513A13"/>
     <w:rsid w:val="00513BCE"/>
     <w:rsid w:val="00513E6C"/>
     <w:rsid w:val="00514FF3"/>
     <w:rsid w:val="005150C3"/>
     <w:rsid w:val="00517E15"/>
     <w:rsid w:val="005215BC"/>
     <w:rsid w:val="0052180D"/>
     <w:rsid w:val="00522975"/>
     <w:rsid w:val="00522B93"/>
     <w:rsid w:val="005246B9"/>
     <w:rsid w:val="00524B9B"/>
     <w:rsid w:val="00525794"/>
     <w:rsid w:val="00525CAD"/>
     <w:rsid w:val="005271B0"/>
     <w:rsid w:val="005301F2"/>
     <w:rsid w:val="0053179D"/>
     <w:rsid w:val="00531F24"/>
     <w:rsid w:val="00532A98"/>
     <w:rsid w:val="00533221"/>
+    <w:rsid w:val="00534150"/>
     <w:rsid w:val="00534FD3"/>
     <w:rsid w:val="00535A0A"/>
     <w:rsid w:val="00535F93"/>
+    <w:rsid w:val="00536E11"/>
     <w:rsid w:val="0053706B"/>
+    <w:rsid w:val="005374F9"/>
     <w:rsid w:val="005406C4"/>
     <w:rsid w:val="00542678"/>
     <w:rsid w:val="00544CBC"/>
+    <w:rsid w:val="0054593F"/>
     <w:rsid w:val="00545AFC"/>
     <w:rsid w:val="00546640"/>
     <w:rsid w:val="00547D4E"/>
     <w:rsid w:val="005504B5"/>
     <w:rsid w:val="00550B5F"/>
     <w:rsid w:val="00551B21"/>
     <w:rsid w:val="005527C1"/>
     <w:rsid w:val="00553415"/>
     <w:rsid w:val="00555DD1"/>
     <w:rsid w:val="0055666A"/>
     <w:rsid w:val="00565AF9"/>
     <w:rsid w:val="00566CC2"/>
     <w:rsid w:val="005672CD"/>
     <w:rsid w:val="00567495"/>
     <w:rsid w:val="00571CF0"/>
     <w:rsid w:val="0057212D"/>
     <w:rsid w:val="00573B70"/>
     <w:rsid w:val="00576215"/>
     <w:rsid w:val="0057690F"/>
     <w:rsid w:val="00576A57"/>
     <w:rsid w:val="00576FB1"/>
     <w:rsid w:val="00577D70"/>
     <w:rsid w:val="00577F74"/>
     <w:rsid w:val="00580A5A"/>
     <w:rsid w:val="00580B07"/>
@@ -9603,168 +10094,172 @@
     <w:rsid w:val="00593C80"/>
     <w:rsid w:val="00594244"/>
     <w:rsid w:val="00595021"/>
     <w:rsid w:val="00595820"/>
     <w:rsid w:val="005A1C4D"/>
     <w:rsid w:val="005A2519"/>
     <w:rsid w:val="005A2556"/>
     <w:rsid w:val="005A2566"/>
     <w:rsid w:val="005A2F9B"/>
     <w:rsid w:val="005A3434"/>
     <w:rsid w:val="005A65DD"/>
     <w:rsid w:val="005B0831"/>
     <w:rsid w:val="005B19A3"/>
     <w:rsid w:val="005B274D"/>
     <w:rsid w:val="005B363D"/>
     <w:rsid w:val="005B3E80"/>
     <w:rsid w:val="005B4DBA"/>
     <w:rsid w:val="005B4F3E"/>
     <w:rsid w:val="005B6B73"/>
     <w:rsid w:val="005B74BD"/>
     <w:rsid w:val="005B79D7"/>
     <w:rsid w:val="005C0366"/>
     <w:rsid w:val="005C0840"/>
     <w:rsid w:val="005C1703"/>
     <w:rsid w:val="005C2085"/>
+    <w:rsid w:val="005C2DA7"/>
     <w:rsid w:val="005C3100"/>
     <w:rsid w:val="005C34DD"/>
     <w:rsid w:val="005C39A4"/>
     <w:rsid w:val="005C4725"/>
     <w:rsid w:val="005C47BB"/>
     <w:rsid w:val="005C5A9C"/>
     <w:rsid w:val="005C7DEA"/>
     <w:rsid w:val="005D07FB"/>
     <w:rsid w:val="005D11D3"/>
     <w:rsid w:val="005D1567"/>
     <w:rsid w:val="005D1AF5"/>
+    <w:rsid w:val="005D2882"/>
     <w:rsid w:val="005D2D4E"/>
     <w:rsid w:val="005D2DA3"/>
     <w:rsid w:val="005D3C85"/>
     <w:rsid w:val="005D3FA9"/>
     <w:rsid w:val="005D41D5"/>
     <w:rsid w:val="005D5616"/>
     <w:rsid w:val="005D7DA1"/>
     <w:rsid w:val="005E4108"/>
     <w:rsid w:val="005E48EA"/>
     <w:rsid w:val="005E570F"/>
     <w:rsid w:val="005E5F1A"/>
     <w:rsid w:val="005E6C68"/>
     <w:rsid w:val="005F011E"/>
     <w:rsid w:val="005F0401"/>
     <w:rsid w:val="005F290E"/>
     <w:rsid w:val="005F2FFD"/>
     <w:rsid w:val="005F39FE"/>
     <w:rsid w:val="005F41A0"/>
     <w:rsid w:val="005F68B5"/>
     <w:rsid w:val="005F7FD8"/>
     <w:rsid w:val="00600C91"/>
     <w:rsid w:val="00601969"/>
     <w:rsid w:val="0060303F"/>
     <w:rsid w:val="006034EC"/>
     <w:rsid w:val="00603C85"/>
     <w:rsid w:val="00604CA2"/>
     <w:rsid w:val="00605007"/>
     <w:rsid w:val="006057A3"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00607601"/>
     <w:rsid w:val="00607E8A"/>
     <w:rsid w:val="00610523"/>
     <w:rsid w:val="00610DCA"/>
     <w:rsid w:val="0061118D"/>
     <w:rsid w:val="00612A05"/>
     <w:rsid w:val="0061309B"/>
     <w:rsid w:val="006136CE"/>
     <w:rsid w:val="00613FFF"/>
     <w:rsid w:val="006142F5"/>
     <w:rsid w:val="00614668"/>
-    <w:rsid w:val="00616492"/>
     <w:rsid w:val="00620219"/>
     <w:rsid w:val="006204AD"/>
     <w:rsid w:val="0062058F"/>
     <w:rsid w:val="00620C60"/>
     <w:rsid w:val="00620C84"/>
     <w:rsid w:val="00622BC3"/>
     <w:rsid w:val="0062331D"/>
     <w:rsid w:val="00624C26"/>
     <w:rsid w:val="00625578"/>
     <w:rsid w:val="006279A4"/>
     <w:rsid w:val="0063301B"/>
     <w:rsid w:val="00633C03"/>
     <w:rsid w:val="0063568F"/>
     <w:rsid w:val="00635CC6"/>
     <w:rsid w:val="00635E32"/>
     <w:rsid w:val="00636A89"/>
     <w:rsid w:val="00636DC7"/>
     <w:rsid w:val="00637D1F"/>
     <w:rsid w:val="00640897"/>
     <w:rsid w:val="00640EFE"/>
     <w:rsid w:val="0064385A"/>
     <w:rsid w:val="0064599C"/>
     <w:rsid w:val="00645C5B"/>
     <w:rsid w:val="00646D84"/>
     <w:rsid w:val="00646ED0"/>
     <w:rsid w:val="0064721C"/>
     <w:rsid w:val="00647F41"/>
     <w:rsid w:val="006507F9"/>
     <w:rsid w:val="006512B2"/>
     <w:rsid w:val="00651913"/>
     <w:rsid w:val="00652D3A"/>
     <w:rsid w:val="00653245"/>
     <w:rsid w:val="006535DA"/>
     <w:rsid w:val="0065445B"/>
     <w:rsid w:val="00654EC1"/>
     <w:rsid w:val="00655A1E"/>
     <w:rsid w:val="00655FBD"/>
     <w:rsid w:val="006560BE"/>
     <w:rsid w:val="00656C20"/>
     <w:rsid w:val="00660E0D"/>
     <w:rsid w:val="00662403"/>
     <w:rsid w:val="00663708"/>
     <w:rsid w:val="00663E3C"/>
     <w:rsid w:val="00665760"/>
     <w:rsid w:val="00666030"/>
+    <w:rsid w:val="0066711E"/>
     <w:rsid w:val="00667C79"/>
     <w:rsid w:val="00670AB5"/>
     <w:rsid w:val="00670CCB"/>
     <w:rsid w:val="006721FB"/>
     <w:rsid w:val="00672FF3"/>
     <w:rsid w:val="00673807"/>
     <w:rsid w:val="00674988"/>
     <w:rsid w:val="00674A63"/>
     <w:rsid w:val="00675383"/>
     <w:rsid w:val="00675725"/>
     <w:rsid w:val="00676AF8"/>
     <w:rsid w:val="00677DF7"/>
     <w:rsid w:val="00677E5D"/>
     <w:rsid w:val="00680444"/>
     <w:rsid w:val="00680C49"/>
     <w:rsid w:val="006821A5"/>
     <w:rsid w:val="00682333"/>
     <w:rsid w:val="006823DC"/>
+    <w:rsid w:val="006831B2"/>
     <w:rsid w:val="006839E8"/>
     <w:rsid w:val="006855FB"/>
     <w:rsid w:val="00685623"/>
+    <w:rsid w:val="00687A90"/>
     <w:rsid w:val="00690AC3"/>
     <w:rsid w:val="00691AF2"/>
     <w:rsid w:val="00692139"/>
     <w:rsid w:val="00693CA2"/>
     <w:rsid w:val="00693D91"/>
     <w:rsid w:val="00693EE8"/>
     <w:rsid w:val="00696363"/>
     <w:rsid w:val="00696401"/>
     <w:rsid w:val="006974D7"/>
     <w:rsid w:val="006A0832"/>
     <w:rsid w:val="006A0927"/>
     <w:rsid w:val="006A0ADD"/>
     <w:rsid w:val="006A0B96"/>
     <w:rsid w:val="006A13A8"/>
     <w:rsid w:val="006A2790"/>
     <w:rsid w:val="006A4757"/>
     <w:rsid w:val="006A4986"/>
     <w:rsid w:val="006A540E"/>
     <w:rsid w:val="006A5DCA"/>
     <w:rsid w:val="006A69E0"/>
     <w:rsid w:val="006A7E89"/>
     <w:rsid w:val="006B168E"/>
     <w:rsid w:val="006B34ED"/>
     <w:rsid w:val="006B3987"/>
     <w:rsid w:val="006B3B18"/>
@@ -9806,169 +10301,172 @@
     <w:rsid w:val="006E2365"/>
     <w:rsid w:val="006E3911"/>
     <w:rsid w:val="006E476F"/>
     <w:rsid w:val="006E689A"/>
     <w:rsid w:val="006E7706"/>
     <w:rsid w:val="006F2964"/>
     <w:rsid w:val="006F3A5D"/>
     <w:rsid w:val="006F4A5B"/>
     <w:rsid w:val="006F6DD2"/>
     <w:rsid w:val="006F7692"/>
     <w:rsid w:val="00700570"/>
     <w:rsid w:val="00700F0A"/>
     <w:rsid w:val="00701AEB"/>
     <w:rsid w:val="00701CB3"/>
     <w:rsid w:val="00702951"/>
     <w:rsid w:val="00702F3D"/>
     <w:rsid w:val="00704970"/>
     <w:rsid w:val="00704B8B"/>
     <w:rsid w:val="00707C1A"/>
     <w:rsid w:val="0071048C"/>
     <w:rsid w:val="00710821"/>
     <w:rsid w:val="007108F9"/>
     <w:rsid w:val="007115F7"/>
     <w:rsid w:val="00711EC7"/>
     <w:rsid w:val="0071311F"/>
+    <w:rsid w:val="00713CBD"/>
     <w:rsid w:val="0071515F"/>
     <w:rsid w:val="00716975"/>
     <w:rsid w:val="00716C22"/>
     <w:rsid w:val="007208FD"/>
-    <w:rsid w:val="00720BE9"/>
     <w:rsid w:val="007218AC"/>
     <w:rsid w:val="00721BB0"/>
     <w:rsid w:val="0072213C"/>
     <w:rsid w:val="00722B67"/>
     <w:rsid w:val="007230A4"/>
     <w:rsid w:val="0072341A"/>
     <w:rsid w:val="00723560"/>
     <w:rsid w:val="00723777"/>
     <w:rsid w:val="00724763"/>
     <w:rsid w:val="00724CE8"/>
     <w:rsid w:val="00725C62"/>
     <w:rsid w:val="00725CC8"/>
     <w:rsid w:val="007302AC"/>
     <w:rsid w:val="00731543"/>
     <w:rsid w:val="00732275"/>
     <w:rsid w:val="00732ED1"/>
     <w:rsid w:val="00733BA7"/>
     <w:rsid w:val="00734269"/>
     <w:rsid w:val="0073458D"/>
     <w:rsid w:val="007361E1"/>
     <w:rsid w:val="0073664B"/>
     <w:rsid w:val="00736CCD"/>
     <w:rsid w:val="00737FF6"/>
     <w:rsid w:val="00740D22"/>
     <w:rsid w:val="00740F71"/>
     <w:rsid w:val="00742043"/>
+    <w:rsid w:val="00742A82"/>
     <w:rsid w:val="00743768"/>
     <w:rsid w:val="007441A7"/>
     <w:rsid w:val="00744F72"/>
     <w:rsid w:val="00744FF4"/>
     <w:rsid w:val="00745483"/>
     <w:rsid w:val="007454FE"/>
     <w:rsid w:val="00745C4B"/>
     <w:rsid w:val="00746A32"/>
     <w:rsid w:val="007470A2"/>
     <w:rsid w:val="007503DA"/>
     <w:rsid w:val="00750727"/>
     <w:rsid w:val="00752BA8"/>
     <w:rsid w:val="00753171"/>
     <w:rsid w:val="007531F2"/>
     <w:rsid w:val="0075371E"/>
     <w:rsid w:val="007550E4"/>
     <w:rsid w:val="007560D7"/>
     <w:rsid w:val="0075637E"/>
     <w:rsid w:val="00756434"/>
     <w:rsid w:val="007565EA"/>
     <w:rsid w:val="00756CF1"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="0076048B"/>
     <w:rsid w:val="007607E5"/>
     <w:rsid w:val="00760E31"/>
     <w:rsid w:val="00761517"/>
     <w:rsid w:val="00762ECC"/>
     <w:rsid w:val="00763955"/>
     <w:rsid w:val="00763C7B"/>
     <w:rsid w:val="00763CBA"/>
     <w:rsid w:val="00763FCE"/>
     <w:rsid w:val="007651D7"/>
     <w:rsid w:val="007654F9"/>
     <w:rsid w:val="00767AAC"/>
     <w:rsid w:val="00767B59"/>
     <w:rsid w:val="007700CB"/>
     <w:rsid w:val="00770455"/>
     <w:rsid w:val="00770B26"/>
     <w:rsid w:val="00770E12"/>
     <w:rsid w:val="00771AE0"/>
     <w:rsid w:val="007723E1"/>
     <w:rsid w:val="00773945"/>
     <w:rsid w:val="00774218"/>
     <w:rsid w:val="007746B8"/>
     <w:rsid w:val="00774A73"/>
     <w:rsid w:val="00774C57"/>
     <w:rsid w:val="00775E9B"/>
     <w:rsid w:val="0077667B"/>
     <w:rsid w:val="0077757A"/>
     <w:rsid w:val="007776CC"/>
+    <w:rsid w:val="00777F76"/>
     <w:rsid w:val="00781BFB"/>
     <w:rsid w:val="00782546"/>
     <w:rsid w:val="00783042"/>
     <w:rsid w:val="007833D7"/>
     <w:rsid w:val="00783CB7"/>
     <w:rsid w:val="00783F13"/>
     <w:rsid w:val="00784C2E"/>
     <w:rsid w:val="00784CE6"/>
     <w:rsid w:val="00786059"/>
     <w:rsid w:val="007877D7"/>
     <w:rsid w:val="00790A97"/>
     <w:rsid w:val="00791620"/>
     <w:rsid w:val="00791C1B"/>
     <w:rsid w:val="007927AE"/>
     <w:rsid w:val="00792F17"/>
     <w:rsid w:val="007931DD"/>
     <w:rsid w:val="00795D94"/>
     <w:rsid w:val="00795EB9"/>
     <w:rsid w:val="00796C8C"/>
     <w:rsid w:val="00796FBE"/>
     <w:rsid w:val="00797480"/>
     <w:rsid w:val="00797776"/>
     <w:rsid w:val="007A12FD"/>
     <w:rsid w:val="007A36DA"/>
     <w:rsid w:val="007A390F"/>
     <w:rsid w:val="007A3E26"/>
     <w:rsid w:val="007A5937"/>
     <w:rsid w:val="007A6511"/>
     <w:rsid w:val="007A68DE"/>
     <w:rsid w:val="007A711F"/>
     <w:rsid w:val="007A7C99"/>
     <w:rsid w:val="007B076A"/>
     <w:rsid w:val="007B0B2C"/>
     <w:rsid w:val="007B1EDB"/>
     <w:rsid w:val="007B271D"/>
     <w:rsid w:val="007B2812"/>
     <w:rsid w:val="007B29B3"/>
     <w:rsid w:val="007B2A0E"/>
+    <w:rsid w:val="007B2A8D"/>
     <w:rsid w:val="007B2B5A"/>
     <w:rsid w:val="007B4099"/>
     <w:rsid w:val="007B40CE"/>
     <w:rsid w:val="007B5495"/>
     <w:rsid w:val="007B5D99"/>
     <w:rsid w:val="007B667F"/>
     <w:rsid w:val="007B76CE"/>
     <w:rsid w:val="007B76F8"/>
     <w:rsid w:val="007C003D"/>
     <w:rsid w:val="007C072D"/>
     <w:rsid w:val="007C2284"/>
     <w:rsid w:val="007C335E"/>
     <w:rsid w:val="007C716C"/>
     <w:rsid w:val="007C730C"/>
     <w:rsid w:val="007C7602"/>
     <w:rsid w:val="007C7713"/>
     <w:rsid w:val="007D065F"/>
     <w:rsid w:val="007D16A6"/>
     <w:rsid w:val="007D1747"/>
     <w:rsid w:val="007D22D0"/>
     <w:rsid w:val="007D2E8F"/>
     <w:rsid w:val="007D412F"/>
     <w:rsid w:val="007D4494"/>
     <w:rsid w:val="007D48AF"/>
     <w:rsid w:val="007D5EF6"/>
@@ -9987,50 +10485,51 @@
     <w:rsid w:val="007F12AC"/>
     <w:rsid w:val="007F263F"/>
     <w:rsid w:val="007F2CC0"/>
     <w:rsid w:val="007F65FC"/>
     <w:rsid w:val="007F7320"/>
     <w:rsid w:val="007F76FB"/>
     <w:rsid w:val="007F7E67"/>
     <w:rsid w:val="00800E44"/>
     <w:rsid w:val="00802697"/>
     <w:rsid w:val="00803BC6"/>
     <w:rsid w:val="00803F23"/>
     <w:rsid w:val="008042CD"/>
     <w:rsid w:val="00804F20"/>
     <w:rsid w:val="00805BA7"/>
     <w:rsid w:val="0080603A"/>
     <w:rsid w:val="008066C6"/>
     <w:rsid w:val="00806836"/>
     <w:rsid w:val="00806E02"/>
     <w:rsid w:val="0081015E"/>
     <w:rsid w:val="00810350"/>
     <w:rsid w:val="0081041C"/>
     <w:rsid w:val="0081093E"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="008127C6"/>
     <w:rsid w:val="00812885"/>
+    <w:rsid w:val="008139BB"/>
     <w:rsid w:val="00815ECF"/>
     <w:rsid w:val="0081683A"/>
     <w:rsid w:val="00816E21"/>
     <w:rsid w:val="0082081C"/>
     <w:rsid w:val="00821628"/>
     <w:rsid w:val="00823A19"/>
     <w:rsid w:val="00824252"/>
     <w:rsid w:val="008258ED"/>
     <w:rsid w:val="00825EA0"/>
     <w:rsid w:val="00825F2F"/>
     <w:rsid w:val="0082799F"/>
     <w:rsid w:val="00830F0F"/>
     <w:rsid w:val="008318BC"/>
     <w:rsid w:val="00831F13"/>
     <w:rsid w:val="00832CA4"/>
     <w:rsid w:val="00833386"/>
     <w:rsid w:val="00833C34"/>
     <w:rsid w:val="00835139"/>
     <w:rsid w:val="0083552C"/>
     <w:rsid w:val="00835AA1"/>
     <w:rsid w:val="00835D63"/>
     <w:rsid w:val="0083774D"/>
     <w:rsid w:val="0084031A"/>
     <w:rsid w:val="008429D0"/>
     <w:rsid w:val="00843329"/>
@@ -10059,100 +10558,104 @@
     <w:rsid w:val="0087351B"/>
     <w:rsid w:val="00875621"/>
     <w:rsid w:val="00875D7C"/>
     <w:rsid w:val="008769F8"/>
     <w:rsid w:val="00880274"/>
     <w:rsid w:val="00881972"/>
     <w:rsid w:val="00881A7B"/>
     <w:rsid w:val="00882A40"/>
     <w:rsid w:val="008840BD"/>
     <w:rsid w:val="00885F91"/>
     <w:rsid w:val="0088650D"/>
     <w:rsid w:val="00886C91"/>
     <w:rsid w:val="00890AFA"/>
     <w:rsid w:val="00891FFD"/>
     <w:rsid w:val="00893200"/>
     <w:rsid w:val="008945CD"/>
     <w:rsid w:val="00897E5A"/>
     <w:rsid w:val="008A009A"/>
     <w:rsid w:val="008A065F"/>
     <w:rsid w:val="008A29A8"/>
     <w:rsid w:val="008A2CD6"/>
     <w:rsid w:val="008A35FB"/>
     <w:rsid w:val="008A38AE"/>
     <w:rsid w:val="008A428E"/>
     <w:rsid w:val="008A6CBB"/>
+    <w:rsid w:val="008A7D23"/>
     <w:rsid w:val="008B0CA3"/>
     <w:rsid w:val="008B117C"/>
     <w:rsid w:val="008B1741"/>
     <w:rsid w:val="008B1B73"/>
     <w:rsid w:val="008B202C"/>
     <w:rsid w:val="008B23E4"/>
     <w:rsid w:val="008B3034"/>
     <w:rsid w:val="008B354F"/>
     <w:rsid w:val="008B40D7"/>
     <w:rsid w:val="008B670D"/>
     <w:rsid w:val="008B722A"/>
     <w:rsid w:val="008B738E"/>
     <w:rsid w:val="008B7436"/>
     <w:rsid w:val="008C0530"/>
     <w:rsid w:val="008C1644"/>
     <w:rsid w:val="008C21B3"/>
     <w:rsid w:val="008C3121"/>
     <w:rsid w:val="008C31AC"/>
     <w:rsid w:val="008C3447"/>
+    <w:rsid w:val="008C470F"/>
     <w:rsid w:val="008C583A"/>
     <w:rsid w:val="008C5A23"/>
     <w:rsid w:val="008C6C65"/>
     <w:rsid w:val="008C753D"/>
     <w:rsid w:val="008C76AE"/>
     <w:rsid w:val="008D0088"/>
     <w:rsid w:val="008D0661"/>
     <w:rsid w:val="008D1C8E"/>
     <w:rsid w:val="008D2153"/>
     <w:rsid w:val="008D37EA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D7ED1"/>
     <w:rsid w:val="008D7FDE"/>
     <w:rsid w:val="008E10BF"/>
     <w:rsid w:val="008E16A3"/>
     <w:rsid w:val="008E1A71"/>
     <w:rsid w:val="008E372B"/>
     <w:rsid w:val="008E513E"/>
     <w:rsid w:val="008E56A9"/>
     <w:rsid w:val="008E6F2E"/>
+    <w:rsid w:val="008F2030"/>
     <w:rsid w:val="008F341C"/>
     <w:rsid w:val="008F4EED"/>
     <w:rsid w:val="008F5011"/>
     <w:rsid w:val="008F5EC7"/>
     <w:rsid w:val="008F740A"/>
     <w:rsid w:val="008F7AA4"/>
     <w:rsid w:val="00900723"/>
     <w:rsid w:val="00900850"/>
     <w:rsid w:val="00900B12"/>
     <w:rsid w:val="009014E1"/>
     <w:rsid w:val="00901E23"/>
+    <w:rsid w:val="00901E30"/>
     <w:rsid w:val="00902A20"/>
     <w:rsid w:val="009031AE"/>
     <w:rsid w:val="009032B8"/>
     <w:rsid w:val="00903565"/>
     <w:rsid w:val="00904126"/>
     <w:rsid w:val="00904895"/>
     <w:rsid w:val="009052BD"/>
     <w:rsid w:val="00905C58"/>
     <w:rsid w:val="00905FBA"/>
     <w:rsid w:val="00906A9D"/>
     <w:rsid w:val="009077C4"/>
     <w:rsid w:val="009119DB"/>
     <w:rsid w:val="00912D4E"/>
     <w:rsid w:val="00912EA6"/>
     <w:rsid w:val="00913E8B"/>
     <w:rsid w:val="009153EE"/>
     <w:rsid w:val="0091572A"/>
     <w:rsid w:val="00916E5C"/>
     <w:rsid w:val="00916EB5"/>
     <w:rsid w:val="00916ED5"/>
     <w:rsid w:val="00920415"/>
     <w:rsid w:val="00920664"/>
     <w:rsid w:val="00920691"/>
     <w:rsid w:val="00921E8C"/>
     <w:rsid w:val="00921F75"/>
@@ -10207,62 +10710,65 @@
     <w:rsid w:val="0097182E"/>
     <w:rsid w:val="00971A88"/>
     <w:rsid w:val="009737AF"/>
     <w:rsid w:val="0097389B"/>
     <w:rsid w:val="00974B69"/>
     <w:rsid w:val="00975114"/>
     <w:rsid w:val="0097596E"/>
     <w:rsid w:val="0097644D"/>
     <w:rsid w:val="00976878"/>
     <w:rsid w:val="00976E07"/>
     <w:rsid w:val="00981D7D"/>
     <w:rsid w:val="00981E8F"/>
     <w:rsid w:val="00983D1E"/>
     <w:rsid w:val="009840C8"/>
     <w:rsid w:val="0098459D"/>
     <w:rsid w:val="00984C50"/>
     <w:rsid w:val="0098519A"/>
     <w:rsid w:val="00985217"/>
     <w:rsid w:val="00985C66"/>
     <w:rsid w:val="00985CBA"/>
     <w:rsid w:val="00986920"/>
     <w:rsid w:val="00986D62"/>
     <w:rsid w:val="00987859"/>
     <w:rsid w:val="00987E45"/>
     <w:rsid w:val="0099205C"/>
+    <w:rsid w:val="0099293F"/>
     <w:rsid w:val="00992C94"/>
     <w:rsid w:val="009930F5"/>
+    <w:rsid w:val="00994414"/>
     <w:rsid w:val="009946CB"/>
     <w:rsid w:val="00995218"/>
     <w:rsid w:val="00995D52"/>
     <w:rsid w:val="009A03ED"/>
     <w:rsid w:val="009A0DDC"/>
     <w:rsid w:val="009A1220"/>
     <w:rsid w:val="009A1D0A"/>
     <w:rsid w:val="009A330A"/>
     <w:rsid w:val="009A3B83"/>
     <w:rsid w:val="009A49AE"/>
+    <w:rsid w:val="009A6060"/>
     <w:rsid w:val="009A73AE"/>
     <w:rsid w:val="009A7530"/>
     <w:rsid w:val="009A7C2C"/>
     <w:rsid w:val="009B08BF"/>
     <w:rsid w:val="009B3869"/>
     <w:rsid w:val="009B47C4"/>
     <w:rsid w:val="009B48ED"/>
     <w:rsid w:val="009B5CD7"/>
     <w:rsid w:val="009B650A"/>
     <w:rsid w:val="009C0B19"/>
     <w:rsid w:val="009C1751"/>
     <w:rsid w:val="009C253A"/>
     <w:rsid w:val="009C4D00"/>
     <w:rsid w:val="009C5878"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009C764E"/>
     <w:rsid w:val="009D0412"/>
     <w:rsid w:val="009D2C7E"/>
     <w:rsid w:val="009D4432"/>
     <w:rsid w:val="009D4ED1"/>
     <w:rsid w:val="009D4F4D"/>
     <w:rsid w:val="009D55CA"/>
     <w:rsid w:val="009D62AB"/>
     <w:rsid w:val="009D6786"/>
     <w:rsid w:val="009E0969"/>
@@ -10271,118 +10777,123 @@
     <w:rsid w:val="009E1977"/>
     <w:rsid w:val="009E1E4B"/>
     <w:rsid w:val="009E371A"/>
     <w:rsid w:val="009E39D3"/>
     <w:rsid w:val="009E4161"/>
     <w:rsid w:val="009E421B"/>
     <w:rsid w:val="009E466D"/>
     <w:rsid w:val="009E4CCC"/>
     <w:rsid w:val="009E55B3"/>
     <w:rsid w:val="009E5AFF"/>
     <w:rsid w:val="009E5F44"/>
     <w:rsid w:val="009E74A0"/>
     <w:rsid w:val="009E7946"/>
     <w:rsid w:val="009F0A2D"/>
     <w:rsid w:val="009F0A58"/>
     <w:rsid w:val="009F19F0"/>
     <w:rsid w:val="009F31CD"/>
     <w:rsid w:val="009F31CE"/>
     <w:rsid w:val="009F3475"/>
     <w:rsid w:val="009F5D0D"/>
     <w:rsid w:val="009F6024"/>
     <w:rsid w:val="009F65E6"/>
     <w:rsid w:val="009F6EF1"/>
     <w:rsid w:val="009F6FDD"/>
     <w:rsid w:val="009F7EDE"/>
+    <w:rsid w:val="00A00CC5"/>
     <w:rsid w:val="00A01D52"/>
     <w:rsid w:val="00A02E8E"/>
     <w:rsid w:val="00A03FAA"/>
     <w:rsid w:val="00A04B72"/>
     <w:rsid w:val="00A053E0"/>
     <w:rsid w:val="00A06E79"/>
     <w:rsid w:val="00A07BDE"/>
     <w:rsid w:val="00A11013"/>
     <w:rsid w:val="00A111C6"/>
     <w:rsid w:val="00A125E1"/>
     <w:rsid w:val="00A151EE"/>
     <w:rsid w:val="00A2028E"/>
+    <w:rsid w:val="00A2076B"/>
     <w:rsid w:val="00A213EF"/>
     <w:rsid w:val="00A24002"/>
     <w:rsid w:val="00A24441"/>
     <w:rsid w:val="00A247D1"/>
     <w:rsid w:val="00A3013D"/>
     <w:rsid w:val="00A3213C"/>
     <w:rsid w:val="00A326C5"/>
     <w:rsid w:val="00A342A5"/>
     <w:rsid w:val="00A34558"/>
     <w:rsid w:val="00A34E6E"/>
     <w:rsid w:val="00A407F6"/>
     <w:rsid w:val="00A421EF"/>
     <w:rsid w:val="00A43B5E"/>
     <w:rsid w:val="00A43C2C"/>
     <w:rsid w:val="00A44C96"/>
     <w:rsid w:val="00A47B24"/>
     <w:rsid w:val="00A47BBD"/>
     <w:rsid w:val="00A5225F"/>
     <w:rsid w:val="00A54454"/>
     <w:rsid w:val="00A63413"/>
     <w:rsid w:val="00A63CAE"/>
     <w:rsid w:val="00A63CDD"/>
     <w:rsid w:val="00A6594F"/>
     <w:rsid w:val="00A66C51"/>
     <w:rsid w:val="00A66D03"/>
+    <w:rsid w:val="00A67935"/>
     <w:rsid w:val="00A700E9"/>
     <w:rsid w:val="00A7104B"/>
     <w:rsid w:val="00A713A4"/>
     <w:rsid w:val="00A7190F"/>
     <w:rsid w:val="00A720BF"/>
     <w:rsid w:val="00A749C2"/>
     <w:rsid w:val="00A74B78"/>
     <w:rsid w:val="00A75540"/>
     <w:rsid w:val="00A758E0"/>
     <w:rsid w:val="00A75F05"/>
     <w:rsid w:val="00A76ED0"/>
     <w:rsid w:val="00A775C1"/>
     <w:rsid w:val="00A80048"/>
     <w:rsid w:val="00A810A0"/>
     <w:rsid w:val="00A83847"/>
     <w:rsid w:val="00A83A24"/>
     <w:rsid w:val="00A84BB7"/>
     <w:rsid w:val="00A84D35"/>
     <w:rsid w:val="00A863C3"/>
     <w:rsid w:val="00A870E4"/>
     <w:rsid w:val="00A87197"/>
     <w:rsid w:val="00A87454"/>
     <w:rsid w:val="00A900D0"/>
     <w:rsid w:val="00A91392"/>
     <w:rsid w:val="00A914BE"/>
     <w:rsid w:val="00A91935"/>
     <w:rsid w:val="00A922D1"/>
+    <w:rsid w:val="00A927A8"/>
     <w:rsid w:val="00A92B58"/>
     <w:rsid w:val="00A93DBC"/>
     <w:rsid w:val="00A93E7C"/>
     <w:rsid w:val="00A9451A"/>
+    <w:rsid w:val="00A95FDC"/>
     <w:rsid w:val="00A96202"/>
     <w:rsid w:val="00A96949"/>
     <w:rsid w:val="00A9717F"/>
     <w:rsid w:val="00AA1B48"/>
     <w:rsid w:val="00AA2531"/>
     <w:rsid w:val="00AA479D"/>
     <w:rsid w:val="00AA5DF8"/>
     <w:rsid w:val="00AA6727"/>
     <w:rsid w:val="00AA6A32"/>
     <w:rsid w:val="00AA7086"/>
     <w:rsid w:val="00AA75A7"/>
     <w:rsid w:val="00AA79C6"/>
     <w:rsid w:val="00AB02E3"/>
     <w:rsid w:val="00AB0EFC"/>
     <w:rsid w:val="00AB11AE"/>
     <w:rsid w:val="00AB31A2"/>
     <w:rsid w:val="00AB3D33"/>
     <w:rsid w:val="00AB4068"/>
     <w:rsid w:val="00AB40BC"/>
     <w:rsid w:val="00AB5630"/>
     <w:rsid w:val="00AB6332"/>
     <w:rsid w:val="00AC03ED"/>
     <w:rsid w:val="00AC1F8C"/>
     <w:rsid w:val="00AC3395"/>
     <w:rsid w:val="00AC3737"/>
@@ -10390,640 +10901,664 @@
     <w:rsid w:val="00AC4642"/>
     <w:rsid w:val="00AD0A1B"/>
     <w:rsid w:val="00AD1393"/>
     <w:rsid w:val="00AD2259"/>
     <w:rsid w:val="00AD22A0"/>
     <w:rsid w:val="00AD365D"/>
     <w:rsid w:val="00AD3F85"/>
     <w:rsid w:val="00AD4538"/>
     <w:rsid w:val="00AD45AA"/>
     <w:rsid w:val="00AD6A86"/>
     <w:rsid w:val="00AD6ADB"/>
     <w:rsid w:val="00AD6EA0"/>
     <w:rsid w:val="00AD70E5"/>
     <w:rsid w:val="00AD7299"/>
     <w:rsid w:val="00AD741A"/>
     <w:rsid w:val="00AD76B8"/>
     <w:rsid w:val="00AD7F45"/>
     <w:rsid w:val="00AE133D"/>
     <w:rsid w:val="00AE1A33"/>
     <w:rsid w:val="00AE245A"/>
     <w:rsid w:val="00AE4961"/>
     <w:rsid w:val="00AE50D0"/>
     <w:rsid w:val="00AE51FB"/>
     <w:rsid w:val="00AE6A1D"/>
     <w:rsid w:val="00AE7BA1"/>
+    <w:rsid w:val="00AF0037"/>
     <w:rsid w:val="00AF1B53"/>
     <w:rsid w:val="00AF21EA"/>
     <w:rsid w:val="00AF29FF"/>
     <w:rsid w:val="00AF44FB"/>
     <w:rsid w:val="00AF4F64"/>
     <w:rsid w:val="00AF656B"/>
     <w:rsid w:val="00AF6614"/>
     <w:rsid w:val="00AF7442"/>
     <w:rsid w:val="00AF76F0"/>
     <w:rsid w:val="00AF7F9E"/>
     <w:rsid w:val="00B00631"/>
     <w:rsid w:val="00B02F6A"/>
     <w:rsid w:val="00B03B56"/>
     <w:rsid w:val="00B044DC"/>
     <w:rsid w:val="00B063BD"/>
     <w:rsid w:val="00B102E6"/>
     <w:rsid w:val="00B12ACF"/>
     <w:rsid w:val="00B13899"/>
     <w:rsid w:val="00B151F7"/>
     <w:rsid w:val="00B17524"/>
     <w:rsid w:val="00B23F29"/>
     <w:rsid w:val="00B2478C"/>
     <w:rsid w:val="00B26578"/>
     <w:rsid w:val="00B310C6"/>
     <w:rsid w:val="00B3209A"/>
     <w:rsid w:val="00B35B37"/>
+    <w:rsid w:val="00B362CD"/>
     <w:rsid w:val="00B36C62"/>
+    <w:rsid w:val="00B3711E"/>
     <w:rsid w:val="00B401F0"/>
     <w:rsid w:val="00B4082F"/>
     <w:rsid w:val="00B40B5B"/>
+    <w:rsid w:val="00B416A3"/>
     <w:rsid w:val="00B42486"/>
     <w:rsid w:val="00B42AC5"/>
     <w:rsid w:val="00B43938"/>
     <w:rsid w:val="00B448E8"/>
     <w:rsid w:val="00B47067"/>
     <w:rsid w:val="00B47500"/>
     <w:rsid w:val="00B479C6"/>
     <w:rsid w:val="00B47D3B"/>
     <w:rsid w:val="00B47E94"/>
     <w:rsid w:val="00B520C1"/>
     <w:rsid w:val="00B52CC7"/>
     <w:rsid w:val="00B54A16"/>
+    <w:rsid w:val="00B57C37"/>
     <w:rsid w:val="00B60437"/>
     <w:rsid w:val="00B60AD9"/>
     <w:rsid w:val="00B60E11"/>
     <w:rsid w:val="00B61E0C"/>
     <w:rsid w:val="00B6253E"/>
     <w:rsid w:val="00B64A39"/>
     <w:rsid w:val="00B7196C"/>
     <w:rsid w:val="00B73342"/>
     <w:rsid w:val="00B73DE1"/>
     <w:rsid w:val="00B73F38"/>
     <w:rsid w:val="00B746A5"/>
     <w:rsid w:val="00B75942"/>
     <w:rsid w:val="00B77AA5"/>
     <w:rsid w:val="00B77CB9"/>
     <w:rsid w:val="00B80B4B"/>
     <w:rsid w:val="00B80F7F"/>
     <w:rsid w:val="00B815DF"/>
     <w:rsid w:val="00B81759"/>
     <w:rsid w:val="00B82469"/>
     <w:rsid w:val="00B82875"/>
     <w:rsid w:val="00B82A09"/>
     <w:rsid w:val="00B82D7C"/>
+    <w:rsid w:val="00B86E96"/>
+    <w:rsid w:val="00B90683"/>
     <w:rsid w:val="00B907FF"/>
     <w:rsid w:val="00B91D1D"/>
     <w:rsid w:val="00B92C75"/>
     <w:rsid w:val="00B93DC7"/>
     <w:rsid w:val="00B94311"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B95B13"/>
     <w:rsid w:val="00BA1A37"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA37FD"/>
     <w:rsid w:val="00BA4DD9"/>
     <w:rsid w:val="00BA5409"/>
     <w:rsid w:val="00BA5F49"/>
     <w:rsid w:val="00BA6ED0"/>
     <w:rsid w:val="00BA7233"/>
     <w:rsid w:val="00BB08A1"/>
     <w:rsid w:val="00BB19F5"/>
     <w:rsid w:val="00BB33A9"/>
     <w:rsid w:val="00BB37CB"/>
     <w:rsid w:val="00BB5140"/>
     <w:rsid w:val="00BB5178"/>
     <w:rsid w:val="00BB6CDC"/>
     <w:rsid w:val="00BB7EC0"/>
     <w:rsid w:val="00BC022F"/>
     <w:rsid w:val="00BC2D62"/>
     <w:rsid w:val="00BC3562"/>
     <w:rsid w:val="00BC5DCE"/>
     <w:rsid w:val="00BC61B5"/>
     <w:rsid w:val="00BC64A1"/>
     <w:rsid w:val="00BC64AE"/>
     <w:rsid w:val="00BC6D65"/>
     <w:rsid w:val="00BC707B"/>
     <w:rsid w:val="00BD01B0"/>
     <w:rsid w:val="00BD03F9"/>
     <w:rsid w:val="00BD0847"/>
     <w:rsid w:val="00BD0D6E"/>
+    <w:rsid w:val="00BD2088"/>
     <w:rsid w:val="00BD345E"/>
+    <w:rsid w:val="00BD4E1B"/>
     <w:rsid w:val="00BD5148"/>
     <w:rsid w:val="00BD5A30"/>
     <w:rsid w:val="00BD5D8D"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rsid w:val="00BD66BD"/>
     <w:rsid w:val="00BD6F15"/>
     <w:rsid w:val="00BD7EA4"/>
     <w:rsid w:val="00BE0A27"/>
     <w:rsid w:val="00BE0A82"/>
     <w:rsid w:val="00BE1149"/>
     <w:rsid w:val="00BE397D"/>
     <w:rsid w:val="00BE3A41"/>
     <w:rsid w:val="00BE3B46"/>
     <w:rsid w:val="00BE3F84"/>
     <w:rsid w:val="00BE4FA4"/>
     <w:rsid w:val="00BF0379"/>
     <w:rsid w:val="00BF1B01"/>
     <w:rsid w:val="00BF2018"/>
     <w:rsid w:val="00BF341B"/>
     <w:rsid w:val="00BF4301"/>
     <w:rsid w:val="00BF4ECB"/>
     <w:rsid w:val="00BF5A92"/>
     <w:rsid w:val="00C02FA8"/>
     <w:rsid w:val="00C032E2"/>
     <w:rsid w:val="00C049BB"/>
     <w:rsid w:val="00C05007"/>
     <w:rsid w:val="00C052ED"/>
+    <w:rsid w:val="00C10D61"/>
     <w:rsid w:val="00C117B3"/>
     <w:rsid w:val="00C1298B"/>
     <w:rsid w:val="00C13EB3"/>
     <w:rsid w:val="00C15A36"/>
     <w:rsid w:val="00C16A34"/>
     <w:rsid w:val="00C17A24"/>
     <w:rsid w:val="00C17EDE"/>
     <w:rsid w:val="00C21109"/>
     <w:rsid w:val="00C21F2A"/>
     <w:rsid w:val="00C2235D"/>
     <w:rsid w:val="00C223D6"/>
     <w:rsid w:val="00C226A3"/>
     <w:rsid w:val="00C25698"/>
     <w:rsid w:val="00C302A2"/>
     <w:rsid w:val="00C321FC"/>
     <w:rsid w:val="00C322FE"/>
     <w:rsid w:val="00C32D3F"/>
     <w:rsid w:val="00C3446D"/>
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C40B7F"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C41CA8"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C46AA2"/>
     <w:rsid w:val="00C4707D"/>
     <w:rsid w:val="00C53012"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C603FD"/>
     <w:rsid w:val="00C6189A"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C6594D"/>
     <w:rsid w:val="00C65981"/>
     <w:rsid w:val="00C65ECA"/>
     <w:rsid w:val="00C67268"/>
     <w:rsid w:val="00C67856"/>
     <w:rsid w:val="00C70137"/>
     <w:rsid w:val="00C7040E"/>
     <w:rsid w:val="00C70414"/>
     <w:rsid w:val="00C70875"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C736BD"/>
     <w:rsid w:val="00C73ADD"/>
+    <w:rsid w:val="00C758DE"/>
     <w:rsid w:val="00C76341"/>
     <w:rsid w:val="00C8095A"/>
     <w:rsid w:val="00C81D98"/>
     <w:rsid w:val="00C82626"/>
     <w:rsid w:val="00C829EA"/>
     <w:rsid w:val="00C83416"/>
     <w:rsid w:val="00C83F72"/>
     <w:rsid w:val="00C8404B"/>
     <w:rsid w:val="00C84056"/>
     <w:rsid w:val="00C86871"/>
     <w:rsid w:val="00C87C2E"/>
     <w:rsid w:val="00C91CA1"/>
     <w:rsid w:val="00C92860"/>
     <w:rsid w:val="00C93079"/>
     <w:rsid w:val="00C93457"/>
     <w:rsid w:val="00C9360A"/>
     <w:rsid w:val="00C94B46"/>
-    <w:rsid w:val="00C9588F"/>
     <w:rsid w:val="00C960AA"/>
     <w:rsid w:val="00C97317"/>
     <w:rsid w:val="00CA1710"/>
     <w:rsid w:val="00CA191E"/>
     <w:rsid w:val="00CA3D24"/>
     <w:rsid w:val="00CA4A99"/>
     <w:rsid w:val="00CA5F7D"/>
     <w:rsid w:val="00CA77E4"/>
     <w:rsid w:val="00CA7F30"/>
     <w:rsid w:val="00CB0C40"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB1E65"/>
     <w:rsid w:val="00CB20A6"/>
     <w:rsid w:val="00CB2A6A"/>
     <w:rsid w:val="00CB2E93"/>
     <w:rsid w:val="00CB578C"/>
     <w:rsid w:val="00CB644A"/>
     <w:rsid w:val="00CC10BB"/>
     <w:rsid w:val="00CC19DE"/>
     <w:rsid w:val="00CC2667"/>
     <w:rsid w:val="00CC4142"/>
     <w:rsid w:val="00CC5CBC"/>
     <w:rsid w:val="00CC6855"/>
     <w:rsid w:val="00CC772F"/>
     <w:rsid w:val="00CC773E"/>
     <w:rsid w:val="00CD050F"/>
     <w:rsid w:val="00CD2B51"/>
     <w:rsid w:val="00CD49EF"/>
     <w:rsid w:val="00CD55C2"/>
     <w:rsid w:val="00CD60F4"/>
     <w:rsid w:val="00CD72CC"/>
     <w:rsid w:val="00CD7695"/>
     <w:rsid w:val="00CD76A3"/>
     <w:rsid w:val="00CD783E"/>
     <w:rsid w:val="00CD7995"/>
     <w:rsid w:val="00CD79F2"/>
     <w:rsid w:val="00CE0CA7"/>
     <w:rsid w:val="00CE1E23"/>
     <w:rsid w:val="00CE1FF7"/>
     <w:rsid w:val="00CE371A"/>
     <w:rsid w:val="00CE3878"/>
     <w:rsid w:val="00CE3F56"/>
     <w:rsid w:val="00CE4097"/>
     <w:rsid w:val="00CE45A4"/>
+    <w:rsid w:val="00CE5904"/>
     <w:rsid w:val="00CE5EA8"/>
     <w:rsid w:val="00CE6D45"/>
     <w:rsid w:val="00CF0184"/>
     <w:rsid w:val="00CF136E"/>
     <w:rsid w:val="00CF1CCE"/>
     <w:rsid w:val="00CF1F3E"/>
     <w:rsid w:val="00CF22BA"/>
     <w:rsid w:val="00CF2F8E"/>
     <w:rsid w:val="00CF34CF"/>
     <w:rsid w:val="00CF3DD1"/>
     <w:rsid w:val="00CF4CC6"/>
     <w:rsid w:val="00CF5519"/>
     <w:rsid w:val="00CF68B5"/>
     <w:rsid w:val="00CF6E17"/>
     <w:rsid w:val="00CF7D9D"/>
     <w:rsid w:val="00D0127A"/>
     <w:rsid w:val="00D01C10"/>
     <w:rsid w:val="00D03334"/>
     <w:rsid w:val="00D03AB3"/>
     <w:rsid w:val="00D04474"/>
     <w:rsid w:val="00D05F2F"/>
     <w:rsid w:val="00D06C7C"/>
     <w:rsid w:val="00D07B64"/>
     <w:rsid w:val="00D108E1"/>
     <w:rsid w:val="00D11987"/>
     <w:rsid w:val="00D13DB3"/>
     <w:rsid w:val="00D14E93"/>
     <w:rsid w:val="00D15718"/>
     <w:rsid w:val="00D1595C"/>
     <w:rsid w:val="00D15C57"/>
     <w:rsid w:val="00D1641F"/>
     <w:rsid w:val="00D201BE"/>
     <w:rsid w:val="00D210C2"/>
     <w:rsid w:val="00D21416"/>
     <w:rsid w:val="00D2169E"/>
     <w:rsid w:val="00D224DF"/>
     <w:rsid w:val="00D22B7B"/>
     <w:rsid w:val="00D23B0E"/>
     <w:rsid w:val="00D25483"/>
     <w:rsid w:val="00D258CB"/>
     <w:rsid w:val="00D25D08"/>
+    <w:rsid w:val="00D2766F"/>
     <w:rsid w:val="00D27F77"/>
     <w:rsid w:val="00D305F1"/>
     <w:rsid w:val="00D30AD1"/>
     <w:rsid w:val="00D30F5A"/>
     <w:rsid w:val="00D32961"/>
     <w:rsid w:val="00D32C37"/>
     <w:rsid w:val="00D346E0"/>
     <w:rsid w:val="00D36FDA"/>
     <w:rsid w:val="00D40F2B"/>
     <w:rsid w:val="00D42A0B"/>
     <w:rsid w:val="00D42FFD"/>
     <w:rsid w:val="00D442FC"/>
     <w:rsid w:val="00D44D9D"/>
     <w:rsid w:val="00D47124"/>
     <w:rsid w:val="00D50379"/>
     <w:rsid w:val="00D51E33"/>
     <w:rsid w:val="00D536A7"/>
     <w:rsid w:val="00D537C1"/>
+    <w:rsid w:val="00D53EE4"/>
     <w:rsid w:val="00D5477E"/>
+    <w:rsid w:val="00D56241"/>
     <w:rsid w:val="00D56FA0"/>
     <w:rsid w:val="00D57E81"/>
     <w:rsid w:val="00D57F0A"/>
     <w:rsid w:val="00D606FE"/>
     <w:rsid w:val="00D611F2"/>
     <w:rsid w:val="00D61321"/>
     <w:rsid w:val="00D61E7F"/>
     <w:rsid w:val="00D63A3D"/>
     <w:rsid w:val="00D6430B"/>
     <w:rsid w:val="00D6448A"/>
     <w:rsid w:val="00D65029"/>
     <w:rsid w:val="00D652CF"/>
     <w:rsid w:val="00D65DF1"/>
     <w:rsid w:val="00D667C4"/>
     <w:rsid w:val="00D668B6"/>
     <w:rsid w:val="00D67E7E"/>
     <w:rsid w:val="00D7058D"/>
     <w:rsid w:val="00D71514"/>
     <w:rsid w:val="00D71526"/>
     <w:rsid w:val="00D71E5A"/>
     <w:rsid w:val="00D739BC"/>
     <w:rsid w:val="00D76D61"/>
     <w:rsid w:val="00D77941"/>
     <w:rsid w:val="00D80BA4"/>
     <w:rsid w:val="00D8149B"/>
     <w:rsid w:val="00D81596"/>
     <w:rsid w:val="00D82A81"/>
+    <w:rsid w:val="00D83263"/>
     <w:rsid w:val="00D832F8"/>
     <w:rsid w:val="00D83413"/>
     <w:rsid w:val="00D84701"/>
     <w:rsid w:val="00D84AF0"/>
     <w:rsid w:val="00D85502"/>
     <w:rsid w:val="00D85BA7"/>
     <w:rsid w:val="00D86D6A"/>
     <w:rsid w:val="00D87145"/>
     <w:rsid w:val="00D87922"/>
     <w:rsid w:val="00D90759"/>
     <w:rsid w:val="00D917B5"/>
     <w:rsid w:val="00D92390"/>
     <w:rsid w:val="00D92712"/>
     <w:rsid w:val="00D9381B"/>
     <w:rsid w:val="00D943BD"/>
     <w:rsid w:val="00D9488A"/>
     <w:rsid w:val="00D9591F"/>
     <w:rsid w:val="00D95B84"/>
     <w:rsid w:val="00D96259"/>
     <w:rsid w:val="00D968EE"/>
     <w:rsid w:val="00D96B0D"/>
     <w:rsid w:val="00D96C39"/>
     <w:rsid w:val="00D96CCA"/>
     <w:rsid w:val="00D976B6"/>
     <w:rsid w:val="00DA0A0F"/>
     <w:rsid w:val="00DA1401"/>
     <w:rsid w:val="00DA1429"/>
     <w:rsid w:val="00DA2BD1"/>
     <w:rsid w:val="00DA30A9"/>
     <w:rsid w:val="00DA3480"/>
     <w:rsid w:val="00DA4D38"/>
     <w:rsid w:val="00DA4EC1"/>
     <w:rsid w:val="00DA4EE8"/>
     <w:rsid w:val="00DA4F19"/>
     <w:rsid w:val="00DA5BF2"/>
     <w:rsid w:val="00DA5D72"/>
     <w:rsid w:val="00DA673E"/>
     <w:rsid w:val="00DA7D09"/>
     <w:rsid w:val="00DA7EC7"/>
+    <w:rsid w:val="00DA7FEE"/>
     <w:rsid w:val="00DB11DB"/>
     <w:rsid w:val="00DB254E"/>
     <w:rsid w:val="00DB2AEA"/>
     <w:rsid w:val="00DB3919"/>
     <w:rsid w:val="00DB3B92"/>
     <w:rsid w:val="00DB4DAD"/>
     <w:rsid w:val="00DB59F0"/>
     <w:rsid w:val="00DB6821"/>
     <w:rsid w:val="00DB7526"/>
     <w:rsid w:val="00DB7554"/>
     <w:rsid w:val="00DC054D"/>
     <w:rsid w:val="00DC065E"/>
     <w:rsid w:val="00DC0855"/>
     <w:rsid w:val="00DC085E"/>
     <w:rsid w:val="00DC1DDF"/>
     <w:rsid w:val="00DC2343"/>
     <w:rsid w:val="00DC26C3"/>
     <w:rsid w:val="00DC2A1F"/>
     <w:rsid w:val="00DC3A75"/>
     <w:rsid w:val="00DC5838"/>
     <w:rsid w:val="00DC5FFB"/>
     <w:rsid w:val="00DC6633"/>
     <w:rsid w:val="00DC70DD"/>
     <w:rsid w:val="00DC76EE"/>
     <w:rsid w:val="00DD2852"/>
     <w:rsid w:val="00DD2EB8"/>
     <w:rsid w:val="00DD3A60"/>
     <w:rsid w:val="00DD5159"/>
     <w:rsid w:val="00DD524D"/>
     <w:rsid w:val="00DD53F1"/>
     <w:rsid w:val="00DD5789"/>
     <w:rsid w:val="00DD68EF"/>
     <w:rsid w:val="00DE06F7"/>
     <w:rsid w:val="00DE114F"/>
     <w:rsid w:val="00DE1EDA"/>
     <w:rsid w:val="00DE3699"/>
     <w:rsid w:val="00DE3D90"/>
     <w:rsid w:val="00DE42B7"/>
     <w:rsid w:val="00DE443C"/>
     <w:rsid w:val="00DE4665"/>
     <w:rsid w:val="00DE60F4"/>
     <w:rsid w:val="00DE702F"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00DF14A5"/>
     <w:rsid w:val="00DF202F"/>
     <w:rsid w:val="00DF2288"/>
     <w:rsid w:val="00DF3B0F"/>
     <w:rsid w:val="00DF4CE0"/>
     <w:rsid w:val="00DF55A2"/>
     <w:rsid w:val="00E00D8D"/>
+    <w:rsid w:val="00E01A0E"/>
     <w:rsid w:val="00E01DF7"/>
     <w:rsid w:val="00E02038"/>
     <w:rsid w:val="00E04914"/>
     <w:rsid w:val="00E04D68"/>
     <w:rsid w:val="00E06329"/>
     <w:rsid w:val="00E07D8E"/>
     <w:rsid w:val="00E106AA"/>
     <w:rsid w:val="00E10EB1"/>
     <w:rsid w:val="00E10ED1"/>
     <w:rsid w:val="00E1168C"/>
     <w:rsid w:val="00E119FA"/>
     <w:rsid w:val="00E11D93"/>
     <w:rsid w:val="00E120ED"/>
     <w:rsid w:val="00E13A8E"/>
     <w:rsid w:val="00E14A47"/>
     <w:rsid w:val="00E154B4"/>
     <w:rsid w:val="00E154F0"/>
     <w:rsid w:val="00E15541"/>
     <w:rsid w:val="00E16110"/>
     <w:rsid w:val="00E161C6"/>
     <w:rsid w:val="00E225A8"/>
     <w:rsid w:val="00E22C3F"/>
     <w:rsid w:val="00E2316D"/>
     <w:rsid w:val="00E26401"/>
     <w:rsid w:val="00E26E5B"/>
     <w:rsid w:val="00E32119"/>
     <w:rsid w:val="00E3369A"/>
     <w:rsid w:val="00E349B9"/>
     <w:rsid w:val="00E36987"/>
     <w:rsid w:val="00E369F5"/>
     <w:rsid w:val="00E3757B"/>
     <w:rsid w:val="00E37BB4"/>
     <w:rsid w:val="00E37F17"/>
     <w:rsid w:val="00E4186D"/>
     <w:rsid w:val="00E42FF1"/>
     <w:rsid w:val="00E4482E"/>
+    <w:rsid w:val="00E46B39"/>
     <w:rsid w:val="00E47719"/>
     <w:rsid w:val="00E5181E"/>
     <w:rsid w:val="00E521B7"/>
     <w:rsid w:val="00E52A4A"/>
     <w:rsid w:val="00E53F0A"/>
     <w:rsid w:val="00E53F48"/>
     <w:rsid w:val="00E55698"/>
     <w:rsid w:val="00E56655"/>
     <w:rsid w:val="00E56D63"/>
     <w:rsid w:val="00E57106"/>
     <w:rsid w:val="00E57614"/>
     <w:rsid w:val="00E60B1A"/>
     <w:rsid w:val="00E6123D"/>
     <w:rsid w:val="00E61463"/>
     <w:rsid w:val="00E61DA7"/>
     <w:rsid w:val="00E70501"/>
     <w:rsid w:val="00E70542"/>
     <w:rsid w:val="00E70785"/>
     <w:rsid w:val="00E70A7A"/>
     <w:rsid w:val="00E7299C"/>
     <w:rsid w:val="00E72BFF"/>
     <w:rsid w:val="00E743BF"/>
     <w:rsid w:val="00E765BF"/>
     <w:rsid w:val="00E80AF5"/>
     <w:rsid w:val="00E823E9"/>
+    <w:rsid w:val="00E825D8"/>
     <w:rsid w:val="00E83381"/>
     <w:rsid w:val="00E84BFF"/>
     <w:rsid w:val="00E84E0C"/>
     <w:rsid w:val="00E855FC"/>
     <w:rsid w:val="00E85EC6"/>
     <w:rsid w:val="00E85FBE"/>
     <w:rsid w:val="00E860CF"/>
     <w:rsid w:val="00E904FE"/>
     <w:rsid w:val="00E911EA"/>
     <w:rsid w:val="00E94356"/>
     <w:rsid w:val="00E94C72"/>
     <w:rsid w:val="00E95168"/>
     <w:rsid w:val="00E96601"/>
     <w:rsid w:val="00EA01BD"/>
     <w:rsid w:val="00EA0DB3"/>
     <w:rsid w:val="00EA2AF0"/>
     <w:rsid w:val="00EA30BF"/>
     <w:rsid w:val="00EA3373"/>
     <w:rsid w:val="00EA3B28"/>
     <w:rsid w:val="00EA552A"/>
     <w:rsid w:val="00EA5A45"/>
     <w:rsid w:val="00EA75F0"/>
     <w:rsid w:val="00EA76F0"/>
     <w:rsid w:val="00EB1A7B"/>
     <w:rsid w:val="00EB2F71"/>
     <w:rsid w:val="00EB3B6F"/>
     <w:rsid w:val="00EB440C"/>
     <w:rsid w:val="00EB4F5A"/>
     <w:rsid w:val="00EB622A"/>
     <w:rsid w:val="00EB63B3"/>
     <w:rsid w:val="00EB67D1"/>
     <w:rsid w:val="00EB6A3E"/>
     <w:rsid w:val="00EB6FAC"/>
     <w:rsid w:val="00EC1259"/>
     <w:rsid w:val="00EC129C"/>
     <w:rsid w:val="00EC2345"/>
     <w:rsid w:val="00EC293E"/>
+    <w:rsid w:val="00EC46E0"/>
     <w:rsid w:val="00EC527F"/>
     <w:rsid w:val="00EC5B89"/>
+    <w:rsid w:val="00EC77A3"/>
     <w:rsid w:val="00ED17C5"/>
     <w:rsid w:val="00ED28AE"/>
     <w:rsid w:val="00ED3C6F"/>
     <w:rsid w:val="00ED4692"/>
     <w:rsid w:val="00ED50C7"/>
     <w:rsid w:val="00ED6CC8"/>
     <w:rsid w:val="00ED6DBA"/>
     <w:rsid w:val="00ED6FD7"/>
     <w:rsid w:val="00ED73E9"/>
     <w:rsid w:val="00ED77C5"/>
     <w:rsid w:val="00EE00FB"/>
     <w:rsid w:val="00EE026A"/>
     <w:rsid w:val="00EE04E4"/>
     <w:rsid w:val="00EE0B07"/>
     <w:rsid w:val="00EE1765"/>
     <w:rsid w:val="00EE3582"/>
     <w:rsid w:val="00EE36A1"/>
     <w:rsid w:val="00EE455A"/>
+    <w:rsid w:val="00EE4F89"/>
     <w:rsid w:val="00EE601F"/>
     <w:rsid w:val="00EE65CB"/>
     <w:rsid w:val="00EE69D8"/>
     <w:rsid w:val="00EE745C"/>
     <w:rsid w:val="00EF02C8"/>
     <w:rsid w:val="00EF0F49"/>
     <w:rsid w:val="00EF1D85"/>
     <w:rsid w:val="00EF25E8"/>
     <w:rsid w:val="00EF2F9D"/>
     <w:rsid w:val="00EF3315"/>
     <w:rsid w:val="00EF4023"/>
     <w:rsid w:val="00EF4629"/>
     <w:rsid w:val="00EF4DB8"/>
     <w:rsid w:val="00EF521F"/>
     <w:rsid w:val="00EF6070"/>
     <w:rsid w:val="00EF6904"/>
     <w:rsid w:val="00EF703A"/>
     <w:rsid w:val="00EF7E67"/>
     <w:rsid w:val="00F0045C"/>
     <w:rsid w:val="00F01066"/>
     <w:rsid w:val="00F012C7"/>
     <w:rsid w:val="00F01315"/>
     <w:rsid w:val="00F0173C"/>
     <w:rsid w:val="00F01F1C"/>
     <w:rsid w:val="00F02077"/>
     <w:rsid w:val="00F034D7"/>
     <w:rsid w:val="00F0364D"/>
     <w:rsid w:val="00F04053"/>
     <w:rsid w:val="00F041A7"/>
     <w:rsid w:val="00F04546"/>
     <w:rsid w:val="00F04F28"/>
+    <w:rsid w:val="00F05297"/>
     <w:rsid w:val="00F05442"/>
     <w:rsid w:val="00F05471"/>
     <w:rsid w:val="00F057A9"/>
     <w:rsid w:val="00F06CAF"/>
     <w:rsid w:val="00F070EE"/>
     <w:rsid w:val="00F07B50"/>
     <w:rsid w:val="00F11139"/>
     <w:rsid w:val="00F11683"/>
     <w:rsid w:val="00F1363F"/>
     <w:rsid w:val="00F16269"/>
     <w:rsid w:val="00F17203"/>
     <w:rsid w:val="00F17552"/>
     <w:rsid w:val="00F17C61"/>
     <w:rsid w:val="00F17FB7"/>
     <w:rsid w:val="00F2115F"/>
     <w:rsid w:val="00F22042"/>
     <w:rsid w:val="00F22D25"/>
     <w:rsid w:val="00F22FF8"/>
     <w:rsid w:val="00F24754"/>
     <w:rsid w:val="00F24EEF"/>
     <w:rsid w:val="00F24F16"/>
     <w:rsid w:val="00F25516"/>
     <w:rsid w:val="00F25C36"/>
     <w:rsid w:val="00F25DC3"/>
     <w:rsid w:val="00F26670"/>
+    <w:rsid w:val="00F273E6"/>
     <w:rsid w:val="00F30BA6"/>
     <w:rsid w:val="00F317C7"/>
     <w:rsid w:val="00F31B42"/>
     <w:rsid w:val="00F31BAB"/>
     <w:rsid w:val="00F31EE7"/>
     <w:rsid w:val="00F3222C"/>
     <w:rsid w:val="00F32B14"/>
     <w:rsid w:val="00F32F13"/>
     <w:rsid w:val="00F34222"/>
     <w:rsid w:val="00F344F8"/>
     <w:rsid w:val="00F345EB"/>
     <w:rsid w:val="00F34F43"/>
     <w:rsid w:val="00F354E8"/>
     <w:rsid w:val="00F35C9C"/>
     <w:rsid w:val="00F36766"/>
     <w:rsid w:val="00F374CE"/>
     <w:rsid w:val="00F37E25"/>
     <w:rsid w:val="00F40466"/>
     <w:rsid w:val="00F40771"/>
     <w:rsid w:val="00F412BB"/>
     <w:rsid w:val="00F414CF"/>
     <w:rsid w:val="00F415B2"/>
     <w:rsid w:val="00F429A4"/>
     <w:rsid w:val="00F4346B"/>
     <w:rsid w:val="00F437FA"/>
@@ -11032,279 +11567,295 @@
     <w:rsid w:val="00F467A5"/>
     <w:rsid w:val="00F52790"/>
     <w:rsid w:val="00F53ED6"/>
     <w:rsid w:val="00F55825"/>
     <w:rsid w:val="00F559E8"/>
     <w:rsid w:val="00F57699"/>
     <w:rsid w:val="00F61447"/>
     <w:rsid w:val="00F61530"/>
     <w:rsid w:val="00F61C83"/>
     <w:rsid w:val="00F6365C"/>
     <w:rsid w:val="00F63828"/>
     <w:rsid w:val="00F63FB6"/>
     <w:rsid w:val="00F642E4"/>
     <w:rsid w:val="00F645ED"/>
     <w:rsid w:val="00F65986"/>
     <w:rsid w:val="00F65CD7"/>
     <w:rsid w:val="00F65F83"/>
     <w:rsid w:val="00F661A5"/>
     <w:rsid w:val="00F67318"/>
     <w:rsid w:val="00F673CF"/>
     <w:rsid w:val="00F6749F"/>
     <w:rsid w:val="00F714F3"/>
     <w:rsid w:val="00F71ADD"/>
     <w:rsid w:val="00F724D0"/>
     <w:rsid w:val="00F73CAE"/>
+    <w:rsid w:val="00F73EA7"/>
     <w:rsid w:val="00F74443"/>
     <w:rsid w:val="00F770E6"/>
+    <w:rsid w:val="00F82521"/>
     <w:rsid w:val="00F82CCF"/>
     <w:rsid w:val="00F8497E"/>
     <w:rsid w:val="00F85799"/>
     <w:rsid w:val="00F85C13"/>
     <w:rsid w:val="00F86910"/>
     <w:rsid w:val="00F870E6"/>
     <w:rsid w:val="00F90D3E"/>
     <w:rsid w:val="00F90D98"/>
     <w:rsid w:val="00F910A5"/>
     <w:rsid w:val="00F91372"/>
     <w:rsid w:val="00F940F7"/>
     <w:rsid w:val="00F94551"/>
     <w:rsid w:val="00F94EA6"/>
     <w:rsid w:val="00F95D19"/>
     <w:rsid w:val="00F9705D"/>
     <w:rsid w:val="00FA0E1C"/>
     <w:rsid w:val="00FA1D08"/>
     <w:rsid w:val="00FA376D"/>
     <w:rsid w:val="00FA3DD6"/>
     <w:rsid w:val="00FA4DAC"/>
     <w:rsid w:val="00FA565D"/>
     <w:rsid w:val="00FA5AFB"/>
     <w:rsid w:val="00FA69A6"/>
     <w:rsid w:val="00FA76F6"/>
+    <w:rsid w:val="00FB1584"/>
     <w:rsid w:val="00FB1D85"/>
     <w:rsid w:val="00FB2569"/>
     <w:rsid w:val="00FB398A"/>
     <w:rsid w:val="00FB45C3"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:rsid w:val="00FC0570"/>
     <w:rsid w:val="00FC060E"/>
+    <w:rsid w:val="00FC0973"/>
     <w:rsid w:val="00FC0D0A"/>
     <w:rsid w:val="00FC44ED"/>
     <w:rsid w:val="00FC4D87"/>
     <w:rsid w:val="00FC7091"/>
     <w:rsid w:val="00FD00A1"/>
     <w:rsid w:val="00FD0E4D"/>
     <w:rsid w:val="00FD1D4D"/>
     <w:rsid w:val="00FD5907"/>
     <w:rsid w:val="00FD5E14"/>
     <w:rsid w:val="00FD69CD"/>
     <w:rsid w:val="00FE0198"/>
+    <w:rsid w:val="00FE0FA0"/>
     <w:rsid w:val="00FE15D7"/>
     <w:rsid w:val="00FE17AB"/>
     <w:rsid w:val="00FE2BD4"/>
     <w:rsid w:val="00FE30AD"/>
     <w:rsid w:val="00FE3346"/>
     <w:rsid w:val="00FE41B0"/>
     <w:rsid w:val="00FE4CB8"/>
     <w:rsid w:val="00FE4DCB"/>
     <w:rsid w:val="00FE5290"/>
     <w:rsid w:val="00FE52A8"/>
+    <w:rsid w:val="00FE5704"/>
     <w:rsid w:val="00FE5C3F"/>
     <w:rsid w:val="00FE6038"/>
     <w:rsid w:val="00FE6351"/>
     <w:rsid w:val="00FE6614"/>
     <w:rsid w:val="00FE6D6F"/>
     <w:rsid w:val="00FE7205"/>
     <w:rsid w:val="00FE7F9C"/>
     <w:rsid w:val="00FF008A"/>
     <w:rsid w:val="00FF098E"/>
     <w:rsid w:val="00FF2735"/>
     <w:rsid w:val="00FF2790"/>
     <w:rsid w:val="00FF2B78"/>
     <w:rsid w:val="00FF30FF"/>
     <w:rsid w:val="00FF36DB"/>
     <w:rsid w:val="00FF3B65"/>
     <w:rsid w:val="00FF3E05"/>
     <w:rsid w:val="00FF5E52"/>
     <w:rsid w:val="0162777E"/>
     <w:rsid w:val="0191D2CA"/>
     <w:rsid w:val="01A001B5"/>
     <w:rsid w:val="01DF09FA"/>
     <w:rsid w:val="01E661A8"/>
     <w:rsid w:val="020A0E21"/>
     <w:rsid w:val="020CE99F"/>
     <w:rsid w:val="02117895"/>
     <w:rsid w:val="0224FA66"/>
     <w:rsid w:val="022676D8"/>
     <w:rsid w:val="029FCBFC"/>
     <w:rsid w:val="02BB5BE8"/>
     <w:rsid w:val="02D28B96"/>
     <w:rsid w:val="02FB1A67"/>
     <w:rsid w:val="031C42DE"/>
     <w:rsid w:val="034527CC"/>
     <w:rsid w:val="037071D3"/>
     <w:rsid w:val="03CBA53F"/>
     <w:rsid w:val="03CCE6BC"/>
     <w:rsid w:val="041747C6"/>
     <w:rsid w:val="041FD358"/>
     <w:rsid w:val="04365E0E"/>
     <w:rsid w:val="046F6863"/>
     <w:rsid w:val="0476DB76"/>
     <w:rsid w:val="04DF5D8B"/>
     <w:rsid w:val="04E1FABA"/>
     <w:rsid w:val="04EB0A71"/>
     <w:rsid w:val="04FC2E45"/>
     <w:rsid w:val="05275B2A"/>
     <w:rsid w:val="060A1E1D"/>
     <w:rsid w:val="061C1AF5"/>
     <w:rsid w:val="06666243"/>
+    <w:rsid w:val="0683B980"/>
     <w:rsid w:val="068842BC"/>
     <w:rsid w:val="06B31755"/>
     <w:rsid w:val="078F1DAE"/>
     <w:rsid w:val="07ACAEB6"/>
     <w:rsid w:val="07B655A4"/>
     <w:rsid w:val="07B8EC0C"/>
     <w:rsid w:val="07CDEC41"/>
+    <w:rsid w:val="081A6FE2"/>
     <w:rsid w:val="081CAF4A"/>
+    <w:rsid w:val="084DE2E0"/>
     <w:rsid w:val="0857F288"/>
     <w:rsid w:val="087BAD13"/>
     <w:rsid w:val="0882CFEE"/>
     <w:rsid w:val="089EABB7"/>
     <w:rsid w:val="08C2E3B3"/>
     <w:rsid w:val="08D1CA6A"/>
     <w:rsid w:val="08EF4D21"/>
     <w:rsid w:val="08FF6078"/>
     <w:rsid w:val="09057DC5"/>
     <w:rsid w:val="093B069B"/>
     <w:rsid w:val="093D2BC9"/>
     <w:rsid w:val="097E47E0"/>
     <w:rsid w:val="0991EF41"/>
     <w:rsid w:val="099C40AC"/>
     <w:rsid w:val="099C932F"/>
     <w:rsid w:val="09B1EFE8"/>
     <w:rsid w:val="09BC91CA"/>
     <w:rsid w:val="09E94A63"/>
     <w:rsid w:val="0A139121"/>
     <w:rsid w:val="0A1D25E7"/>
     <w:rsid w:val="0A4BB6E2"/>
     <w:rsid w:val="0A5A0DB4"/>
     <w:rsid w:val="0AED7671"/>
     <w:rsid w:val="0B25C389"/>
     <w:rsid w:val="0B30A4A4"/>
     <w:rsid w:val="0B668292"/>
     <w:rsid w:val="0B97A8C0"/>
     <w:rsid w:val="0BBA5D4C"/>
     <w:rsid w:val="0BC00C7B"/>
+    <w:rsid w:val="0BD1B001"/>
     <w:rsid w:val="0C0F8BAF"/>
     <w:rsid w:val="0C5A4BC7"/>
     <w:rsid w:val="0C825ADF"/>
     <w:rsid w:val="0C95BEB6"/>
     <w:rsid w:val="0CA24304"/>
     <w:rsid w:val="0CAA77BD"/>
     <w:rsid w:val="0CD1AB10"/>
     <w:rsid w:val="0CE1192B"/>
     <w:rsid w:val="0D24C1B3"/>
     <w:rsid w:val="0D2C99A5"/>
     <w:rsid w:val="0D32A249"/>
     <w:rsid w:val="0D58BCAE"/>
     <w:rsid w:val="0D6F5B42"/>
     <w:rsid w:val="0D809E4E"/>
     <w:rsid w:val="0D8258EF"/>
     <w:rsid w:val="0DC1C390"/>
     <w:rsid w:val="0DEDB497"/>
+    <w:rsid w:val="0E135656"/>
     <w:rsid w:val="0E1CE961"/>
     <w:rsid w:val="0E2D5471"/>
     <w:rsid w:val="0E4624EE"/>
     <w:rsid w:val="0E4EC103"/>
     <w:rsid w:val="0E5BFF6D"/>
     <w:rsid w:val="0E9E3613"/>
     <w:rsid w:val="0EAEE7A9"/>
     <w:rsid w:val="0EC3F806"/>
     <w:rsid w:val="0ECFFE9A"/>
     <w:rsid w:val="0ED2FB3A"/>
     <w:rsid w:val="0EFAEBDE"/>
     <w:rsid w:val="0F5FFC78"/>
     <w:rsid w:val="0F631DC2"/>
     <w:rsid w:val="0F76617D"/>
     <w:rsid w:val="0FE47FF8"/>
     <w:rsid w:val="106D7AB6"/>
     <w:rsid w:val="107025BF"/>
     <w:rsid w:val="10BCEA4B"/>
     <w:rsid w:val="10C6D7FA"/>
     <w:rsid w:val="10C97420"/>
     <w:rsid w:val="10FB9755"/>
     <w:rsid w:val="111D6602"/>
     <w:rsid w:val="11343D63"/>
     <w:rsid w:val="11607AC0"/>
     <w:rsid w:val="117932E3"/>
     <w:rsid w:val="1179DF32"/>
     <w:rsid w:val="11A9691D"/>
     <w:rsid w:val="11BCA703"/>
     <w:rsid w:val="11D826CD"/>
     <w:rsid w:val="11E8B855"/>
     <w:rsid w:val="1202C425"/>
     <w:rsid w:val="1240B0DD"/>
+    <w:rsid w:val="1298DDF7"/>
     <w:rsid w:val="12E19ABF"/>
     <w:rsid w:val="13153064"/>
     <w:rsid w:val="131E798C"/>
     <w:rsid w:val="1331D9CF"/>
     <w:rsid w:val="139F6C22"/>
+    <w:rsid w:val="13B88A6A"/>
     <w:rsid w:val="142ECEAC"/>
     <w:rsid w:val="142F741E"/>
     <w:rsid w:val="14311572"/>
     <w:rsid w:val="148606EB"/>
     <w:rsid w:val="14D2A017"/>
+    <w:rsid w:val="14F1F0BB"/>
     <w:rsid w:val="151DF7B2"/>
     <w:rsid w:val="154D2E12"/>
     <w:rsid w:val="156A9CE4"/>
+    <w:rsid w:val="15AA6688"/>
     <w:rsid w:val="15B06FC5"/>
     <w:rsid w:val="15BE216D"/>
     <w:rsid w:val="15C18911"/>
     <w:rsid w:val="16032352"/>
     <w:rsid w:val="161476FA"/>
     <w:rsid w:val="1617AB1A"/>
     <w:rsid w:val="16799EEC"/>
     <w:rsid w:val="16E7319D"/>
     <w:rsid w:val="16F38AE9"/>
     <w:rsid w:val="172C2087"/>
     <w:rsid w:val="174D1B15"/>
     <w:rsid w:val="176228C8"/>
     <w:rsid w:val="178160E2"/>
     <w:rsid w:val="17A34E19"/>
     <w:rsid w:val="17A9A73E"/>
     <w:rsid w:val="17AF0142"/>
     <w:rsid w:val="17F50922"/>
     <w:rsid w:val="18268058"/>
     <w:rsid w:val="1827E721"/>
     <w:rsid w:val="1892C98B"/>
     <w:rsid w:val="18A955F9"/>
     <w:rsid w:val="18AFB0C7"/>
     <w:rsid w:val="18CD2D03"/>
     <w:rsid w:val="1949BEDD"/>
     <w:rsid w:val="194ECDDE"/>
     <w:rsid w:val="196A0E05"/>
     <w:rsid w:val="1995774D"/>
+    <w:rsid w:val="19E2CC5F"/>
     <w:rsid w:val="19F1F7E2"/>
     <w:rsid w:val="19F5313A"/>
     <w:rsid w:val="1A3CAF97"/>
     <w:rsid w:val="1A3F3F13"/>
     <w:rsid w:val="1A7CA476"/>
     <w:rsid w:val="1AA1912E"/>
     <w:rsid w:val="1AD116BB"/>
     <w:rsid w:val="1AD8CAD6"/>
     <w:rsid w:val="1B11CFE6"/>
     <w:rsid w:val="1B389443"/>
     <w:rsid w:val="1B73FDA4"/>
     <w:rsid w:val="1B90A57E"/>
     <w:rsid w:val="1B922D77"/>
     <w:rsid w:val="1B99D2BC"/>
     <w:rsid w:val="1BDE4A59"/>
     <w:rsid w:val="1C32C203"/>
     <w:rsid w:val="1C48197F"/>
     <w:rsid w:val="1C66C845"/>
     <w:rsid w:val="1C77CD22"/>
     <w:rsid w:val="1C8134AF"/>
     <w:rsid w:val="1CA6240A"/>
     <w:rsid w:val="1CB99B3D"/>
     <w:rsid w:val="1CC75E61"/>
     <w:rsid w:val="1CDD719E"/>
     <w:rsid w:val="1D0D7EFF"/>
@@ -11322,187 +11873,200 @@
     <w:rsid w:val="1E4C41F3"/>
     <w:rsid w:val="1E973EA3"/>
     <w:rsid w:val="1EE2A303"/>
     <w:rsid w:val="1F060A2D"/>
     <w:rsid w:val="1F9340E1"/>
     <w:rsid w:val="1FAFFBE0"/>
     <w:rsid w:val="1FD1C25C"/>
     <w:rsid w:val="1FD67AA1"/>
     <w:rsid w:val="1FEC9A9E"/>
     <w:rsid w:val="1FF95AB0"/>
     <w:rsid w:val="20151260"/>
     <w:rsid w:val="20367749"/>
     <w:rsid w:val="20BC6808"/>
     <w:rsid w:val="210A986F"/>
     <w:rsid w:val="211D5EF9"/>
     <w:rsid w:val="21270C65"/>
     <w:rsid w:val="212FC993"/>
     <w:rsid w:val="2157B314"/>
     <w:rsid w:val="215F9933"/>
     <w:rsid w:val="216FC72A"/>
     <w:rsid w:val="21769762"/>
     <w:rsid w:val="21BD9E2E"/>
     <w:rsid w:val="21F6DCEE"/>
     <w:rsid w:val="2292D253"/>
     <w:rsid w:val="22A7652A"/>
+    <w:rsid w:val="22AA0B1D"/>
     <w:rsid w:val="22E35F4F"/>
     <w:rsid w:val="22EAE762"/>
     <w:rsid w:val="2316A6A8"/>
     <w:rsid w:val="231796DE"/>
     <w:rsid w:val="231D12FC"/>
     <w:rsid w:val="235CE9F4"/>
     <w:rsid w:val="237E6C11"/>
     <w:rsid w:val="238CA8C5"/>
     <w:rsid w:val="23C49305"/>
     <w:rsid w:val="23EA3721"/>
     <w:rsid w:val="23F7370D"/>
+    <w:rsid w:val="2415698F"/>
     <w:rsid w:val="243C2B5B"/>
     <w:rsid w:val="24628046"/>
     <w:rsid w:val="248FBB5D"/>
     <w:rsid w:val="249C6773"/>
     <w:rsid w:val="24A7A2A8"/>
     <w:rsid w:val="24EE7E4A"/>
     <w:rsid w:val="24F6D7F2"/>
     <w:rsid w:val="25086A8B"/>
     <w:rsid w:val="252E9351"/>
     <w:rsid w:val="261E06B1"/>
     <w:rsid w:val="26234AA5"/>
     <w:rsid w:val="2623F50C"/>
+    <w:rsid w:val="265452D1"/>
     <w:rsid w:val="26668211"/>
     <w:rsid w:val="26869CF2"/>
     <w:rsid w:val="277144E6"/>
     <w:rsid w:val="27D4534C"/>
     <w:rsid w:val="27EBC5BC"/>
     <w:rsid w:val="27EC9946"/>
     <w:rsid w:val="27F7F099"/>
     <w:rsid w:val="27FA9724"/>
     <w:rsid w:val="28158C80"/>
     <w:rsid w:val="281F401B"/>
     <w:rsid w:val="282A2EE1"/>
     <w:rsid w:val="2846CD98"/>
     <w:rsid w:val="2850E5A3"/>
     <w:rsid w:val="2894CC5C"/>
     <w:rsid w:val="29457F47"/>
     <w:rsid w:val="2995E75C"/>
     <w:rsid w:val="299B8616"/>
     <w:rsid w:val="29C90925"/>
     <w:rsid w:val="29CE30DC"/>
     <w:rsid w:val="29E8F5EC"/>
     <w:rsid w:val="2A3CDF8B"/>
     <w:rsid w:val="2A7A32CD"/>
     <w:rsid w:val="2AA7E17B"/>
     <w:rsid w:val="2ABC2180"/>
     <w:rsid w:val="2B433391"/>
     <w:rsid w:val="2B516A1C"/>
     <w:rsid w:val="2B7461CD"/>
     <w:rsid w:val="2B81E223"/>
     <w:rsid w:val="2BD63D67"/>
     <w:rsid w:val="2BE34908"/>
+    <w:rsid w:val="2BEAED1E"/>
     <w:rsid w:val="2C0874A5"/>
     <w:rsid w:val="2C1C31AB"/>
     <w:rsid w:val="2C22B8B5"/>
     <w:rsid w:val="2C84F316"/>
     <w:rsid w:val="2C8A020B"/>
     <w:rsid w:val="2C8EA324"/>
     <w:rsid w:val="2CFD1F0F"/>
     <w:rsid w:val="2D1D59C7"/>
     <w:rsid w:val="2D3DD99D"/>
     <w:rsid w:val="2D7147FA"/>
     <w:rsid w:val="2D8DE471"/>
     <w:rsid w:val="2D8FF009"/>
     <w:rsid w:val="2D9CD610"/>
     <w:rsid w:val="2DA823B2"/>
     <w:rsid w:val="2DE77B54"/>
     <w:rsid w:val="2E051A50"/>
     <w:rsid w:val="2E3A74B2"/>
     <w:rsid w:val="2EAD6D44"/>
     <w:rsid w:val="2EB0002C"/>
+    <w:rsid w:val="2ED80FEE"/>
     <w:rsid w:val="2EDB1FF2"/>
     <w:rsid w:val="2F1953C5"/>
     <w:rsid w:val="2F2F1E04"/>
     <w:rsid w:val="2F3679EB"/>
     <w:rsid w:val="2F3767F8"/>
     <w:rsid w:val="2F4CCA31"/>
     <w:rsid w:val="2F4E3563"/>
+    <w:rsid w:val="2F6DC347"/>
     <w:rsid w:val="2F859185"/>
     <w:rsid w:val="2F978CAE"/>
     <w:rsid w:val="2F998379"/>
     <w:rsid w:val="2FD75892"/>
     <w:rsid w:val="300046DA"/>
     <w:rsid w:val="30156624"/>
     <w:rsid w:val="301BB0F2"/>
     <w:rsid w:val="30728283"/>
     <w:rsid w:val="30787F0A"/>
     <w:rsid w:val="307A15C5"/>
     <w:rsid w:val="3108A8B8"/>
     <w:rsid w:val="313F2FB5"/>
     <w:rsid w:val="3147A725"/>
+    <w:rsid w:val="31534FAE"/>
     <w:rsid w:val="317D680C"/>
     <w:rsid w:val="31E3B637"/>
     <w:rsid w:val="31ED6233"/>
     <w:rsid w:val="320790E7"/>
+    <w:rsid w:val="32E95085"/>
     <w:rsid w:val="32F0B92B"/>
     <w:rsid w:val="32FA7DDC"/>
     <w:rsid w:val="32FDE9CF"/>
     <w:rsid w:val="332DBA0E"/>
     <w:rsid w:val="3359BB9E"/>
     <w:rsid w:val="3396C24B"/>
     <w:rsid w:val="33A7E971"/>
     <w:rsid w:val="33C7281A"/>
     <w:rsid w:val="33DC931C"/>
     <w:rsid w:val="342DD631"/>
     <w:rsid w:val="3436E175"/>
     <w:rsid w:val="34431573"/>
     <w:rsid w:val="34526768"/>
     <w:rsid w:val="34A7FB25"/>
     <w:rsid w:val="34C94E43"/>
     <w:rsid w:val="3507A6BF"/>
     <w:rsid w:val="35594FA4"/>
     <w:rsid w:val="355C8FA9"/>
     <w:rsid w:val="3584F79F"/>
     <w:rsid w:val="359B989A"/>
     <w:rsid w:val="359D70D5"/>
     <w:rsid w:val="35A1EBAB"/>
     <w:rsid w:val="35AAD7E2"/>
     <w:rsid w:val="35D2FAE1"/>
+    <w:rsid w:val="361D6A03"/>
     <w:rsid w:val="36224D2A"/>
     <w:rsid w:val="362EADCD"/>
     <w:rsid w:val="36509AE9"/>
     <w:rsid w:val="36538633"/>
     <w:rsid w:val="365E9DF3"/>
     <w:rsid w:val="369D170B"/>
     <w:rsid w:val="36DBA950"/>
     <w:rsid w:val="36E5CC78"/>
     <w:rsid w:val="37243CBB"/>
     <w:rsid w:val="374F4BB0"/>
     <w:rsid w:val="37845805"/>
     <w:rsid w:val="3798008F"/>
+    <w:rsid w:val="37EE01EA"/>
     <w:rsid w:val="38066A8B"/>
     <w:rsid w:val="3831572D"/>
     <w:rsid w:val="389F950C"/>
     <w:rsid w:val="38C038D1"/>
+    <w:rsid w:val="38C28E8D"/>
+    <w:rsid w:val="38E623C8"/>
     <w:rsid w:val="38F52A04"/>
+    <w:rsid w:val="38F8C45E"/>
     <w:rsid w:val="39032B7D"/>
     <w:rsid w:val="39253534"/>
     <w:rsid w:val="39297B92"/>
     <w:rsid w:val="39687A05"/>
     <w:rsid w:val="39A5B31B"/>
     <w:rsid w:val="39B3ED89"/>
     <w:rsid w:val="3A1D2D10"/>
     <w:rsid w:val="3A27C967"/>
     <w:rsid w:val="3A3550AA"/>
     <w:rsid w:val="3A53E6E2"/>
     <w:rsid w:val="3A985688"/>
     <w:rsid w:val="3AC295DC"/>
     <w:rsid w:val="3ACE913C"/>
     <w:rsid w:val="3AE2C74A"/>
     <w:rsid w:val="3AEC74B1"/>
     <w:rsid w:val="3B94FCA8"/>
     <w:rsid w:val="3B9B8B38"/>
     <w:rsid w:val="3BAFFE21"/>
     <w:rsid w:val="3BB15EE3"/>
     <w:rsid w:val="3BB56B13"/>
     <w:rsid w:val="3BB86E6B"/>
     <w:rsid w:val="3C0AA386"/>
     <w:rsid w:val="3C3E6E6D"/>
     <w:rsid w:val="3C588D2D"/>
     <w:rsid w:val="3C7C1B0C"/>
@@ -11538,499 +12102,533 @@
     <w:rsid w:val="417E25B1"/>
     <w:rsid w:val="41A3B16A"/>
     <w:rsid w:val="41A41E7B"/>
     <w:rsid w:val="41CBCBF6"/>
     <w:rsid w:val="41F4A4DF"/>
     <w:rsid w:val="4210A085"/>
     <w:rsid w:val="422466CE"/>
     <w:rsid w:val="4224B8C7"/>
     <w:rsid w:val="4248A1BF"/>
     <w:rsid w:val="4252DA02"/>
     <w:rsid w:val="429CC6BE"/>
     <w:rsid w:val="42B75E1D"/>
     <w:rsid w:val="42BD59A4"/>
     <w:rsid w:val="42D030BA"/>
     <w:rsid w:val="42EC1D2A"/>
     <w:rsid w:val="430F83B9"/>
     <w:rsid w:val="4313ECB9"/>
     <w:rsid w:val="436651ED"/>
     <w:rsid w:val="43D1CD1B"/>
     <w:rsid w:val="441501A8"/>
     <w:rsid w:val="44398437"/>
     <w:rsid w:val="445C9751"/>
     <w:rsid w:val="445D3849"/>
     <w:rsid w:val="447E7198"/>
     <w:rsid w:val="4488D8CA"/>
+    <w:rsid w:val="44AF3BD5"/>
     <w:rsid w:val="4500509B"/>
     <w:rsid w:val="450982AD"/>
     <w:rsid w:val="4514846F"/>
     <w:rsid w:val="452545A2"/>
     <w:rsid w:val="4581100D"/>
     <w:rsid w:val="4589EEF2"/>
     <w:rsid w:val="45D757D9"/>
     <w:rsid w:val="45E4D007"/>
     <w:rsid w:val="45EA539F"/>
     <w:rsid w:val="45FD1D02"/>
     <w:rsid w:val="460FF3B5"/>
     <w:rsid w:val="461314E3"/>
     <w:rsid w:val="4642874D"/>
     <w:rsid w:val="46906783"/>
     <w:rsid w:val="469AB62D"/>
     <w:rsid w:val="4737A4A1"/>
     <w:rsid w:val="473EA56B"/>
     <w:rsid w:val="4770A649"/>
+    <w:rsid w:val="4776D05E"/>
     <w:rsid w:val="4776F91F"/>
     <w:rsid w:val="47FEB016"/>
     <w:rsid w:val="4803E6CB"/>
     <w:rsid w:val="48114043"/>
     <w:rsid w:val="482D0AAE"/>
     <w:rsid w:val="483A9A6E"/>
+    <w:rsid w:val="485E0D7C"/>
     <w:rsid w:val="48D7B61A"/>
     <w:rsid w:val="48E5D3FF"/>
     <w:rsid w:val="4903A52A"/>
     <w:rsid w:val="491B4D93"/>
     <w:rsid w:val="491E25B8"/>
     <w:rsid w:val="493AF330"/>
     <w:rsid w:val="4945A411"/>
     <w:rsid w:val="496A3D1D"/>
     <w:rsid w:val="49C5F489"/>
     <w:rsid w:val="49FF3B50"/>
     <w:rsid w:val="4A0AB942"/>
     <w:rsid w:val="4A1913F1"/>
     <w:rsid w:val="4A326AF1"/>
     <w:rsid w:val="4A479F45"/>
     <w:rsid w:val="4A58EBC0"/>
     <w:rsid w:val="4A8F1B5C"/>
     <w:rsid w:val="4A988F1B"/>
     <w:rsid w:val="4AAE6CCA"/>
     <w:rsid w:val="4ADBEE7E"/>
     <w:rsid w:val="4AEC5850"/>
     <w:rsid w:val="4B01671D"/>
     <w:rsid w:val="4B2C0E48"/>
     <w:rsid w:val="4B6DBAF0"/>
     <w:rsid w:val="4BA265F6"/>
     <w:rsid w:val="4BAD613B"/>
     <w:rsid w:val="4BB2674C"/>
     <w:rsid w:val="4BB5C45A"/>
     <w:rsid w:val="4BC2EA85"/>
     <w:rsid w:val="4BC65EC6"/>
     <w:rsid w:val="4BEF46AE"/>
     <w:rsid w:val="4BFCE920"/>
     <w:rsid w:val="4C80FE01"/>
+    <w:rsid w:val="4CA78A7B"/>
     <w:rsid w:val="4CA86410"/>
     <w:rsid w:val="4CAFE955"/>
     <w:rsid w:val="4CDE6984"/>
     <w:rsid w:val="4CECCA2C"/>
     <w:rsid w:val="4D1580D8"/>
     <w:rsid w:val="4D1CACB0"/>
     <w:rsid w:val="4D51B534"/>
     <w:rsid w:val="4D817FA5"/>
     <w:rsid w:val="4DAAE9D2"/>
     <w:rsid w:val="4DD799CB"/>
     <w:rsid w:val="4DDA24E5"/>
     <w:rsid w:val="4E283903"/>
     <w:rsid w:val="4E368EC8"/>
     <w:rsid w:val="4E839ACF"/>
     <w:rsid w:val="4F1684EB"/>
+    <w:rsid w:val="4F22AAD4"/>
     <w:rsid w:val="4F37A23B"/>
     <w:rsid w:val="4F3A060D"/>
     <w:rsid w:val="4F45AB0F"/>
     <w:rsid w:val="4F60CF17"/>
     <w:rsid w:val="4F742A20"/>
     <w:rsid w:val="4F750B0F"/>
     <w:rsid w:val="4FBFB2E6"/>
     <w:rsid w:val="4FC6EB4B"/>
     <w:rsid w:val="4FE8D372"/>
     <w:rsid w:val="4FEB1585"/>
     <w:rsid w:val="4FF07369"/>
     <w:rsid w:val="4FFA7D31"/>
     <w:rsid w:val="508B4F67"/>
     <w:rsid w:val="509A5EBF"/>
+    <w:rsid w:val="50DEC609"/>
     <w:rsid w:val="50E27059"/>
     <w:rsid w:val="5106625F"/>
     <w:rsid w:val="5148BD2F"/>
     <w:rsid w:val="51CC502C"/>
     <w:rsid w:val="51D68115"/>
     <w:rsid w:val="521EB46B"/>
     <w:rsid w:val="522EB057"/>
     <w:rsid w:val="5245DB24"/>
     <w:rsid w:val="527770FA"/>
     <w:rsid w:val="52C27B49"/>
     <w:rsid w:val="5347C2D0"/>
     <w:rsid w:val="534CBC5F"/>
     <w:rsid w:val="538D0773"/>
     <w:rsid w:val="539DAC5D"/>
     <w:rsid w:val="53B9975A"/>
     <w:rsid w:val="53E77D54"/>
     <w:rsid w:val="53EC495B"/>
     <w:rsid w:val="53F37F70"/>
     <w:rsid w:val="54268464"/>
+    <w:rsid w:val="545F35CE"/>
     <w:rsid w:val="54A3AF14"/>
     <w:rsid w:val="54AE2645"/>
     <w:rsid w:val="54B66FB5"/>
     <w:rsid w:val="54CB2501"/>
     <w:rsid w:val="54D89742"/>
     <w:rsid w:val="54FCE125"/>
     <w:rsid w:val="55330C80"/>
     <w:rsid w:val="553FD4C2"/>
     <w:rsid w:val="5571820C"/>
     <w:rsid w:val="5580D4F7"/>
     <w:rsid w:val="55B65C29"/>
     <w:rsid w:val="55B83350"/>
     <w:rsid w:val="55C54550"/>
     <w:rsid w:val="561661C4"/>
     <w:rsid w:val="56886D81"/>
     <w:rsid w:val="5697FB58"/>
     <w:rsid w:val="56A3777C"/>
     <w:rsid w:val="56BCAB59"/>
     <w:rsid w:val="56DDA36A"/>
     <w:rsid w:val="56E61C3D"/>
     <w:rsid w:val="57850DB1"/>
     <w:rsid w:val="57B447D4"/>
     <w:rsid w:val="57CD8B8A"/>
     <w:rsid w:val="57D5533F"/>
     <w:rsid w:val="57D88604"/>
     <w:rsid w:val="584B51D5"/>
     <w:rsid w:val="587CC905"/>
     <w:rsid w:val="58B11A6A"/>
     <w:rsid w:val="58DAA5D4"/>
     <w:rsid w:val="58F0807A"/>
     <w:rsid w:val="590AC191"/>
     <w:rsid w:val="591ADAEE"/>
     <w:rsid w:val="5934D7C9"/>
     <w:rsid w:val="59492F03"/>
     <w:rsid w:val="5956A4EF"/>
     <w:rsid w:val="5973A80C"/>
     <w:rsid w:val="59840935"/>
     <w:rsid w:val="5984AC7B"/>
     <w:rsid w:val="5984E89A"/>
     <w:rsid w:val="598FA363"/>
     <w:rsid w:val="599ED8DA"/>
     <w:rsid w:val="59BD6524"/>
     <w:rsid w:val="59C01DB7"/>
     <w:rsid w:val="59F3CEBA"/>
     <w:rsid w:val="59FA96FB"/>
     <w:rsid w:val="59FBBDC6"/>
     <w:rsid w:val="5A139258"/>
     <w:rsid w:val="5A3669CA"/>
     <w:rsid w:val="5A424AC7"/>
     <w:rsid w:val="5A576B00"/>
+    <w:rsid w:val="5A638B1E"/>
     <w:rsid w:val="5A700C07"/>
     <w:rsid w:val="5A99BF73"/>
     <w:rsid w:val="5A9A956A"/>
     <w:rsid w:val="5AAA5A50"/>
     <w:rsid w:val="5B031FED"/>
     <w:rsid w:val="5B2666A1"/>
+    <w:rsid w:val="5B4F3F61"/>
     <w:rsid w:val="5B6F7ED0"/>
+    <w:rsid w:val="5B96DD1A"/>
     <w:rsid w:val="5BBB22FA"/>
     <w:rsid w:val="5BBD2C9C"/>
     <w:rsid w:val="5BC09558"/>
     <w:rsid w:val="5BEE4D19"/>
     <w:rsid w:val="5C2C9C17"/>
     <w:rsid w:val="5C61B71A"/>
     <w:rsid w:val="5C77BB9A"/>
     <w:rsid w:val="5C8171DE"/>
     <w:rsid w:val="5CA446F4"/>
     <w:rsid w:val="5D4BBE30"/>
     <w:rsid w:val="5D7A7EAB"/>
     <w:rsid w:val="5DA72262"/>
     <w:rsid w:val="5DC69807"/>
     <w:rsid w:val="5E0D8FF3"/>
     <w:rsid w:val="5E1FE81F"/>
     <w:rsid w:val="5E3CD7E3"/>
     <w:rsid w:val="5E4F926B"/>
+    <w:rsid w:val="5E51AFC0"/>
     <w:rsid w:val="5E62D19E"/>
     <w:rsid w:val="5E67E206"/>
     <w:rsid w:val="5E70A806"/>
     <w:rsid w:val="5E8E6ACC"/>
     <w:rsid w:val="5EAE4737"/>
     <w:rsid w:val="5EE28185"/>
     <w:rsid w:val="5EFF8D5D"/>
     <w:rsid w:val="5F078E42"/>
     <w:rsid w:val="5F3B1818"/>
     <w:rsid w:val="5F55D811"/>
     <w:rsid w:val="5FB65FEC"/>
+    <w:rsid w:val="5FD90ADE"/>
     <w:rsid w:val="5FFC1F10"/>
     <w:rsid w:val="6012FE18"/>
     <w:rsid w:val="605BD632"/>
     <w:rsid w:val="605FA118"/>
     <w:rsid w:val="607CE337"/>
     <w:rsid w:val="6097E939"/>
     <w:rsid w:val="60A1A224"/>
     <w:rsid w:val="60A25F56"/>
     <w:rsid w:val="61074906"/>
     <w:rsid w:val="611C6B78"/>
     <w:rsid w:val="61614135"/>
     <w:rsid w:val="617CE892"/>
     <w:rsid w:val="61BC1514"/>
     <w:rsid w:val="61E380DF"/>
     <w:rsid w:val="61E7CA06"/>
     <w:rsid w:val="61EBC4C3"/>
     <w:rsid w:val="6206A438"/>
     <w:rsid w:val="624EE5D0"/>
     <w:rsid w:val="624F19FB"/>
     <w:rsid w:val="628AABB9"/>
     <w:rsid w:val="62B42859"/>
     <w:rsid w:val="62DE3193"/>
     <w:rsid w:val="62E88098"/>
+    <w:rsid w:val="63068797"/>
     <w:rsid w:val="63126664"/>
     <w:rsid w:val="6357E7DC"/>
     <w:rsid w:val="636DD162"/>
     <w:rsid w:val="639AABCC"/>
     <w:rsid w:val="63A71647"/>
     <w:rsid w:val="63B64220"/>
     <w:rsid w:val="63C336C6"/>
     <w:rsid w:val="63FE2C71"/>
     <w:rsid w:val="641418C8"/>
     <w:rsid w:val="6428D1D8"/>
     <w:rsid w:val="642EB3DD"/>
     <w:rsid w:val="645D1279"/>
     <w:rsid w:val="645FBF42"/>
     <w:rsid w:val="6473E36A"/>
     <w:rsid w:val="6481C33E"/>
     <w:rsid w:val="64853FC3"/>
     <w:rsid w:val="64A9213B"/>
     <w:rsid w:val="64AAF8A7"/>
     <w:rsid w:val="64CBD72B"/>
     <w:rsid w:val="64F69B1B"/>
     <w:rsid w:val="65003802"/>
     <w:rsid w:val="6535306F"/>
     <w:rsid w:val="653B44B7"/>
     <w:rsid w:val="6579985B"/>
     <w:rsid w:val="65C0B61E"/>
     <w:rsid w:val="65C5E313"/>
     <w:rsid w:val="65D7075A"/>
     <w:rsid w:val="65ECCF39"/>
     <w:rsid w:val="6600C825"/>
     <w:rsid w:val="66809F9F"/>
     <w:rsid w:val="66BA3F3E"/>
     <w:rsid w:val="66F8E3BD"/>
     <w:rsid w:val="671F5808"/>
     <w:rsid w:val="6731B698"/>
+    <w:rsid w:val="67406FFE"/>
     <w:rsid w:val="6758E179"/>
     <w:rsid w:val="675CA9F9"/>
     <w:rsid w:val="678293D4"/>
     <w:rsid w:val="6788F942"/>
+    <w:rsid w:val="67BB88A3"/>
     <w:rsid w:val="67D3B3B7"/>
     <w:rsid w:val="67D51E7F"/>
     <w:rsid w:val="67E2FCBE"/>
+    <w:rsid w:val="67F0D6DD"/>
     <w:rsid w:val="68174D28"/>
     <w:rsid w:val="68341978"/>
     <w:rsid w:val="68672EE0"/>
     <w:rsid w:val="68D872B2"/>
+    <w:rsid w:val="68F4A182"/>
     <w:rsid w:val="6920F34E"/>
     <w:rsid w:val="692A94E6"/>
     <w:rsid w:val="69566EEF"/>
     <w:rsid w:val="695A1390"/>
     <w:rsid w:val="69606CDA"/>
     <w:rsid w:val="6983203F"/>
     <w:rsid w:val="69914794"/>
     <w:rsid w:val="69BD1EE4"/>
     <w:rsid w:val="6A36E9B7"/>
     <w:rsid w:val="6A57B455"/>
     <w:rsid w:val="6A6B2D14"/>
     <w:rsid w:val="6A7A6C55"/>
     <w:rsid w:val="6A90A261"/>
     <w:rsid w:val="6A9744EE"/>
     <w:rsid w:val="6AA51081"/>
     <w:rsid w:val="6AA7677E"/>
     <w:rsid w:val="6AC51938"/>
+    <w:rsid w:val="6AF21180"/>
     <w:rsid w:val="6B143AA5"/>
     <w:rsid w:val="6B44497A"/>
     <w:rsid w:val="6B556D70"/>
     <w:rsid w:val="6B94354A"/>
     <w:rsid w:val="6BAE58AA"/>
     <w:rsid w:val="6BBDB1FD"/>
     <w:rsid w:val="6BC9081B"/>
     <w:rsid w:val="6C11DF3E"/>
     <w:rsid w:val="6C6966F9"/>
     <w:rsid w:val="6CC5AE92"/>
     <w:rsid w:val="6CDC1717"/>
     <w:rsid w:val="6CE98BB8"/>
     <w:rsid w:val="6D163F43"/>
     <w:rsid w:val="6D28DF86"/>
+    <w:rsid w:val="6D2BEAAA"/>
     <w:rsid w:val="6D2E93B3"/>
     <w:rsid w:val="6D9D0482"/>
     <w:rsid w:val="6DA02325"/>
     <w:rsid w:val="6DE0719E"/>
     <w:rsid w:val="6E160872"/>
     <w:rsid w:val="6E1A0184"/>
     <w:rsid w:val="6E2ECF33"/>
     <w:rsid w:val="6E5E2823"/>
     <w:rsid w:val="6E792E5E"/>
     <w:rsid w:val="6E8310AD"/>
     <w:rsid w:val="6E8C7311"/>
     <w:rsid w:val="6EAB256A"/>
     <w:rsid w:val="6EB71FEC"/>
     <w:rsid w:val="6EDAD977"/>
     <w:rsid w:val="6EE25848"/>
     <w:rsid w:val="6EEBAD46"/>
     <w:rsid w:val="6F1F7A5B"/>
     <w:rsid w:val="6F26E691"/>
     <w:rsid w:val="6F425990"/>
     <w:rsid w:val="6F80ACE5"/>
     <w:rsid w:val="6F881CD4"/>
     <w:rsid w:val="6F8FEACB"/>
+    <w:rsid w:val="6F92FE45"/>
     <w:rsid w:val="6F97D04D"/>
     <w:rsid w:val="6F99500D"/>
     <w:rsid w:val="6F9A977A"/>
     <w:rsid w:val="6F9D23C7"/>
     <w:rsid w:val="701A7D08"/>
     <w:rsid w:val="70321440"/>
     <w:rsid w:val="707A0D8D"/>
     <w:rsid w:val="70A0A01E"/>
     <w:rsid w:val="70E95FED"/>
     <w:rsid w:val="70F844A3"/>
     <w:rsid w:val="7142A48D"/>
     <w:rsid w:val="7166BB31"/>
     <w:rsid w:val="719416DF"/>
     <w:rsid w:val="71FA5381"/>
     <w:rsid w:val="720F7667"/>
     <w:rsid w:val="7212AB9C"/>
     <w:rsid w:val="722DDB64"/>
     <w:rsid w:val="722FBEE9"/>
     <w:rsid w:val="723CACB8"/>
     <w:rsid w:val="7245175E"/>
     <w:rsid w:val="7274F727"/>
     <w:rsid w:val="7281C657"/>
     <w:rsid w:val="72B057BA"/>
     <w:rsid w:val="72CBEE8B"/>
+    <w:rsid w:val="72D0473E"/>
+    <w:rsid w:val="7309DD5D"/>
     <w:rsid w:val="735347AF"/>
     <w:rsid w:val="73801DDB"/>
     <w:rsid w:val="739858EE"/>
     <w:rsid w:val="73AD6F4D"/>
     <w:rsid w:val="73AF532A"/>
     <w:rsid w:val="73D979B8"/>
     <w:rsid w:val="73F8FC98"/>
     <w:rsid w:val="73FE1B30"/>
     <w:rsid w:val="74903E07"/>
     <w:rsid w:val="74B03027"/>
     <w:rsid w:val="74C246A2"/>
     <w:rsid w:val="74D67506"/>
     <w:rsid w:val="74E31C21"/>
     <w:rsid w:val="7534F253"/>
     <w:rsid w:val="7566B38F"/>
     <w:rsid w:val="759D7B03"/>
     <w:rsid w:val="75A7BDB3"/>
     <w:rsid w:val="76259D4D"/>
     <w:rsid w:val="7657A4A7"/>
     <w:rsid w:val="76589044"/>
     <w:rsid w:val="765A3DB5"/>
     <w:rsid w:val="7663D1AF"/>
     <w:rsid w:val="768518B1"/>
     <w:rsid w:val="76993DF0"/>
+    <w:rsid w:val="76B643D7"/>
+    <w:rsid w:val="76C266C9"/>
     <w:rsid w:val="76D9897A"/>
     <w:rsid w:val="7701B216"/>
     <w:rsid w:val="77286DAD"/>
     <w:rsid w:val="7772A916"/>
     <w:rsid w:val="7772CCE8"/>
+    <w:rsid w:val="77753773"/>
+    <w:rsid w:val="7784CF3F"/>
     <w:rsid w:val="77B2BBFA"/>
     <w:rsid w:val="77B86EA9"/>
     <w:rsid w:val="77EE4ADF"/>
     <w:rsid w:val="7810E478"/>
     <w:rsid w:val="781F6348"/>
     <w:rsid w:val="7828F4AF"/>
     <w:rsid w:val="782B6295"/>
     <w:rsid w:val="78920C47"/>
     <w:rsid w:val="78B47A04"/>
     <w:rsid w:val="790A721C"/>
     <w:rsid w:val="790F85DA"/>
     <w:rsid w:val="791216F1"/>
     <w:rsid w:val="791F361E"/>
     <w:rsid w:val="7952B3BB"/>
     <w:rsid w:val="795F7701"/>
     <w:rsid w:val="79603B30"/>
+    <w:rsid w:val="79732E70"/>
     <w:rsid w:val="798A0BC7"/>
     <w:rsid w:val="7991B5F8"/>
     <w:rsid w:val="79BCFC9B"/>
     <w:rsid w:val="79E8BFE0"/>
     <w:rsid w:val="79F3512F"/>
     <w:rsid w:val="7A6C65A4"/>
     <w:rsid w:val="7A9CF0FA"/>
     <w:rsid w:val="7AA84F79"/>
     <w:rsid w:val="7ABE14E1"/>
     <w:rsid w:val="7AED7971"/>
     <w:rsid w:val="7B2D6443"/>
     <w:rsid w:val="7B39025E"/>
     <w:rsid w:val="7B998A00"/>
     <w:rsid w:val="7BAB163F"/>
     <w:rsid w:val="7BAEF918"/>
+    <w:rsid w:val="7BB995C6"/>
     <w:rsid w:val="7BE0C736"/>
     <w:rsid w:val="7C03A36E"/>
     <w:rsid w:val="7C536FCB"/>
     <w:rsid w:val="7C7606C7"/>
     <w:rsid w:val="7C7BF375"/>
     <w:rsid w:val="7CAF5871"/>
+    <w:rsid w:val="7CB52340"/>
     <w:rsid w:val="7D0DF18A"/>
+    <w:rsid w:val="7D338C1F"/>
     <w:rsid w:val="7D5DC465"/>
     <w:rsid w:val="7D66F469"/>
     <w:rsid w:val="7D8A090A"/>
     <w:rsid w:val="7DCC3368"/>
     <w:rsid w:val="7DD0C763"/>
     <w:rsid w:val="7DE8FAA1"/>
     <w:rsid w:val="7E04EE27"/>
     <w:rsid w:val="7E31FC8E"/>
     <w:rsid w:val="7E40E74F"/>
+    <w:rsid w:val="7E63FB2D"/>
     <w:rsid w:val="7E9F2852"/>
     <w:rsid w:val="7EA81039"/>
     <w:rsid w:val="7F041A50"/>
     <w:rsid w:val="7F2A9520"/>
     <w:rsid w:val="7F2C64B7"/>
     <w:rsid w:val="7F310090"/>
     <w:rsid w:val="7F427AD4"/>
     <w:rsid w:val="7F5B6E79"/>
     <w:rsid w:val="7F5F9166"/>
     <w:rsid w:val="7F6721E7"/>
+    <w:rsid w:val="7F812B99"/>
     <w:rsid w:val="7F828B8C"/>
+    <w:rsid w:val="7F8D53D2"/>
     <w:rsid w:val="7F8FE2E0"/>
     <w:rsid w:val="7FCC9A89"/>
+    <w:rsid w:val="7FF7F6BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="620FAB79"/>
-  <w15:docId w15:val="{5EE8B236-8AAD-46F7-8B76-FB72C576B5DF}"/>
+  <w15:docId w15:val="{0C438F9B-FC37-4062-8A7B-B408E8D26993}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -14987,51 +15585,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143767700">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-2-1-5-k-1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/structuralizer/data/nodes/7b75af43-b6fb-4920-83e3-46d5064bbfe3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/structuralizer/data/nodes/8bb848b7-f365-49f2-8d78-9ec1fa21e511" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/structuralizer/data/nodes/0329a8eb-1328-4e58-b5e3-e9ae850a102a" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-2-1-5-k-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-2-1-5-k-1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/structuralizer/data/nodes/7b75af43-b6fb-4920-83e3-46d5064bbfe3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/structuralizer/data/nodes/8bb848b7-f365-49f2-8d78-9ec1fa21e511" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/structuralizer/data/nodes/0329a8eb-1328-4e58-b5e3-e9ae850a102a" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-2-1-5-k-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -15296,72 +15894,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0afa2ca83f64c0f347b8b973f838addc" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="571dcd048b865a279aeabe1e1b872ccd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -15371,147 +15960,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -15556,360 +16145,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67391B94-373E-4278-8203-CCE9494FF77D}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93D45EEF-4FCB-43CF-96BD-DAE06E4AB72D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{699D3C75-0A4E-4004-9BC4-90B8CB119863}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>16641</Characters>
+  <Pages>1</Pages>
+  <Words>2996</Words>
+  <Characters>17079</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19521</CharactersWithSpaces>
+  <CharactersWithSpaces>20035</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...236 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">