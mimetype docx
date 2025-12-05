--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -1,10149 +1,10274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="4F88A808" w14:paraId="435BEFF3" w14:textId="56FDCB9E">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="4F88A808" w14:paraId="435BEFF3" w14:textId="56FDCB9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC7444">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7444" w:rsidR="00DC7444">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00DC7444">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7444" w:rsidR="00DC7444">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00DC7444">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC7444" w:rsidR="00DC7444">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00DC7444">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>pielikums </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="39110788" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="39110788" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC7444">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Projektu iesniegumu atlases nolikumam </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DC7444" w:rsidR="0029755F" w:rsidP="00DC7444" w:rsidRDefault="0029755F" w14:paraId="7CF3A074" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="0029755F" w:rsidP="00DC7444" w:rsidRDefault="0029755F" w14:paraId="7CF3A074" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="5D5AC678" w14:textId="6968F604">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="5D5AC678" w14:textId="6968F604">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC7444">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Projekta iesnieguma vērtēšanas kritēriju piemērošanas metodika</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14033" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="2D704DB2" w14:paraId="77A64370" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="2D704DB2" w14:paraId="77A64370" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="7E7CD02B" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="7E7CD02B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Darbības programmas nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="154AF503" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="154AF503" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Eiropas Savienības kohēzijas politikas programma 2021. – 2027. gadam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00396F5C" w14:paraId="2EC2949B" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00396F5C" w14:paraId="2EC2949B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="4076073D" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="4076073D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Prioritātes numurs un nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00396F5C" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="0B008A34" w14:textId="69A71985">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="0B008A34" w14:textId="69A71985">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00396F5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:caps/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00396F5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Izglītība, prasmes un mūžizglītība</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00396F5C" w14:paraId="5CF09D9A" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00396F5C" w14:paraId="5CF09D9A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="79CBBC1F" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="79CBBC1F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Specifiskā atbalsta mērķa numurs un nosaukums </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00396F5C" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="17FCEBD9" w14:textId="74ACFF92">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="17FCEBD9" w14:textId="74ACFF92">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:szCs w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4.2.1.</w:t>
             </w:r>
             <w:bookmarkStart w:name="_Hlk140242480" w:id="0"/>
-            <w:r w:rsidRPr="00396F5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzlabot vienlīdzīgu piekļuvi iekļaujošiem un kvalitatīviem pakalpojumiem izglītības, mācību un mūžizglītības jomā, attīstot pieejamu infrastruktūru, tostarp, veicinot noturību izglītošanā un mācībās attālinātā un tiešsaistes režīmā</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00396F5C" w14:paraId="1C3D392E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00396F5C" w14:paraId="1C3D392E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="15DAF883" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="15DAF883" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Specifiskā atbalsta mērķa pasākuma numurs un nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00396F5C" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="0C7C6BB8" w14:textId="69DA954C">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00396F5C" w:rsidP="00396F5C" w:rsidRDefault="00396F5C" w14:paraId="0C7C6BB8" w14:textId="69DA954C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00396F5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4.2.1.5.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00396F5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē (projektu iesniegumu atlases </w:t>
             </w:r>
-            <w:r w:rsidR="00391EFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00391EFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>otrā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00396F5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> kārta)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="2D704DB2" w14:paraId="2D1C0C16" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="2D704DB2" w14:paraId="2D1C0C16" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="73C74A30" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="73C74A30" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projektu iesniegumu atlases veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="3F760148" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="3F760148" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Ierobežota projektu iesniegumu atlase</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="2D704DB2" w14:paraId="46CBD697" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="2D704DB2" w14:paraId="46CBD697" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="657"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="2808752C" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="2808752C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Atbildīgā iestāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="2D704DB2" w:rsidRDefault="00396F5C" w14:paraId="6783CFE8" w14:textId="673B5134">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="2D704DB2" w:rsidRDefault="00396F5C" w14:paraId="6783CFE8" w14:textId="673B5134">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Izglītības un zinātnes ministrija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="14F43A7F" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00DC7444" w:rsidRDefault="00DC7444" w14:paraId="14F43A7F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="4E4D1811" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="4E4D1811" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="230"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vispārīgie nosacījumi projektu iesniegumu vērtēšanas kritēriju piemērošanai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="7EA130BE" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="7EA130BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="230" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesniegums sastāv no projekta iesnieguma (turpmāk – PI), tās pielikumiem un papildus iesniedzamajiem dokumentiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="08D7F0CC" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="08D7F0CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="230" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Lai novērtētu projekta iesnieguma atbilstību attiecīgajam projekta iesnieguma vērtēšanas kritērijam, vērtētājam ir jāņem vērā gan attiecīgajās projekta iesnieguma veidlapas sadaļās sniegtā informācija, gan arī visa pārējā projekta iesnieguma veidlapā (iesnieguma veidlapas citās sadaļās un pielikumos) pieejamā informācija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="5F3D7AAE" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="5F3D7AAE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="230" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vērtējot projekta iesnieguma atbilstību projekta iesnieguma vērtēšanas kritērijiem, jāņem vērā tikai projekta iesnieguma veidlapā (projekta iesnieguma veidlapā un pielikumos) pieejamā informācija. Vērtējumu nevar balstīt uz pieņēmumiem vai citu informāciju, ko nav iespējams pārbaudīt vai pierādīt, vai kas neattiecas uz konkrēto projekta iesniegumu. Tomēr, ja vērtētāja rīcībā ir kāda informācija, kas var ietekmēt projekta vērtējumu, jānorāda konkrēti fakti un informācijas avoti, kas pamato un pierāda vērtētāja sniegto informāciju. </w:t>
+        <w:t xml:space="preserve">Vērtējot projekta iesnieguma atbilstību projekta iesnieguma vērtēšanas kritērijiem, jāņem vērā tikai projekta iesnieguma veidlapā (projekta iesnieguma veidlapā un pielikumos) pieejamā informācija. Vērtējumu nevar balstīt uz pieņēmumiem vai citu informāciju, ko nav iespējams pārbaudīt vai pierādīt, vai kas neattiecas uz konkrēto projekta iesniegumu. Tomēr, ja vērtētāja rīcībā ir kāda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informācija, kas var ietekmēt projekta vērtējumu, jānorāda konkrēti fakti un informācijas avoti, kas pamato un pierāda vērtētāja sniegto informāciju. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="5498445E" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="5498445E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="230" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vērtējot projekta iesniegumu, jāpievērš uzmanība PI sniegtās informācijas saskaņotībai starp visām PI sadaļām, tās pielikumiem un papildus iesniegtajiem dokumentiem, kuros informācija minēta. Ja informācija starp PI sadaļām, tās pielikumiem un papildus iesniegtajiem dokumentiem nesaskan, ir jāizvirza nosacījums par papildu skaidrojuma sniegšanu vai precizējumu veikšanu pie tā kritērija, uz kuru šī nesakritība ir attiecināma. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="7083BE36" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="7083BE36" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="230" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Kritērija ietekme uz lēmumu „P” nozīmē, ka kritērijs ir precizējams un </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu, ka projekta iesniedzējs nodrošina pilnīgu atbilstību kritērijam lēmumā noteiktajā laikā un kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="09250552" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="09250552" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="230" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanā izmantojami: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B4EFF" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="6C49DD40" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="6C49DD40" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="230"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Eiropas Savienības kohēzijas politikas programma 2021.–2027.gadam un programmas papildinājums;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="68B9BE82" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="68B9BE82" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="230"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ministru </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> “Eiropas Savienības Kohēzijas politikas programmas 2021. – 2027. gadam 4.2.1. specifiskā atbalsta mērķa "Uzlabot vienlīdzīgu piekļuvi iekļaujošiem un kvalitatīviem pakalpojumiem izglītības, mācību un mūžizglītības jomā, attīstot pieejamu infrastruktūru, tostarp, veicinot noturību izglītošanā un mācībā attālinātā un tiešsaistes režīmā" 4.2.1.5. pasākuma "Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē" otrās projekta iesniegumu atlases kārtas īstenošanas noteikumi” (turpmāk – MK noteikumi par pasākuma īstenošanu);</w:t>
+        <w:t>Ministru kabineta 2025. gada 28. janvāra noteikumi Nr.72 “Eiropas Savienības Kohēzijas politikas programmas 2021. – 2027. gadam 4.2.1. specifiskā atbalsta mērķa "Uzlabot vienlīdzīgu piekļuvi iekļaujošiem un kvalitatīviem pakalpojumiem izglītības, mācību un mūžizglītības jomā, attīstot pieejamu infrastruktūru, tostarp, veicinot noturību izglītošanā un mācībā attālinātā un tiešsaistes režīmā" 4.2.1.5. pasākuma "Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē" otrās projekta iesniegumu atlases kārtas īstenošanas noteikumi” (turpmāk – MK noteikumi par pasākuma īstenošanu);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00750B07" w:rsidR="00851D44" w:rsidP="00750B07" w:rsidRDefault="00750B07" w14:paraId="4208F4CC" w14:textId="7521AC6F">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00851D44" w:rsidP="00750B07" w:rsidRDefault="00750B07" w14:paraId="4208F4CC" w14:textId="7521AC6F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="230"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministru kabineta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56417">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>2025.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56417" w:rsidR="6DA02720">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="6DA02720">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56417">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56417" w:rsidR="00B614C4">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00B614C4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>18. jūnija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56417">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> rīkojums Nr. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56417" w:rsidR="00C56417">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00C56417">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>353</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00293B27" w:rsidR="00293B27">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par Eiropas Savienības Kohēzijas politikas programmas 2021.–2027. gadam 4.2.1.5. pasākuma "Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē" otrās projekta iesniegumu atlases kārtas projektu iesniedzēju </w:t>
+        <w:t>Par Eiropas Savienības Kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00293B27" w:rsidR="00293B27">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
-        <w:t>priekšatlases</w:t>
+        <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00293B27" w:rsidR="00293B27">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rezultātiem</w:t>
+        <w:t>gadam 4.2.1.5.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kuma "Izgl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bas iest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>āž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>u nodro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>jums pilnveidot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>s izgl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bas satura kvalitat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>vai ievie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>anai pamata un vid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>s izgl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>bas pak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>" otr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>s projekta iesniegumu atlases k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>rtas projektu iesniedz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ju priek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>atlases rezult</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00293B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA171B" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="38CE6E8C" w14:textId="23BCD3B9">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00CA171B" w:rsidP="00D17891" w:rsidRDefault="00D17891" w14:paraId="38CE6E8C" w14:textId="23BCD3B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="230"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Eiropas Savienības Kohēzijas politikas programmas 2021. – 2027. gadam 4.2.1. specifiskā atbalsta mērķa "Uzlabot vienlīdzīgu piekļuvi iekļaujošiem un kvalitatīviem pakalpojumiem izglītības, mācību un mūžizglītības jomā, attīstot pieejamu infrastruktūru, tostarp, veicinot noturību izglītošanā un mācībā attālinātā un tiešsaistes režīmā" 4.2.1.5. pasākuma "Izglītības iestāžu nodrošinājums pilnveidotā vispārējās izglītības satura kvalitatīvai ieviešanai pamata un vidējās izglītības pakāpē" otrās projekt</w:t>
       </w:r>
-      <w:r w:rsidR="00527344">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00527344">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B4EFF">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumu atlases kārtas nolikums</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B4EFF" w:rsidR="009B4EFF">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="009B4EFF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B4EFF" w:rsidR="009B4EFF">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="009B4EFF">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(turpmāk atlases nolikums).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CA171B" w:rsidR="00D17891" w:rsidP="00CA171B" w:rsidRDefault="00CA171B" w14:paraId="50FE7EA3" w14:textId="49D55089">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00D17891" w:rsidP="00CA171B" w:rsidRDefault="00CA171B" w14:paraId="50FE7EA3" w14:textId="49D55089">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14029" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="699"/>
-        <w:gridCol w:w="3969"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3045"/>
+        <w:gridCol w:w="4606"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="1807"/>
         <w:gridCol w:w="4757"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="2750F52A" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="2750F52A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5A4063B2" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5A4063B2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="733D9ADF" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="733D9ADF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Kritērijs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1D6B5CD8" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1D6B5CD8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Kritērija ietekme uz lēmuma pieņemšanu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3AD57973" w14:textId="4E7505C6">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3AD57973" w14:textId="4E7505C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(P</w:t>
             </w:r>
-            <w:r w:rsidR="004F7F04">
+            <w:r w:rsidRPr="00B0280A" w:rsidR="004F7F04">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>; N/A</w:t>
             </w:r>
-            <w:r w:rsidR="00501553">
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00501553">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="2AA10659" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="2AA10659" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Kritērija iespējamais vērtējums</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7E7D4870" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7E7D4870" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Piemērošanas skaidrojums</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="320397A9" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="320397A9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14029" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="67DA0520" w14:textId="79FE9312">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="67DA0520" w14:textId="79FE9312">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.VIENOTIE KRITĒRIJI</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F1076" w:rsidR="00675119">
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00675119">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="52D74B82" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="52D74B82" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4EDDEB9C" w14:textId="77777777">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4EDDEB9C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="32A4A8DF" w14:textId="674DE1B1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="32A4A8DF" w14:textId="674DE1B1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst MK noteikumos noteiktajām specifiskajām prasībām (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>apakškritērijus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> izvēlas atbilstoši MK noteikumos   noteiktajam, definējot kritēriju kopu):  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00231986" w:rsidRDefault="00DC7444" w14:paraId="71EF4DBF" w14:textId="794BE614">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00231986" w:rsidRDefault="00DC7444" w14:paraId="71EF4DBF" w14:textId="794BE614">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1169" w:hanging="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniedzējs atbilst MK noteikumos   noteiktajam iesniedzēju lokam;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00231986" w:rsidRDefault="00DC7444" w14:paraId="04869752" w14:textId="1E99C05C">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00231986" w:rsidRDefault="00DC7444" w14:paraId="04869752" w14:textId="1E99C05C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1169" w:hanging="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta īstenošanas termiņš atbilst MK noteikumos    noteiktajam termiņam;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="00231986" w:rsidRDefault="00DC7444" w14:paraId="3A67CCE0" w14:textId="01397A57">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00231986" w:rsidRDefault="00DC7444" w14:paraId="3A67CCE0" w14:textId="01397A57">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1169" w:hanging="709"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>projekta iesniegumam ir pievienoti nolikumā  noteiktie papild</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="3DBBF7EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">us pievienojamie pielikumi. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3B2B8E08" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3B2B8E08" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="1440"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="10F4AEE3" w14:textId="77777777">
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="10F4AEE3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="59D930B7">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="15E5F61C" w14:textId="066381B1">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="15E5F61C" w14:textId="066381B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="59D930B7" w:rsidR="442F5E95">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="442F5E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="321F5A21" w14:textId="22A60B50">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="321F5A21" w14:textId="22A60B50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzēja un projekta iesnieguma atbilstību pārbauda, pamatojoties uz projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="77D1622D" w14:textId="304CC5C4">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="77D1622D" w14:textId="304CC5C4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzēja atbilstību MK noteikumos noteiktajam iesniedzēju lokam pārbauda uz projekta iesnieguma iesniegšanas brīdi un precizētā projekta iesnieguma iesniegšanas brīdi.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="36B04F69" w14:textId="0261166F">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datu bāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu </w:t>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="36B04F69" w14:textId="0261166F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datu bāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">datu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>atkalizmantotāja</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> datu bāzēs, </w:t>
             </w:r>
-            <w:r w:rsidRPr="59D930B7" w:rsidR="489FE55E">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="489FE55E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valsts ieņēmumu dienesta (turpmāk – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>VID</w:t>
             </w:r>
-            <w:r w:rsidRPr="59D930B7" w:rsidR="489FE55E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="489FE55E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> publiskajās datu bāzēs pieejamo informāciju.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="239555BA" w14:paraId="24E33AC0" w14:textId="3129951A">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="239555BA" w14:paraId="24E33AC0" w14:textId="3129951A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>tiesībsargājošo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> institūciju u.tml. atkarībā no SAM specifikas. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="365D1CF4" w:rsidP="365D1CF4" w:rsidRDefault="365D1CF4" w14:paraId="440CFB1C" w14:textId="72A71177">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="365D1CF4" w:rsidP="365D1CF4" w:rsidRDefault="365D1CF4" w14:paraId="440CFB1C" w14:textId="72A71177">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="0552A829" w14:textId="77777777">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="0552A829" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="20EC4F82" w14:textId="77777777">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="20EC4F82" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="59D930B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja:  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008610FB" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="24B30200" w14:textId="32ED2F8A">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="24B30200" w14:textId="32ED2F8A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniedzējs atbilst MK noteikumos noteiktajam </w:t>
             </w:r>
-            <w:r w:rsidRPr="008610FB" w:rsidR="000079CC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="000079CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> iesniedzēju lokam un attiecīgajām izvirzītajām prasībām</w:t>
             </w:r>
-            <w:r w:rsidRPr="365D1CF4" w:rsidR="000079CC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="000079CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008610FB" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="02607054" w14:textId="03437DE0">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="02607054" w14:textId="03437DE0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>projekta īstenošanas termiņš nepārsniedz MK noteikumos noteikt</w:t>
             </w:r>
-            <w:r w:rsidRPr="008610FB" w:rsidR="249C1A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="249C1A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="008610FB" w:rsidR="4184DB08">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="4184DB08">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> termiņ</w:t>
             </w:r>
-            <w:r w:rsidRPr="008610FB" w:rsidR="212FFAA3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="212FFAA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="008610FB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008610FB" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="094CFF81" w14:textId="6559C85C">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2B0E7211" w14:paraId="094CFF81" w14:textId="6559C85C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="77104B8C" w14:textId="09A7A92F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniegumam pievienotie pielikumi atbilst MK noteikumos noteiktajām prasībām, tai skaitā ir pievienoti visi nolikumā uzskaitītie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniedzējam noteiktie papildu pievienojamie pielikumi.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="001E186A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="77104B8C" w14:textId="09A7A92F">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="001168A2" w:rsidRDefault="4DB52D9B" w14:paraId="01F915D3" w14:textId="61178E92">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="001168A2" w:rsidRDefault="4DB52D9B" w14:paraId="01F915D3" w14:textId="61178E92">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="74CFA20F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir </w:t>
             </w:r>
-            <w:r w:rsidRPr="74CFA20F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="74CFA20F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="74CFA20F" w:rsidP="004A485E" w:rsidRDefault="74CFA20F" w14:paraId="6D7996AD" w14:textId="4B529EF9">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="74CFA20F" w:rsidP="004A485E" w:rsidRDefault="74CFA20F" w14:paraId="6D7996AD" w14:textId="4B529EF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008610FB" w:rsidP="00642970" w:rsidRDefault="6DC59EA0" w14:paraId="7612AB79" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="008610FB" w:rsidP="00642970" w:rsidRDefault="6DC59EA0" w14:paraId="7612AB79" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="74CFA20F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Nē”, </w:t>
             </w:r>
-            <w:r w:rsidRPr="74CFA20F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
             </w:r>
-            <w:r w:rsidRPr="74CFA20F" w:rsidR="21CD4652">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="21CD4652">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00642970" w:rsidR="00642970" w:rsidP="00642970" w:rsidRDefault="00642970" w14:paraId="48C1EE14" w14:textId="6D9A7CF4">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00642970" w:rsidP="00642970" w:rsidRDefault="00642970" w14:paraId="48C1EE14" w14:textId="6D9A7CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="44E8563D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="44E8563D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="48A68261" w14:textId="77777777">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="48A68261" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">1.2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="36E4A997" w14:textId="3022DA67">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="36E4A997" w14:textId="3022DA67">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projekta iesniedzējam</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="069952EA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="069952EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Latvijas Republikā nav Valsts ieņēmumu dienesta administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>euro</w:t>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>euro.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7D4AE456" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7D4AE456" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3D26B951" w14:textId="07915264">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3D26B951" w14:textId="07915264">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="6F5C42C0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="6F5C42C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4B9816A6" w14:textId="55862BDD">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4B9816A6" w14:textId="55862BDD">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="96"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projekta iesniedzēja atbilstības pārbaudi veic, balstoties uz VID publiskojamo datu bāzes sadaļā “Nodokļu parādnieki” (turpmāk</w:t>
             </w:r>
-            <w:r w:rsidR="008A19B3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="008A19B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>– VID parādnieku datu bāze) pieejamo aktuālo informāciju par situāciju projekta iesnieguma un ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienā sadarbības iestādē, ņemot vērā, ka informācija par veikto nodokļu nomaksu VID parādnieku datu bāzē tiek aktualizēta un publicēta ar divu darba dienu nobīdi.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="24A9B5E6" w14:textId="77777777">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="24A9B5E6" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1DB3F8FF" w14:textId="1F97DF51">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1DB3F8FF" w14:textId="1F97DF51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesnieguma Vērtēšanas </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="09583593">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="09583593">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>veidlapā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> norāda pārbaudes datumu un konstatēto situāciju.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="2E5B2357" w:rsidP="004A485E" w:rsidRDefault="2E5B2357" w14:paraId="6B6A953B" w14:textId="1F4692FE">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="2E5B2357" w:rsidP="004A485E" w:rsidRDefault="2E5B2357" w14:paraId="6B6A953B" w14:textId="1F4692FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="130A82AD" w14:textId="1E5E23B3">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="130A82AD" w14:textId="1E5E23B3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja balstoties uz VID parādnieku datu bāzē pieejamo informāciju uz projekta iesnieguma un, ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienu (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma un, ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienas) projekta iesniedzējam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="7FD50A61">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">nav VID administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu (turpmāk – nodokļu parādi), kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5505F3A4" w14:textId="7635CBAB">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5505F3A4" w14:textId="7635CBAB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="3EC1D934" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="3EC1D934" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Jā ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="4E85E1C8" w14:textId="5F53995E">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="4E85E1C8" w14:textId="5F53995E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">saskaņā ar VID parādnieku datu bāzē pieejamo informāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam ir nodokļu parādi, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">saskaņā ar VID parādnieku datu bāzē pieejamo informāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam ir nodokļu parādi, kas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kopsummā katram atsevišķi pārsniedz 150 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="44228770" w14:textId="7E8D2128">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="44228770" w14:textId="7E8D2128">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">saskaņā ar VID parādnieku datu bāzē pieejamo informāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz </w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">saskaņā ar VID parādnieku datu bāzē pieejamo informāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">, bet vienlaikus ir piezīme, ka precīzu informāciju par nodokļu nomaksas stāvokli VID nevar sniegt, jo nodokļu maksātājs nav iesniedzis visas deklarācijas, kuras šo stāvokli uz pārbaudes datumu var ietekmēt.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="006A12E5" w:rsidP="004A485E" w:rsidRDefault="006A12E5" w14:paraId="71D89810" w14:textId="77777777">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="006A12E5" w:rsidP="004A485E" w:rsidRDefault="006A12E5" w14:paraId="71D89810" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="6F3B07B4" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="6F3B07B4" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Konstatējot minētos faktus, izvirza nosacījumus: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="4FD55AE0" w14:paraId="713545AF" w14:textId="3432B4E1">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="4FD55AE0" w14:paraId="713545AF" w14:textId="3432B4E1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">veikt visu nodokļu parādu nomaksu, nodrošinot, ka projekta iesniedzējam, Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā </w:t>
             </w:r>
-            <w:r w:rsidRPr="02981231" w:rsidR="12711803">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="12711803">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">katram atsevišķi </w:t>
             </w:r>
-            <w:r w:rsidRPr="02981231">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">pārsniedz 150 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="3B82BF3A" w14:textId="090EECEF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="223865F3" w14:paraId="3B82BF3A" w14:textId="090EECEF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">iesniegt VID visas nodokļu deklarācijas, kas bija jāiesniedz līdz pārbaudes datumam, papildu iesniedzot </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>sadarbības iestādē</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> aktualizētu izziņu par faktisko nodokļu nomaksas stāvokli pārbaudes datumā.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="4FD55AE0" w14:paraId="582DE40D" w14:textId="5CEF64F1">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="4FD55AE0" w14:paraId="582DE40D" w14:textId="5CEF64F1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē</w:t>
             </w:r>
-            <w:r w:rsidRPr="02981231">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">”, ja saskaņā ar VID parādnieku datu bāzē pieejamo informāciju precizētā projekta iesnieguma iesniegšanas dienā (t.i., informāciju, kas publicēta divas darba dienas pēc precizētā projekta iesnieguma iesniegšanas sadarbības iestādē), ir konstatējams, ka projekta iesniedzējs nav veicis nodokļu parādu nomaksu un iesniedzējam un/vai sadarbības partnerim ir nodokļu parādi, </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>”, ja saskaņā ar VID parādnieku datu bāzē pieejamo informāciju precizētā projekta iesnieguma iesniegšanas dienā (t.i., informāciju, kas publicēta divas darba dienas pēc precizētā projekta iesnieguma iesniegšanas sadarbības iestādē), ir konstatējams, ka projekta iesniedzējs nav veicis nodokļu parādu nomaksu un iesniedzējam un/vai sadarbības partnerim ir nodokļu parādi, kas kopsummā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="3FF46F70">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> katram atsevišķi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> katram atsevišķi</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> pārsniedz 150 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0D85FC5C" w:rsidP="004A485E" w:rsidRDefault="0D85FC5C" w14:paraId="223FE865" w14:textId="283A817A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="0D85FC5C" w:rsidP="004A485E" w:rsidRDefault="0D85FC5C" w14:paraId="223FE865" w14:textId="283A817A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="11615096" w:rsidP="004A485E" w:rsidRDefault="11615096" w14:paraId="5139E61F" w14:textId="2E49A40C">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="11615096" w:rsidP="004A485E" w:rsidRDefault="11615096" w14:paraId="5139E61F" w14:textId="2E49A40C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Lai nodrošinātu minētā kritērija visaptverošu pārbaudi, projekta iesniedzēja atbilstību šajā kritērijā noteiktajam pārbauda atkārtoti, ja projekta iesniegums apstiprināts ar nosacījumu, neatkarīgi no tā, vai nosacījums ir saistīts ar šī kritērija izpildi. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0D85FC5C" w:rsidP="004A485E" w:rsidRDefault="0D85FC5C" w14:paraId="354101FF" w14:textId="27B136D0">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="0D85FC5C" w:rsidP="004A485E" w:rsidRDefault="0D85FC5C" w14:paraId="354101FF" w14:textId="27B136D0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="11615096" w:rsidP="004A485E" w:rsidRDefault="11615096" w14:paraId="44885C80" w14:textId="25FC0B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja sadarbības iestāde atkārtotas pārbaudes rezultātā konstatē nodokļu parādu, sadarbības iestāde pieņem lēmumu par </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>projekta iesnieguma noraidīšanu, to pamatojot ar neatbilstību šim kritērijam, pat gadījumā, ja sākotnējā novērtēšanā projekta iesniegums šajā kritērijā novērtēts ar “Jā”.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1C640A35" w14:textId="1011FE87">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="183A7FB6" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="183A7FB6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5D2673BA" w14:textId="77777777">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5D2673BA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>1.3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="2732A174" w14:textId="5C05ED84">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="2732A174" w14:textId="5C05ED84">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="-90"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projekta iesniegumā ir identificēti, aprakstīti un izvērtēti projekta riski, novērtēta to ietekme un iestāšanās varbūtība, kā arī noteikti riskus mazinošie pasākumi.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5C68B4C8" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5C68B4C8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="345"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="37EC4E19" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="37EC4E19" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7F7CEF11" w14:textId="354FFC23">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7F7CEF11" w14:textId="354FFC23">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="5113AFDE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="5113AFDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="76EC6525" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="76EC6525" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A19B3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniegumā:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="65F133F3" w14:textId="2668B482">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="65F133F3" w14:textId="2668B482">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ir identificēti un analizēti projekta īstenošanas riski vismaz šādā griezumā: finanšu, īstenošanas, rezultātu un uzraudzības rādītāju sasniegšanas, administrēšanas riski. Var būt norādīti arī citi riski;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7162E6B0" w14:textId="0A42BDA9">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7162E6B0" w14:textId="0A42BDA9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>sniegts katra riska apraksts, t.i., konkretizējot riska būtību, kā arī raksturojot, kādi apstākļi un informācija pamato tā iestāšanās varbūtību;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7A38DFFA" w14:textId="4819C6E5">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7A38DFFA" w14:textId="4819C6E5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>katram riskam ir norādīta tā ietekme (augsta, vidēja, zema) un iestāšanās varbūtība (augsta, vidēja, zema);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00131DCB" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4E25815C" w14:textId="138C59F2">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4E25815C" w14:textId="138C59F2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>katram riskam ir norādīti plānotie un ieviešanas procesā esošie riska novēršanas/mazināšanas pasākumi, tai skaitā, raksturojot to īstenošanas biežumu un norādot par risku novēršanas/mazināšanas pasākumu īstenošanu atbildīgās personas.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00131DCB" w:rsidR="00AC40EB" w:rsidP="00131DCB" w:rsidRDefault="00AC40EB" w14:paraId="58F95EAB" w14:textId="77777777">
-[...11 lines deleted...]
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00FDB48D" w14:paraId="7B1826C6" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00AC40EB" w:rsidP="00131DCB" w:rsidRDefault="00AC40EB" w14:paraId="58F95EAB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00FDB48D" w14:paraId="7B1826C6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> izvirza atbilstošus nosacījumus.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5CF8AC00" w14:textId="3E57D6BF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5CF8AC00" w14:textId="3E57D6BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00FDB48D" w14:paraId="3C8DE1F9" w14:textId="77777777">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00FDB48D" w14:paraId="3C8DE1F9" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4B3DAD9F" w14:textId="2965B961">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="4B3DAD9F" w14:textId="2965B961">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="30"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="0E71EFFB" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="0E71EFFB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="77718614" w14:textId="77777777">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="77718614" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">1.4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="59319CC2" w14:textId="7080AD7C">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="59319CC2" w14:textId="7080AD7C">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5F57A31B" w14:textId="77777777">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Projekta iesniegumā ir ietverta informācija, kas apliecina dubultā finansējuma neesamību un plānoto demarkāciju un/vai sinerģiju ar projekta iesniedzēja īstenoto (jau pabeigto) vai īstenošanā esošo projektu atbalsta pasākumiem vai citu subjektu īstenotiem projektiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5F57A31B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>vai atbalsta pasākumiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="40191A7A" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="40191A7A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1E1981BB" w14:textId="7114E5DB">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="1E1981BB" w14:textId="7114E5DB">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="5C2F22D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="5C2F22D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="53929A61" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="53929A61" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2C7A8E4F" w14:paraId="54C1309F" w14:textId="50C15EEF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2C7A8E4F" w14:paraId="54C1309F" w14:textId="50C15EEF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A19B3">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā ir ietverta informācija par projekta iesniedzēja īstenotajiem (jau pabeigtajiem) vai īstenošanā esošiem projektiem, ar kuriem konstatējama projekta iesniegumā plānoto darbību un izmaksu demarkācija, ieguldījumu sinerģija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="79DB6B39">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="6D4929CE" w14:textId="7BEEC285">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="6D4929CE" w14:textId="7BEEC285">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...13 lines deleted...]
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="72F2B8EE" w14:textId="70C9838D">
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniegumā apliecināts, ka projektā plānotie ieguldījumi par tām pašām izmaksām vienlaikus netiks finansēti ar cita projekta vai atbalsta pasākuma ietvaros piesaistītu līdzfinansējumu, kā arī projektā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>īstenojamās darbības projekta īstenošanai piešķirtā finansējuma ietvaros netiks finansētas dubultā, novēršot dubultā finansējuma risku.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="72F2B8EE" w14:textId="70C9838D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="3CC94E06" w14:paraId="5D9DE9AD" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">, izvirza atbilstošus nosacījumus.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="720A3476" w14:textId="161675A8">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="720A3476" w14:textId="161675A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00246FA6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="3CC94E06" w14:paraId="10E3CE67" w14:textId="12BF4797">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="3CC94E06" w14:paraId="10E3CE67" w14:textId="12BF4797">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="4CE3E1DE" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="4CE3E1DE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7F9F6399" w14:textId="77777777">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7F9F6399" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">1.5. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="20BCD294" w14:textId="093BF8E5">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="20BCD294" w14:textId="093BF8E5">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Projekta iesniegumā plānotie komunikācijas un vizuālās identitātes prasību nodrošināšanas nosacījumi atbilst</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Kopīgo noteikumu regulas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">47. un 50. pantā, normatīvajos aktos, kas nosaka kārtību, kādā Eiropas Savienības </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2021. – 2027. gada plānošanas periodā, un Eiropas Savienības fondu 2021. – 2027. gada plānošanas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>perioda un Atveseļošanas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>fonda komunikācijas un dizaina vadlīnijās noteiktajam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="06E7441F" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="06E7441F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="712D1042" w14:textId="2C3463DE">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="712D1042" w14:textId="2C3463DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="1E1AFC9E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="1E1AFC9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00686949" w:rsidP="00686949" w:rsidRDefault="00686949" w14:paraId="2193CAAB" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00686949" w:rsidP="00686949" w:rsidRDefault="00686949" w14:paraId="2193CAAB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniegumā paredzēts:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="658B8734" w14:textId="14EC7679">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="658B8734" w14:textId="14EC7679">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniedzēja oficiālajā tīmekļa vietnē, ja šāda vietne ir, un sociālo mediju vietnēs plānots publicēt īsu un ar atbalsta apjomu samērīgu aprakstu par </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projektu, tostarp tā mērķiem un rezultātiem, un norādi, ka projekts līdzfinansēts ar Eiropas Savienības </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00D719EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">(turpmāk – ES) </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A19B3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>saņemtu finansiālu atbalstu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="34CEBCB1" w14:textId="33FCF684">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="34CEBCB1" w14:textId="33FCF684">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ar projekta īstenošanu saistītajos dokumentos un komunikācijas materiālos, ko paredzēts izplatīt sabiedrībai vai dalībniekiem, plānots sniegt pamanāmu paziņojumu, kurā tiks uzsvērts no Eiropas Savienības saņemtais atbalsts;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7A29B43B" w14:textId="657F5D82">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7A29B43B" w14:textId="657F5D82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">projektiem, kas saņem atbalstu no Eiropas Reģionālās attīstības fonda un Kohēzijas fonda un kuru kopējās izmaksas pārsniedz 500 000 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai projektiem, kas saņem atbalstu no Eiropas Sociālā fonda plus un Taisnīgas pārkārtošanās fonda, kuru kopējās izmaksas pārsniedz 100 000 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, un ietver materiālas investīcijas vai aprīkojuma iegādi, tiks uzstādītas sabiedrībai skaidri redzamas ilgtspējīgas plāksnes vai informācijas stendi, kuros ir attēlota </w:t>
             </w:r>
-            <w:r w:rsidR="00D719EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00D719EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ES</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A19B3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> emblēma</w:t>
             </w:r>
-            <w:r w:rsidR="00501553">
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00501553">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
-            <w:r w:rsidRPr="008A19B3">
-[...17 lines deleted...]
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="2D33F57B" w14:textId="38E406F9">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> attiecībā uz projektā plānotajām darbībām un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>aktivitātēm. Ilgtspējīgas plāksnes vai informācijas stendi tiks uzstādīti, tiklīdz sākas projektu darbību faktiskā īstenošana, kas ietver materiālas investīcijas, vai tiklīdz tiek uzstādīts iegādātais aprīkojums;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="2D33F57B" w14:textId="38E406F9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>projektiem, uz kuriem neattiecas šī kritērija skaidrojuma 3. punkts, sabiedrībai skaidri redzamā vietā plānots uzstādīt vismaz vienu plakātu, kura minimālais izmērs ir A3, vai</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A19B3" w:rsidR="7EA66982">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="7EA66982">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A19B3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>līdzvērtīgu elektronisku paziņojumu, kurā izklāstīta informācija par projektu un uzsvērts no Eiropas Savienības fondiem saņemtais atbalsts;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="009E6CB5" w:rsidRDefault="00DC7444" w14:paraId="3D5D4DF2" w14:textId="36C2D582">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="009E6CB5" w:rsidRDefault="00DC7444" w14:paraId="3D5D4DF2" w14:textId="36C2D582">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidRPr="008A19B3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00B33904" w14:paraId="78183F78" w14:textId="48339DFC">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00B33904" w14:paraId="78183F78" w14:textId="48339DFC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ja projekta iesniegums paredz stratēģiski svarīga projekta īstenošanu, ir izstrādāts komunikācijas plāns, kas atbilst  Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās noteiktajam un minēto vadlīniju pielikumā ietvertajai veidlapai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>un ir pievienots kā projekta iesnieguma pielikums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
-            <w:r w:rsidRPr="00B33904">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="8"/>
             </w:r>
-            <w:r w:rsidRPr="00B33904" w:rsidR="6B66F275">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="6B66F275">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0029433D" w:rsidR="6B66F275" w:rsidP="0029433D" w:rsidRDefault="6B66F275" w14:paraId="3D7BD1CD" w14:textId="427934D6">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="6B66F275" w:rsidP="0029433D" w:rsidRDefault="6B66F275" w14:paraId="3D7BD1CD" w14:textId="427934D6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ja projekta iesniegums paredz stratēģiskas nozīmes </w:t>
             </w:r>
-            <w:r w:rsidRPr="742D26E5" w:rsidR="3E689D44">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="3E689D44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>darbības</w:t>
             </w:r>
-            <w:r w:rsidR="00B00567">
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00B00567">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:footnoteReference w:id="9"/>
             </w:r>
-            <w:r w:rsidRPr="1529F6DA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vai darbības, kuru </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> vai darbības, kuru kopējās izmaksas pārsniedz 10 000 000 EUR, ir paredzēts organizēt vismaz vienu informatīvu pasākumu vai aktivitāti (piemēram, atklāšanas, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>vidusposma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>vidusposma</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>, noslēguma pasākums vai aktivitāte) un savlaicīgi tajā iesaistīt Eiropas Komisiju un/ vai Eiropas Komisijas pārstāvniecību Latvijā, kā arī atbildīgo iestādi, vadošo iestādi un sadarbības iestādi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="008B739C" w:rsidRDefault="00DC7444" w14:paraId="468F9CA2" w14:textId="2CCCD950">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2C7A8E4F" w14:paraId="789ED59B" w14:textId="56BD84A9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>, noslēguma pasākums vai aktivitāte) un savlaicīgi tajā iesaistīt Eiropas Komisiju un/ vai Eiropas Komisijas pārstāvniecību Latvijā, kā arī atbildīgo iestādi, vadošo iestādi un sadarbības iestādi.</w:t>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papildus Kopīgo noteikumu regulā un normatīvajos aktos, kas nosaka kārtību, kādā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="73E667F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ES</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021. – 2027. gada plānošanas periodā, noteiktajām obligātajām minimālajām publicitātes prasībām projekta iesniedzējs var plānot </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā cita veida komunikācijas aktivitātes, ar kuru palīdzību tiek sasniegts projekta mērķis, vai arī par ES fondu ieguldījumu projektā informēta plašāka sabiedrība, ja tādas ir paredzētas MK noteikumos.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="44CAEEF5" w14:textId="4ACC4239">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC7444">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="430BD25E" w14:paraId="3DD0A517" w14:textId="6AC0C031">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="2E5B2357">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="6DD44595" w14:textId="392191AA">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="6DD44595" w14:textId="392191AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00FA6CCA" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="430BD25E" w14:paraId="0E78D72F" w14:textId="1E4ED979">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="430BD25E" w14:paraId="0E78D72F" w14:textId="1E4ED979">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D85FC5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="1A1283E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0D85FC5C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="3672911D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="3672911D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="191E45F5" w14:textId="77777777">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="191E45F5" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>1.6.</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D7FC5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="396E7556" w14:textId="592E3129">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="396E7556" w14:textId="592E3129">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5D9839F5" w14:textId="77777777">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projekta iesniegumā paredzētais ES fonda finansējuma apmērs un intensitāte atbilst MK noteikumos noteiktajam ES fonda finansējuma apmēram un intensitātei, iekļautās kopējās attiecināmās izmaksas un izmaksu pozīcijas atbilst MK noteikumos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>noteiktajam, tai skaitā nepārsniedz noteikto izmaksu pozīciju apjomus un:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="5D9839F5" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ir saistītas ar projekta īstenošanu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="33F4646A" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="33F4646A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ir nepieciešamas projekta īstenošanai (projektā norādīto darbību īstenošanai, mērķa grupas vajadzību nodrošināšanai, definētās problēmas risināšanai) un izvērtēta to lietderība;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="41BD0C60" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="41BD0C60" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>nodrošina projektā izvirzītā mērķa un rādītāju sasniegšanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="0C909EDD" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="0C909EDD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="000D7FC5" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="232B2B8D" w14:textId="3AB0F298">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="232B2B8D" w14:textId="3AB0F298">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D7FC5" w:rsidR="6D54D5E4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="6D54D5E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="003D1618" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="05D2AA7E" w14:textId="17928686">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="05D2AA7E" w14:textId="17928686">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Jā”, ja projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti nolikumā, norādītais Eiropas Reģionālās attīstības fonda finansējums un tā atbalsta intensitāte atbilst </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1618" w:rsidR="00EA6546">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00EA6546">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> MK noteikumos par pasākuma īstenošanu noteiktajam</w:t>
             </w:r>
-            <w:r w:rsidR="002026D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002026D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="002026D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002026D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00590EFC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00590EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">atbilst </w:t>
             </w:r>
-            <w:r w:rsidR="002026D2">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002026D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ministru kabineta 2025. gada </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00E40055">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>18. j</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A20FB" w:rsidR="000A20FB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="000A20FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ū</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A20FB" w:rsidR="00E40055">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00E40055">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>nija</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A20FB" w:rsidR="002026D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002026D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> rīkojum</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A20FB" w:rsidR="00590EFC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00590EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A20FB" w:rsidR="002026D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002026D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.</w:t>
             </w:r>
-            <w:r w:rsidR="000A20FB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="000A20FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000A20FB" w:rsidR="000A20FB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="000A20FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>353</w:t>
             </w:r>
-            <w:r w:rsidR="002026D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002026D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003C2F91">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003C2F91">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidR="00590EFC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00590EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">oteiktajam, </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1618">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eiropas Reģionālās attīstības fonda finansējuma apjomam un atbalsta intensitātei, un projekta iesniegumā plānotās izmaksas atbilst MK noteikumos par pasākuma īstenošanu noteiktajām izmaksu pozīcijām un nepārsniedz to noteiktos apjomus, tai skaitā:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="003D1618" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="7DE36123" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="7DE36123" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1) izmaksas ir nepieciešamas projekta plānoto darbību īstenošanai (tai skaitā mērķa grupas vajadzību nodrošināšanai (ja attiecināms));</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="003D1618" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="171272DB" w14:textId="77777777">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="171272DB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2) projekta iesniegumā ir sniegts plānoto izmaksu lietderīguma pamatojums un izmaksu apmēra pamatojums – t.i., projekta iesniegumā plānotās izmaksas atbilst vidējām tirgus cenām konkrētās izmaksu pozīcijās (informāciju var pamatot ar, piemēram, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, provizorisku tirgus izpēti , noslēgtiem nodomu protokoliem vai līgumiem (ja attiecināms), u.c. informāciju);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="44F9D024" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3) izmaksas nodrošina projektā izvirzītā mērķa un rādītāju sasniegšanu.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="6D6B1706" w14:textId="77777777">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="003D1618" w14:paraId="6D6B1706" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003D1618" w:rsidP="003D1618" w:rsidRDefault="00B56C8F" w14:paraId="06889216" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B56C8F" w:rsidP="003D1618" w:rsidRDefault="00B56C8F" w14:paraId="321ADA49" w14:textId="77777777">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B56C8F" w:rsidP="003D1618" w:rsidRDefault="00B56C8F" w14:paraId="321ADA49" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B56C8F" w:rsidP="003D1618" w:rsidRDefault="002241F6" w14:paraId="553C3100" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0064336B" w:rsidR="002241F6" w:rsidP="003D1618" w:rsidRDefault="002241F6" w14:paraId="79BF2EC7" w14:textId="6F17F025">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="002241F6" w:rsidP="003D1618" w:rsidRDefault="002241F6" w14:paraId="79BF2EC7" w14:textId="6F17F025">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:highlight w:val="yellow"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="6E789C3E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="6E789C3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="5640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00760EA3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="27BE02BA" w14:textId="77777777">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="27BE02BA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">1.7. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00760EA3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3F7B6476" w14:textId="1B63A0C0">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="3F7B6476" w14:textId="1B63A0C0">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="165"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzējam ir pietiekama īstenošanas un finanšu kapacitāte projekta īstenošanai. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00760EA3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7BC9DE9D" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7BC9DE9D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00760EA3" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="0A6E2A2B" w14:textId="70355B41">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="0A6E2A2B" w14:textId="70355B41">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00760EA3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00760EA3" w:rsidR="288FEA1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="288FEA1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ N</w:t>
             </w:r>
-            <w:r w:rsidRPr="00760EA3" w:rsidR="7A72DCE3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="7A72DCE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DE7161" w:rsidP="00DE7161" w:rsidRDefault="00DE7161" w14:paraId="19BE23CF" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DE7161" w:rsidP="00DE7161" w:rsidRDefault="00DE7161" w14:paraId="19BE23CF" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, ja projekta iesnieguma sadaļās “Projekta iesniedzēja īstenošanas kapacitāte” (t.sk. administrēšanas kapacitāte, finanšu kapacitāte) un “Projekta īstenošanas/uzraudzības shēmas apraksts” raksturotā projekta ieviešanai nepieciešamā administrēšanas, īstenošanas un finanšu kapacitāte ir pietiekama.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DE7161" w:rsidP="00DE7161" w:rsidRDefault="00DE7161" w14:paraId="2E706C9B" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DE7161" w:rsidP="00DE7161" w:rsidRDefault="00DE7161" w14:paraId="2E706C9B" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="378"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="23" w:hanging="23"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>projekta administrēšanas un īstenošanas kapacitāte ir pietiekama, ja projekta iesniegumā ir iekļauta informācija par:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DE7161" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="2A0336D3" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DE7161" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="2A0336D3" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="681" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DE7161" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="585AFF30" w14:textId="456C8415">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta vadības procesu un tā organizēšanu, norādīti vadības procesa organizēšanai nepieciešamie atbildīgie speciālisti – to amati, galvenie uzdevumi, pieejamība vai plānotā iesaistīšana projekta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>ieviešanas laikā, tiem plānotā nepieciešamā kvalifikācija, pieredze un kompetence;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DE7161" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="585AFF30" w14:textId="456C8415">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="681" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta vadības </w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="5A288982">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="5A288982">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>sistēm</w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="659662AA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="659662AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, tai skaitā kādas darbības plānotas, lai nodrošinātu sekmīgu projekta vadības īstenošanu, kādi uzraudzības instrumenti plānoti projekta vadības kvalitātes nodrošināšanai un kontrolei</w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="740748ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="740748ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="3F1C988E" w:rsidP="62501D51" w:rsidRDefault="3F1C988E" w14:paraId="4D62DF27" w14:textId="25875DDD">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="3F1C988E" w:rsidP="62501D51" w:rsidRDefault="3F1C988E" w14:paraId="4D62DF27" w14:textId="25875DDD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="681" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ir norādīts, kā tiks uzkrāti dati par rādītajiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DE7161" w:rsidP="00DE7161" w:rsidRDefault="00DE7161" w14:paraId="35FCB9AB" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DE7161" w:rsidP="00DE7161" w:rsidRDefault="00DE7161" w14:paraId="35FCB9AB" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="378"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="23" w:hanging="23"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>finanšu kapacitāte ir pietiekama, ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00044992" w:rsidR="00DE7161" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="3B6B97CF" w14:textId="60AEC6B7">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DE7161" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="3B6B97CF" w14:textId="60AEC6B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="681"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
               <w:t>norādīti un pamatoti finansējuma avoti projektā plānotā projekta iesniedzēja līdzfinansējuma nodrošināšanai, tostarp iesniegts pašvaldības domes lēmums par projekta īstenošanai nepieciešamā līdzfinansējuma nodrošināšanu.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00044992" w:rsidR="00A31778" w:rsidP="62501D51" w:rsidRDefault="00DE7161" w14:paraId="51BCFB27" w14:textId="76E285E7">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A31778" w:rsidP="62501D51" w:rsidRDefault="00DE7161" w14:paraId="51BCFB27" w14:textId="76E285E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="681"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sniegts pamatojums par projekta iesnieguma iesniedzēja spēju nodrošināt nepieciešamo projekta iesniedzēja līdzfinansējumu, tai skaitā pamatojot projekta iesniedzēja pieejamību norādītajiem finansējuma avotiem projekta īstenošanas laikā un pamatojot nepārtrauktas finanšu plūsmas nodrošināšanu projekta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>ieviešanai tā plānotajā apjomā un termiņā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="504089AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00044992" w:rsidR="00A31778" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="630E1242" w14:textId="33701647">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A31778" w:rsidP="00044992" w:rsidRDefault="00DE7161" w14:paraId="630E1242" w14:textId="33701647">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="681"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="504089AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="504089AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>projekta iesniegumā ir iekļauta informācija, vai nepieciešams avanss.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001416FC" w:rsidP="001416FC" w:rsidRDefault="001416FC" w14:paraId="7C48041B" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="001416FC" w:rsidP="001416FC" w:rsidRDefault="001416FC" w14:paraId="7C48041B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām”, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">vērtējums ir „Jā, ar nosacījumu”, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="001416FC" w:rsidR="001416FC" w:rsidP="001416FC" w:rsidRDefault="00BD474F" w14:paraId="76E29B9C" w14:textId="22ED6B58">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="001416FC" w:rsidP="001416FC" w:rsidRDefault="00BD474F" w14:paraId="76E29B9C" w14:textId="22ED6B58">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD474F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="4397218A" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="4397218A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A6001C" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="451CDDDA" w14:textId="77777777">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="451CDDDA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">1.8. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A6001C" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7F77CBEF" w14:textId="38FBC2C0">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="7F77CBEF" w14:textId="38FBC2C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projekta mērķis atbilst MK noteikumos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A6001C" w:rsidR="59F1A08C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="59F1A08C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> par SAM īstenošanu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A6001C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteiktajam mērķim, definētie uzraudzības rādītāji nodrošina un apliecina mērķa sasniegšanu, uzraudzības rādītāji ir precīzi definēti, pamatoti un izmērāmi. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A6001C" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="31D78490" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="31D78490" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A6001C" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="34056227" w14:textId="7811AD83">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="34056227" w14:textId="7811AD83">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A6001C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A6001C" w:rsidR="64E81A20">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="64E81A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00A713CC" w:rsidP="00A713CC" w:rsidRDefault="00A713CC" w14:paraId="3A31CE8E" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A713CC" w:rsidP="00A713CC" w:rsidRDefault="00A713CC" w14:paraId="3A31CE8E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00A713CC" w:rsidP="00A713CC" w:rsidRDefault="00A713CC" w14:paraId="23CDE73E" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A713CC" w:rsidP="00A713CC" w:rsidRDefault="00A713CC" w14:paraId="23CDE73E" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="312" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidRPr="00C62809" w:rsidR="00DC7444" w:rsidP="00C62809" w:rsidRDefault="00A713CC" w14:paraId="37E26466" w14:textId="3339BC91">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniegumā minētā informācija par projekta mērķi, kā arī projektā plānotajām darbībām, liecina, ka tas ir vērsts uz MK noteikumos noteikto specifiskā atbalsta mērķi; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00C62809" w:rsidRDefault="00A713CC" w14:paraId="37E26466" w14:textId="3339BC91">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniegumā norādīte uzraudzības rādītāji ir izmērāmi, atbilst MK noteikumos par pasākuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>īstenošanu noteiktajiem rādītājiem, un sniedz ieguldījumu pasākuma kopējās uzraudzības rādītāja vērtības un pasākuma mērķa sasniegšanā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A713CC" w:rsidP="00A713CC" w:rsidRDefault="00A713CC" w14:paraId="3EA3E7EC" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A713CC" w:rsidP="00A713CC" w:rsidRDefault="00424041" w14:paraId="24A67CC9" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00424041" w:rsidP="00A713CC" w:rsidRDefault="00424041" w14:paraId="0D4ACFB4" w14:textId="77777777">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00424041" w:rsidP="00A713CC" w:rsidRDefault="00424041" w14:paraId="0D4ACFB4" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00424041" w:rsidP="00A713CC" w:rsidRDefault="00813EAC" w14:paraId="73E4C614" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00140E36" w:rsidR="00813EAC" w:rsidP="00A713CC" w:rsidRDefault="00813EAC" w14:paraId="491B9E5D" w14:textId="492DA394">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00813EAC" w:rsidP="00A713CC" w:rsidRDefault="00813EAC" w14:paraId="491B9E5D" w14:textId="492DA394">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="33EDE75C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="33EDE75C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00874BB6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="0A8CD3C7" w14:textId="77777777">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="0A8CD3C7" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">1.9. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00874BB6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="57A53D67" w14:textId="77777777">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="57A53D67" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Projekta iesniegumā plānotie sagaidāmie rezultāti ir skaidri definēti un izriet no plānoto darbību aprakstiem, plānotās projekta darbības:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00874BB6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="79317686" w14:textId="3E98B6C9">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="79317686" w14:textId="3E98B6C9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>atbilst MK noteikumos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00874BB6" w:rsidR="0BF282A6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0BF282A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> par SAM īstenošanu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00874BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteiktajam un paredz saikni ar attiecīgajām atbalstāmajām darbībām; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00874BB6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="799CF846" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="799CF846" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">ir precīzi definētas un pamatotas, un tās risina projektā definētās problēmas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00874BB6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="15ED908A" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="15ED908A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">P </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00874BB6" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="55CEC264" w14:textId="48A020BD">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="00DC7444" w14:paraId="55CEC264" w14:textId="48A020BD">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00874BB6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00874BB6" w:rsidR="38C403F6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="38C403F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="568553FA" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="568553FA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="53F38CCA" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="53F38CCA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>projekta iesniegumā norādītie sagaidāmie rezultāti izriet no projekta iesniegumā plānotajām darbībām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="416CFB99" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="416CFB99" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>projekta iesniegumā ietvertās darbības atbilst MK noteikumos par pasākuma īstenošanu norādītajām atbalstāmajām darbībām un izmaksu pozīcijām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00144744" w:rsidP="00144744" w:rsidRDefault="00B7770D" w14:paraId="45441EAC" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00144744" w:rsidP="00144744" w:rsidRDefault="00B7770D" w14:paraId="45441EAC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">projekta iesniegumā plānotās darbības ir precīzi definētas un nepieciešamas projekta </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidRPr="00144744" w:rsidR="00DC7444" w:rsidP="00144744" w:rsidRDefault="00B7770D" w14:paraId="20054B94" w14:textId="40959363">
+              <w:t>projekta iesniegumā plānotās darbības ir precīzi definētas un nepieciešamas projekta mērķa, plānoto rādītāju un projekta rezultātu sasniegšanai;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00144744" w:rsidRDefault="00B7770D" w14:paraId="20054B94" w14:textId="40959363">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00144744">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>plānotās projekta darbības ir sasaistītas ar projekta iesniegumā plānoto laika grafiku, tās ir secīgas un nodrošina uzraudzības rādītāju sasniegšanu.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="2607D830" w14:textId="77777777">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="00B7770D" w14:paraId="2607D830" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00B7770D" w:rsidP="00B7770D" w:rsidRDefault="001D7644" w14:paraId="711F171F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām”, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>vērtējums ir „Jā, ar nosacījumu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>”, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001D7644" w:rsidP="00B7770D" w:rsidRDefault="001D7644" w14:paraId="7AA686CA" w14:textId="77777777">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="001D7644" w:rsidP="00B7770D" w:rsidRDefault="001D7644" w14:paraId="7AA686CA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="001D7644" w:rsidP="00B7770D" w:rsidRDefault="0045023D" w14:paraId="04EE8032" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir „Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00140E36" w:rsidR="0045023D" w:rsidP="00B7770D" w:rsidRDefault="0045023D" w14:paraId="45C86595" w14:textId="02459431">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="0045023D" w:rsidP="00B7770D" w:rsidRDefault="0045023D" w14:paraId="45C86595" w14:textId="02459431">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidTr="5F0BAE80" w14:paraId="4F6088B4" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidTr="01DFA446" w14:paraId="4F6088B4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="90"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14029" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2C7A8E4F" w14:paraId="157BF486" w14:textId="0EDE8C65">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="004A485E" w:rsidRDefault="2C7A8E4F" w14:paraId="157BF486" w14:textId="0EDE8C65">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2. VIENOTIE IZVĒLES KRITĒRIJI</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F1076" w:rsidR="00675119">
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00675119">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
-            <w:r w:rsidRPr="00DC7444">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="75ED8399" w:rsidTr="5F0BAE80" w14:paraId="7AA166B5" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="75ED8399" w:rsidTr="01DFA446" w14:paraId="7AA166B5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="7F3AE119" w14:paraId="519E0C6B" w14:textId="0C41C008">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="7F3AE119" w14:paraId="519E0C6B" w14:textId="0C41C008">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="75ED8399">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="00297DB9" w14:paraId="0084A15B" w14:textId="06D4BF59">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="00297DB9" w14:paraId="0084A15B" w14:textId="06D4BF59">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Plānotā projekta iesniegumā norādītā mērķa grupa atbilst MK noteikumos par pasākuma īstenošanu noteiktajam un ir identificētas mērķa grupas vajadzības un risināmās problēmas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="7F3AE119" w14:paraId="39AE7002" w14:textId="4B1349ED">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="7F3AE119" w14:paraId="39AE7002" w14:textId="4B1349ED">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="7F3AE119" w14:paraId="72D649BE" w14:textId="21F049EF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="7F3AE119" w:rsidP="004A485E" w:rsidRDefault="7F3AE119" w14:paraId="72D649BE" w14:textId="21F049EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Jā / Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="75ED8399" w:rsidP="004A485E" w:rsidRDefault="75ED8399" w14:paraId="7E38E956" w14:textId="60F1A40E">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="75ED8399" w:rsidP="004A485E" w:rsidRDefault="75ED8399" w14:paraId="7E38E956" w14:textId="60F1A40E">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="28B5EAC1" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="28B5EAC1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="65FBBE36" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="65FBBE36" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>projekta iesniegumā norādītā mērķa grupa atbilst MK noteikumos par pasākuma īstenošanu noteiktajam;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="674DD514" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="674DD514" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>projekta iesniegumā ir norādītas mērķa grupas vajadzības un risināmās problēmas;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="75ED8399" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="4973F7D0" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="75ED8399" w:rsidP="00A476B9" w:rsidRDefault="00A476B9" w14:paraId="4973F7D0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="310" w:hanging="357"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00010880" w14:paraId="6294D092" w14:textId="77777777">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">no projekta iesniegumā ietvertās informācijas secināms, ka projektā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>plānotās darbības risinās identificētās mērķa grupas vajadzības un problēmas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00A476B9" w:rsidP="00A476B9" w:rsidRDefault="00010880" w14:paraId="6294D092" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="-47"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-              <w:rPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00A476B9" w:rsidR="00010880" w:rsidP="00A476B9" w:rsidRDefault="003600CB" w14:paraId="416B860B" w14:textId="2965A4B0">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00010880" w:rsidP="00A476B9" w:rsidRDefault="003600CB" w14:paraId="416B860B" w14:textId="2965A4B0">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="-47"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-              <w:rPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DB250C" w:rsidTr="5F0BAE80" w14:paraId="70A6AAAA" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidTr="01DFA446" w14:paraId="70A6AAAA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DB250C" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="66AE13F6" w14:paraId="45693AEE" w14:textId="33CCC512">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="66AE13F6" w14:paraId="45693AEE" w14:textId="33CCC512">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB250C" w:rsidR="12F692F9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="12F692F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB250C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DB250C" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00905B5B" w14:paraId="2519F5A3" w14:textId="2E7E2CC1">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00905B5B" w14:paraId="2519F5A3" w14:textId="2E7E2CC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Projekta iesniegumā ir aprakstīta potenciālā projekta ietekme uz projekta iesniedzēja darbību, kā arī projekta iesniegumā ir iekļauti nosacījumi attiecībā uz ilgtspējības nodrošināšanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00DB250C" w14:paraId="6FF13B04" w14:textId="4A5C3341">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00DB250C" w14:paraId="6FF13B04" w14:textId="4A5C3341">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00DB250C" w14:paraId="1471E943" w14:textId="21F049EF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00DB250C" w14:paraId="1471E943" w14:textId="21F049EF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="0D0E8D6D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0D0E8D6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="002E4C88" w:rsidP="00AD0B9C" w:rsidRDefault="002E4C88" w14:paraId="5438290E" w14:textId="4F83424A">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="002E4C88" w:rsidP="00AD0B9C" w:rsidRDefault="002E4C88" w14:paraId="5438290E" w14:textId="4F83424A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniegumā ir sniegts pamatojums projekta rezultātu ilgtspējai un projekta </w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="58106258">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="58106258">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ietekm</w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="5F24C373">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="5F24C373">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51" w:rsidR="58106258">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="58106258">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> uz projekta iesniedzēja darbību:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="002E4C88" w:rsidP="00AD0B9C" w:rsidRDefault="002E4C88" w14:paraId="098BD41B" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="002E4C88" w:rsidP="00AD0B9C" w:rsidRDefault="002E4C88" w14:paraId="098BD41B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1) ir sniegts pamatojums projekta ietvaros radīto rezultātu uzturēšanai MK noteikumos par pasākumu īstenošanu pasākuma noteiktajos termiņos;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DB250C" w:rsidP="00AD0B9C" w:rsidRDefault="002E4C88" w14:paraId="17EA4DC6" w14:textId="12859313">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="00AD0B9C" w:rsidRDefault="002E4C88" w14:paraId="17EA4DC6" w14:textId="12859313">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2) ir sniegts pamatojums un apliecinājums, ka piecus gadus pēc noslēguma maksājuma saņemšanas pašvaldība nodrošina atbalstu saņēmušo vispārējās izglītības iestāžu atbilstību šo noteikumu 1. pielikuma </w:t>
             </w:r>
-            <w:r w:rsidRPr="002330EA" w:rsidR="00BC6FBA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>1., 3., 4., 5. punkta</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">1., 3., 4., 5. punkta kritērijiem, ievērojot šo noteikumu 2. pielikumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kritērijiem,</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>​​​​​​​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>s pa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>vald</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>bu iedal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">juma grupas.  Minētajā ilgtspējas periodā pašvaldība var pieņemt jaunus domes lēmumus vai veikt grozījumus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iepriekš pieņemtajos domes lēmumos attiecībā uz atbalstu saņēmušo vispārējās izglītības iestādi, ievērojot nosacījumu par tās atbilstību šo noteikumu 1. pielikuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>​​​​​​​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1., 3., 4., 5. punkta krit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rijiem un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>o noteikumu 2. pielikum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00992CF7" w:rsidR="00BC6FBA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ievērojot šo noteikumu 2. pielikumā ​​​​​​​minētās pašvaldību iedalījuma grupas.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>​​​​​​​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minētajā ilgtspējas periodā pašvaldība var pieņemt jaunus domes lēmumus vai veikt grozījumus iepriekš pieņemtajos domes lēmumos attiecībā uz atbalstu saņēmušo vispārējās izglītības iestādi, ievērojot nosacījumu par tās atbilstību šo noteikumu 1. </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p w:rsidR="002E4C88" w:rsidP="00AD0B9C" w:rsidRDefault="000D780F" w14:paraId="4D75AB7D" w14:textId="2DD9202E">
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>s pa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>vald</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>bu iedal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00BC6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>juma grupas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="002E4C88" w:rsidP="00AD0B9C" w:rsidRDefault="000D780F" w14:paraId="4D75AB7D" w14:textId="2DD9202E">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007D15D8" w:rsidR="00DB250C" w:rsidP="00AD0B9C" w:rsidRDefault="00AD0B9C" w14:paraId="02AE37FE" w14:textId="422F6866">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="00AD0B9C" w:rsidRDefault="00AD0B9C" w14:paraId="02AE37FE" w14:textId="422F6866">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00475A8B" w:rsidTr="5F0BAE80" w14:paraId="58DA4E22" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidTr="01DFA446" w14:paraId="58DA4E22" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="920"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F104F1" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="2D5C1840" w14:paraId="53B141F0" w14:textId="0575A808">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="2D5C1840" w14:paraId="53B141F0" w14:textId="0575A808">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F104F1" w:rsidR="5C251295">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="5C251295">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F104F1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F104F1" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00D45A92" w14:paraId="523B875A" w14:textId="798E6CC7">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00D45A92" w14:paraId="523B875A" w14:textId="798E6CC7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F104F1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst MK noteikumos par SAM īstenošanu noteiktajam, lai tas nekvalificētos kā komercdarbības atbalsts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="50C46881" w14:textId="75D8EA6B">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="50C46881" w14:textId="75D8EA6B">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="19E9EA6B" w14:textId="54445213">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="19E9EA6B" w14:textId="54445213">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="3A200BA3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="3A200BA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="008F5292" w:rsidP="008F5292" w:rsidRDefault="008F5292" w14:paraId="524886C3" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="008F5292" w:rsidP="008F5292" w:rsidRDefault="008F5292" w14:paraId="524886C3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F104F1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja atbilstoši MK noteikumos par SAM īstenošanu noteiktajam projekta iesniegums atbilst komercdarbības atbalsta kontroles nosacījumiem:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00475A8B" w:rsidP="008F5292" w:rsidRDefault="008F5292" w14:paraId="7C532460" w14:textId="449E3A92">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="008F5292" w:rsidRDefault="008F5292" w14:paraId="7C532460" w14:textId="449E3A92">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="008F5292">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>- Projektā nav paredzēta saimnieciskā darbība</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="007237B9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="007237B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="007237B9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="007237B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="00B81DD6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00B81DD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>lurs</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="0078286D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0078286D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>oft</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="00DD6E55">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00DD6E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="00740DC9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00740DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>skolas m</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="00A31345">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00A31345">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ājas lapā</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="0078286D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0078286D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārliecinās, ka adresē netiek veikta saimnieciskā</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="00CF216A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00CF216A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> darbība)</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="008F5292">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="5F0BAE80" w:rsidR="008F5292">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> taču ir paredzēta papildinošā saimnieciskā darbība un parastie papildpakalpojumi.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="62501D51" w:rsidP="62501D51" w:rsidRDefault="62501D51" w14:paraId="6EE78A28" w14:textId="19810CF1" w14:noSpellErr="1">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="62501D51" w:rsidP="62501D51" w:rsidRDefault="62501D51" w14:paraId="6EE78A28" w14:textId="19810CF1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="21930B8D" w:rsidP="62501D51" w:rsidRDefault="21930B8D" w14:paraId="7963059A" w14:textId="16F39C5E">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="21930B8D" w:rsidP="62501D51" w:rsidRDefault="21930B8D" w14:paraId="7963059A" w14:textId="16F39C5E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E96F36">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegumam pievienota atbilstošā veidlapa</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E96F36" w:rsidR="00E96F36">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00E96F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> (Apliecinājums par saimnieciskas darbības, papildinošās saimnieciskas darbības veikšanu infrastruktūrā)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Apliecinājums par saimnieciskas darbības, papildinošās saimnieciskas darbības veikšanu infrastruktūrā</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>, kurā norādīts, ka:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="21930B8D" w14:paraId="18E99F2E" w14:textId="068CD3FD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="21930B8D" w14:paraId="673DDBC0" w14:textId="5D75B52E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="005C5FFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E96F36">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, kurā norādīts, ka:</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> projekta ēkā, kurā netiek veikta saimnieciskā darbība, netiek veikta papildinoša saimnieciskā darbība vai netiek sniegti parastie papildpakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="21930B8D" w14:paraId="426C716B" w14:textId="0BFCFEFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="62501D51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="21930B8D" w14:paraId="673DDBC0" w14:textId="5D75B52E">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="00B464A9" w14:paraId="1C43AD2D" w14:textId="27EC00F7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="62501D51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="21930B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:t>projekta ēkā, kurā netiek veikta saimnieciskā darbība, tiek veikta papildinoša saimnieciskā darbība vai sniegti parastie papildpakalpojumi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="002E058E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="62501D51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="21930B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> projekta ēkā, kurā netiek veikta saimnieciskā darbība, netiek veikta papildinoša saimnieciskā darbība vai netiek sniegti parastie papildpakalpojumi;</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="34334B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">papildinoša saimnieciskā darbība </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="21930B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
+              <w:t>kopumā nepārsniedz 20 % no ēkas kopējās gada jaudas (platības, laika vai finanšu izteiksmē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="001E3BD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="21930B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="21930B8D" w14:paraId="78B372F5" w14:textId="09838186">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="21930B8D" w:rsidP="00FE3E51" w:rsidRDefault="00B464A9" w14:paraId="1C43AD2D" w14:textId="27EC00F7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="008F5292" w:rsidP="00D27E2D" w:rsidRDefault="21930B8D" w14:paraId="5DE3BF5B" w14:textId="07B492F6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="62501D51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="005C5FFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>projekta ēkā, kurā netiek veikta saimnieciskā darbība, tiek veikta papildinoša saimnieciskā darbība vai sniegti parastie papildpakalpojumi</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> projekta ēkas daļā, kurā netiek veikta saimnieciskā darbība, tiek veikta papildinoša saimnieciskā darbība un sniegti parastie papildpakalpojumi, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="7C493A27">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>papildinoša saimnieciskā darbība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">papildinoša saimnieciskā darbība </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> nepārsniedz 20 % no ēkas kopējās gada jaudas (platības, laika vai finanšu izteiksmē), bet ēkas daļa, kurā tiek veikta jebkura cita saimnieciskā darbība, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0016083D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>kopumā nepārsniedz 20 % no ēkas kopējās gada jaudas (platības, laika vai finanšu izteiksmē</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> nav iekļauta projekta iesniegumā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="008F5292" w:rsidP="008F5292" w:rsidRDefault="005A6FC1" w14:paraId="29CA0E8B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...84 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F104F1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005A6FC1" w:rsidP="008F5292" w:rsidRDefault="005A6FC1" w14:paraId="61B2451B" w14:textId="77777777">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="005A6FC1" w:rsidP="008F5292" w:rsidRDefault="005A6FC1" w14:paraId="61B2451B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="005A6FC1" w:rsidP="008F5292" w:rsidRDefault="00F104F1" w14:paraId="3DD2BE46" w14:textId="72FFFC4F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="005A6FC1" w:rsidP="008F5292" w:rsidRDefault="00F104F1" w14:paraId="3DD2BE46" w14:textId="72FFFC4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00DB250C" w:rsidTr="5F0BAE80" w14:paraId="2A4235FB" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidTr="01DFA446" w14:paraId="2A4235FB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14029" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F104F1" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00DB250C" w14:paraId="53457264" w14:textId="14BAA275">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DB250C" w:rsidP="004A485E" w:rsidRDefault="00DB250C" w14:paraId="53457264" w14:textId="14BAA275">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F104F1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="365D1CF4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>SPECIFISKIE ATBILSTĪBAS KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00554B33" w:rsidTr="5F0BAE80" w14:paraId="0165F0B6" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00554B33" w:rsidTr="01DFA446" w14:paraId="0165F0B6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="920"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BE0FC1" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00554B33" w14:paraId="0C1BA8BB" w14:textId="28DD8E38">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00554B33" w14:paraId="0C1BA8BB" w14:textId="28DD8E38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00203340" w14:paraId="1C24C037" w14:textId="77CCAC34">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00203340" w14:paraId="1C24C037" w14:textId="77CCAC34">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00734CB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniegumā plānotās darbības atbilst projekta iesniedzēja pašvaldības attīstības programmas investīciju </w:t>
-[...7 lines deleted...]
-              <w:t>plānam un ir pamatotas pašvaldības attīstības programmā.</w:t>
+              <w:t>Projekta iesniegumā plānotās darbības atbilst projekta iesniedzēja pašvaldības attīstības programmas investīciju plānam un ir pamatotas pašvaldības attīstības programmā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00554B33" w14:paraId="48EEACE3" w14:textId="490E4E25">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00554B33" w14:paraId="48EEACE3" w14:textId="490E4E25">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00554B33" w14:paraId="076B4F12" w14:textId="549FF099">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00554B33" w:rsidP="004A485E" w:rsidRDefault="00554B33" w14:paraId="076B4F12" w14:textId="549FF099">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="0BB4B0D9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0BB4B0D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="5C4FFA50" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="5C4FFA50" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="0342AD1A" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="0342AD1A" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="2FF77059" w14:textId="77777777">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>projekta īstenošana ir pamatota pašvaldības attīstības programmā (projekta iesnieguma veidlapā dodot norādi uz attiecīgo attīstības programmas sadaļu) un atspoguļota pašvaldības attīstības programmas investīciju plānā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="2FF77059" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>pašvaldības attīstības programma ir apstiprināta pašvaldības domes sēdē;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="429DDF20" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="429DDF20" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="351"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>projekta iesniegumam ir pievienots pašvaldības domes lēmums, ar ko apstiprināta pašvaldības attīstības programma.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="3D85A278" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="3D85A278" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="351"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Projekta iesniegumā ir sniegts pamatojums, ka plānotās investīcijas ir secīgas un pēctecīgas, ņemot vērā pašvaldības iepriekšējos ieguldījumus, situāciju un plānoto attīstību (ieceres).</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="4AB6B940" w14:textId="77777777">
+              <w:t xml:space="preserve">Projekta iesniegumā ir sniegts pamatojums, ka plānotās investīcijas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ir secīgas un pēctecīgas, ņemot vērā pašvaldības iepriekšējos ieguldījumus, situāciju un plānoto attīstību (ieceres).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="4AB6B940" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniegumam nav pievienots minētais pašvaldības domes lēmums un tas nav pieejams </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>pašvaldības tīmekļvietnē</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, tad lūdz projekta iesniedzējam to iesniegt</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B04AA8" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="5EED960E" w14:textId="7973005B">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="5EED960E" w14:textId="7973005B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14AED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā norādītais kopējais projekta finansējuma apmērs nedrīkst būtiski atšķirties no </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14AED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>pašvaldības attīstības programmas investīciju plānā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14AED">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> norādītā projekta finansējuma apmēra.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00B04AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> Būtiskās atšķirības gadījumā projekta iesniegumā ir sniegts pamatojums.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="5BA26DB4" w14:textId="77777777">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="5BA26DB4" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="01576B56" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
               <w:t>Ja projekta iesniegums neatbilst minētajām prasībām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>, vērtējums ir „Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="69B3DB8D" w14:textId="77777777">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF772D" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="69B3DB8D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00554B33" w:rsidP="00BF772D" w:rsidRDefault="00BF772D" w14:paraId="33B9FE85" w14:textId="11BD66A9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00475A8B" w:rsidTr="5F0BAE80" w14:paraId="743EB599" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidTr="01DFA446" w14:paraId="743EB599" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D44B2B" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="7320A41E" w14:textId="61AFAE95">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="7320A41E" w14:textId="61AFAE95">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DC78AF" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="620D50CE" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC78AF" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="620D50CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumam ir vismaz šāda gatavības pakāpe: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DC78AF" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="33E1C71A" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC78AF" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="33E1C71A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>ir uzsākta iepirkuma procedūra par vismaz vienas projekta būves projektēšanas darbiem vai ir uzsākta iepirkuma procedūra par apvienotu projektēšanu un būvdarbiem par vismaz vienu projekta būvi, un ir iesniegts iepērkamā aprīkojuma saraksts ar veiktu aprīkojuma iegādes izmaksu aprēķinu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00DC78AF" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="77A0093B" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00DC78AF" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="77A0093B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>ir iesniegta būvvaldes izziņa, kas liecina, ka projekta būvdarbiem būvatļauja, paskaidrojuma raksts vai apliecinājuma karte nav nepieciešama (ja attiecināms), un ir iesniegts iepērkamā aprīkojuma saraksts ar veiktu aprīkojuma iegādes izmaksu aprēķinu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D44B2B" w:rsidR="00475A8B" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="464519B2" w14:textId="518F2600">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="00DC78AF" w:rsidRDefault="00DC78AF" w14:paraId="464519B2" w14:textId="518F2600">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>ir izsludināta iepirkuma procedūra par projekta ietvaros iegādājamo aprīkojumu</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> projekta ietvaros nav paredzēta būvdarbu veikšana).</w:t>
+              <w:t>ir izsludināta iepirkuma procedūra par projekta ietvaros iegādājamo aprīkojumu. Gadījumā, ja aprīkojuma iegāde projektā netiek veikta  iepirkumu procedūras ietvaros, tad ir izveidots vismaz viens pieprasījums Elektroniskās iepirkuma sistēmas e-pasūtījumu apakšsistēmā. (Attiecināms, ja projekta ietvaros nav paredzēta būvdarbu veikšana).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="2D5C1840" w14:paraId="63F792CF" w14:textId="1235A6BF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="2D5C1840" w14:paraId="63F792CF" w14:textId="1235A6BF">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t xml:space="preserve">       P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="2BC8048A" w14:textId="32B7A9BF">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="004A485E" w:rsidRDefault="00475A8B" w14:paraId="2BC8048A" w14:textId="32B7A9BF">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC7444" w:rsidR="200D2EA2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="200D2EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="1E642452" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="1E642452" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E485A" w:rsidP="00B033F0" w:rsidRDefault="004B722B" w14:paraId="65F31C9D" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="007E485A" w:rsidP="00B033F0" w:rsidRDefault="004B722B" w14:paraId="65F31C9D" w14:noSpellErr="1" w14:textId="0779EA4A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="6C0B7F1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>1)  ir uzsākta iepirkuma procedūra par vismaz vienas projekta būves projektēšanas darbiem vai ir uzsākta iepirkuma procedūra par apvienotu projektēšanu un būvdarbiem par vismaz vienu projekta būvi, un ir iesniegts iepērkamā aprīkojuma saraksts ar veiktu aprīkojuma iegādes izmaksu aprēķinu</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">1)  ir uzsākta iepirkuma procedūra par vismaz vienas projekta būves projektēšanas darbiem vai ir uzsākta iepirkuma procedūra par apvienotu projektēšanu un būvdarbiem par vismaz vienu projekta būvi, un ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="6C0B7F1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">iesniegts iepērkamā aprīkojuma saraksts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="6C0B7F1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>ja aprīkojuma iegāde ir ieplānota</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>ar veiktu aprīkojuma iegādes izmaksu aprēķinu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="7E54AD97">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
+              <w:t>, ja aprīkojuma iegāde ir ieplānota</w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="6C0B7F1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:val="lv"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidRPr="00B033F0" w:rsidR="004B722B" w:rsidP="00B033F0" w:rsidRDefault="004B722B" w14:paraId="52A1F035" w14:textId="2D5D0E1C">
+            <w:ins w:author="Edgars Lore" w:date="2025-10-27T12:41:00Z" w:id="919903241">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="096A52C8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                  <w:lang w:val="lv"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:author="Kristīne Matule" w:date="2025-11-04T14:49:29.604Z" w:id="2093676202">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="36AD46B6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                  <w:lang w:val="lv"/>
+                </w:rPr>
+                <w:t>Aprīkojuma saraksts nav jāpievieno, ja aprīkojums tiek iegādāts būvdarbu iepirkuma ietvaros.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="004B722B" w:rsidP="00B033F0" w:rsidRDefault="004B722B" w14:paraId="52A1F035" w14:textId="2D5D0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
-            <w:r w:rsidR="005B11B9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="005B11B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>ir iesniegta būvvaldes izziņa, kas liecina, ka projekta būvdarbiem būvatļauja, paskaidrojuma raksts vai apliecinājuma karte nav nepieciešama (ja attiecināms), un ir iesniegts iepērkamā aprīkojuma saraksts ar veiktu aprīkojuma iegādes izmaksu aprēķinu</w:t>
             </w:r>
-            <w:r w:rsidR="00920F23">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00920F23">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>, ja aprīkojuma iegāde ir ieplānota</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>ja aprīkojuma iegāde ir ieplānota</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="2988FEEB" w14:textId="1FBCF927">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00096BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>3)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>ir izsludināta iepirkuma procedūra par projekta ietvaros iegādājamo aprīkojumu  Gadījumā, ja aprīkojuma iegāde projektā netiek veikta  iepirkumu procedūras ietvaros, tad ir izveidots vismaz viens pieprasījums Elektroniskās iepirkuma sistēmas e-pasūtījumu apakšsistēmā.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00ED3830">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">ir izsludināta iepirkuma procedūra par projekta ietvaros iegādājamo aprīkojumu  Gadījumā, ja aprīkojuma iegāde projektā netiek </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>Apakškritērijs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> attiecināms, ja projekta ietvaros nav paredzēta būvdarbu veikšana.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="005B11B9" w:rsidP="00F104F1" w:rsidRDefault="005B11B9" w14:paraId="39F196F2" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="07A849CD" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Ja projekta iesniegums neatbilst minētajām prasībām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>, vērtējums ir „Jā, ar nosacījumu”</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">, vērtējums ir „Jā, ar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>nosacījumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="5E23FB70" w14:textId="77777777">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="5E23FB70" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="004B722B" w:rsidP="00F104F1" w:rsidRDefault="004B722B" w14:paraId="2571D9D8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BE0FC1" w:rsidR="00475A8B" w:rsidP="00F104F1" w:rsidRDefault="00475A8B" w14:paraId="3362E6D8" w14:textId="6CB6C675">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00475A8B" w:rsidP="00F104F1" w:rsidRDefault="00475A8B" w14:paraId="3362E6D8" w14:textId="6CB6C675">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="007C2A4D" w:rsidTr="5F0BAE80" w14:paraId="476BF5CF" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="007C2A4D" w:rsidTr="01DFA446" w14:paraId="476BF5CF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="920"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D44B2B" w:rsidR="007C2A4D" w:rsidP="004A485E" w:rsidRDefault="007C2A4D" w14:paraId="5AC0B2EB" w14:textId="3E7E6AF7">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="007C2A4D" w:rsidP="004A485E" w:rsidRDefault="007C2A4D" w14:paraId="5AC0B2EB" w14:textId="3E7E6AF7">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D44B2B" w:rsidR="00ED2546" w:rsidP="00A376AA" w:rsidRDefault="00ED2546" w14:paraId="2D9CD330" w14:textId="6516DE69">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00ED2546" w:rsidP="00A376AA" w:rsidRDefault="00ED2546" w14:paraId="2D9CD330" w14:textId="6516DE69">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Projekta iesniedzējs atbalstam ir izvirzījis vispārējās izglītības iestādi, kas atbilst MK noteikumu par pasākuma īstenošanu 1. pielikuma 1., 3., 4. un 5. punkta kritērijiem, ievērojot šo noteikumu 2. pielikumā minētās pašvaldību iedalījuma grupas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009B5844" w:rsidR="007C2A4D" w:rsidP="00156CAE" w:rsidRDefault="007C2A4D" w14:paraId="745EAEE7" w14:textId="63CDFBA9">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="007C2A4D" w:rsidP="00156CAE" w:rsidRDefault="007C2A4D" w14:paraId="745EAEE7" w14:textId="63CDFBA9">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DC7444" w:rsidR="007C2A4D" w:rsidP="004A485E" w:rsidRDefault="007C2A4D" w14:paraId="6F68C548" w14:textId="06C0ABDB">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="007C2A4D" w:rsidP="004A485E" w:rsidRDefault="007C2A4D" w14:paraId="6F68C548" w14:textId="06C0ABDB">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
-            <w:r w:rsidRPr="59D930B7" w:rsidR="3E99825D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="3E99825D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008C4CEE" w:rsidP="008C4CEE" w:rsidRDefault="003877A9" w14:paraId="2A808165" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="008C4CEE" w:rsidP="008C4CEE" w:rsidRDefault="003877A9" w14:paraId="2A808165" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, ja projekta iesniegumā projekta iesniedzējs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstam ir izvirzījis vispārējās izglītības iestādi, kas atbilst MK noteikumu 1. pielikuma </w:t>
             </w:r>
-            <w:r w:rsidRPr="001970BC" w:rsidR="008C4CEE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="008C4CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1., 3., 4. un 5. punkta kritērijiem, ievērojot šo noteikumu 2. pielikumā minētās pašvaldību iedalījuma grupas</w:t>
             </w:r>
-            <w:r w:rsidRPr="001970BC" w:rsidDel="001970BC" w:rsidR="008C4CEE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidDel="001970BC" w:rsidR="008C4CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F" w:rsidR="008C4CEE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="008C4CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="005B45CE" w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="008C4CEE" w14:paraId="64AAD0B9" w14:textId="04AADA02">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="008C4CEE" w14:paraId="64AAD0B9" w14:textId="04AADA02">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B45CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzējs iesniedz pierādījumus (piemēram, domes lēmums, Latvijas Republikas divpusēju vai daudzpusēju starptautisku līgumu kopijas, Valsts izglītības informācijas sistēmas izdruku,  VSIA "Latvijas Valsts ceļi" atzinumu u.c.), kas pamato </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">Projekta iesniedzējs iesniedz pierādījumus (piemēram, domes lēmums, Latvijas Republikas divpusēju vai daudzpusēju starptautisku līgumu kopijas, Valsts izglītības informācijas sistēmas izdruku,  VSIA "Latvijas Valsts ceļi" atzinumu u.c.), kas pamato atbalstam izvirzītas vispārējās izglītības iestādes atbilstību 1. pielikuma 1., 3., 4. un 5. punkta kritērijiem, ievērojot šo noteikumu 2. pielikumā minētās pašvaldību iedalījuma grupas. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00DA2B74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>Vērtējot atbilstību</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Vērtējot atbilstību</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, analizē </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">analizē </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="0090493F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta iesniedzēja iesniegto informāciju, </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="003877A9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Valsts izglītības informācijas sistēmas datus</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="00A66245">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00A66245">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (nodrošina IZM)</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="003877A9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, pašvaldību domes pieņemtos lēmum</w:t>
             </w:r>
-            <w:r w:rsidR="00122AA4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00122AA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="003877A9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="00A72FCC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00A72FCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas ir pieejami publiskajā vidē, ja projekta nav iesniedzis kopiju, </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="003877A9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un citu informāciju, kas var būt </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="00A72FCC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00A72FCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">attiecināta </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B45CE" w:rsidR="003877A9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="003877A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>uz nosacījumu pārbaudi.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="33690A20" w:rsidP="33690A20" w:rsidRDefault="33690A20" w14:paraId="3FCD8099" w14:textId="46B58A7E">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="33690A20" w:rsidP="33690A20" w:rsidRDefault="33690A20" w14:paraId="3FCD8099" w14:textId="46B58A7E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="1B5D2D28" w:rsidP="33690A20" w:rsidRDefault="1B5D2D28" w14:paraId="5F541DF9" w14:textId="36ACCE0A">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="1B5D2D28" w:rsidP="33690A20" w:rsidRDefault="1B5D2D28" w14:paraId="5F541DF9" w14:textId="36ACCE0A">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="33690A20">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”, ja  ieguldījumi ir paredzēti izglītības iestādes jaunās ēkas būvniecībā, paredzot veidot jaunu vispārējās izglītības iestādi.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="08162AB1" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="08162AB1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="557087D7" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="557087D7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ja projekta iesniegums neatbilst minētajām prasībām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, vērtējums ir „Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="59181E24" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="59181E24" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00DD7B76" w:rsidR="007C2A4D" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="2165549E" w14:textId="0D493F85">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="007C2A4D" w:rsidP="00F104F1" w:rsidRDefault="003877A9" w14:paraId="2165549E" w14:textId="0D493F85">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="003877A9" w:rsidTr="5F0BAE80" w14:paraId="11EA7AD0" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidTr="01DFA446" w14:paraId="11EA7AD0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="920"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00D44B2B" w:rsidR="003877A9" w:rsidP="004A485E" w:rsidRDefault="003877A9" w14:paraId="0C392DD0" w14:textId="2454E7FC">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="004A485E" w:rsidRDefault="003877A9" w14:paraId="0C392DD0" w14:textId="2454E7FC">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="003877A9" w:rsidP="00573567" w:rsidRDefault="00DC6BF7" w14:paraId="089F3EEF" w14:textId="694CC1F5">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00573567" w:rsidRDefault="00DC6BF7" w14:paraId="089F3EEF" w14:textId="694CC1F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzējs atbalstam ir izvirzījis vispārējās izglītības iestādi, kurā izglītības iestāžu tīkla optimizēšanas rezultātā nodrošināts vai paredzams izglītojamo skaita pieaugums (attiecināms uz Rīgas </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">Projekta iesniedzējs atbalstam ir izvirzījis vispārējās izglītības iestādi, kurā izglītības iestāžu tīkla optimizēšanas rezultātā nodrošināts vai paredzams izglītojamo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>valstspilsētas</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> pašvaldību).  </w:t>
+              <w:t xml:space="preserve">skaita pieaugums (attiecināms uz Rīgas valstspilsētas pašvaldību).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009B5844" w:rsidR="003877A9" w:rsidP="00C568C7" w:rsidRDefault="004F25E6" w14:paraId="603E1D68" w14:textId="47D3FDC7">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00C568C7" w:rsidRDefault="004F25E6" w14:paraId="603E1D68" w14:textId="47D3FDC7">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P; N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="59D930B7" w:rsidR="003877A9" w:rsidP="004A485E" w:rsidRDefault="00F5042B" w14:paraId="49FAFCAB" w14:textId="0D6E01A6">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="004A485E" w:rsidRDefault="00F5042B" w14:paraId="49FAFCAB" w14:textId="0D6E01A6">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Nē</w:t>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jā/ Jā, ar nosacījumu/ N/A/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00717526" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="7481A026" w14:textId="2812F317">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="7481A026" w14:textId="2812F317">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekta iesniegumā projekta iesniedzējs </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>atbalstam ir izvirzījis vispārējās izglītības iestādi, kurā izglītības iestāžu tīkla optimizēšanas rezultātā nodrošināts vai paredzams izglītojamo skaita pieaugums.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">atbalstam ir izvirzījis vispārējās izglītības iestādi, kurā izglītības iestāžu tīkla optimizēšanas rezultātā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>nodrošināts vai paredzams izglītojamo skaita pieaugums.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="00D54B0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="33690A20" w:rsidR="17325DC6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="17325DC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Pamatojumam pievienots domes lēmums par līdz projekta īstenošanas beigām atbalstam izvirzītās izglītības iestādes vispārējās izglītības programmas īstenošanas vietas likvidēšanu vai citas vispārējās izglītības iestādes šajā apkaimē, kurā tiek veiktas attiecīgas investīcijas, esošās programmas īstenošanas vietas likvidēšanu.</w:t>
             </w:r>
-            <w:r w:rsidRPr="33690A20" w:rsidR="34CE9774">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="34CE9774">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="33690A20" w:rsidR="33690A20">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A" w:rsidR="33690A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00302190" w:rsidP="00302190" w:rsidRDefault="00302190" w14:paraId="08BF6FF5" w14:textId="0EA8BCCE">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00302190" w:rsidP="00302190" w:rsidRDefault="00302190" w14:paraId="08BF6FF5" w14:textId="0EA8BCCE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Vērtējot atbilstību, analizē</w:t>
-[...65 lines deleted...]
-          <w:p w:rsidR="00D54B0D" w:rsidP="00717526" w:rsidRDefault="43BEA61D" w14:paraId="7CA01E16" w14:textId="1316E1B5">
+              <w:t>Vērtējot atbilstību, analizē projekta iesniedzēja iesniegto informāciju/pamatojumu, Valsts izglītības informācijas sistēmas datus (nodrošina IZM), pašvaldību domes pieņemtos lēmums, kas ir pieejami publiskajā vidē, ja projekta nav iesniedzis kopiju, un citu informāciju, kas var būt attiecināta uz nosacījumu pārbaudi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00D54B0D" w:rsidP="00717526" w:rsidRDefault="43BEA61D" w14:paraId="7CA01E16" w14:textId="1316E1B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00717526" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="410E2C5F" w14:textId="77777777">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vērtējums ir „Jā”, ja  ieguldījumi ir paredzēti izglītības iestādes jaunās ēkas būvniecībā, paredzot veidot jaunu vispārējās izglītības iestādi, un ir sniegts pamatojums, kā iestāžu tīkla optimizēšanas rezultātā tiks nodrošināts vai paredzams izglītojamo skaita pieaugums jaunajā izglītības iestādē. Pamatojumam pievienots domes lēmums par vismaz vienas vispārējās izglītības programmu īstenošanas vietas likvidēšanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>apkaimē, kurā tiek veiktas attiecīgas investīcijas, līdz projekta īstenošanas beigām.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="410E2C5F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Ja projekta iesniegums neatbilst minētajām prasībām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>, vērtējums ir „Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009F7D43" w:rsidR="00717526" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="57C91678" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="57C91678" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kritērijs ir attiecināms tikai uz Rīgas valstspilsētas pašvaldību. Vērtējot citu pašvaldību projektus, kā kritērija vērtējumu norāda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
-            <w:r w:rsidRPr="009F7D43">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="003877A9" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="3CBBF673" w14:textId="586FF141">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="003877A9" w:rsidP="00717526" w:rsidRDefault="00717526" w14:paraId="3CBBF673" w14:textId="586FF141">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>„Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DC7444" w:rsidR="00717526" w:rsidTr="5F0BAE80" w14:paraId="51A89208" w14:textId="77777777">
+      <w:tr w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidTr="01DFA446" w14:paraId="51A89208" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="920"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00717526" w:rsidP="004A485E" w:rsidRDefault="00717526" w14:paraId="0E088EE9" w14:textId="5D722AF9">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="004A485E" w:rsidRDefault="00717526" w14:paraId="0E088EE9" w14:textId="5D722AF9">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>3.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4606" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00717526" w:rsidP="00573567" w:rsidRDefault="00CD2BA6" w14:paraId="795F30E5" w14:textId="684C5010">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="00573567" w:rsidRDefault="00CD2BA6" w14:paraId="795F30E5" w14:textId="684C5010">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...37 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>Projektā ir paredzētas darbības, kas veicina horizontālā principa ”Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana” īstenošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A66A29" w:rsidR="00717526" w:rsidP="0001495E" w:rsidRDefault="00C31FA6" w14:paraId="53E3C07E" w14:textId="5056A523">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="0001495E" w:rsidRDefault="00C31FA6" w14:paraId="53E3C07E" w14:textId="5056A523">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3045" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="59D930B7" w:rsidR="00717526" w:rsidP="004A485E" w:rsidRDefault="00C82AE7" w14:paraId="635C92FD" w14:textId="2C781A89">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="004A485E" w:rsidRDefault="00C82AE7" w14:paraId="635C92FD" w14:textId="2C781A89">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="7C095558" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="7C095558" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>1.Piemērot projektiem, kuriem ir netieša ietekme uz HP VINPI.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="0D1C09FB" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="0D1C09FB" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>Ja projekta iesniegums atbilst minimālajām prasībām, v</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>ērtējums</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir „Jā”, t.i. no projekta iesniegumā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>ietvertās informācijas ir secināms, ka projektā paredzētas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="07B7A326" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="07B7A326" w14:textId="11D2EDD3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) vismaz </w:t>
+            </w:r>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T07:48:00Z" w:id="136415286">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:author="Kristīne Matule" w:date="2025-10-22T07:48:00Z" w:id="1007671997">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="7CA5FFB9">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>vispārīgās</w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> horizontālā principa “Vienlīdzība, iekļaušana, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>nediskriminācija</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>pamattiesību</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ievērošana” (turpmāk – HP VINPI) darbības, piemēram:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="2AFAAECA" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="2AFAAECA" w14:textId="0F956BC2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="75AD9893">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>Komunikācijas un vizuālā identitātes pasākumi:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="6E1047E2" w14:textId="77777777">
+              <w:t>Komunikācijas un vizuālā</w:t>
+            </w:r>
+            <w:ins w:author="Kristīne Matule" w:date="2025-10-22T06:22:00Z" w:id="6">
+              <w:r w:rsidRPr="75AD9893" w:rsidR="3682FC92">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="lv"/>
+                </w:rPr>
+                <w:t>s</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="75AD9893">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> identitātes pasākumi:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="6E1047E2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="01A29467" w14:textId="77777777">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>a) projekta tīmekļa vietnē tiks norādīta informācija par projekta darbību īstenošanas vietas piekļūstamību cilvēkiem ar invaliditāti un funkcionāliem traucējumiem, vecākiem ar maziem bērniem un senioriem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="01A29467" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve">b) īstenojot projekta komunikācijas un vizuālās identitātes aktivitātes, to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>saturs tiks rūpīgi izvērtēts</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve"> un tiks izvēlēta valoda un vizuālie tēli, kas mazina diskrimināciju un stereotipu veidošanos vai uzturēšanu par kādu no dzimumiem, personām ar invaliditāti, reliģisko pārliecību, vecumu, rasi un etnisko izcelsmi vai seksuālo orientāciju (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>skat. metodisko materiālu “Ieteikumi diskrimināciju un stereotipus mazinošai komunikācijai ar sabiedrību”, (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11">
-              <w:r w:rsidRPr="00C54B0F">
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="00B0280A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:lang w:val="lv"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/media/18838/download</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="0563C1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="5523EB17" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="5523EB17" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>Publiskie iepirkumi:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="5DFEA99F" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="5DFEA99F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">c) projektā, kur tas iespējams, tiks īstenots sociāli atbildīgs iepirkums, pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">c) projektā, kur tas iespējams, tiks īstenots sociāli atbildīgs iepirkums, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>iekļautību</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">, nodrošinātu </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>iekļautību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>piekļūstamību</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">, nodrošinātu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t>piekļūstamību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="0DBE1D05" w14:textId="77777777">
+              <w:t xml:space="preserve"> pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba nosacījumus cilvēkiem ar invaliditāti un nelabvēlīgākā situācijā esošiem cilvēkiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="0DBE1D05" w14:textId="4AA66D25">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="516BFDA4" w14:textId="24B4C21C">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) vismaz </w:t>
+            </w:r>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T06:33:00Z" w:id="990988520">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:author="Kristīne Matule" w:date="2025-10-22T06:33:00Z" w:id="2049549538">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="0CF4D04F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specifiskā</w:t>
+            </w:r>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T06:33:00Z" w:id="690503746">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>s</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HP VINPI darbība</w:t>
+            </w:r>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T06:33:00Z" w:id="2022349450">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>s</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>, piemēram</w:t>
+            </w:r>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="516BFDA4" w14:textId="24B4C21C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">a) izstrādājot iepirkumu nolikumus, kā arī nodrošinot pakalpojumus, tiks ņemtas vērā sieviešu un vīriešu vajadzības, situācija un iespējas </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>(vairāk informācija šeit:  https://eige.europa.eu/publications/gender-responsive-public-procurement )</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="36EE5897" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="36EE5897" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>b) papildus būvnormatīvā LBN 200-21 noteiktajam, projekta  ietvaros tiks īstenotas labās prakses darbības, kas īpaši</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="70C974CA" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="70C974CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">veicina vides piekļūstamību cilvēkiem ar funkcionāliem traucējumiem (LM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vadlīnijas “Labās prakses ieteikumi vides piekļūstamības nodrošināšanai papildus LBN 200-21 noteiktajam”. Pieejams šeit: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai</w:t>
             </w:r>
-            <w:r w:rsidRPr="69D4CAF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12">
-              <w:r w:rsidRPr="69D4CAF8">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="00B0280A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/labas-prakses-ieteikumi-vides-pieklustamibas-nodrosinasanai-papildus-lbn-200-21-noteiktajam-2022</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="69D4CAF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidRPr="69D4CAF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>(attiecas uz VINPI_12</w:t>
             </w:r>
-            <w:r w:rsidRPr="69D4CAF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="7B9264B6" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="7B9264B6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="303"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...13 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00076C3F" w:rsidRDefault="00BF076B" w14:paraId="3A2E99B9" w14:textId="77777777">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>c) plānojot būves dizainu, tiks ņemts vērā daudzveidības un iekļaušanas princips, balstoties uz cilvēku ar invaliditāti vajadzībām ne vien uz fizisku piekļūšanu būvei, bet arī uz specifiskām vajadzībām attiecībā uz būves noformējumu, lietojamību un funkciju (attiecas uz VINPI_12);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00076C3F" w:rsidRDefault="00BF076B" w14:paraId="3A2E99B9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">d) projekta ietvaros tiks nodrošinātas vides </w:t>
-[...20 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00076C3F" w:rsidRDefault="00BF076B" w14:paraId="28CC0E92" w14:textId="77777777">
+              <w:t>d) projekta ietvaros tiks nodrošinātas vides piekļūstamības ekspertu konsultācijas, tās paredzot projektēšanas un būvniecības procesā (attiecīgi pievienojot dokumentus, piem. konsultāciju protokolus u.c.) (attiecas uz VINPI_18);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00076C3F" w:rsidRDefault="00BF076B" w14:paraId="28CC0E92" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="255"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">e) projektēšanas laikā un pirms objekta nodošanas ekspluatācijā publiskajai infrastruktūrai tiks veikts vides un informācijas </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve">e) projektēšanas laikā un pirms objekta nodošanas ekspluatācijā publiskajai infrastruktūrai tiks veikts vides un informācijas piekļūstamības pašnovērtējums, kur iegūto punktu skaits </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>piekļūstamības</w:t>
-[...26 lines deleted...]
-              <w:r w:rsidRPr="00C54B0F">
+              <w:t xml:space="preserve">nav zemāks par 8 (LM vides un informācijas piekļūstamības pašnovērtējuma metodika pieejama šeit: </w:t>
+            </w:r>
+            <w:hyperlink w:history="1" r:id="rId17">
+              <w:r w:rsidRPr="00B0280A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                   <w:lang w:val="lv"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/vides-pieklustamibas-pasnovertejums</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>) (attiecas uz VINPI_17);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="3757D201" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="3757D201" w14:textId="5CF97556">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidRPr="00A56057" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="3F203778" w14:textId="77777777">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>3) ir noteikt</w:t>
+            </w:r>
+            <w:ins w:author="Kristīne Matule" w:date="2025-10-22T06:25:00Z" w:id="130010151">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="7EFE496E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:t>s</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T06:25:00Z" w:id="974570303">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>i</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vismaz </w:t>
+            </w:r>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T06:25:00Z" w:id="1834230681">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:author="Kristīne Matule" w:date="2025-10-22T06:25:00Z" w:id="383311121">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="6B309E16">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HP VINPI rādītāj</w:t>
+            </w:r>
+            <w:ins w:author="Kristīne Matule" w:date="2025-10-22T06:25:00Z" w:id="2087643615">
+              <w:r w:rsidRPr="01DFA446" w:rsidR="17FAB956">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:t>s</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:author="Kristīne Matule" w:date="2025-10-22T06:25:00Z" w:id="1997189684">
+              <w:r w:rsidRPr="01DFA446" w:rsidDel="11DB9824">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                </w:rPr>
+                <w:delText>i, tai skaitā</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="01DFA446" w:rsidR="11DB9824">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="3F203778" w14:textId="77777777">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a) objektu skaits, kuros ar Eiropas Reģionālās attīstības fonda ieguldījumiem ir nodrošināta vides un informācijas piekļūstamība </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>(VINPI_12)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...12 lines deleted...]
-          <w:p w:rsidRPr="00A56057" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="51FCDEE5" w14:textId="77777777">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="51FCDEE5" w14:textId="77777777">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b) veikto vides un informācijas piekļūstamības pašnovērtējumu skaits atbilstoši Labklājības ministrijas izstrādātajai metodikai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>(VINPI_17)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...12 lines deleted...]
-          <w:p w:rsidRPr="00A56057" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="6CFFCB09" w14:textId="77777777">
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="6CFFCB09" w14:textId="77777777">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>c) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Konsultatīva rakstura pasākumu skaits par būvētās vides, IT risinājumu, IT tehnoloģiju </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> Konsultatīva rakstura pasākumu skaits par būvētās vides, IT risinājumu, IT tehnoloģiju piekļūstamību personām ar dažādiem funkcionāliem traucējumiem (VINPI_18)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="2C1CFBED" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>4) norādītas projekta budžeta izmaksu pozīcijas, kuras veicina HP VINPI (ja attiecināms);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="6EF97D0D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) projekta iesniegumā ir identificētas galvenās problēmas, kas skar projekta mērķa grupu un sniegts apraksts, kā projektā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>paredzētās HP VINPI darbības risinās identificētās problēmas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="743F4046" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informācija ir sagatavota, balstoties, piemēram, uz konsultācijām ar valsts, pašvaldību institūcijām vai nevalstiskajām organizācijām, kas pārstāv mērķa grupu intereses, dažādiem pieejamiem statistikas datiem, pētījumiem u.c. datu avotiem, kas raksturo attiecīgās mērķa grupas situāciju. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="3991B4A4" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plānotajām vispārīgajām HP VINPI darbībām jāaptver visas vispārīgo darbību jomas – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t>piekļūstamību</w:t>
-[...85 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">komunikāciju un vizuālo identitāti, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>un publiskos iepirkumus (ja attiecināms).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="25CBD11F" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="25CBD11F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>2.Piemērot projektiem, kuriem NAV ietekme uz HP VINPI!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="17224810" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="17224810" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projektā plānota tikai ergonomiskas mācību vides izveides vai informācijas un komunikācijas tehnoloģiju risinājumu ieviešanas, tad konkrētajam projektam  nav </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="19335153" w14:textId="77777777">
+              <w:t>Ja projektā plānota tikai ergonomiskas mācību vides izveides vai informācijas un komunikācijas tehnoloģiju risinājumu ieviešanas, tad konkrētajam projektam  nav ietekmes uz HP VINPI, jo tā darbības nav vērstas uz  publiskās infrastruktūras izveidi, tomēr vienlaicīgi tas negatīvi neietekmē HP. Specifiskās darbības un HP VINPI rādītāji nav jāparedz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="19335153" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekta iesniegums </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>paredz vismaz vienas vispārīgas HP VINPI darbības veikšanu,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kas attiecas uz komunikāciju un vizuālo identitāti, personālu vai publiskajiem iepirkumiem (</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> kas attiecas uz komunikāciju un vizuālo identitāti, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv"/>
+              </w:rPr>
+              <w:t>personālu vai publiskajiem iepirkumiem (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv"/>
               </w:rPr>
               <w:t>vispārīgo darbību piemērus skatīt pie projektiem ar netiešu ietekmi).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="60C3A9E1" w14:textId="15BD0B7B">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="60C3A9E1" w14:textId="15BD0B7B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritērija vērtēšanā izmanto Labklājības ministrijas un Tieslietu ministrijas izstrādātās </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId14">
-              <w:r w:rsidRPr="69D4CAF8">
+            <w:hyperlink w:history="1" r:id="rId18">
+              <w:r w:rsidRPr="00B0280A">
                 <w:rPr>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 </w:rPr>
-                <w:t xml:space="preserve">vadlīnijas “Horizontālais princips “Vienlīdzība, iekļaušana, </w:t>
+                <w:t>vadlīnijas “Horizontālais princips “Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību</w:t>
               </w:r>
-              <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-              <w:r w:rsidRPr="69D4CAF8">
+              <w:r w:rsidRPr="00B0280A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> ievērošana” vadlīnijas īstenošanai un uzraudzībai (2021-2027)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="69D4CAF8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>” .</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="4D58F694" w14:textId="77777777">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00BF076B" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="4D58F694" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>Ja projekta iesniegums neatbilst minimālajām prasībām, vērtējums ir “</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Jā, ar nosacījumu”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C54B0F" w:rsidR="00717526" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="717FDF5B" w14:textId="68F85D6F">
+          <w:p w:rsidRPr="00B0280A" w:rsidR="00717526" w:rsidP="00BF076B" w:rsidRDefault="00BF076B" w14:paraId="717FDF5B" w14:textId="68F85D6F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir „Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C54B0F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00B0280A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="2E5B2357" w:rsidRDefault="2E5B2357" w14:paraId="58C9DF48" w14:textId="52BA8FE3"/>
-    <w:sectPr w:rsidR="2E5B2357" w:rsidSect="00050B61">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="2E5B2357" w:rsidRDefault="2E5B2357" w14:paraId="58C9DF48" w14:textId="52BA8FE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00B0280A" w:rsidR="2E5B2357" w:rsidSect="00050B61">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0080009C" w:rsidP="00DC7444" w:rsidRDefault="0080009C" w14:paraId="1EDD4097" w14:textId="77777777">
+    <w:p w:rsidR="001615D1" w:rsidP="00DC7444" w:rsidRDefault="001615D1" w14:paraId="7EFD49D4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0080009C" w:rsidP="00DC7444" w:rsidRDefault="0080009C" w14:paraId="0C3871B5" w14:textId="77777777">
+    <w:p w:rsidR="001615D1" w:rsidP="00DC7444" w:rsidRDefault="001615D1" w14:paraId="4729BCD2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0080009C" w:rsidRDefault="0080009C" w14:paraId="72E81CC3" w14:textId="77777777">
+    <w:p w:rsidR="001615D1" w:rsidRDefault="001615D1" w14:paraId="000DDF01" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="&quot;Times New Roman&quot;,serif">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
@@ -10154,594 +10279,553 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
-    <w:altName w:val="MS Gothic"/>
+    <w:altName w:val="Yu Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0080009C" w:rsidP="00DC7444" w:rsidRDefault="0080009C" w14:paraId="1980A16B" w14:textId="77777777">
+    <w:p w:rsidR="001615D1" w:rsidP="00DC7444" w:rsidRDefault="001615D1" w14:paraId="3167A741" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0080009C" w:rsidP="00DC7444" w:rsidRDefault="0080009C" w14:paraId="55C67790" w14:textId="77777777">
+    <w:p w:rsidR="001615D1" w:rsidP="00DC7444" w:rsidRDefault="001615D1" w14:paraId="3381AF4F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0080009C" w:rsidRDefault="0080009C" w14:paraId="3C51BAED" w14:textId="77777777">
+    <w:p w:rsidR="001615D1" w:rsidRDefault="001615D1" w14:paraId="5C2AE338" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidRPr="00591D0D" w:rsidR="004F7F04" w:rsidP="00936DB8" w:rsidRDefault="004F7F04" w14:paraId="6837C62A" w14:textId="4D275BEE">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="004F7F04" w:rsidP="00936DB8" w:rsidRDefault="004F7F04" w14:paraId="6837C62A" w14:textId="4D275BEE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00591D0D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00591D0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00591D0D" w:rsidR="00675119">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00675119">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu vai noraidīšanu, ievērojot nolikumā noteikto.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidRPr="00591D0D" w:rsidR="00501553" w:rsidP="00936DB8" w:rsidRDefault="00501553" w14:paraId="5CACD6BC" w14:textId="7A6B6620">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00501553" w:rsidP="00936DB8" w:rsidRDefault="00501553" w14:paraId="5CACD6BC" w14:textId="7A6B6620">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00591D0D">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00591D0D">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kritērijā lieto N/A, ja kopumā SAM šis kritērijs ir iekļauts, bet konkrētajā projektā šis kritērijs nav jāvērtē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00591D0D" w:rsidR="004F7F04">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="004F7F04">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidRPr="00675119" w:rsidR="00675119" w:rsidP="00936DB8" w:rsidRDefault="00675119" w14:paraId="365D2309" w14:textId="0C676891">
+    <w:p w:rsidRPr="001E186A" w:rsidR="00675119" w:rsidP="00936DB8" w:rsidRDefault="00675119" w14:paraId="365D2309" w14:textId="0C676891">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00591D0D">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00591D0D">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 2024. gada 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="001B7033">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="001B7033">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>decembrī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti kopā ar vadošās iestādes izstrādāto Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus,  Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodiku 2021.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00591D0D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0808">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 2024. gada 1</w:t>
+        <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0808" w:rsidR="001B7033">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00591D0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0808">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t>2027.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0808" w:rsidR="00591D0D">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00591D0D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B0808">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gadam).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidRPr="003F6958" w:rsidR="00DC7444" w:rsidP="00936DB8" w:rsidRDefault="00DC7444" w14:paraId="0C2491A2" w14:textId="06AB26EC">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00DC7444" w:rsidP="00936DB8" w:rsidRDefault="00DC7444" w14:paraId="0C2491A2" w14:textId="06AB26EC">
       <w:pPr>
         <w:spacing w:before="94" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="151"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="467886"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006615A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006615A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00792D8A">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>Eiropas Parlamenta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00792D8A">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un Padomes 2021.gada 24.jūnija regula Nr. 2021/1060, ar</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai; </w:t>
+        <w:t xml:space="preserve"> un Padomes 2021.gada 24.jūnija regula Nr. 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai; </w:t>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId1">
-        <w:r w:rsidRPr="006615A3">
+        <w:r w:rsidRPr="00B0280A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink1"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="lv"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidRPr="006615A3" w:rsidR="00501553" w:rsidP="00936DB8" w:rsidRDefault="00501553" w14:paraId="1405392A" w14:textId="5CF06DD4">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00501553" w:rsidP="00936DB8" w:rsidRDefault="00501553" w14:paraId="1405392A" w14:textId="5CF06DD4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006615A3">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="006615A3">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vizuālās identitātes prasības un paraugi iekļauti Eiropas Savienības fondu 2021.</w:t>
       </w:r>
-      <w:r w:rsidR="00A912E6">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00A912E6">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006615A3">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00A912E6">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00A912E6">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006615A3">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās. Pieejamas: Es</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">fondi.lv: </w:t>
+        <w:t xml:space="preserve">2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās. Pieejamas: Esfondi.lv: </w:t>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId2">
-        <w:r w:rsidRPr="00936DB8" w:rsidR="00936DB8">
+        <w:r w:rsidRPr="00B0280A" w:rsidR="00936DB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/komunikacijas-un-dizaina-vadlinijas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidRPr="00C55EA5" w:rsidR="00B33904" w:rsidP="00C55EA5" w:rsidRDefault="00B33904" w14:paraId="08FE6C90" w14:textId="77777777">
+    <w:p w:rsidRPr="00B0280A" w:rsidR="00B33904" w:rsidP="00C55EA5" w:rsidRDefault="00B33904" w14:paraId="08FE6C90" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B0280A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C55EA5">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas pieejamas Esfondi.lv: </w:t>
       </w:r>
       <w:hyperlink w:history="1" r:id="rId3">
-        <w:r w:rsidRPr="00C55EA5">
+        <w:r w:rsidRPr="00B0280A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/vadlinijas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C55EA5">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w:rsidR="00B33904" w:rsidP="00C55EA5" w:rsidRDefault="00B33904" w14:paraId="23978D75" w14:textId="77777777">
+    <w:p w:rsidRPr="001E186A" w:rsidR="00B33904" w:rsidP="00C55EA5" w:rsidRDefault="00B33904" w14:paraId="23978D75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C55EA5">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00C55EA5">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nav piemērojams gadījumos, kad MK noteikumos par SAM īstenošanu noteikts, ka atbildīgā iestāde centralizēti nodrošina stratēģiski svarīgu projektu īstenošanai nepieciešamo komunikāciju, t.sk. izstrādā komunikācijas plānu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w:rsidRPr="00E26A16" w:rsidR="00B00567" w:rsidP="00E26A16" w:rsidRDefault="00B00567" w14:paraId="3EECCC82" w14:textId="1D432DFF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001E186A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001E186A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E26A16" w:rsidR="00E26A16">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="00E26A16">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Nav piemērojams gadījumos, kad MK noteikumos par SAM īstenošanu noteikts, ka atbildīgā iestāde centralizēti nodrošina stratēģiski svarīgu projektu īstenošanai nepieciešamo komunikāciju, t.sk. izstrādā komunikācijas plānu</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w:rsidRPr="00675119" w:rsidR="00675119" w:rsidP="004A485E" w:rsidRDefault="00675119" w14:paraId="0ABCA86E" w14:textId="30C8DFA0">
+    <w:p w:rsidRPr="001E186A" w:rsidR="00675119" w:rsidP="004A485E" w:rsidRDefault="00675119" w14:paraId="0ABCA86E" w14:textId="30C8DFA0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="006615A3">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="006615A3">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 2024. gada 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="001B7033">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="001B7033">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>decembrī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti kopā ar vadošās iestādes izstrādāto Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus,  Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodiku 2021.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0280A" w:rsidR="006615A3">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00144744">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības </w:t>
+        <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00491713">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="006615A3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00144744">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t>2027.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00144744" w:rsidR="006615A3">
+      <w:r w:rsidRPr="00B0280A" w:rsidR="006615A3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00144744">
+      <w:r w:rsidRPr="00B0280A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gadam).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01BD6DFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D65AC1E2"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:cs="Times New Roman"/>
       </w:rPr>
@@ -13547,151 +13631,162 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2098625576">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="167213434">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1364943166">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="940835620">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="992299054">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="905917929">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Edgars Lore">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Edgars.Lore@izm.gov.lv::29e4835d-a671-4a78-9ac9-520c22aa1e28"/>
+  </w15:person>
+  <w15:person w15:author="Kristīne Matule">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::kristine.matule@cfla.gov.lv::78b76b0d-cc95-4a1e-99ee-01eccd6d2ec3"/>
+  </w15:person>
+</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="80"/>
   <w:trackRevisions w:val="true"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC7444"/>
+    <w:rsid w:val="0000351C"/>
     <w:rsid w:val="000079CC"/>
     <w:rsid w:val="00010880"/>
     <w:rsid w:val="0001495E"/>
     <w:rsid w:val="0002430E"/>
     <w:rsid w:val="00024BCB"/>
     <w:rsid w:val="00032990"/>
     <w:rsid w:val="0003474E"/>
     <w:rsid w:val="00044992"/>
     <w:rsid w:val="000458C5"/>
     <w:rsid w:val="00050B61"/>
     <w:rsid w:val="00054B13"/>
     <w:rsid w:val="00060A0B"/>
     <w:rsid w:val="0006392C"/>
     <w:rsid w:val="00076C3F"/>
     <w:rsid w:val="000804F1"/>
     <w:rsid w:val="0008349C"/>
     <w:rsid w:val="00083C8A"/>
     <w:rsid w:val="00095BB0"/>
     <w:rsid w:val="00096BB8"/>
     <w:rsid w:val="00096FC7"/>
     <w:rsid w:val="000A20FB"/>
     <w:rsid w:val="000A7942"/>
     <w:rsid w:val="000B0C32"/>
     <w:rsid w:val="000B34A7"/>
     <w:rsid w:val="000C3E83"/>
     <w:rsid w:val="000C4430"/>
     <w:rsid w:val="000C5C98"/>
     <w:rsid w:val="000C5E24"/>
+    <w:rsid w:val="000C7AC6"/>
     <w:rsid w:val="000C7F9E"/>
     <w:rsid w:val="000D1B52"/>
     <w:rsid w:val="000D29CC"/>
     <w:rsid w:val="000D725A"/>
     <w:rsid w:val="000D780F"/>
     <w:rsid w:val="000D7FC5"/>
     <w:rsid w:val="000E3AEA"/>
     <w:rsid w:val="000E45DF"/>
     <w:rsid w:val="000E5BF1"/>
     <w:rsid w:val="000F53FB"/>
     <w:rsid w:val="000F5AD7"/>
     <w:rsid w:val="00103A5D"/>
     <w:rsid w:val="001109D4"/>
     <w:rsid w:val="001168A2"/>
     <w:rsid w:val="00116C8E"/>
     <w:rsid w:val="001227EE"/>
     <w:rsid w:val="00122AA4"/>
     <w:rsid w:val="00126482"/>
     <w:rsid w:val="00131DCB"/>
     <w:rsid w:val="001349E9"/>
     <w:rsid w:val="00136BFF"/>
     <w:rsid w:val="00140409"/>
     <w:rsid w:val="00140E36"/>
     <w:rsid w:val="001410BB"/>
     <w:rsid w:val="001416FC"/>
     <w:rsid w:val="00144744"/>
     <w:rsid w:val="00150F0C"/>
     <w:rsid w:val="00156CAE"/>
     <w:rsid w:val="0016083D"/>
+    <w:rsid w:val="001615D1"/>
     <w:rsid w:val="001653AE"/>
     <w:rsid w:val="00172BBD"/>
     <w:rsid w:val="00183A0E"/>
     <w:rsid w:val="00186899"/>
     <w:rsid w:val="00192FFE"/>
     <w:rsid w:val="00197A52"/>
     <w:rsid w:val="001A120E"/>
     <w:rsid w:val="001A6D2F"/>
     <w:rsid w:val="001A7BAA"/>
     <w:rsid w:val="001B7029"/>
     <w:rsid w:val="001B7033"/>
     <w:rsid w:val="001D0AB1"/>
     <w:rsid w:val="001D13E2"/>
     <w:rsid w:val="001D1CDA"/>
     <w:rsid w:val="001D7644"/>
+    <w:rsid w:val="001E186A"/>
     <w:rsid w:val="001E3BD3"/>
     <w:rsid w:val="001E6FC5"/>
     <w:rsid w:val="001F1076"/>
     <w:rsid w:val="001F13A4"/>
     <w:rsid w:val="001F27E5"/>
     <w:rsid w:val="001F622B"/>
     <w:rsid w:val="0020213B"/>
     <w:rsid w:val="002026D2"/>
     <w:rsid w:val="002029E2"/>
     <w:rsid w:val="00203340"/>
     <w:rsid w:val="002039E2"/>
     <w:rsid w:val="00205FD5"/>
     <w:rsid w:val="00211B95"/>
     <w:rsid w:val="002132FB"/>
     <w:rsid w:val="002241F6"/>
     <w:rsid w:val="0022608B"/>
     <w:rsid w:val="00231798"/>
     <w:rsid w:val="00231986"/>
     <w:rsid w:val="002324CF"/>
     <w:rsid w:val="002454C5"/>
     <w:rsid w:val="00246FA6"/>
     <w:rsid w:val="00285872"/>
     <w:rsid w:val="0028769A"/>
     <w:rsid w:val="002936A0"/>
     <w:rsid w:val="00293B27"/>
@@ -13759,92 +13854,95 @@
     <w:rsid w:val="00417F5C"/>
     <w:rsid w:val="00424041"/>
     <w:rsid w:val="00431318"/>
     <w:rsid w:val="00432C71"/>
     <w:rsid w:val="004357FD"/>
     <w:rsid w:val="0045023D"/>
     <w:rsid w:val="004556A2"/>
     <w:rsid w:val="00462987"/>
     <w:rsid w:val="00465312"/>
     <w:rsid w:val="004716E3"/>
     <w:rsid w:val="00472017"/>
     <w:rsid w:val="0047399C"/>
     <w:rsid w:val="00474FBD"/>
     <w:rsid w:val="00475A8B"/>
     <w:rsid w:val="00485496"/>
     <w:rsid w:val="00491713"/>
     <w:rsid w:val="0049437A"/>
     <w:rsid w:val="004A1197"/>
     <w:rsid w:val="004A3E31"/>
     <w:rsid w:val="004A485E"/>
     <w:rsid w:val="004B4028"/>
     <w:rsid w:val="004B722B"/>
     <w:rsid w:val="004C2F47"/>
     <w:rsid w:val="004C5266"/>
     <w:rsid w:val="004D4D38"/>
+    <w:rsid w:val="004D6317"/>
     <w:rsid w:val="004D7388"/>
     <w:rsid w:val="004E5D0E"/>
     <w:rsid w:val="004E600F"/>
     <w:rsid w:val="004F0DC0"/>
     <w:rsid w:val="004F1D0C"/>
     <w:rsid w:val="004F20F7"/>
     <w:rsid w:val="004F25E6"/>
     <w:rsid w:val="004F658A"/>
     <w:rsid w:val="004F7F04"/>
     <w:rsid w:val="004F7F2D"/>
     <w:rsid w:val="00501553"/>
     <w:rsid w:val="005062B5"/>
     <w:rsid w:val="005067AE"/>
     <w:rsid w:val="00511995"/>
+    <w:rsid w:val="00513A13"/>
     <w:rsid w:val="00514B35"/>
     <w:rsid w:val="00522C89"/>
     <w:rsid w:val="0052479A"/>
     <w:rsid w:val="005263DC"/>
     <w:rsid w:val="005272BB"/>
     <w:rsid w:val="00527344"/>
     <w:rsid w:val="00535476"/>
     <w:rsid w:val="00536684"/>
     <w:rsid w:val="00537D46"/>
     <w:rsid w:val="0054259F"/>
     <w:rsid w:val="00544B9B"/>
     <w:rsid w:val="00553DC0"/>
     <w:rsid w:val="00554B33"/>
     <w:rsid w:val="005563CC"/>
     <w:rsid w:val="00560B10"/>
     <w:rsid w:val="00565BF3"/>
     <w:rsid w:val="005711D0"/>
     <w:rsid w:val="00573567"/>
     <w:rsid w:val="00573B70"/>
     <w:rsid w:val="00574339"/>
     <w:rsid w:val="00575F72"/>
     <w:rsid w:val="00590EFC"/>
     <w:rsid w:val="00591422"/>
     <w:rsid w:val="00591D0D"/>
     <w:rsid w:val="005957A1"/>
     <w:rsid w:val="005A51AE"/>
     <w:rsid w:val="005A6FC1"/>
     <w:rsid w:val="005B11B9"/>
+    <w:rsid w:val="005B16D7"/>
     <w:rsid w:val="005B3126"/>
     <w:rsid w:val="005B45CE"/>
     <w:rsid w:val="005C0465"/>
     <w:rsid w:val="005C5FFC"/>
     <w:rsid w:val="005D38D4"/>
     <w:rsid w:val="005D7C00"/>
     <w:rsid w:val="005E3668"/>
     <w:rsid w:val="005E5194"/>
     <w:rsid w:val="005F089D"/>
     <w:rsid w:val="005F10AF"/>
     <w:rsid w:val="005F1541"/>
     <w:rsid w:val="005F2613"/>
     <w:rsid w:val="005F2E82"/>
     <w:rsid w:val="005F37DB"/>
     <w:rsid w:val="005F752C"/>
     <w:rsid w:val="00614738"/>
     <w:rsid w:val="00622027"/>
     <w:rsid w:val="006229CD"/>
     <w:rsid w:val="00635799"/>
     <w:rsid w:val="00636F00"/>
     <w:rsid w:val="00641792"/>
     <w:rsid w:val="00642970"/>
     <w:rsid w:val="0064336B"/>
     <w:rsid w:val="00656F57"/>
     <w:rsid w:val="006615A3"/>
@@ -14025,50 +14123,51 @@
     <w:rsid w:val="00A71529"/>
     <w:rsid w:val="00A72CE9"/>
     <w:rsid w:val="00A72FCC"/>
     <w:rsid w:val="00A84D35"/>
     <w:rsid w:val="00A90493"/>
     <w:rsid w:val="00A912E6"/>
     <w:rsid w:val="00A928B6"/>
     <w:rsid w:val="00A942C2"/>
     <w:rsid w:val="00A95012"/>
     <w:rsid w:val="00AA16E0"/>
     <w:rsid w:val="00AA4EC9"/>
     <w:rsid w:val="00AA73AA"/>
     <w:rsid w:val="00AB0102"/>
     <w:rsid w:val="00AC3125"/>
     <w:rsid w:val="00AC40EB"/>
     <w:rsid w:val="00AC533E"/>
     <w:rsid w:val="00AD0B9C"/>
     <w:rsid w:val="00AD1DDB"/>
     <w:rsid w:val="00AD3174"/>
     <w:rsid w:val="00AD5EFA"/>
     <w:rsid w:val="00AE324C"/>
     <w:rsid w:val="00AE3B19"/>
     <w:rsid w:val="00AF06EC"/>
     <w:rsid w:val="00B00567"/>
     <w:rsid w:val="00B025E9"/>
+    <w:rsid w:val="00B0280A"/>
     <w:rsid w:val="00B033F0"/>
     <w:rsid w:val="00B04AA8"/>
     <w:rsid w:val="00B07F4B"/>
     <w:rsid w:val="00B14B85"/>
     <w:rsid w:val="00B16FB5"/>
     <w:rsid w:val="00B2635C"/>
     <w:rsid w:val="00B33904"/>
     <w:rsid w:val="00B35E92"/>
     <w:rsid w:val="00B37B8F"/>
     <w:rsid w:val="00B40977"/>
     <w:rsid w:val="00B464A9"/>
     <w:rsid w:val="00B46752"/>
     <w:rsid w:val="00B56488"/>
     <w:rsid w:val="00B56C8F"/>
     <w:rsid w:val="00B57B1A"/>
     <w:rsid w:val="00B614C4"/>
     <w:rsid w:val="00B63692"/>
     <w:rsid w:val="00B640F5"/>
     <w:rsid w:val="00B65ED9"/>
     <w:rsid w:val="00B65FAA"/>
     <w:rsid w:val="00B6682B"/>
     <w:rsid w:val="00B7513E"/>
     <w:rsid w:val="00B76C7E"/>
     <w:rsid w:val="00B7770D"/>
     <w:rsid w:val="00B81DD6"/>
@@ -14077,77 +14176,79 @@
     <w:rsid w:val="00BC46E1"/>
     <w:rsid w:val="00BC6FBA"/>
     <w:rsid w:val="00BD3BE2"/>
     <w:rsid w:val="00BD474F"/>
     <w:rsid w:val="00BE0FC1"/>
     <w:rsid w:val="00BF076B"/>
     <w:rsid w:val="00BF1799"/>
     <w:rsid w:val="00BF58BB"/>
     <w:rsid w:val="00BF772D"/>
     <w:rsid w:val="00C02AAD"/>
     <w:rsid w:val="00C03244"/>
     <w:rsid w:val="00C12763"/>
     <w:rsid w:val="00C12809"/>
     <w:rsid w:val="00C14AC8"/>
     <w:rsid w:val="00C22875"/>
     <w:rsid w:val="00C2385D"/>
     <w:rsid w:val="00C2651D"/>
     <w:rsid w:val="00C31FA6"/>
     <w:rsid w:val="00C33865"/>
     <w:rsid w:val="00C44101"/>
     <w:rsid w:val="00C54B76"/>
     <w:rsid w:val="00C55EA5"/>
     <w:rsid w:val="00C56417"/>
     <w:rsid w:val="00C568C7"/>
     <w:rsid w:val="00C579EC"/>
+    <w:rsid w:val="00C57D0E"/>
     <w:rsid w:val="00C62809"/>
     <w:rsid w:val="00C6795A"/>
     <w:rsid w:val="00C80FBF"/>
     <w:rsid w:val="00C82AE7"/>
     <w:rsid w:val="00C833A4"/>
     <w:rsid w:val="00C87C75"/>
     <w:rsid w:val="00C925DA"/>
     <w:rsid w:val="00CA04E8"/>
     <w:rsid w:val="00CA0A09"/>
     <w:rsid w:val="00CA14AB"/>
     <w:rsid w:val="00CA171B"/>
     <w:rsid w:val="00CB60D8"/>
     <w:rsid w:val="00CC4C97"/>
     <w:rsid w:val="00CD00EF"/>
     <w:rsid w:val="00CD2396"/>
     <w:rsid w:val="00CD279A"/>
     <w:rsid w:val="00CD2BA6"/>
     <w:rsid w:val="00CD64B6"/>
     <w:rsid w:val="00CE365B"/>
     <w:rsid w:val="00CE754B"/>
     <w:rsid w:val="00CF216A"/>
     <w:rsid w:val="00CF4135"/>
     <w:rsid w:val="00D035F1"/>
     <w:rsid w:val="00D11649"/>
     <w:rsid w:val="00D17891"/>
     <w:rsid w:val="00D27E2D"/>
     <w:rsid w:val="00D35D46"/>
+    <w:rsid w:val="00D361BE"/>
     <w:rsid w:val="00D36581"/>
     <w:rsid w:val="00D44B2B"/>
     <w:rsid w:val="00D44BA9"/>
     <w:rsid w:val="00D45A92"/>
     <w:rsid w:val="00D5077A"/>
     <w:rsid w:val="00D521AE"/>
     <w:rsid w:val="00D5345A"/>
     <w:rsid w:val="00D54B0D"/>
     <w:rsid w:val="00D62529"/>
     <w:rsid w:val="00D66B92"/>
     <w:rsid w:val="00D719EB"/>
     <w:rsid w:val="00D77D41"/>
     <w:rsid w:val="00D8749C"/>
     <w:rsid w:val="00DA14D3"/>
     <w:rsid w:val="00DA1FAD"/>
     <w:rsid w:val="00DA2B74"/>
     <w:rsid w:val="00DA6FBA"/>
     <w:rsid w:val="00DA737A"/>
     <w:rsid w:val="00DA7508"/>
     <w:rsid w:val="00DB250C"/>
     <w:rsid w:val="00DB48E9"/>
     <w:rsid w:val="00DC2EF3"/>
     <w:rsid w:val="00DC6BF7"/>
     <w:rsid w:val="00DC7444"/>
     <w:rsid w:val="00DC7816"/>
@@ -14210,572 +14311,607 @@
     <w:rsid w:val="00F35456"/>
     <w:rsid w:val="00F445E7"/>
     <w:rsid w:val="00F5042B"/>
     <w:rsid w:val="00F50DA1"/>
     <w:rsid w:val="00F51998"/>
     <w:rsid w:val="00F541BB"/>
     <w:rsid w:val="00F56849"/>
     <w:rsid w:val="00F73382"/>
     <w:rsid w:val="00F76285"/>
     <w:rsid w:val="00FA6CCA"/>
     <w:rsid w:val="00FB26F2"/>
     <w:rsid w:val="00FB3C50"/>
     <w:rsid w:val="00FB71AC"/>
     <w:rsid w:val="00FC34C1"/>
     <w:rsid w:val="00FD2E58"/>
     <w:rsid w:val="00FD663C"/>
     <w:rsid w:val="00FD6A00"/>
     <w:rsid w:val="00FDB48D"/>
     <w:rsid w:val="00FE0A71"/>
     <w:rsid w:val="00FE2624"/>
     <w:rsid w:val="00FE3E51"/>
     <w:rsid w:val="00FE51EE"/>
     <w:rsid w:val="00FF1D8D"/>
     <w:rsid w:val="00FF29DC"/>
     <w:rsid w:val="01C711DD"/>
+    <w:rsid w:val="01DFA446"/>
     <w:rsid w:val="01FC0F41"/>
     <w:rsid w:val="0210C6B8"/>
     <w:rsid w:val="02421D05"/>
     <w:rsid w:val="025C9E38"/>
     <w:rsid w:val="02981231"/>
     <w:rsid w:val="02F6492D"/>
     <w:rsid w:val="0339A6E9"/>
     <w:rsid w:val="038708F3"/>
     <w:rsid w:val="03927622"/>
     <w:rsid w:val="03BFDB12"/>
     <w:rsid w:val="03CBA910"/>
     <w:rsid w:val="03CE9CF1"/>
     <w:rsid w:val="03CFEA2C"/>
     <w:rsid w:val="03D5D6AD"/>
     <w:rsid w:val="03F3D76D"/>
     <w:rsid w:val="043C7F40"/>
     <w:rsid w:val="0443B332"/>
     <w:rsid w:val="044427BF"/>
     <w:rsid w:val="046D9BE5"/>
     <w:rsid w:val="05774C37"/>
     <w:rsid w:val="05A23DA8"/>
     <w:rsid w:val="05D6A407"/>
     <w:rsid w:val="05D6CFBB"/>
+    <w:rsid w:val="05F11B5C"/>
     <w:rsid w:val="05F61012"/>
     <w:rsid w:val="06037C7F"/>
     <w:rsid w:val="063CFC0A"/>
     <w:rsid w:val="069952EA"/>
     <w:rsid w:val="06CE4EBC"/>
     <w:rsid w:val="06E8131D"/>
     <w:rsid w:val="073C6EF9"/>
     <w:rsid w:val="07628480"/>
     <w:rsid w:val="076C2A50"/>
     <w:rsid w:val="08213A45"/>
     <w:rsid w:val="0927ECCA"/>
     <w:rsid w:val="092C03F7"/>
     <w:rsid w:val="09583593"/>
+    <w:rsid w:val="096A52C8"/>
     <w:rsid w:val="09C39246"/>
     <w:rsid w:val="0A2EE41B"/>
     <w:rsid w:val="0A76D134"/>
     <w:rsid w:val="0A777E21"/>
     <w:rsid w:val="0A7948B8"/>
     <w:rsid w:val="0AE3079E"/>
     <w:rsid w:val="0AF4FF31"/>
     <w:rsid w:val="0B1A6BD7"/>
     <w:rsid w:val="0B1DF8A2"/>
     <w:rsid w:val="0B63FE7D"/>
     <w:rsid w:val="0BB4B0D9"/>
     <w:rsid w:val="0BF282A6"/>
     <w:rsid w:val="0C02E2A3"/>
     <w:rsid w:val="0C077AD5"/>
     <w:rsid w:val="0C5AD3A4"/>
     <w:rsid w:val="0C840316"/>
+    <w:rsid w:val="0CF4D04F"/>
     <w:rsid w:val="0D0E8D6D"/>
     <w:rsid w:val="0D343568"/>
     <w:rsid w:val="0D42C564"/>
     <w:rsid w:val="0D7CF8D7"/>
     <w:rsid w:val="0D8446F9"/>
     <w:rsid w:val="0D85FC5C"/>
     <w:rsid w:val="0DA13440"/>
     <w:rsid w:val="0E55CCE1"/>
     <w:rsid w:val="0E740FDD"/>
     <w:rsid w:val="0E95ECE8"/>
     <w:rsid w:val="0F082710"/>
     <w:rsid w:val="0F68F9ED"/>
     <w:rsid w:val="0FEC33B1"/>
     <w:rsid w:val="0FFE30EF"/>
     <w:rsid w:val="1021B0A3"/>
     <w:rsid w:val="1083F243"/>
     <w:rsid w:val="10F5C566"/>
     <w:rsid w:val="11148A1A"/>
     <w:rsid w:val="11313E33"/>
     <w:rsid w:val="11615096"/>
     <w:rsid w:val="116C2077"/>
     <w:rsid w:val="1174D17C"/>
     <w:rsid w:val="11C06D4A"/>
     <w:rsid w:val="11CAB9B2"/>
+    <w:rsid w:val="11DB9824"/>
     <w:rsid w:val="11FD1FBE"/>
     <w:rsid w:val="12711803"/>
     <w:rsid w:val="12AF7A74"/>
     <w:rsid w:val="12BE3589"/>
     <w:rsid w:val="12F692F9"/>
     <w:rsid w:val="13870DBC"/>
     <w:rsid w:val="1415A43F"/>
     <w:rsid w:val="148F14FB"/>
     <w:rsid w:val="14F284DF"/>
     <w:rsid w:val="152806F8"/>
     <w:rsid w:val="1529F6DA"/>
     <w:rsid w:val="15424E97"/>
     <w:rsid w:val="165282CB"/>
     <w:rsid w:val="1664B2EB"/>
     <w:rsid w:val="166D7ED6"/>
     <w:rsid w:val="17325DC6"/>
     <w:rsid w:val="1759331D"/>
     <w:rsid w:val="17CD5749"/>
     <w:rsid w:val="17DFBDF5"/>
     <w:rsid w:val="17E5CBFC"/>
+    <w:rsid w:val="17FAB956"/>
     <w:rsid w:val="18B3973A"/>
     <w:rsid w:val="18BA0328"/>
     <w:rsid w:val="18C207F8"/>
     <w:rsid w:val="19733325"/>
     <w:rsid w:val="1A1283E7"/>
     <w:rsid w:val="1A23EEBA"/>
     <w:rsid w:val="1AA10B01"/>
+    <w:rsid w:val="1AA8F35A"/>
+    <w:rsid w:val="1AFCFA32"/>
     <w:rsid w:val="1B3B59D7"/>
     <w:rsid w:val="1B43FF66"/>
     <w:rsid w:val="1B5D2D28"/>
     <w:rsid w:val="1BD965D8"/>
     <w:rsid w:val="1C0045A4"/>
     <w:rsid w:val="1C411C44"/>
     <w:rsid w:val="1C8E4D59"/>
     <w:rsid w:val="1C9057F7"/>
     <w:rsid w:val="1D126CC5"/>
     <w:rsid w:val="1D96B20A"/>
     <w:rsid w:val="1DB04EFA"/>
     <w:rsid w:val="1DE9CA4E"/>
     <w:rsid w:val="1E0D987C"/>
     <w:rsid w:val="1E1AFC9E"/>
     <w:rsid w:val="1E393C21"/>
     <w:rsid w:val="1E488002"/>
     <w:rsid w:val="1E8DBDA7"/>
     <w:rsid w:val="1EC4849A"/>
     <w:rsid w:val="1EF2497B"/>
     <w:rsid w:val="1EF8005D"/>
     <w:rsid w:val="1EF911FE"/>
     <w:rsid w:val="1F4AF6DB"/>
     <w:rsid w:val="1FBE69A7"/>
     <w:rsid w:val="1FF1E490"/>
     <w:rsid w:val="200D2EA2"/>
     <w:rsid w:val="2118CC8B"/>
     <w:rsid w:val="212FFAA3"/>
     <w:rsid w:val="217E0873"/>
     <w:rsid w:val="21930B8D"/>
     <w:rsid w:val="219DC22C"/>
     <w:rsid w:val="21CD4652"/>
     <w:rsid w:val="220D4919"/>
     <w:rsid w:val="2222592E"/>
     <w:rsid w:val="22318C79"/>
     <w:rsid w:val="223865F3"/>
     <w:rsid w:val="239555BA"/>
     <w:rsid w:val="24423358"/>
     <w:rsid w:val="2458D7DD"/>
     <w:rsid w:val="24742EE0"/>
     <w:rsid w:val="249C1A6F"/>
     <w:rsid w:val="2569631A"/>
     <w:rsid w:val="25739822"/>
     <w:rsid w:val="25A95633"/>
     <w:rsid w:val="25EA0E4B"/>
     <w:rsid w:val="2614F61D"/>
     <w:rsid w:val="265ABB1A"/>
     <w:rsid w:val="265F563A"/>
     <w:rsid w:val="282BC7D6"/>
     <w:rsid w:val="288FEA1E"/>
     <w:rsid w:val="28F9FCBF"/>
+    <w:rsid w:val="2962C69A"/>
     <w:rsid w:val="2962CC15"/>
     <w:rsid w:val="297A525C"/>
     <w:rsid w:val="29D2A995"/>
     <w:rsid w:val="29E6878D"/>
     <w:rsid w:val="2A80CDAE"/>
     <w:rsid w:val="2AC537C5"/>
     <w:rsid w:val="2ACC8C2A"/>
     <w:rsid w:val="2B0E7211"/>
     <w:rsid w:val="2B18D270"/>
     <w:rsid w:val="2B1C67CF"/>
     <w:rsid w:val="2B8F91B6"/>
     <w:rsid w:val="2BFFC244"/>
     <w:rsid w:val="2C0B46C4"/>
     <w:rsid w:val="2C7A8E4F"/>
     <w:rsid w:val="2D381379"/>
     <w:rsid w:val="2D552EB8"/>
     <w:rsid w:val="2D5C1840"/>
     <w:rsid w:val="2D6C4D81"/>
     <w:rsid w:val="2D704DB2"/>
     <w:rsid w:val="2DC76110"/>
     <w:rsid w:val="2E5B2357"/>
     <w:rsid w:val="2E6CF4E3"/>
     <w:rsid w:val="2E6DEECE"/>
     <w:rsid w:val="2E902D7D"/>
     <w:rsid w:val="2F06EB64"/>
     <w:rsid w:val="2F42E061"/>
     <w:rsid w:val="3016CF45"/>
+    <w:rsid w:val="302B48A6"/>
     <w:rsid w:val="309D90BE"/>
     <w:rsid w:val="30DCD37F"/>
     <w:rsid w:val="31E9C88F"/>
     <w:rsid w:val="3213F34F"/>
     <w:rsid w:val="32606C34"/>
     <w:rsid w:val="32B3A8C8"/>
     <w:rsid w:val="32D2AE3C"/>
     <w:rsid w:val="33690A20"/>
     <w:rsid w:val="33E5F7C5"/>
     <w:rsid w:val="34275255"/>
     <w:rsid w:val="34334B11"/>
     <w:rsid w:val="3477A734"/>
     <w:rsid w:val="347AB9DC"/>
     <w:rsid w:val="349CD171"/>
     <w:rsid w:val="34CE9774"/>
     <w:rsid w:val="352B0F6B"/>
     <w:rsid w:val="35881930"/>
+    <w:rsid w:val="358B8025"/>
     <w:rsid w:val="35F0AD20"/>
     <w:rsid w:val="365D1CF4"/>
+    <w:rsid w:val="3682FC92"/>
+    <w:rsid w:val="36AD46B6"/>
     <w:rsid w:val="36E473B0"/>
     <w:rsid w:val="36F9FC34"/>
     <w:rsid w:val="3733A8B5"/>
     <w:rsid w:val="37AAC492"/>
     <w:rsid w:val="37B03924"/>
     <w:rsid w:val="37CF72F9"/>
     <w:rsid w:val="37F470AE"/>
     <w:rsid w:val="38730422"/>
     <w:rsid w:val="3883DF5D"/>
     <w:rsid w:val="38B515EA"/>
     <w:rsid w:val="38C403F6"/>
     <w:rsid w:val="3990410F"/>
     <w:rsid w:val="39B2557F"/>
     <w:rsid w:val="39DC3076"/>
     <w:rsid w:val="39FD19AD"/>
     <w:rsid w:val="3A08E8BE"/>
     <w:rsid w:val="3A200BA3"/>
+    <w:rsid w:val="3A3BBAD1"/>
     <w:rsid w:val="3AECAF0B"/>
     <w:rsid w:val="3BAB79CD"/>
     <w:rsid w:val="3BAF6010"/>
     <w:rsid w:val="3BB260E2"/>
     <w:rsid w:val="3BFAC073"/>
     <w:rsid w:val="3C73E24E"/>
     <w:rsid w:val="3CC94E06"/>
     <w:rsid w:val="3D6A4485"/>
     <w:rsid w:val="3DB85434"/>
     <w:rsid w:val="3DBBF7EB"/>
     <w:rsid w:val="3E689D44"/>
     <w:rsid w:val="3E8C4C4B"/>
     <w:rsid w:val="3E99825D"/>
     <w:rsid w:val="3EC8DE04"/>
     <w:rsid w:val="3ED1B571"/>
     <w:rsid w:val="3EE2C7B2"/>
     <w:rsid w:val="3F1C988E"/>
     <w:rsid w:val="3F75CC4A"/>
     <w:rsid w:val="3FEED541"/>
     <w:rsid w:val="3FF46F70"/>
     <w:rsid w:val="3FFCA0F5"/>
+    <w:rsid w:val="401E3979"/>
     <w:rsid w:val="40354E28"/>
     <w:rsid w:val="40AD9731"/>
     <w:rsid w:val="40B93C1D"/>
     <w:rsid w:val="40CC63C8"/>
     <w:rsid w:val="40CD7388"/>
     <w:rsid w:val="40E09752"/>
     <w:rsid w:val="412BB55F"/>
     <w:rsid w:val="4184DB08"/>
     <w:rsid w:val="4223D992"/>
     <w:rsid w:val="425ACDD3"/>
     <w:rsid w:val="42DCAB0E"/>
     <w:rsid w:val="430BD25E"/>
     <w:rsid w:val="432FFA8E"/>
     <w:rsid w:val="437599F8"/>
     <w:rsid w:val="43BEA61D"/>
     <w:rsid w:val="43D6BD62"/>
     <w:rsid w:val="44082351"/>
     <w:rsid w:val="442F5E95"/>
     <w:rsid w:val="4434B664"/>
     <w:rsid w:val="4484B92D"/>
     <w:rsid w:val="4487B882"/>
     <w:rsid w:val="44906BE6"/>
     <w:rsid w:val="449A8256"/>
     <w:rsid w:val="44C0C2A4"/>
     <w:rsid w:val="44DDB103"/>
     <w:rsid w:val="45074DD2"/>
     <w:rsid w:val="45275B1A"/>
     <w:rsid w:val="464B9730"/>
     <w:rsid w:val="468089B6"/>
     <w:rsid w:val="46BC1F28"/>
     <w:rsid w:val="46D52340"/>
     <w:rsid w:val="471D185C"/>
     <w:rsid w:val="472382C6"/>
     <w:rsid w:val="476D291F"/>
     <w:rsid w:val="4777B395"/>
     <w:rsid w:val="486F4B95"/>
     <w:rsid w:val="489FE55E"/>
     <w:rsid w:val="499A38DE"/>
     <w:rsid w:val="49E5DACB"/>
     <w:rsid w:val="4A2666BA"/>
     <w:rsid w:val="4A2CDB78"/>
     <w:rsid w:val="4A483A3A"/>
     <w:rsid w:val="4A817CC7"/>
     <w:rsid w:val="4A8E6D4F"/>
+    <w:rsid w:val="4AB4760B"/>
     <w:rsid w:val="4ADB5FCF"/>
     <w:rsid w:val="4B8EDE87"/>
     <w:rsid w:val="4BB3479A"/>
     <w:rsid w:val="4BF9AE40"/>
     <w:rsid w:val="4C3E5FE1"/>
     <w:rsid w:val="4CA1A9EA"/>
     <w:rsid w:val="4CE13340"/>
     <w:rsid w:val="4CE46E13"/>
     <w:rsid w:val="4CFE5F22"/>
     <w:rsid w:val="4D6BBE7F"/>
     <w:rsid w:val="4DAEF7A5"/>
     <w:rsid w:val="4DB34D6A"/>
     <w:rsid w:val="4DB52D9B"/>
     <w:rsid w:val="4DC2EC6F"/>
     <w:rsid w:val="4EBB8161"/>
     <w:rsid w:val="4F2F2DC5"/>
     <w:rsid w:val="4F88A808"/>
     <w:rsid w:val="4F9FBA9E"/>
     <w:rsid w:val="4FD55AE0"/>
     <w:rsid w:val="50032AFA"/>
     <w:rsid w:val="50121451"/>
     <w:rsid w:val="50357A75"/>
     <w:rsid w:val="504089AE"/>
     <w:rsid w:val="50698307"/>
     <w:rsid w:val="50B463C9"/>
     <w:rsid w:val="5113AFDE"/>
     <w:rsid w:val="51483971"/>
     <w:rsid w:val="516D83C0"/>
     <w:rsid w:val="51B32060"/>
     <w:rsid w:val="51B64BC8"/>
     <w:rsid w:val="51E828F8"/>
     <w:rsid w:val="522D54A2"/>
     <w:rsid w:val="523DC005"/>
     <w:rsid w:val="527AB010"/>
     <w:rsid w:val="5280420D"/>
     <w:rsid w:val="52C0A5B5"/>
     <w:rsid w:val="52C4F4C2"/>
     <w:rsid w:val="53ECF916"/>
     <w:rsid w:val="54761B30"/>
     <w:rsid w:val="547F9600"/>
     <w:rsid w:val="54B77814"/>
     <w:rsid w:val="54BD73C0"/>
     <w:rsid w:val="54D50E76"/>
     <w:rsid w:val="54EA0679"/>
     <w:rsid w:val="54FABABB"/>
     <w:rsid w:val="55021FD1"/>
     <w:rsid w:val="55A30DB7"/>
     <w:rsid w:val="55C3849B"/>
     <w:rsid w:val="56140734"/>
+    <w:rsid w:val="5677E837"/>
     <w:rsid w:val="567972B9"/>
     <w:rsid w:val="56A4C6D5"/>
     <w:rsid w:val="56D0196B"/>
+    <w:rsid w:val="56E2E278"/>
     <w:rsid w:val="5722C595"/>
     <w:rsid w:val="572C71E9"/>
+    <w:rsid w:val="574386B8"/>
     <w:rsid w:val="5772242F"/>
     <w:rsid w:val="57F34301"/>
     <w:rsid w:val="580FC35A"/>
     <w:rsid w:val="58106258"/>
     <w:rsid w:val="581255E4"/>
     <w:rsid w:val="5829DB0A"/>
     <w:rsid w:val="58595DE1"/>
     <w:rsid w:val="590B1A42"/>
     <w:rsid w:val="5950BB50"/>
     <w:rsid w:val="599DB37D"/>
     <w:rsid w:val="59CD5593"/>
     <w:rsid w:val="59D930B7"/>
     <w:rsid w:val="59F1A08C"/>
     <w:rsid w:val="5A288982"/>
     <w:rsid w:val="5A3AF9E0"/>
     <w:rsid w:val="5AB59A31"/>
     <w:rsid w:val="5AD1D828"/>
+    <w:rsid w:val="5AE1C4BD"/>
     <w:rsid w:val="5BA4CB0C"/>
+    <w:rsid w:val="5BEFF3C2"/>
     <w:rsid w:val="5BF4A4CC"/>
     <w:rsid w:val="5C251295"/>
     <w:rsid w:val="5C2F22D0"/>
     <w:rsid w:val="5C2F8A19"/>
     <w:rsid w:val="5CCA5DA9"/>
     <w:rsid w:val="5D36AFCF"/>
     <w:rsid w:val="5E4282AC"/>
     <w:rsid w:val="5E73008D"/>
     <w:rsid w:val="5E8A02E5"/>
     <w:rsid w:val="5EC89C37"/>
     <w:rsid w:val="5F0BAE80"/>
     <w:rsid w:val="5F24C373"/>
     <w:rsid w:val="5F9C36AB"/>
     <w:rsid w:val="5FCA6F27"/>
     <w:rsid w:val="5FF7D8EF"/>
     <w:rsid w:val="60002667"/>
     <w:rsid w:val="6039D6CC"/>
     <w:rsid w:val="6054999E"/>
     <w:rsid w:val="6076E0AE"/>
     <w:rsid w:val="60F7E489"/>
     <w:rsid w:val="61C71249"/>
     <w:rsid w:val="62448D42"/>
     <w:rsid w:val="62501D51"/>
     <w:rsid w:val="62951A62"/>
     <w:rsid w:val="62B7F188"/>
     <w:rsid w:val="63768626"/>
     <w:rsid w:val="64A851E2"/>
     <w:rsid w:val="64E81A20"/>
     <w:rsid w:val="64E97555"/>
     <w:rsid w:val="65195075"/>
     <w:rsid w:val="652B9169"/>
+    <w:rsid w:val="6586E317"/>
     <w:rsid w:val="659662AA"/>
+    <w:rsid w:val="661BDE29"/>
     <w:rsid w:val="66895B07"/>
     <w:rsid w:val="66AE13F6"/>
     <w:rsid w:val="66B3FC42"/>
     <w:rsid w:val="66BB0133"/>
     <w:rsid w:val="67623646"/>
     <w:rsid w:val="67BA56ED"/>
+    <w:rsid w:val="681EE1CF"/>
     <w:rsid w:val="6837DAED"/>
     <w:rsid w:val="683F09E5"/>
     <w:rsid w:val="6847BDCE"/>
     <w:rsid w:val="68DBD594"/>
+    <w:rsid w:val="691BB6CF"/>
     <w:rsid w:val="69338F5C"/>
+    <w:rsid w:val="699A1711"/>
+    <w:rsid w:val="69A20CE1"/>
     <w:rsid w:val="69D4CAF8"/>
     <w:rsid w:val="69D6AF8A"/>
     <w:rsid w:val="6A017AF6"/>
     <w:rsid w:val="6A377F38"/>
     <w:rsid w:val="6A69A1D1"/>
     <w:rsid w:val="6AA51920"/>
     <w:rsid w:val="6B269CB3"/>
+    <w:rsid w:val="6B309E16"/>
     <w:rsid w:val="6B30C103"/>
     <w:rsid w:val="6B66F275"/>
     <w:rsid w:val="6BE1FC28"/>
+    <w:rsid w:val="6C0B7F1B"/>
     <w:rsid w:val="6C467B9A"/>
     <w:rsid w:val="6C9F5A20"/>
     <w:rsid w:val="6CBB64DF"/>
     <w:rsid w:val="6CE019D2"/>
     <w:rsid w:val="6CE696F5"/>
     <w:rsid w:val="6CF7E9FC"/>
     <w:rsid w:val="6D0D8A99"/>
     <w:rsid w:val="6D3219A9"/>
     <w:rsid w:val="6D54D5E4"/>
     <w:rsid w:val="6D7BC316"/>
     <w:rsid w:val="6D934ABD"/>
     <w:rsid w:val="6DA02720"/>
     <w:rsid w:val="6DBF868A"/>
     <w:rsid w:val="6DC59EA0"/>
     <w:rsid w:val="6E1DEF16"/>
     <w:rsid w:val="6E20AC10"/>
     <w:rsid w:val="6E8827A9"/>
     <w:rsid w:val="6EDF13EF"/>
     <w:rsid w:val="6F21D616"/>
     <w:rsid w:val="6F5C42C0"/>
     <w:rsid w:val="7070CE65"/>
     <w:rsid w:val="70846362"/>
     <w:rsid w:val="70BEEE90"/>
     <w:rsid w:val="70CD6229"/>
     <w:rsid w:val="70D063D9"/>
     <w:rsid w:val="712702AF"/>
     <w:rsid w:val="71280D88"/>
     <w:rsid w:val="716CAA69"/>
     <w:rsid w:val="71B181BF"/>
     <w:rsid w:val="71BA0818"/>
     <w:rsid w:val="71E1BEB9"/>
     <w:rsid w:val="71FDD017"/>
     <w:rsid w:val="725F5956"/>
     <w:rsid w:val="72E78CF8"/>
     <w:rsid w:val="732C1695"/>
     <w:rsid w:val="73578A47"/>
     <w:rsid w:val="73A15B2D"/>
     <w:rsid w:val="73E667F4"/>
     <w:rsid w:val="740748ED"/>
     <w:rsid w:val="742D26E5"/>
     <w:rsid w:val="74772B05"/>
     <w:rsid w:val="74CFA20F"/>
     <w:rsid w:val="74FE77D3"/>
     <w:rsid w:val="75057470"/>
     <w:rsid w:val="7513A479"/>
+    <w:rsid w:val="75AD9893"/>
     <w:rsid w:val="75ED8399"/>
     <w:rsid w:val="760845FD"/>
     <w:rsid w:val="764EBF34"/>
     <w:rsid w:val="7656F499"/>
     <w:rsid w:val="765BC734"/>
     <w:rsid w:val="767F4B1C"/>
+    <w:rsid w:val="76991982"/>
     <w:rsid w:val="76A2253D"/>
     <w:rsid w:val="76C729A0"/>
     <w:rsid w:val="77332E15"/>
     <w:rsid w:val="774823A8"/>
     <w:rsid w:val="77D889FD"/>
     <w:rsid w:val="77E4BA1A"/>
     <w:rsid w:val="78087A77"/>
     <w:rsid w:val="78E4BE1D"/>
     <w:rsid w:val="79DB6B39"/>
     <w:rsid w:val="79E6FE69"/>
+    <w:rsid w:val="7A688D92"/>
     <w:rsid w:val="7A72DCE3"/>
     <w:rsid w:val="7A7A976B"/>
     <w:rsid w:val="7A98F334"/>
     <w:rsid w:val="7AA7A6A6"/>
     <w:rsid w:val="7AB29FA4"/>
     <w:rsid w:val="7AE45865"/>
     <w:rsid w:val="7B3A45DA"/>
     <w:rsid w:val="7BA8E691"/>
     <w:rsid w:val="7C421A02"/>
     <w:rsid w:val="7C493A27"/>
+    <w:rsid w:val="7CA5FFB9"/>
     <w:rsid w:val="7CC9031A"/>
     <w:rsid w:val="7CFFAB5E"/>
     <w:rsid w:val="7D37C7A9"/>
     <w:rsid w:val="7DE8FA0F"/>
     <w:rsid w:val="7E103E6E"/>
     <w:rsid w:val="7E4171DF"/>
     <w:rsid w:val="7E4CA24E"/>
+    <w:rsid w:val="7E54AD97"/>
     <w:rsid w:val="7EA66982"/>
     <w:rsid w:val="7EF8C153"/>
+    <w:rsid w:val="7EFE496E"/>
     <w:rsid w:val="7F3231C5"/>
     <w:rsid w:val="7F3AE119"/>
     <w:rsid w:val="7F7B70E8"/>
     <w:rsid w:val="7FD50A61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0F42A2E6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C7EDCD9F-9DAB-442E-ADC4-79725D3576CB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15333,50 +15469,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DC7444"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
@@ -15576,51 +15713,51 @@
     <w:rsid w:val="00DC7444"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00DC7444"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,virsraksts3,Numbered Para 1,Dot pt,List Paragraph Char Char Char,Indicator Text,List Paragraph1,Bullet 1,Bullet Points,MAIN CONTENT,Reference list,List Paragraph11"/>
+    <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,virsraksts3,Numbered Para 1,Dot pt,List Paragraph Char Char Char,Indicator Text,List Paragraph1,Bullet 1,Bullet Points,MAIN CONTENT,Reference list"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00DC7444"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00DC7444"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
@@ -16027,59 +16164,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1246722985">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vides-pieklustamibas-pasnovertejums" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/labas-prakses-ieteikumi-vides-pieklustamibas-nodrosinasanai-papildus-lbn-200-21-noteiktajam-2022" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vides-pieklustamibas-pasnovertejums" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/labas-prakses-ieteikumi-vides-pieklustamibas-nodrosinasanai-papildus-lbn-200-21-noteiktajam-2022" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/vadlinijas" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/komunikacijas-un-dizaina-vadlinijas" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX%3A32021R1060&amp;amp;qid=1625116684765&amp;amp;from=EN" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -16346,61 +16483,83 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName>Jekaterīna Bambāne</DisplayName>
+        <AccountId>1347</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0afa2ca83f64c0f347b8b973f838addc" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="571dcd048b865a279aeabe1e1b872ccd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16410,147 +16569,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -16595,129 +16754,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E2246CD-3B06-4575-B4F0-5F42C18605B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4AFB5F5-28C1-4D38-9813-D5C9EA69D992}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09205EC0-878E-4B6A-9BF5-E6BA5E1DAC06}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4AFB5F5-28C1-4D38-9813-D5C9EA69D992}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BE1B65B-C7A0-4030-BC35-377C63ED8BA4}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
   <clbl:label id="{63587698-06f1-46fc-a8b0-b62f509f6f35}" enabled="0" method="" siteId="{63587698-06f1-46fc-a8b0-b62f509f6f35}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dzintra Andersone</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Kristīne Matule</lastModifiedBy>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
 </Properties>
 </file>