--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -8,120 +8,122 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28926"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/VAPN/Shared Documents/General/VAPN/21_27/4351_2/Ievadseminars/Paraugs/Publicesanai CFLA majaslapa/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/VAPN/Shared Documents/General/VAPN/21_27/4351_2/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="178" documentId="8_{30B56B1D-F40B-43A3-AE5C-13A20A6232D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1CEC65EA-9032-44B0-A718-24003B08726F}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="8_{23194BF4-7941-45B1-8DD8-359CBA232908}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D578CCE7-DB57-4C84-9783-A1C65CB1FA28}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DAC, darbnīcas, stundas likme" sheetId="2" r:id="rId1"/>
     <sheet name="Grupu māja, mēneša likme " sheetId="3" r:id="rId2"/>
-    <sheet name="Grupu māja, dienas likme " sheetId="4" r:id="rId3"/>
+    <sheet name="Grupu māja, stundas likme " sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J8" i="2" l="1"/>
+  <c r="J17" i="4" l="1"/>
+  <c r="J8" i="2"/>
   <c r="J6" i="4"/>
   <c r="J7" i="4"/>
   <c r="J5" i="2"/>
   <c r="J5" i="3"/>
   <c r="J5" i="4"/>
   <c r="J8" i="4" s="1"/>
   <c r="J6" i="3"/>
   <c r="J7" i="3"/>
   <c r="J8" i="3"/>
   <c r="J6" i="2"/>
   <c r="J7" i="2"/>
   <c r="J18" i="4"/>
   <c r="J19" i="4"/>
-  <c r="J17" i="4"/>
-  <c r="J20" i="4" s="1"/>
   <c r="J21" i="3"/>
   <c r="J22" i="3"/>
   <c r="J20" i="3"/>
   <c r="J23" i="3" s="1"/>
   <c r="J18" i="2"/>
   <c r="J19" i="2"/>
   <c r="J17" i="2"/>
   <c r="J20" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="38">
   <si>
     <t>Rezultātu pamatojošais dokuments (Maksājuma pieprasījuma (MP) 8.2.sadaļa)
 DAC vai specializētajās darbnīcās</t>
+  </si>
+  <si>
+    <t>Piezīmes</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Mērķa grupas dalībnieka
 vārds, uzvārds</t>
   </si>
   <si>
     <t>Stundas likme EUR/h</t>
   </si>
   <si>
     <t>Stundu skaits MP Nr. _____ pārskata perioda ietvaros</t>
   </si>
   <si>
     <t>Stundas 
 kopā</t>
   </si>
   <si>
     <t>Maijs</t>
   </si>
   <si>
     <t>Jūnijs</t>
   </si>
   <si>
@@ -291,105 +293,99 @@
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Piemērojama, ja vienam mērķa grupas dalībniekam sniegts individuāls atbalsts vismaz 160h mēnesī</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Rezultātu pamatojošais dokuments (Maksājuma pieprasījuma (MP) 8.2.sadaļa)
  grupu mājas pakalpojumiem																																	</t>
   </si>
   <si>
-    <t>Dienas likme EUR/h*</t>
-[...11 lines deleted...]
-    <t>* Piemērojama, ja vienam mērķa grupas dalībniekam sniegts individuāls atbalsts vismaz 8h dienā</t>
+    <t>Stundu skaits kopā</t>
+  </si>
+  <si>
+    <t>MP iekļaujamais stundu skaits*</t>
+  </si>
+  <si>
+    <t>* MP var iekļaut tikai pilnās stundas, piemēram, ja kopā MP pārskata periodā ir 1595,5 stundas, tad MP var iekļaut 1595 stundas.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Dienu skaits MP Nr.</t>
+      <t>Stundu skaits MP Nr.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> pārskata perioda ietvaros</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="16">
+  <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -467,92 +463,90 @@
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...7 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
@@ -657,175 +651,251 @@
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
+    <xf numFmtId="1" fontId="4" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1267,1171 +1337,1231 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDD63DF4-5FEC-431A-B25D-929CE6BDDB22}">
-  <dimension ref="A1:J22"/>
+  <dimension ref="A1:K22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="O19" sqref="O19"/>
+      <selection activeCell="O15" sqref="O15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="2" max="2" width="23.7109375" customWidth="1"/>
     <col min="3" max="3" width="12.28515625" customWidth="1"/>
     <col min="4" max="5" width="9.5703125" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" customWidth="1"/>
     <col min="8" max="8" width="10" customWidth="1"/>
     <col min="9" max="9" width="11" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
+    <col min="11" max="11" width="12.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="76.900000000000006" customHeight="1">
-[...12 lines deleted...]
-      <c r="A2" s="29" t="s">
+    <row r="1" spans="1:11" ht="76.900000000000006" customHeight="1">
+      <c r="A1" s="49"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
+      <c r="E1" s="50"/>
+      <c r="F1" s="50"/>
+      <c r="G1" s="50"/>
+      <c r="H1" s="50"/>
+      <c r="I1" s="50"/>
+      <c r="J1" s="50"/>
+    </row>
+    <row r="2" spans="1:11" ht="34.5" customHeight="1">
+      <c r="A2" s="33" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="29"/>
-[...10 lines deleted...]
-      <c r="A3" s="32" t="s">
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="33"/>
+      <c r="H2" s="33"/>
+      <c r="I2" s="33"/>
+      <c r="J2" s="33"/>
+      <c r="K2" s="48" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="30" t="s">
+    </row>
+    <row r="3" spans="1:11" ht="43.15" customHeight="1">
+      <c r="A3" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="B3" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="30" t="s">
+      <c r="C3" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="30"/>
-[...4 lines deleted...]
-      <c r="J3" s="30" t="s">
+      <c r="D3" s="43" t="s">
         <v>5</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C4" s="18">
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="43"/>
+      <c r="J3" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="K3" s="34"/>
+    </row>
+    <row r="4" spans="1:11" s="5" customFormat="1" ht="14.45" customHeight="1">
+      <c r="A4" s="28"/>
+      <c r="B4" s="26"/>
+      <c r="C4" s="14">
         <v>8.25</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-    <row r="5" spans="1:10" ht="14.45">
+        <v>12</v>
+      </c>
+      <c r="J4" s="45"/>
+      <c r="K4" s="34"/>
+    </row>
+    <row r="5" spans="1:11">
       <c r="A5" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
-      <c r="J5" s="2">
+      <c r="J5" s="46">
         <f>D5+E5+F5+G5+H5+I5</f>
         <v>0</v>
       </c>
-    </row>
-    <row r="6" spans="1:10" ht="14.45">
+      <c r="K5" s="9"/>
+    </row>
+    <row r="6" spans="1:11" ht="14.45">
       <c r="A6" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
-      <c r="J6" s="2">
+      <c r="J6" s="46">
         <f t="shared" ref="J6:J7" si="0">D6+E6+F6+G6+H6+I6</f>
         <v>0</v>
       </c>
-    </row>
-    <row r="7" spans="1:10">
+      <c r="K6" s="9"/>
+    </row>
+    <row r="7" spans="1:11" ht="14.45">
       <c r="A7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
-      <c r="J7" s="2">
+      <c r="J7" s="46">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J8" s="20">
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="1:11" ht="14.45">
+      <c r="A8" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="29"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="29"/>
+      <c r="F8" s="29"/>
+      <c r="G8" s="29"/>
+      <c r="H8" s="29"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="47">
         <f>SUM(J5:J7)</f>
         <v>0</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="A10" s="15" t="s">
+      <c r="K8" s="9"/>
+    </row>
+    <row r="9" spans="1:11" ht="14.45">
+      <c r="A9" s="27" t="s">
         <v>17</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="A13" s="7" t="s">
+      <c r="B9" s="27"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="47"/>
+      <c r="K9" s="9"/>
+    </row>
+    <row r="10" spans="1:11" ht="14.45">
+      <c r="A10" s="12" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="31.15" customHeight="1">
-      <c r="A14" s="29" t="s">
+    <row r="11" spans="1:11" ht="14.45"/>
+    <row r="12" spans="1:11" ht="14.45"/>
+    <row r="13" spans="1:11" ht="14.45">
+      <c r="A13" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="31.15" customHeight="1">
+      <c r="A14" s="25" t="s">
         <v>0</v>
       </c>
-      <c r="B14" s="29"/>
-[...10 lines deleted...]
-      <c r="A15" s="35" t="s">
+      <c r="B14" s="25"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="25"/>
+      <c r="G14" s="25"/>
+      <c r="H14" s="25"/>
+      <c r="I14" s="25"/>
+      <c r="J14" s="25"/>
+      <c r="K14" s="48" t="s">
         <v>1</v>
       </c>
-      <c r="B15" s="30" t="s">
+    </row>
+    <row r="15" spans="1:11" ht="27.75" customHeight="1">
+      <c r="A15" s="31" t="s">
         <v>2</v>
       </c>
+      <c r="B15" s="26" t="s">
+        <v>3</v>
+      </c>
       <c r="C15" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D15" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="26"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="26"/>
+      <c r="J15" s="26" t="s">
+        <v>6</v>
+      </c>
+      <c r="K15" s="34"/>
+    </row>
+    <row r="16" spans="1:11" ht="19.5" customHeight="1">
+      <c r="A16" s="31"/>
+      <c r="B16" s="26"/>
+      <c r="C16" s="15">
+        <v>8.25</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" s="26"/>
+      <c r="K16" s="34"/>
+    </row>
+    <row r="17" spans="1:11" ht="14.45">
+      <c r="A17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="8">
+        <v>8.25</v>
+      </c>
+      <c r="D17" s="7">
+        <v>8</v>
+      </c>
+      <c r="E17" s="7">
+        <v>7.5</v>
+      </c>
+      <c r="F17" s="7">
+        <v>8</v>
+      </c>
+      <c r="G17" s="7">
+        <v>5</v>
+      </c>
+      <c r="H17" s="7">
         <v>3</v>
       </c>
-      <c r="D15" s="30" t="s">
-[...7 lines deleted...]
-      <c r="J15" s="30" t="s">
+      <c r="I17" s="7">
         <v>5</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      <c r="J17" s="9">
+      <c r="J17" s="8">
         <f>SUM(D17:I17)</f>
         <v>36.5</v>
       </c>
-    </row>
-    <row r="18" spans="1:10" ht="14.45">
+      <c r="K17" s="9"/>
+    </row>
+    <row r="18" spans="1:11" ht="14.45">
       <c r="A18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C18" s="9">
+        <v>22</v>
+      </c>
+      <c r="C18" s="8">
         <v>8.25</v>
       </c>
-      <c r="D18" s="8">
+      <c r="D18" s="7">
         <v>7</v>
       </c>
-      <c r="E18" s="8">
+      <c r="E18" s="7">
         <v>8</v>
       </c>
-      <c r="F18" s="8">
+      <c r="F18" s="7">
         <v>8</v>
       </c>
-      <c r="G18" s="8">
+      <c r="G18" s="7">
         <v>7</v>
       </c>
-      <c r="H18" s="8">
+      <c r="H18" s="7">
         <v>4</v>
       </c>
-      <c r="I18" s="8">
+      <c r="I18" s="7">
         <v>3</v>
       </c>
-      <c r="J18" s="9">
+      <c r="J18" s="8">
         <f t="shared" ref="J18:J19" si="1">SUM(D18:I18)</f>
         <v>37</v>
       </c>
-    </row>
-    <row r="19" spans="1:10">
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="1:11" ht="14.45">
       <c r="A19" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B19" s="3"/>
-      <c r="C19" s="9"/>
-[...6 lines deleted...]
-      <c r="J19" s="9">
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="8"/>
+      <c r="J19" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J20" s="9">
+      <c r="K19" s="9"/>
+    </row>
+    <row r="20" spans="1:11" ht="14.45">
+      <c r="A20" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="29"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="29"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="29"/>
+      <c r="H20" s="29"/>
+      <c r="I20" s="30"/>
+      <c r="J20" s="8">
         <f>SUM(J17:J19)</f>
         <v>73.5</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J21" s="21">
+      <c r="K20" s="9"/>
+    </row>
+    <row r="21" spans="1:11" ht="14.45">
+      <c r="A21" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="27"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="27"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
+      <c r="G21" s="27"/>
+      <c r="H21" s="27"/>
+      <c r="I21" s="27"/>
+      <c r="J21" s="16">
         <v>73</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>17</v>
+      <c r="K21" s="9"/>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1">
+      <c r="A22" s="12" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="15">
+  <mergeCells count="17">
+    <mergeCell ref="K2:K4"/>
+    <mergeCell ref="K14:K16"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A14:J14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="D15:I15"/>
     <mergeCell ref="J15:J16"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="D3:I3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A8:I8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34D7F71B-131F-48DB-94ED-B8DE4DEB9A20}">
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="J13" sqref="J13"/>
+      <selection sqref="A1:J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="2" max="2" width="22.7109375" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" customWidth="1"/>
     <col min="7" max="7" width="11.28515625" customWidth="1"/>
     <col min="8" max="9" width="11.7109375" customWidth="1"/>
     <col min="10" max="10" width="11" customWidth="1"/>
+    <col min="11" max="11" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="80.25" customHeight="1">
-[...26 lines deleted...]
-      <c r="A3" s="38" t="s">
+    <row r="1" spans="1:11" ht="80.25" customHeight="1">
+      <c r="A1" s="32"/>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
+      <c r="G1" s="32"/>
+      <c r="H1" s="32"/>
+      <c r="I1" s="32"/>
+      <c r="J1" s="32"/>
+    </row>
+    <row r="2" spans="1:11" ht="36" customHeight="1">
+      <c r="A2" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="33"/>
+      <c r="H2" s="33"/>
+      <c r="I2" s="33"/>
+      <c r="J2" s="33"/>
+      <c r="K2" s="48" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="10" t="s">
+    </row>
+    <row r="3" spans="1:11" ht="44.45" customHeight="1">
+      <c r="A3" s="55" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="40" t="s">
+      <c r="B3" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="56" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="40"/>
-[...4 lines deleted...]
-      <c r="J3" s="42" t="s">
+      <c r="D3" s="39" t="s">
         <v>25</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C4" s="22">
+      <c r="E3" s="39"/>
+      <c r="F3" s="39"/>
+      <c r="G3" s="39"/>
+      <c r="H3" s="39"/>
+      <c r="I3" s="39"/>
+      <c r="J3" s="57" t="s">
+        <v>26</v>
+      </c>
+      <c r="K3" s="34"/>
+    </row>
+    <row r="4" spans="1:11">
+      <c r="A4" s="34"/>
+      <c r="B4" s="9"/>
+      <c r="C4" s="17">
         <v>1705</v>
       </c>
-      <c r="D4" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="12" t="s">
+      <c r="D4" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="12" t="s">
+      <c r="E4" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="12" t="s">
+      <c r="F4" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="12" t="s">
+      <c r="G4" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="12" t="s">
+      <c r="H4" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="J4" s="43"/>
-[...2 lines deleted...]
-      <c r="A5" s="12" t="s">
+      <c r="I4" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="13"/>
-[...7 lines deleted...]
-      <c r="J5" s="11">
+      <c r="J4" s="52"/>
+      <c r="K4" s="34"/>
+    </row>
+    <row r="5" spans="1:11" ht="14.45" customHeight="1">
+      <c r="A5" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="11"/>
+      <c r="C5" s="9"/>
+      <c r="D5" s="9"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
+      <c r="I5" s="9"/>
+      <c r="J5" s="53">
         <f>D5+E5+F5+G5+H5+I5</f>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J6" s="11">
+      <c r="K5" s="9"/>
+    </row>
+    <row r="6" spans="1:11" ht="14.45" customHeight="1">
+      <c r="A6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="9"/>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+      <c r="J6" s="53">
         <f t="shared" ref="J6:J7" si="0">D6+E6+F6+G6+H6+I6</f>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J7" s="11">
+      <c r="K6" s="9"/>
+    </row>
+    <row r="7" spans="1:11" ht="14.45" customHeight="1">
+      <c r="A7" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="9"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="9"/>
+      <c r="H7" s="9"/>
+      <c r="I7" s="9"/>
+      <c r="J7" s="53">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J8" s="23">
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="1:11">
+      <c r="A8" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="37"/>
+      <c r="D8" s="37"/>
+      <c r="E8" s="37"/>
+      <c r="F8" s="37"/>
+      <c r="G8" s="37"/>
+      <c r="H8" s="37"/>
+      <c r="I8" s="37"/>
+      <c r="J8" s="54">
         <f>SUM(J5:J7)</f>
         <v>0</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="K8" s="9"/>
+    </row>
+    <row r="9" spans="1:11">
+      <c r="A9" s="20" t="s">
         <v>28</v>
       </c>
     </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1">
+      <c r="A10" s="12"/>
+    </row>
+    <row r="15" spans="1:11" ht="15" customHeight="1">
+      <c r="A15" s="6" t="s">
+        <v>29</v>
+      </c>
+    </row>
     <row r="17" spans="1:11" ht="35.25" customHeight="1">
-      <c r="A17" s="37" t="s">
-[...10 lines deleted...]
-      <c r="J17" s="37"/>
+      <c r="A17" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="33"/>
+      <c r="C17" s="33"/>
+      <c r="D17" s="33"/>
+      <c r="E17" s="33"/>
+      <c r="F17" s="33"/>
+      <c r="G17" s="33"/>
+      <c r="H17" s="33"/>
+      <c r="I17" s="33"/>
+      <c r="J17" s="33"/>
+      <c r="K17" s="48" t="s">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:11" ht="32.25" customHeight="1">
-      <c r="A18" s="38" t="s">
+      <c r="A18" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="B18" s="38" t="s">
+        <v>3</v>
+      </c>
+      <c r="C18" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="E18" s="36"/>
+      <c r="F18" s="36"/>
+      <c r="G18" s="36"/>
+      <c r="H18" s="36"/>
+      <c r="I18" s="36"/>
+      <c r="J18" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="K18" s="34"/>
+    </row>
+    <row r="19" spans="1:11" ht="15" customHeight="1">
+      <c r="A19" s="34"/>
+      <c r="B19" s="39"/>
+      <c r="C19" s="17">
+        <v>1705</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" s="39"/>
+      <c r="K19" s="34"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1">
+      <c r="A20" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="11">
+        <v>1705</v>
+      </c>
+      <c r="D20" s="11">
+        <v>0</v>
+      </c>
+      <c r="E20" s="11">
         <v>1</v>
       </c>
-      <c r="B18" s="42" t="s">
-[...56 lines deleted...]
-      <c r="E20" s="13">
+      <c r="F20" s="11">
         <v>1</v>
       </c>
-      <c r="F20" s="13">
+      <c r="G20" s="11">
         <v>1</v>
       </c>
-      <c r="G20" s="13">
+      <c r="H20" s="11">
         <v>1</v>
       </c>
-      <c r="H20" s="13">
+      <c r="I20" s="11">
         <v>1</v>
       </c>
-      <c r="I20" s="13">
-[...2 lines deleted...]
-      <c r="J20" s="13">
+      <c r="J20" s="11">
         <f>SUM(D20:I20)</f>
         <v>5</v>
       </c>
-      <c r="K20" s="14"/>
+      <c r="K20" s="9"/>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1">
-      <c r="A21" s="12" t="s">
-[...10 lines deleted...]
-      <c r="J21" s="13">
+      <c r="A21" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="11"/>
+      <c r="I21" s="11"/>
+      <c r="J21" s="11">
         <f t="shared" ref="J21:J22" si="1">SUM(D21:I21)</f>
         <v>0</v>
       </c>
-      <c r="K21" s="14"/>
+      <c r="K21" s="9"/>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1">
-      <c r="A22" s="12" t="s">
-[...10 lines deleted...]
-      <c r="J22" s="13">
+      <c r="A22" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="11"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="11"/>
+      <c r="J22" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K22" s="14"/>
+      <c r="K22" s="9"/>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1">
-      <c r="A23" s="41" t="s">
-[...10 lines deleted...]
-      <c r="J23" s="24">
+      <c r="A23" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B23" s="37"/>
+      <c r="C23" s="37"/>
+      <c r="D23" s="37"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="37"/>
+      <c r="G23" s="37"/>
+      <c r="H23" s="37"/>
+      <c r="I23" s="37"/>
+      <c r="J23" s="19">
         <f>SUM(J20:J22)</f>
         <v>5</v>
       </c>
+      <c r="K23" s="9"/>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1">
-      <c r="A24" s="15" t="s">
-        <v>31</v>
+      <c r="A24" s="12" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="14">
+    <mergeCell ref="K2:K4"/>
+    <mergeCell ref="K17:K19"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="J18:J19"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A17:J17"/>
     <mergeCell ref="A18:A19"/>
     <mergeCell ref="D18:I18"/>
     <mergeCell ref="D3:I3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F791CD7-3E2F-4BFC-9959-80072081A5D0}">
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:K21"/>
   <sheetViews>
-    <sheetView topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="N19" sqref="N19"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="2" max="2" width="24.28515625" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" customWidth="1"/>
     <col min="4" max="4" width="8.85546875" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="11.5703125" customWidth="1"/>
     <col min="9" max="9" width="11.140625" customWidth="1"/>
-    <col min="10" max="10" width="11.42578125" customWidth="1"/>
+    <col min="10" max="10" width="14.140625" customWidth="1"/>
+    <col min="11" max="11" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="64.5" customHeight="1">
-[...26 lines deleted...]
-      <c r="A3" s="48" t="s">
+    <row r="1" spans="1:11" ht="64.5" customHeight="1">
+      <c r="A1" s="32"/>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
+      <c r="G1" s="32"/>
+      <c r="H1" s="32"/>
+      <c r="I1" s="32"/>
+      <c r="J1" s="32"/>
+    </row>
+    <row r="2" spans="1:11" ht="38.25" customHeight="1">
+      <c r="A2" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="33"/>
+      <c r="H2" s="33"/>
+      <c r="I2" s="33"/>
+      <c r="J2" s="33"/>
+      <c r="K2" s="48" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="46" t="s">
+    </row>
+    <row r="3" spans="1:11" ht="57.75" customHeight="1">
+      <c r="A3" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="47" t="s">
+      <c r="B3" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="43"/>
+      <c r="J3" s="42" t="s">
         <v>34</v>
       </c>
-      <c r="E3" s="47"/>
-[...12 lines deleted...]
-        <v>85</v>
+      <c r="K3" s="34"/>
+    </row>
+    <row r="4" spans="1:11">
+      <c r="A4" s="28"/>
+      <c r="B4" s="43"/>
+      <c r="C4" s="15">
+        <v>10.66</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I4" s="4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-    <row r="5" spans="1:10" ht="14.45">
+        <v>12</v>
+      </c>
+      <c r="J4" s="43"/>
+      <c r="K4" s="34"/>
+    </row>
+    <row r="5" spans="1:11" ht="14.45">
       <c r="A5" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2">
         <f>D5+E5+F5+G5+H5+I5</f>
         <v>0</v>
       </c>
-    </row>
-    <row r="6" spans="1:10" ht="14.45">
+      <c r="K5" s="9"/>
+    </row>
+    <row r="6" spans="1:11" ht="14.45">
       <c r="A6" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2">
         <f t="shared" ref="J6:J7" si="0">D6+E6+F6+G6+H6+I6</f>
         <v>0</v>
       </c>
-    </row>
-    <row r="7" spans="1:10">
+      <c r="K6" s="9"/>
+    </row>
+    <row r="7" spans="1:11" ht="14.45">
       <c r="A7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J8" s="23">
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1">
+      <c r="A8" s="40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="29"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="29"/>
+      <c r="F8" s="29"/>
+      <c r="G8" s="29"/>
+      <c r="H8" s="29"/>
+      <c r="I8" s="41"/>
+      <c r="J8" s="18">
         <f>J5+J6+J7</f>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="15" t="s">
+      <c r="K8" s="9"/>
+    </row>
+    <row r="9" spans="1:11" ht="15" customHeight="1">
+      <c r="A9" s="12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="15" customHeight="1">
+      <c r="A12" s="6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="36" customHeight="1">
+      <c r="A14" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="33"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="33"/>
+      <c r="E14" s="33"/>
+      <c r="F14" s="33"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="33"/>
+      <c r="I14" s="33"/>
+      <c r="J14" s="33"/>
+      <c r="K14" s="48" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="33.75" customHeight="1">
+      <c r="A15" s="44" t="s">
+        <v>2</v>
+      </c>
+      <c r="B15" s="42" t="s">
+        <v>3</v>
+      </c>
+      <c r="C15" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="D15" s="43" t="s">
         <v>37</v>
       </c>
-    </row>
-[...45 lines deleted...]
-        <v>85</v>
+      <c r="E15" s="43"/>
+      <c r="F15" s="43"/>
+      <c r="G15" s="43"/>
+      <c r="H15" s="43"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="42" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" s="34"/>
+    </row>
+    <row r="16" spans="1:11" ht="21.75" customHeight="1">
+      <c r="A16" s="28"/>
+      <c r="B16" s="43"/>
+      <c r="C16" s="15">
+        <v>10.66</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I16" s="4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-    <row r="17" spans="1:10" ht="15" customHeight="1">
+        <v>12</v>
+      </c>
+      <c r="J16" s="43"/>
+      <c r="K16" s="34"/>
+    </row>
+    <row r="17" spans="1:11" ht="15" customHeight="1">
       <c r="A17" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>21</v>
+      </c>
+      <c r="C17" s="8">
+        <v>10.66</v>
       </c>
       <c r="D17" s="3">
         <v>12</v>
       </c>
       <c r="E17" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="G17" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="J17" s="3">
+        <v>148</v>
+      </c>
+      <c r="J17" s="8">
         <f>SUM(D17:I17)</f>
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" ht="15" customHeight="1">
+        <v>755</v>
+      </c>
+      <c r="K17" s="9"/>
+    </row>
+    <row r="18" spans="1:11" ht="15" customHeight="1">
       <c r="A18" s="4" t="s">
-        <v>13</v>
-[...9 lines deleted...]
-      <c r="J18" s="3">
+        <v>14</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="8">
+        <v>10.66</v>
+      </c>
+      <c r="D18" s="3">
+        <v>120</v>
+      </c>
+      <c r="E18" s="3">
+        <v>125.5</v>
+      </c>
+      <c r="F18" s="3">
+        <v>130</v>
+      </c>
+      <c r="G18" s="3">
+        <v>160</v>
+      </c>
+      <c r="H18" s="3">
+        <v>145</v>
+      </c>
+      <c r="I18" s="3">
+        <v>160</v>
+      </c>
+      <c r="J18" s="8">
         <f t="shared" ref="J18:J19" si="1">SUM(D18:I18)</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" ht="15" customHeight="1">
+        <v>840.5</v>
+      </c>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="1:11" ht="15" customHeight="1">
       <c r="A19" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="44" t="s">
+      <c r="K19" s="9"/>
+    </row>
+    <row r="20" spans="1:11" ht="15" customHeight="1">
+      <c r="A20" s="40" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="29"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="29"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="29"/>
+      <c r="H20" s="29"/>
+      <c r="I20" s="41"/>
+      <c r="J20" s="24">
+        <v>1595</v>
+      </c>
+      <c r="K20" s="9"/>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1">
+      <c r="A21" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B20" s="33"/>
-[...15 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="13">
+  <mergeCells count="15">
+    <mergeCell ref="K2:K4"/>
+    <mergeCell ref="K14:K16"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="A14:J14"/>
     <mergeCell ref="D3:I3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="J15:J16"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="D15:I15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="J17:J18" formulaRange="1"/>
+  </ignoredErrors>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ed1e805a11152c7b4ba3fa42da0285" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a90b29eb7fc2f5bb73a82fc24295a09a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf902a1e0b29e6ed1162bb8fa4af9160" ns2:_="" ns3:_="">
     <xsd:import namespace="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <xsd:import namespace="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2626,60 +2756,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd659194-de00-4ccd-bb95-b10d17529a5f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="027db945-d6b9-442b-b2c1-2b991705272a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1AEE3D9-C5E5-4C1E-A66B-91A54906087E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77EE45D0-B057-4071-8A71-6EDBAF1107BF}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08EE2E31-1744-4327-B8BC-8682AC4B320A}"/>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8232AE40-27CA-45E2-AF79-1460E5CD73BB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Inga Krecere</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>