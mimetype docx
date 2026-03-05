--- v0 (2025-11-01)
+++ v1 (2026-03-05)
@@ -2,6513 +2,13025 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="621737B3" w14:textId="77777777" w:rsidR="003C6554" w:rsidRPr="00F731EB" w:rsidRDefault="003C6554" w:rsidP="006012CA">
+    <w:p w14:paraId="621737B3" w14:textId="77777777" w:rsidR="003C6554" w:rsidRPr="003E31C2" w:rsidRDefault="003C6554" w:rsidP="006012CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BC88DFD" w14:textId="12F57B25" w:rsidR="0032264F" w:rsidRPr="00F731EB" w:rsidRDefault="655DEAB1" w:rsidP="006012CA">
+    <w:p w14:paraId="5BC88DFD" w14:textId="12F57B25" w:rsidR="0032264F" w:rsidRPr="003E31C2" w:rsidRDefault="655DEAB1" w:rsidP="006012CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbildes uz </w:t>
       </w:r>
-      <w:r w:rsidR="3A9D785A" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="3A9D785A" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">jautājumiem </w:t>
       </w:r>
-      <w:r w:rsidR="00543642" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00543642" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079B724C" w14:textId="415FB487" w:rsidR="00B5136B" w:rsidRPr="00F731EB" w:rsidRDefault="00632118" w:rsidP="00632118">
+    <w:p w14:paraId="079B724C" w14:textId="415FB487" w:rsidR="00B5136B" w:rsidRPr="003E31C2" w:rsidRDefault="00632118" w:rsidP="00632118">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
-      <w:r w:rsidR="00B65234" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00B65234" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">gadam </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7D95" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00CD7D95" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
-      <w:r w:rsidR="003B035B">
+      <w:r w:rsidR="003B035B" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7D95" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00CD7D95" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B65234" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00B65234" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7D95" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00CD7D95" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>specifiskā atbalsta mērķa “</w:t>
       </w:r>
-      <w:r w:rsidR="003B035B" w:rsidRPr="003B035B">
+      <w:r w:rsidR="003B035B" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Uzlabot vienlīdzīgu un savlaicīgu piekļuvi kvalitatīviem, ilgtspējīgiem un izmaksu ziņā pieejamiem veselības aprūpes, veselības veicināšanas un slimību profilakses pakalpojumiem, uzlabojot veselības aprūpes sistēmu efektivitāti un izturētspēju</w:t>
+        <w:t xml:space="preserve">Uzlabot vienlīdzīgu un savlaicīgu piekļuvi kvalitatīviem, ilgtspējīgiem un izmaksu ziņā pieejamiem veselības aprūpes, veselības veicināšanas un slimību profilakses pakalpojumiem, uzlabojot veselības aprūpes sistēmu efektivitāti un </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7D95" w:rsidRPr="00F731EB">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B035B" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izturētspēju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD7D95" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00172CFE" w:rsidRPr="00F731EB">
+      <w:r w:rsidR="00172CFE" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4C4720" w14:textId="762D5AD3" w:rsidR="00632118" w:rsidRPr="00F731EB" w:rsidRDefault="00CD7D95" w:rsidP="00B5136B">
+    <w:p w14:paraId="33ACB157" w14:textId="6A508856" w:rsidR="00C02F52" w:rsidRDefault="00CD7D95" w:rsidP="00C02F52">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...133 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B035B" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B035B" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B65234" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pasākum</w:t>
+      </w:r>
+      <w:r w:rsidR="006028C2" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="00675925" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Nevalstisko organizāciju iesaiste veselības veicināšanas un slimību profilakses pasākumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87E3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00675925" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5211E2DB" w14:textId="77777777" w:rsidR="00632118" w:rsidRDefault="00632118" w:rsidP="0091597A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B2FE50" w14:textId="0164D124" w:rsidR="00C02F52" w:rsidRPr="00304FF8" w:rsidRDefault="00AC2DF9" w:rsidP="0091597A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00304FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!  Vēršam Jūsu uzmanību, ka atkārtoti izsludinātā projektu atlase attiecas tikai uz atkarību mazināšanas un profilakses jomu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F5C679" w14:textId="75517C13" w:rsidR="0032264F" w:rsidRPr="003E31C2" w:rsidRDefault="0032264F" w:rsidP="00726237">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Izmantotie saīsinājumi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C90868B" w14:textId="6ACB9448" w:rsidR="00874CC4" w:rsidRDefault="0032264F" w:rsidP="00B5136B">
+    <w:p w14:paraId="2C90868B" w14:textId="3B9CA547" w:rsidR="00874CC4" w:rsidRPr="003E31C2" w:rsidRDefault="0032264F" w:rsidP="00B5136B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00917531">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atlases nolikums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00917531">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="002A061D" w:rsidRPr="00874CC4">
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 4.1.2. specifiskā atbalsta mērķa </w:t>
       </w:r>
-      <w:r w:rsidR="00874CC4">
+      <w:r w:rsidR="00874CC4" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="002A061D" w:rsidRPr="00874CC4">
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Uzlabot vienlīdzīgu un savlaicīgu piekļuvi kvalitatīviem, ilgtspējīgiem un izmaksu ziņā pieejamiem veselības aprūpes, veselības veicināšanas un slimību profilakses pakalpojumiem, uzlabojot veselības aprūpes sistēmu efektivitāti un izturētspēju</w:t>
+        <w:t xml:space="preserve">Uzlabot vienlīdzīgu un savlaicīgu piekļuvi kvalitatīviem, ilgtspējīgiem un izmaksu ziņā pieejamiem veselības aprūpes, veselības veicināšanas un slimību profilakses pakalpojumiem, uzlabojot veselības aprūpes sistēmu efektivitāti un </w:t>
       </w:r>
-      <w:r w:rsidR="00874CC4">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izturētspēju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00874CC4" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="002A061D" w:rsidRPr="00874CC4">
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.1.2.8. pasākuma </w:t>
       </w:r>
-      <w:r w:rsidR="00874CC4">
+      <w:r w:rsidR="00874CC4" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="002A061D" w:rsidRPr="00874CC4">
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nevalstisko organizāciju iesaiste veselības veicināšanas un slimību profilakses pasākumu īstenošanā</w:t>
       </w:r>
-      <w:r w:rsidR="00874CC4">
+      <w:r w:rsidR="00874CC4" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="002A061D" w:rsidRPr="00874CC4">
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> projektu iesniegumu atlases nolikums </w:t>
+        <w:t xml:space="preserve"> projektu iesniegumu </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1B04" w:rsidRPr="00C17B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atkārtotas </w:t>
+      </w:r>
+      <w:r w:rsidR="002A061D" w:rsidRPr="00C17B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>atlases</w:t>
+      </w:r>
+      <w:r w:rsidR="002A061D" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nolikums</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2796F" w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C3FFCB" w14:textId="347FF96C" w:rsidR="006C1764" w:rsidRDefault="006C1764" w:rsidP="00B5136B">
+    <w:p w14:paraId="06C3FFCB" w14:textId="347FF96C" w:rsidR="006C1764" w:rsidRPr="003E31C2" w:rsidRDefault="006C1764" w:rsidP="00B5136B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CFLA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Centrālā finanšu un līgumu aģentūra</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC85780" w14:textId="288E814E" w:rsidR="00D93083" w:rsidRDefault="00D93083" w:rsidP="00B5136B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00CA56E6">
+      <w:r w:rsidR="00CA56E6" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00CA56E6">
+      <w:r w:rsidR="00CA56E6" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="0014718B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas </w:t>
       </w:r>
-      <w:r w:rsidR="00CA56E6">
+      <w:r w:rsidR="00CA56E6" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sociāl</w:t>
       </w:r>
-      <w:r w:rsidR="0021586A">
+      <w:r w:rsidR="0021586A" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonds</w:t>
       </w:r>
-      <w:r w:rsidR="0021586A">
+      <w:r w:rsidR="0021586A" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCC10C8" w14:textId="7FB31584" w:rsidR="00CC18E9" w:rsidRDefault="00CC18E9" w:rsidP="00B5136B">
+    <w:p w14:paraId="5E15B3E0" w14:textId="54F9E6B2" w:rsidR="004E05F7" w:rsidRPr="003E31C2" w:rsidRDefault="004E05F7" w:rsidP="00B5136B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC18E9">
+      <w:r w:rsidRPr="004E05F7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Veselības ministrija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCC10C8" w14:textId="7FB31584" w:rsidR="00CC18E9" w:rsidRPr="003E31C2" w:rsidRDefault="00CC18E9" w:rsidP="00B5136B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E31C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SPKC</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Slimību profilakses un kontroles centrs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243658B6" w14:textId="5A7469D5" w:rsidR="00547ADB" w:rsidRDefault="00547ADB" w:rsidP="00B5136B">
+    <w:p w14:paraId="243658B6" w14:textId="5A7469D5" w:rsidR="00547ADB" w:rsidRPr="003E31C2" w:rsidRDefault="00547ADB" w:rsidP="00B5136B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B7DCB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NVO</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B2EC2">
+      <w:r w:rsidR="000B2EC2" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B2EC2">
+      <w:r w:rsidR="000B2EC2" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nevalstisk</w:t>
       </w:r>
-      <w:r w:rsidR="001B7DCB">
+      <w:r w:rsidR="001B7DCB" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="000B2EC2">
+      <w:r w:rsidR="000B2EC2" w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> organizācija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB2A3A7" w14:textId="6A944829" w:rsidR="004C02F6" w:rsidRDefault="004C02F6" w:rsidP="004C02F6">
+    <w:p w14:paraId="7CB2A3A7" w14:textId="6A944829" w:rsidR="004C02F6" w:rsidRPr="003E31C2" w:rsidRDefault="004C02F6" w:rsidP="004C02F6">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">KPVIS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kohēzijas politikas fondu vadības informācijas sistēma jeb Projektu portāls</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4F98AA" w14:textId="5608E76A" w:rsidR="00B65234" w:rsidRPr="00F731EB" w:rsidRDefault="00DA13B3" w:rsidP="00B5136B">
+    <w:p w14:paraId="73C15169" w14:textId="68CFB589" w:rsidR="00DF2F21" w:rsidRPr="00DF2F21" w:rsidRDefault="00087EEF" w:rsidP="00DF2F21">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00275449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vadlīnijas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F21" w:rsidRPr="00DF2F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Slimību profilakses un kontroles centra izstrādātās vadlīnijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F21" w:rsidRPr="00DF2F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ESF 4.1.2.8. pasākuma “Nevalstisko organizāciju iesaiste veselības veicināšanas un slimību profilakses pasākumu īstenošanā”</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F21" w:rsidRPr="00DF2F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projektu plānošanā un īstenošanā</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Atkarību profilakse</w:t>
+      </w:r>
+      <w:r w:rsidR="00275449">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pieejamas šeit: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="0019036E" w:rsidRPr="0019036E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>4.1.2.8. Nevalstisko organizāciju iesaiste veselības veicināšanas un slimību profilakses pasākumu īstenošanā | Centrālā finanšu un līgumu aģentūra</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="021925D6" w14:textId="4555635F" w:rsidR="0019036E" w:rsidRDefault="0019036E" w:rsidP="0019036E">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00F731EB">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="003E31C2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">MK noteikumi </w:t>
-[...10 lines deleted...]
-          <w:t>-</w:t>
+          <w:t>MK noteikumi -</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0027177F" w:rsidRPr="00F731EB">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Ministru kabineta 2025. gada 7. janvāra noteikumi </w:t>
       </w:r>
-      <w:r w:rsidR="00DA0F95" w:rsidRPr="00DA0F95">
+      <w:r w:rsidRPr="00E2796F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ministru kabineta 2025. gada 7. janvāra noteikumi </w:t>
+        <w:t>Nr. 22</w:t>
       </w:r>
-      <w:r w:rsidR="00DA0F95" w:rsidRPr="0023241A">
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nr.</w:t>
+        <w:t xml:space="preserve"> “Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.1.2. specifiskā atbalsta mērķa “Uzlabot vienlīdzīgu un savlaicīgu piekļuvi kvalitatīviem, ilgtspējīgiem un izmaksu ziņā pieejamiem veselības aprūpes, veselības veicināšanas un slimību profilakses pakalpojumiem, uzlabojot veselības aprūpes sistēmu efektivitāti un </w:t>
       </w:r>
-      <w:r w:rsidR="00726237" w:rsidRPr="0023241A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>izturētspēju</w:t>
       </w:r>
-      <w:r w:rsidR="00DA0F95" w:rsidRPr="0023241A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E31C2">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>22</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> īstenošanas noteikumi”</w:t>
+        <w:t>” 4.1.2.8. pasākuma “Nevalstisko organizāciju iesaiste veselības veicināšanas un slimību profilakses pasākumu īstenošanā” īstenošanas noteikumi”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A1A281" w14:textId="77777777" w:rsidR="000D03D1" w:rsidRDefault="000D03D1" w:rsidP="0091597A">
+    <w:p w14:paraId="75CAF4DB" w14:textId="77777777" w:rsidR="00C43FEB" w:rsidRPr="003E31C2" w:rsidRDefault="00C43FEB" w:rsidP="0091597A">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75CAF4DB" w14:textId="77777777" w:rsidR="00C43FEB" w:rsidRDefault="00C43FEB" w:rsidP="0091597A">
+    <w:p w14:paraId="249516A3" w14:textId="77777777" w:rsidR="00C43FEB" w:rsidRPr="003E31C2" w:rsidRDefault="00C43FEB" w:rsidP="0091597A">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:id w:val="131823811"/>
+        <w:id w:val="1252046407"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="73CAD5BD" w14:textId="77777777" w:rsidR="004014D1" w:rsidRPr="00F731EB" w:rsidRDefault="004014D1" w:rsidP="477C310B">
+        <w:p w14:paraId="73CAD5BD" w14:textId="77777777" w:rsidR="004014D1" w:rsidRPr="003E31C2" w:rsidRDefault="004014D1" w:rsidP="477C310B">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:spacing w:before="0" w:after="0"/>
             <w:contextualSpacing/>
             <w:jc w:val="both"/>
             <w:rPr>
-              <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F731EB">
+          <w:r w:rsidRPr="003E31C2">
             <w:rPr>
-              <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Saturs</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1EE9574F" w14:textId="77777777" w:rsidR="00535529" w:rsidRPr="00F731EB" w:rsidRDefault="00535529" w:rsidP="00535529">
+        <w:p w14:paraId="1EE9574F" w14:textId="77777777" w:rsidR="00535529" w:rsidRPr="003E31C2" w:rsidRDefault="00535529" w:rsidP="00535529">
           <w:pPr>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="4607060C" w14:textId="493F5064" w:rsidR="006C27E4" w:rsidRPr="00F731EB" w:rsidRDefault="000A6089">
+        <w:p w14:paraId="1A68D87D" w14:textId="4F8C4E16" w:rsidR="006C27E4" w:rsidRPr="003E31C2" w:rsidRDefault="006C27E4" w:rsidP="61C9ABE2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="440"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="15375"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00F731EB">
-[...4 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="004014D1" w:rsidRPr="00F731EB">
-[...5 lines deleted...]
-            <w:instrText>TOC \o "1-3" \h \z \u</w:instrText>
+          <w:r w:rsidR="000A6089">
+            <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00F731EB">
-[...4 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc191379046" w:history="1">
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
+          <w:hyperlink w:anchor="_Toc1986433280">
+            <w:r w:rsidR="61C9ABE2" w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:kern w:val="2"/>
-[...3 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
+            <w:r w:rsidR="61C9ABE2" w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc1986433280 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A174F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A319B">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="006C27E4" w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A6089">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="167FC78A" w14:textId="086BDDC5" w:rsidR="006C27E4" w:rsidRPr="00F731EB" w:rsidRDefault="006C27E4">
+        <w:p w14:paraId="4345E683" w14:textId="10E8BBD5" w:rsidR="006C27E4" w:rsidRPr="003E31C2" w:rsidRDefault="61C9ABE2" w:rsidP="61C9ABE2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="440"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="15375"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc191379047" w:history="1">
-            <w:r w:rsidRPr="00F731EB">
+          <w:hyperlink w:anchor="_Toc401614720">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:kern w:val="2"/>
-[...3 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbību un izmaksu attiecināmība</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc401614720 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A174F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A319B">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F16B00E" w14:textId="5E5EA10E" w:rsidR="006C27E4" w:rsidRPr="00F731EB" w:rsidRDefault="006C27E4">
+        <w:p w14:paraId="6BA904C8" w14:textId="382AD606" w:rsidR="006C27E4" w:rsidRPr="003E31C2" w:rsidRDefault="61C9ABE2" w:rsidP="61C9ABE2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="440"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="15375"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc191379048" w:history="1">
-            <w:r w:rsidRPr="00F731EB">
+          <w:hyperlink w:anchor="_Toc366155540">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:kern w:val="2"/>
-[...3 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesnieguma aizpildīšana un pievienojamie dokumenti</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc366155540 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A174F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A319B">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="646CE865" w14:textId="402315B0" w:rsidR="006C27E4" w:rsidRPr="00F731EB" w:rsidRDefault="006C27E4">
+        <w:p w14:paraId="4E295AA7" w14:textId="5C35229C" w:rsidR="006C27E4" w:rsidRPr="003E31C2" w:rsidRDefault="61C9ABE2" w:rsidP="61C9ABE2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="440"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="15375"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc191379049" w:history="1">
-            <w:r w:rsidRPr="00F731EB">
+          <w:hyperlink w:anchor="_Toc1299097844">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:kern w:val="2"/>
-[...3 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Īstenošanas nosacījumi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc1299097844 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A174F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A319B">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="411C4654" w14:textId="35633332" w:rsidR="006C27E4" w:rsidRPr="00F731EB" w:rsidRDefault="006C27E4">
+        <w:p w14:paraId="23878506" w14:textId="5704A842" w:rsidR="006C27E4" w:rsidRPr="003E31C2" w:rsidRDefault="61C9ABE2" w:rsidP="61C9ABE2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="440"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="15375"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc191379050" w:history="1">
-            <w:r w:rsidRPr="00F731EB">
+          <w:hyperlink w:anchor="_Toc1659719785">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:kern w:val="2"/>
-[...3 lines deleted...]
-                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
+            <w:r w:rsidRPr="61C9ABE2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00F731EB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc1659719785 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A174F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000A319B">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="006C27E4">
+              <w:rPr>
                 <w:noProof/>
-                <w:webHidden/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
-        </w:p>
-[...21 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidR="006C27E4">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
+    <w:p w14:paraId="13822E28" w14:textId="1B69A6D9" w:rsidR="00966B55" w:rsidRPr="00B21B20" w:rsidRDefault="00304FF8" w:rsidP="4E9C5F0A">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="435"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="15390"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="67149D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jautājumu un atbilžu fails precizēts: </w:t>
+      </w:r>
+      <w:r w:rsidR="0EBA2B13" w:rsidRPr="67149D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21.01</w:t>
+      </w:r>
+      <w:r w:rsidR="00660E14" w:rsidRPr="67149D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="5A18FAE2" w:rsidRPr="67149D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00660E14" w:rsidRPr="67149D06">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15167" w:type="dxa"/>
+        <w:tblW w:w="15314" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="851"/>
         <w:gridCol w:w="5386"/>
-        <w:gridCol w:w="9072"/>
+        <w:gridCol w:w="9077"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00640E97" w:rsidRPr="003C1986" w14:paraId="77F4DDC2" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00640E97" w:rsidRPr="003E31C2" w14:paraId="77F4DDC2" w14:textId="77777777" w:rsidTr="274E7727">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF6DC72" w14:textId="2AA460CE" w:rsidR="00640E97" w:rsidRPr="003C1986" w:rsidRDefault="00640E97" w:rsidP="001A58B5">
+          <w:p w14:paraId="1EF6DC72" w14:textId="2AA460CE" w:rsidR="00640E97" w:rsidRPr="003E31C2" w:rsidRDefault="00640E97" w:rsidP="001A58B5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="17" w:right="17"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C1986">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nr.p.k.</w:t>
+              <w:t>Nr.p.k</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0056F754" w14:textId="2E58C7D4" w:rsidR="00640E97" w:rsidRPr="003C1986" w:rsidRDefault="00640E97" w:rsidP="00C43FEB">
+          <w:p w14:paraId="0056F754" w14:textId="2E58C7D4" w:rsidR="00640E97" w:rsidRPr="003E31C2" w:rsidRDefault="00640E97" w:rsidP="00C43FEB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="17" w:right="17"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C1986">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235B1301" w14:textId="77777777" w:rsidR="00640E97" w:rsidRPr="003C1986" w:rsidRDefault="00640E97" w:rsidP="001A58B5">
+          <w:p w14:paraId="235B1301" w14:textId="77777777" w:rsidR="00640E97" w:rsidRPr="003E31C2" w:rsidRDefault="00640E97" w:rsidP="001A58B5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C1986">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbildes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00640E97" w:rsidRPr="003C1986" w14:paraId="131B41A7" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00640E97" w:rsidRPr="003E31C2" w14:paraId="131B41A7" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15167" w:type="dxa"/>
+            <w:tcW w:w="15314" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="07EC663F" w14:textId="676F4301" w:rsidR="00640E97" w:rsidRPr="003C1986" w:rsidRDefault="006D3557" w:rsidP="0047765A">
+          <w:p w14:paraId="07EC663F" w14:textId="676F4301" w:rsidR="00640E97" w:rsidRPr="003E31C2" w:rsidRDefault="006D3557" w:rsidP="0047765A">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk156999165"/>
-            <w:bookmarkStart w:id="1" w:name="_Toc191379046"/>
-[...2 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="1" w:name="_Toc1986433280"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74C70" w:rsidRPr="009A4B18" w14:paraId="7D4382B4" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00F74C70" w:rsidRPr="003E31C2" w14:paraId="7D4382B4" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="169F7729" w14:textId="425D3624" w:rsidR="00F74C70" w:rsidRPr="009A4B18" w:rsidRDefault="00F74C70" w:rsidP="008C6899">
+          <w:p w14:paraId="169F7729" w14:textId="425D3624" w:rsidR="00F74C70" w:rsidRPr="003E31C2" w:rsidRDefault="00F74C70" w:rsidP="008C6899">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3826C9CC" w14:textId="42682706" w:rsidR="00643AE2" w:rsidRPr="009A4B18" w:rsidRDefault="00FE3ADE" w:rsidP="000A2641">
+          <w:p w14:paraId="3826C9CC" w14:textId="42682706" w:rsidR="00643AE2" w:rsidRPr="003E31C2" w:rsidRDefault="00FE3ADE" w:rsidP="000A2641">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Par teritoriālo griezumu: cik svarīgi ir viena reģiona ietvaros pārklāt visus novadus? Vai arī var </w:t>
             </w:r>
-            <w:r w:rsidR="0047322A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0047322A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">realizēt </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aktivitātes tikai dažos attiecīgā reģiona novados?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17B25114" w14:textId="1038C425" w:rsidR="00D41F9B" w:rsidRPr="009A4B18" w:rsidRDefault="00D41F9B" w:rsidP="000A2641">
+          <w:p w14:paraId="17B25114" w14:textId="1038C425" w:rsidR="00D41F9B" w:rsidRPr="003E31C2" w:rsidRDefault="00D41F9B" w:rsidP="000A2641">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">(vebinārs </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F3F5A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8E4A63" w14:textId="77777777" w:rsidR="00F876C8" w:rsidRPr="009A4B18" w:rsidRDefault="00EC08E5" w:rsidP="00084B51">
+          <w:p w14:paraId="1B8E4A63" w14:textId="77777777" w:rsidR="00F876C8" w:rsidRPr="003E31C2" w:rsidRDefault="00EC08E5" w:rsidP="00084B51">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Viena reģiona ietvaros projektā iespēju robežās ir jānodrošina maksimālu reģiona novadu pārklājumu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10393218" w14:textId="008915E8" w:rsidR="000A5FBF" w:rsidRPr="009A4B18" w:rsidRDefault="000A5FBF" w:rsidP="00084B51">
+          <w:p w14:paraId="10393218" w14:textId="16BBEFE8" w:rsidR="000A5FBF" w:rsidRPr="003E31C2" w:rsidRDefault="000A5FBF" w:rsidP="00084B51">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ņemot vērā, ka katram plānošanas reģionam ir paredzēts konkrēts finansējuma apjoms </w:t>
             </w:r>
-            <w:r w:rsidR="009928BF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="009928BF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 300</w:t>
             </w:r>
-            <w:r w:rsidR="009928BF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="009928BF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
-            <w:r w:rsidR="0047322A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0047322A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0047322A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0047322A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, tad tiek sagaidīts, ka pasākumi tiek īste</w:t>
             </w:r>
-            <w:r w:rsidR="0047322A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0047322A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">oti pēc iespējas nodrošinot plašāku pārklājumu. </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>oti</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC2B6E" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nodrošinot </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pēc iespējas plašāku pārklājumu. </w:t>
+            </w:r>
+            <w:r w:rsidR="002D4E64" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>inētais kritērijs ir sai</w:t>
             </w:r>
-            <w:r w:rsidR="006625D6" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006625D6" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tīts arī ar secīgu un papildinošu pasākumu īstenošanu. Bet kritērijos nav noteikts obligātais plānošanas reģiona pašvaldību pārklājums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74C70" w:rsidRPr="009A4B18" w14:paraId="362AA940" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00F74C70" w:rsidRPr="003E31C2" w14:paraId="362AA940" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D948064" w14:textId="2D926550" w:rsidR="00F74C70" w:rsidRPr="009A4B18" w:rsidRDefault="00F74C70" w:rsidP="00F74C70">
+          <w:p w14:paraId="1D948064" w14:textId="2D926550" w:rsidR="00F74C70" w:rsidRPr="003E31C2" w:rsidRDefault="00F74C70" w:rsidP="00F74C70">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00B247BA" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B247BA" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11CEEE18" w14:textId="77777777" w:rsidR="004F0D05" w:rsidRPr="009A4B18" w:rsidRDefault="00505BBA" w:rsidP="00DF7115">
+          <w:p w14:paraId="11CEEE18" w14:textId="77777777" w:rsidR="004F0D05" w:rsidRPr="003E31C2" w:rsidRDefault="00505BBA" w:rsidP="00DF7115">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Par pieredzi: vai vajag atsevišķi apliecināt pieredzi visos 5 reģionos, ja iesniedz projektu par aktivitātēm visos reģionos?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="650E3C64" w14:textId="4A90B9CD" w:rsidR="00B247BA" w:rsidRPr="009A4B18" w:rsidRDefault="00B247BA" w:rsidP="00DF7115">
+          <w:p w14:paraId="650E3C64" w14:textId="4A90B9CD" w:rsidR="00B247BA" w:rsidRPr="003E31C2" w:rsidRDefault="00B247BA" w:rsidP="00DF7115">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2FADC7" w14:textId="65E1EBDC" w:rsidR="00F74C70" w:rsidRPr="009A4B18" w:rsidRDefault="003F287A" w:rsidP="00924110">
+          <w:p w14:paraId="6E2FADC7" w14:textId="65E1EBDC" w:rsidR="00F74C70" w:rsidRPr="003E31C2" w:rsidRDefault="003F287A" w:rsidP="00924110">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nē, nav jāapliecina pieredze reģionālā griezumā, bet konkrētās NVO pieredze.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w14:paraId="38F17339" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w14:paraId="38F17339" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D9FE0C8" w14:textId="19D2EDA1" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="4D9FE0C8" w14:textId="19D2EDA1" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3D54B6" w14:textId="77777777" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="2C3D54B6" w14:textId="77777777" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai pareizi saprotu, ka projektam noteikti jābūt realizētam visos 5 reģionos?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="097F3F16" w14:textId="2ECCB14A" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="097F3F16" w14:textId="2ECCB14A" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71A3EE14" w14:textId="5262B1A6" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="71A3EE14" w14:textId="0B6969FA" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nē, tā nav obligāta prasība. Var iesniegt projektu par vienu no plānošanas reģioniem. Maksimālais projektā pieejamais finansējums vienā reģionā par vienu jomu ir 300</w:t>
+            </w:r>
+            <w:r w:rsidR="009928BF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">000 </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>euro.</w:t>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w14:paraId="3C1AEC49" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w14:paraId="3C1AEC49" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57FD7D83" w14:textId="539B6F45" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="57FD7D83" w14:textId="539B6F45" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3875DD56" w14:textId="214EFB72" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="3875DD56" w14:textId="214EFB72" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Kāds ir minimālais mērķgrupas lielums (skaits).</w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kāds ir minimālais </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mērķgrupas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lielums (skaits).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5771B428" w14:textId="40195818" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="5771B428" w14:textId="40195818" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C4FDC1" w14:textId="1CB90842" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="32C4FDC1" w14:textId="1CB90842" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE7E36B" w14:textId="0BAF1F68" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="5DE7E36B" w14:textId="66134B66" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Konkrēts skaits nav noteikts, mērķgrupas lielums vērtējams kontekstā ar plānoto pasākumu veidu (lekcijas vai individuāls darbs ar mērķa grupu).</w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Konkrēts skaits nav noteikts, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mērķgrupas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lielums vērtējams kontekstā ar plānoto pasākumu veidu (</w:t>
+            </w:r>
+            <w:r w:rsidR="00682849">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nodarbības</w:t>
+            </w:r>
+            <w:r w:rsidR="00682849" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vai individuāls darbs ar mērķa grupu).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A47B5EC" w14:textId="2B3ED6B7" w:rsidR="00DE08F6" w:rsidRPr="009A4B18" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
+          <w:p w14:paraId="4A47B5EC" w14:textId="2B3ED6B7" w:rsidR="00DE08F6" w:rsidRPr="003E31C2" w:rsidRDefault="00DE08F6" w:rsidP="00DE08F6">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vienlaikus jāņem vērā, lai būtu pierādījumos balstīti pasākumi. Piemēram, svarīgi veidojot pasākumus vecākiem, veidot ciklus, kuros, nepiedalās vairāk kā 8-10 vecāki, lai sasniegtu efektivitāti, bet katrai mērķa</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED74AC" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>grupai šis mērķgrupas lielums atkarībā no pasākuma formas un satura var atšķirties.</w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">grupai šis </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mērķgrupas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lielums atkarībā no pasākuma formas un satura var atšķirties.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="71354B10" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="71354B10" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FE78648" w14:textId="19D0576E" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="6FE78648" w14:textId="19D0576E" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="787A4CFE" w14:textId="26F387CF" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="787A4CFE" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...21 lines deleted...]
-              <w:t>gadā? </w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vērtēšanas kritērijs 4.6.3.: kas projekta iesniegšanas brīdī apliecina, ka iesniedzējs ir apzinājis konkrētas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mērķagrupas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> personas? Ja runa ir par veselu reģionu, piem., Rīgu, kurā dzīvo 1/2 valsts iedzīvotāju un ja zinām, ka darbs ar mērķa grupu (konkrētajām personām?) notiks vēl 2029.gadā? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06E8ACEE" w14:textId="13C22052" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="06E8ACEE" w14:textId="13C22052" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Papildinājums:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jautājums par 4.6.3. - konkrētās mērķa grupas personu apzināšanu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="273ED54B" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="273ED54B" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2017693A" w14:textId="51AA6852" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="2017693A" w14:textId="51AA6852" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="308965E1" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="308965E1" w14:textId="672FC406" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="-14"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Minētam kritērijam ir 3 apakšpunkti, kuros noteikts, ka:</w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Minēt</w:t>
+            </w:r>
+            <w:r w:rsidR="00091600">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>aj</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>am kritērijam ir 3 apakšpunkti, kuros noteikts, ka:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22163518" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="22163518" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>iesniedzējs jau ir  izstrādājis laika grafiku (pārskatāmam periodam, lai pēc projekta īstenošanas būtu skaidri veicamo pasākumu īstenošanas laiki);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48FF90B7" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="48FF90B7" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir piesaistījis vai apzinājis nepieciešamos speciālistus;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F5FA2C3" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="0F5FA2C3" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>apzinājis konkrētas mērķa grupas vajadzības un mērķa grupas personas, kuras iesaistīsies projektā (pārskatāmam periodam);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D2C8D4B" w14:textId="45BA3A35" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="3D2C8D4B" w14:textId="7BEF693A" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Precizējums:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vēlamies, lai projekti ir augstas gatavības, kas nozīmē, ka pēc projektu apstiprināšanas tie būtu gatavi īstenošan</w:t>
+            </w:r>
+            <w:r w:rsidR="00223B7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Laika grafiks pasākumiem parāda konkrētus laikus un vietas, kur varētu notikt plānotie pasākumi, piesaistītais personāls apliecina, ka finansējuma saņēmējs ir piesaistījis arī speciālistus, kas to varētu īstenot, kā arī apzināta mērķa grupa paredz to, ka projekta īstenotājam ir skaidrs, kas tad piedalīsies plānot</w:t>
+            </w:r>
+            <w:r w:rsidR="7887F27A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ajo</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s pasākumos. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="55B7DB12" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="55B7DB12" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16D3D1DE" w14:textId="66637530" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="16D3D1DE" w14:textId="66637530" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00F50CD5" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F50CD5" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4A4630" w14:textId="26F79FEE" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
+          <w:p w14:paraId="6A4A4630" w14:textId="26F79FEE" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai ir jānodrošina, ka kāds bērns, kurš nejauši trāpījis, piem</w:t>
             </w:r>
-            <w:r w:rsidR="71619E4F" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="71619E4F" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ēram,</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> viena novada vienā no 8 gada laikā plānotajām 4.1.2.2. pasākuma nodarbībā, netiek ielaists mūsu plānotajā pasākumā, lai nebūtu pieminētais dubultā finansējuma risks?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5726FB01" w14:textId="17200116" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
+          <w:p w14:paraId="5726FB01" w14:textId="17200116" w:rsidR="00DC558F" w:rsidRPr="00F937AB" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+            <w:r w:rsidRPr="00F937AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F937AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F937AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C69CB05" w14:textId="27D15E21" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="79780126" w:rsidP="4CB220D9">
+          <w:p w14:paraId="0C69CB05" w14:textId="41CF02A4" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="79780126" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dubultā finansējuma risks pastāvētu tādā gadījumā, ja viens un tas pats pasākuma organizators/lektors/vadītājs nodrošinātu </w:t>
+            </w:r>
+            <w:r w:rsidR="00407BCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>identiskas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aktivitātes t</w:t>
+            </w:r>
+            <w:r w:rsidR="00015CFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pa</w:t>
+            </w:r>
+            <w:r w:rsidR="00015CFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>šām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mērķa</w:t>
+            </w:r>
+            <w:r w:rsidR="00015CFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grupas personām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dažādu projektu ietvaros (piemēram pasākumu  4.1.2.2. un 4.1.2.8. projektu ietvaros) . Ja kāds no pasākuma dalībniekiem nejauši vai savas intereses vadīts ir nokļuvis dalībnieku lokā</w:t>
+            </w:r>
+            <w:r w:rsidR="19B89BE7" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> dubultā finansējuma risks neiestāsies.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D782889" w14:textId="1482CBF9" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
+          <w:p w14:paraId="0D782889" w14:textId="1482CBF9" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="2D8DE300" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="2D8DE300" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CC36D87" w14:textId="6510DE0A" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="0CC36D87" w14:textId="6510DE0A" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00C04A16" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C04A16" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59E51F66" w14:textId="54103A60" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="59E51F66" w14:textId="54103A60" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Kā norādīt projekta iesniedzēju, ja ir vairākas biedrības, kas </w:t>
             </w:r>
-            <w:r w:rsidR="00541BD1" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00541BD1" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">īsteno </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vienu projektu?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45F2793A" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="45F2793A" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="404D7F80" w14:textId="032B0DC6" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="404D7F80" w14:textId="032B0DC6" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2705AA6D" w14:textId="792CEE6A" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="072A9D5B" w:rsidP="690011F5">
+          <w:p w14:paraId="2705AA6D" w14:textId="1B290AAE" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00721A0F" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidRPr="003E31C2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>MK noteikumu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="072A9D5B" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>MK noteikumi Nr.22 projektu iesniegumu atlasē neparedz sadarbības partneri, projektu iesniedz viens projekta iesniedzējs, kas pēc projekta iesnieguma apstiprināšanas kļūst par finansējuma saņēmēju, līdz ar to projekta iesniegumā sadaļas “Sadarbības partneri” nav.</w:t>
+              <w:t xml:space="preserve"> Nr.22 projektu iesniegumu atlasē neparedz sadarbības partneri, projektu iesniedz viens projekta iesniedzējs, kas pēc projekta iesnieguma </w:t>
+            </w:r>
+            <w:r w:rsidR="072A9D5B" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>apstiprināšanas kļūst par finansējuma saņēmēju, līdz ar to projekta iesniegumā sadaļas “Sadarbības partneri” nav.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F0797F6" w14:textId="17AF37D0" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="4A480479" w:rsidP="690011F5">
+          <w:p w14:paraId="6F0797F6" w14:textId="17AF37D0" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="4A480479" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Papildus vēršam uzmanību, ka projekta iesniedzējam ir visa atbildība par projekta īstenošanu, atskaišu sagatavošanu u.t.t.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="782138D3" w14:textId="7282DF6B" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="072A9D5B" w:rsidP="690011F5">
+          <w:p w14:paraId="782138D3" w14:textId="013FA411" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="072A9D5B" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="PlainText"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Īstenojot projektu finansējuma saņēmējs var piesaistīt citu NVO pārstāvjus projekta īstenošanā slēdzot ar to darbiniekiem darba līgumus vai uzņēmuma līgumus. Vienlaikus, lai apliecinātu, ka projekta iesniedzējs ir apzinājis un piesaistījis nepieciešamos speciālistus, piemēram, no citām NVO, projekta iesnieguma sadaļā “Pielikumu” jāpievieno starp projekta iesniedzēju un nepieciešamo speciālistu spēkā esošs noslēgts darba līgums vai nodomu protokols, kurā nepieciešamais speciālists apliecina gatavību pēc projekta iesnieguma apstiprināšanas, iesaistīties projekta iesniedzēja plānoto veselības veicināšanas un slimību profilakses pasākumu īstenošanā konkrētā Latvijas plānošanas reģionā</w:t>
+              <w:t>Īstenojot projektu</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0D7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> finansējuma saņēmējs var piesaistīt citu NVO pārstāvjus projekta īstenošanā</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0D7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> slēdzot ar to darbiniekiem darba līgumus vai uzņēmuma līgumus. Vienlaikus, lai apliecinātu, ka projekta iesniedzējs ir apzinājis un piesaistījis nepieciešamos speciālistus, piemēram, no citām NVO, projekta iesnieguma sadaļā “</w:t>
+            </w:r>
+            <w:r w:rsidR="004028BC" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Pielikum</w:t>
+            </w:r>
+            <w:r w:rsidR="004028BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>” jāpievieno starp projekta iesniedzēju un nepieciešamo speciālistu spēkā esošs noslēgts darba līgums vai nodomu protokols, kurā nepieciešamais speciālists apliecina gatavību pēc projekta iesnieguma apstiprināšanas iesaistīties projekta iesniedzēja plānoto veselības veicināšanas un slimību profilakses pasākumu īstenošanā konkrētā Latvijas plānošanas reģionā</w:t>
+            </w:r>
+            <w:r w:rsidR="00874053">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="1DBC7270" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="1DBC7270" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77A1AD0E" w14:textId="1F811A1D" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00C04A16" w:rsidP="00DC558F">
+          <w:p w14:paraId="77A1AD0E" w14:textId="1F811A1D" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00C04A16" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="632BCB19" w14:textId="2FB82878" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="632BCB19" w14:textId="2FB82878" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ja plānots projektu īstenot visos 5 reģionos, vai plānotais personāla finansējums jāsadala pa 5 reģioniem vienādi, t.i., galīgi neņemot vērā ne ka novadu skaits nav vienāds visos reģionos, ne arī lielo iedzīvotāju skaita atšķirību starp atsevišķajiem reģioniem? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DBACFE8" w14:textId="10C90709" w:rsidR="00E44C36" w:rsidRPr="009A4B18" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
+          <w:p w14:paraId="6DBACFE8" w14:textId="10C90709" w:rsidR="00E44C36" w:rsidRPr="003E31C2" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Papildinājums:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bet var arī neplānot atsevišķi personāla finansējumu pa reģioniem? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1078EA59" w14:textId="67B4507A" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="004F2A4C" w:rsidP="00DC558F">
+          <w:p w14:paraId="1078EA59" w14:textId="67B4507A" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="004F2A4C" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B83121D" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="6B83121D" w14:textId="0185E0B1" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Nē, bet jāņem vērā, katram reģionam pieejamo finansējumu 300 000 </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> katrā no jomām. Personāla finansējumu katra reģiona ietvaros var plānot atsevišķi. </w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Personāla finansējumu katra reģiona ietvaros var plānot atsevišķi. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E23F0B8" w14:textId="77777777" w:rsidR="00E44C36" w:rsidRPr="009A4B18" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
+          <w:p w14:paraId="1E23F0B8" w14:textId="77777777" w:rsidR="00E44C36" w:rsidRPr="003E31C2" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3862F87C" w14:textId="77777777" w:rsidR="00E44C36" w:rsidRPr="009A4B18" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
+          <w:p w14:paraId="3862F87C" w14:textId="77777777" w:rsidR="00E44C36" w:rsidRPr="003E31C2" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="09C32057" w14:textId="2912AD92" w:rsidR="00E44C36" w:rsidRPr="009A4B18" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
+          <w:p w14:paraId="09C32057" w14:textId="0809A8D8" w:rsidR="00E44C36" w:rsidRPr="003E31C2" w:rsidRDefault="00E44C36" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Papildinājums:</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="50AD7593" w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="50AD7593" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>No projekta iesniegumā norādītās informācijas jāgūst p</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6419">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidR="50AD7593" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rliecība</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ka konkrētam reģionam ir paredzēts atbilstošs finansējums 300 000 </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>. Ietverot visus reģionus var paredzēt, ka personālam atalgojums tiek maksāts proporcionāli aptverto reģionu skaitam. Piemēram, projekta vadītāja izmaksas. Viens projekta vadītājs - pilnā slodzē izmaksas sedz proporcionāli reģionu skaitam. Vai ir piesaistīts konkrēts speciālists, kas strādā konkrētā reģionā, tad minētā speciālista izmaksas tiek segtas tikai no konkrētā reģiona plānotām izmaksām.</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Ietverot visus reģionus</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC6419">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> var paredzēt, ka personālam atalgojums tiek maksāts proporcionāli aptverto reģionu skaitam. Piemēram, projekta vadītāja izmaksas. Viens projekta vadītājs - pilnā slodzē izmaksas sedz proporcionāli reģionu skaitam. Vai ir piesaistīts konkrēts speciālists, kas strādā konkrētā reģionā, tad minētā speciālista izmaksas tiek segtas tikai no konkrētā reģiona plānotām izmaksām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="31752721" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="31752721" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38B7CDD9" w14:textId="16F2B6C7" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
+          <w:p w14:paraId="38B7CDD9" w14:textId="16F2B6C7" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="198C3DF3" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="198C3DF3" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Tas nosacījums par vismaz 30% no slodzes: ja biedŗības darbinieks strādā šajā projektā pat visus 100% sava darba laika, tad attiecībā uz katru reģionu atsevišķi tur nekādi 30 % nesanāks. </w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tas nosacījums par vismaz 30% no slodzes: ja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>biedŗības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> darbinieks strādā šajā projektā pat visus 100% sava darba laika, tad attiecībā uz katru reģionu atsevišķi tur nekādi 30 % nesanāks. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E60C456" w14:textId="4F45028C" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="7E60C456" w14:textId="4F45028C" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61591485" w14:textId="7BF85A28" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="61591485" w14:textId="7BF85A28" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Noslodze netiek vērtēta reģionālā griezumā, bet projektā (kopā) ne mazāka kā 30 procentu noslodze.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="000BD1A6" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="000BD1A6" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="2625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43F91010" w14:textId="09038283" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
+          <w:p w14:paraId="43F91010" w14:textId="09038283" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4FC6A8" w14:textId="2E338866" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="2B4FC6A8" w14:textId="2E338866" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Vai pareizi saprotam, ka, ja strādā nepilnu laiku, tad nosacījums par 30% noslodzi nav saistošs (MK noteikumu 20. punkts ) . Vismaz 30% noslodze attiecas uz daļlaika darbiniekiem. </w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai pareizi saprotam, ka, ja strādā nepilnu laiku, tad nosacījums par 30% noslodzi nav saistošs (MK noteikumu 20. punkts ) . Vismaz 30% noslodze attiecas uz </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>daļlaika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> darbiniekiem. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E84DB79" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="2E84DB79" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44EA21B6" w14:textId="257F9A50" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="44EA21B6" w14:textId="257F9A50" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="786E2497" w14:textId="30D039E7" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
+          <w:p w14:paraId="786E2497" w14:textId="1494B262" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:line="257" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbilstoši</w:t>
             </w:r>
-            <w:r w:rsidR="704B2213" w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="704B2213" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidR="00721A0F" w:rsidRPr="003E31C2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>MK noteikumu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="704B2213" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nr.22 20.punktam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
-            <w:r w:rsidR="60FABC91" w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>ja personāla iesaiste projektā ir nodrošināta saskaņā ar daļlaika izmaksu attiecināmības principu, attiecināma ir ne mazāka kā 30 procentu noslodze. Ja personāls ir nodarbināts nepilnu darba laiku, atlīdzības izmaksas nosakāmas atbilstoši nepilna darba laika noslodzei.</w:t>
+            <w:r w:rsidR="60FABC91" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ja personāla iesaiste projektā ir nodrošināta saskaņā ar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="60FABC91" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>daļlaika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="60FABC91" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izmaksu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="60FABC91" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>attiecināmības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="60FABC91" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> principu, attiecināma ir ne mazāka kā 30 procentu noslodze. Ja personāls ir nodarbināts nepilnu darba laiku, atlīdzības izmaksas nosakāmas atbilstoši nepilna darba laika noslodzei.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="651C0C2C" w14:textId="486568D9" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
+          <w:p w14:paraId="651C0C2C" w14:textId="486568D9" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ja projektā tiek strādāts normālais vai nepilns darba laiks, tas nozīmē, ka 100% no darba laika tiek veltīts darbam ar projektu neatkarīgi no nepilna darba laika (arī strādājot 20% darba laiku tiek veikts 100% darbs ar projektu).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="0F526E4E" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="0F526E4E" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FEFB37D" w14:textId="5460B64E" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
+          <w:p w14:paraId="4FEFB37D" w14:textId="5460B64E" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07D30739" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="07D30739" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sociālo tīklu lietotājus pa reģioniem pagrūti sadalīt. Kā plānot un aprakstīt, piem., komunikācijas kampaņas, ja projekts tiek iesniegts par visiem 5 reģioniem, bet vērtēts tiks katrā reģionā atsevišķi? Tāpat - ja plānotas aktivitātes kādā visas valsts mēroga pasākumā, piemēram, Dziesmu svētkos? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C5A3AB" w14:textId="3DC79F35" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="39C5A3AB" w14:textId="3DC79F35" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27AC7BF7" w14:textId="1DC54C83" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="4271BA74" w:rsidP="690011F5">
+          <w:p w14:paraId="27AC7BF7" w14:textId="1DC54C83" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="4271BA74" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Izman</w:t>
             </w:r>
-            <w:r w:rsidR="2713DDD7" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2713DDD7" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>totie</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> komunikācijas kanāl</w:t>
             </w:r>
-            <w:r w:rsidR="040500B5" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="040500B5" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un metodes </w:t>
             </w:r>
-            <w:r w:rsidR="60E1BE45" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="60E1BE45" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tiks </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vērtēt</w:t>
             </w:r>
-            <w:r w:rsidR="71734A5C" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="71734A5C" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4.2. kritērija ietvaros un šis kritērijs tiek vērtēts NVO griezumā, nevis reģiona griezumā. Līdz ar to šajā kritērijā iegū</w:t>
             </w:r>
-            <w:r w:rsidR="4FE22633" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4FE22633" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidR="5F4DADEB" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="5F4DADEB" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ai</w:t>
             </w:r>
-            <w:r w:rsidR="4FE22633" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4FE22633" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">s punktu skaits, </w:t>
             </w:r>
-            <w:r w:rsidR="72F20664" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="72F20664" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tiks pieskaitīts</w:t>
             </w:r>
-            <w:r w:rsidR="4FE22633" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4FE22633" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> reģionālo kritēriju </w:t>
             </w:r>
-            <w:r w:rsidR="168A6F19" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="168A6F19" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>( 4.</w:t>
             </w:r>
-            <w:r w:rsidR="7161140A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="7161140A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. (vai 4.4. atkarībā no jomas) un 4.6.)</w:t>
             </w:r>
-            <w:r w:rsidR="4FE22633" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4FE22633" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iegūtajam vērtējuma par katru reģionu atsevišķi. </w:t>
             </w:r>
-            <w:r w:rsidR="134E92C7" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="134E92C7" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="506A1E91" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="506A1E91" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attiecīgi</w:t>
             </w:r>
-            <w:r w:rsidR="134E92C7" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="134E92C7" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sociālo t</w:t>
             </w:r>
-            <w:r w:rsidR="33AA81F3" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="33AA81F3" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ī</w:t>
             </w:r>
-            <w:r w:rsidR="134E92C7" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="134E92C7" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>klu vai liela mēroga pasākumu apmeklētājus, kuriem tiks piedāvāti a</w:t>
             </w:r>
-            <w:r w:rsidR="4EF5DBCB" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4EF5DBCB" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rī projekta pasākumi, nav jādala pa reģioniem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04737C8E" w14:textId="09F580C6" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="4E37DAC9" w:rsidP="690011F5">
+          <w:p w14:paraId="04737C8E" w14:textId="09F580C6" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="4E37DAC9" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Papildus norādām, atbilstoši specifisk</w:t>
             </w:r>
-            <w:r w:rsidR="1D01447F" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1D01447F" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ajam vērtēšanas</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> kritērijam Nr.3.1.  - </w:t>
             </w:r>
-            <w:r w:rsidR="138CCC96" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="138CCC96" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniegumā ir jābūt skaidri norādītiem Latvijas plānošanas reģioni, kuros plānots nodrošināt veselības veicināšanas un slimību profilakses pasākumu īstenošanu</w:t>
             </w:r>
-            <w:r w:rsidR="19C1B63C" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="19C1B63C" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="74B685A6" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="74B685A6" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
-            <w:r w:rsidR="1441D98B" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1441D98B" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ja pasākuma 4.1.2.8. </w:t>
             </w:r>
-            <w:r w:rsidR="678F504A" w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidR="678F504A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>aktivitātes</w:t>
             </w:r>
-            <w:r w:rsidR="1441D98B" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1441D98B" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> plānotas </w:t>
             </w:r>
-            <w:r w:rsidR="138CCC96" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="138CCC96" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nacionāla mēroga pasākum</w:t>
             </w:r>
-            <w:r w:rsidR="6E5D4CBA" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6E5D4CBA" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">a ietvaros, </w:t>
             </w:r>
-            <w:r w:rsidR="138CCC96" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="138CCC96" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="20223D9F" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="20223D9F" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>piemēram</w:t>
             </w:r>
-            <w:r w:rsidR="0C66BE69" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0C66BE69" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="138CCC96" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="138CCC96" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dziesmu un deju svētk</w:t>
             </w:r>
-            <w:r w:rsidR="73A7D32B" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="73A7D32B" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>os</w:t>
             </w:r>
-            <w:r w:rsidR="4A38BFE7" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4A38BFE7" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas </w:t>
             </w:r>
-            <w:r w:rsidR="22ADD2D8" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="22ADD2D8" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">norisināsies </w:t>
             </w:r>
-            <w:r w:rsidR="138CCC96" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="138CCC96" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Rīgā, tad </w:t>
             </w:r>
-            <w:r w:rsidR="36AB6A62" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="36AB6A62" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tās </w:t>
             </w:r>
-            <w:r w:rsidR="4A671ADA" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4A671ADA" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> būtu plānojamas tikai tajā projektā, kas </w:t>
             </w:r>
-            <w:r w:rsidR="5D725CB1" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="5D725CB1" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">aptver </w:t>
             </w:r>
-            <w:r w:rsidR="4A671ADA" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4A671ADA" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rīgas plānošanas reģionu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DC787DB" w14:textId="23470A49" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="690011F5">
+          <w:p w14:paraId="0DC787DB" w14:textId="23470A49" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E24A81E" w14:textId="6B08222C" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="431FDCD5">
+          <w:p w14:paraId="6E24A81E" w14:textId="6B08222C" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="431FDCD5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="3D21B324" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00DC558F" w:rsidRPr="003E31C2" w14:paraId="3D21B324" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="255999CA" w14:textId="60949B40" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
+          <w:p w14:paraId="255999CA" w14:textId="60949B40" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00ED5D1B" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1.12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD60E80" w14:textId="46F19293" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="7EA9D698" w:rsidP="4CB220D9">
+          <w:p w14:paraId="0BD60E80" w14:textId="46F19293" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="7EA9D698" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tiešsaistes seminārā vairākkārt tika uzsvērts, ka projekta mērķa grupa ir bērni un jaunieši, tomēr MK noteikumos un nolikumā ir minēts, ka mērķa grupa ir visi Latvijas iedzīvotāji, īpaši bērni, jaunieši un vecāki. Tā pat vērtēšanas kritērijos neatrodu, ka tiktu izvērtēts vai mērķa grupa ir tieši bērni, jaunieši un vecāki. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3ECFC804" w14:textId="1A38D015" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="7EA9D698" w:rsidP="4CB220D9">
+          <w:p w14:paraId="3ECFC804" w14:textId="1A38D015" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="7EA9D698" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai šajā gadījumā ir iespējams iesniegt projektu pieteikumus, norādot citu mērķa grupu ar pamatotām mērķa grupas vajadzībām?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB4904F" w14:textId="5BE85E03" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="7EA9D698" w:rsidP="4CB220D9">
+          <w:p w14:paraId="7BB4904F" w14:textId="452B2EE0" w:rsidR="00DC558F" w:rsidRPr="00500A0A" w:rsidRDefault="7EA9D698" w:rsidP="4CB220D9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>(saņemt e-pastā 28.03.)</w:t>
+            <w:r w:rsidRPr="00500A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(saņemt</w:t>
+            </w:r>
+            <w:r w:rsidR="006872E1" w:rsidRPr="00500A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00500A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e-pastā 28.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="006872E1" w:rsidRPr="00500A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00500A0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796D9E0A" w14:textId="7047377D" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="796D9E0A" w14:textId="7047377D" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="725DF88A" w14:textId="7C3983B1" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="555545C4" w:rsidP="690011F5">
+          <w:p w14:paraId="725DF88A" w14:textId="48DCA254" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="555545C4" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidR="00721A0F" w:rsidRPr="003E31C2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>MK noteikumu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7.punktam mērķa grupa ir Latvijas iedzīvotāji, it īpaši bērni, jaunieši un vecāki.  </w:t>
+            </w:r>
+            <w:r w:rsidR="65446EC4" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vēlamies vērst uzmanību, ka pasākumā īpaša uzmanība tiek vērsta uz bērniem, jauniešiem un vecākiem, bet vienlaikus </w:t>
             </w:r>
-            <w:r w:rsidR="1410006F" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1410006F" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tas neizslēdz arī citu </w:t>
             </w:r>
-            <w:r w:rsidR="6CF226A6" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6CF226A6" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mērķa</w:t>
             </w:r>
-            <w:r w:rsidR="1410006F" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1410006F" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> grupu iesaisti projekta ietvaros īstenotajās aktivitātēs.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F5BBFCB" w14:textId="71E870EB" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="1D1F1F39" w:rsidP="690011F5">
+          <w:p w14:paraId="7F5BBFCB" w14:textId="71E870EB" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="1D1F1F39" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā </w:t>
             </w:r>
-            <w:r w:rsidR="5618D75A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="5618D75A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>plānoto</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pasākumu atbilstība mērķa grupas vajadzībām tiks vērtētā sekojošos kritērijos:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6911A942" w14:textId="1896719D" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="1D1F1F39" w:rsidP="690011F5">
+          <w:p w14:paraId="6911A942" w14:textId="1896719D" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="1D1F1F39" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vienotā izvēles kritērijā Nr. 2.1 “Projekta iesniegumā norādītā mērķa grupa atbilst MK noteikumos noteiktajam un ir identificētas mērķa grupas vajadzības un risināmās problēmas.”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05137FDB" w14:textId="214E0EC0" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="0ABA33F8" w:rsidP="690011F5">
+          <w:p w14:paraId="05137FDB" w14:textId="214E0EC0" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="0ABA33F8" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Specifiskajā atbilstības kritērijā Nr.3.2. “Projekta iesniegumā plānotās darbības vērstas uz mērķa grupas vajadzību nodrošināšanu un pierādījumos balstītu metožu veselības veicināšanai un slimību profilaksei izmantošanu pasākuma īstenošanā.”</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73D2CBC1" w14:textId="22777F99" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="0ABA33F8" w:rsidP="690011F5">
+          <w:p w14:paraId="73D2CBC1" w14:textId="22777F99" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="0ABA33F8" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Specifiskajā atbilstības kritērijā Nr.3.3. “</w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniegumā ir aprakstītas projektā plānotās aktivitātes, kas nodrošina secīgu un papildinošu pasākumu īstenošanu konkrētām mērķa grupām, veidojot nepārtrauktu veselības veicināšanas un slimību profilakses pasākumu īstenošanas procesu, tostarp iekļaujot mērķgrupas tuviniekus un citus iesaistītos”, kas </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Projekta iesniegumā ir aprakstītas projektā plānotās aktivitātes, kas nodrošina secīgu un papildinošu pasākumu īstenošanu konkrētām mērķa grupām, veidojot nepārtrauktu veselības veicināšanas un slimību profilakses pasākumu īstenošanas procesu, tostarp iekļaujot </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>mērķgrupas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tuviniekus un citus iesaistītos”, kas </w:t>
+            </w:r>
+            <w:r w:rsidR="2763ADD8" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>paredz, ka jānodrošina</w:t>
             </w:r>
-            <w:r w:rsidR="2763ADD8" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2763ADD8" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> secīgu un papildinošu pasākumu īstenošanu konkrētām mērķa grupām konkrētajā projekta jomā, veidojot nepārtrauktu veselības veicināšanas un slimību profilakses pasākumu īstenošanas procesu. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BA47030" w14:textId="1D3A6D52" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="1BA47030" w14:textId="086588EF" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Piemēram  darbā ar bērniem, jauniešiem un  viņu vecākiem (t.sk. aizbildņiem, audžuģimenēm un bērnu aprūpes iestāžu darbiniekiem) paredzot šādus pasākumus:</w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Piemēram</w:t>
+            </w:r>
+            <w:r w:rsidR="00883CF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  darbā ar bērniem, jauniešiem un  viņu vecākiem (t.sk. aizbildņiem, audžuģimenēm un bērnu aprūpes iestāžu darbiniekiem) paredzot šādus pasākumus:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B15ABC" w14:textId="53CCC109" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="14B15ABC" w14:textId="53CCC109" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="786"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Atkarību mazināšanas un profilakses jomā:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="162F773F" w14:textId="0B1DD8FF" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="162F773F" w14:textId="0B1DD8FF" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vecumposmam atbilstošu dzīves prasmju attīstīšanas aktivitātes, kas vērstas uz atkarību risku mazināšanu, bērniem un jauniešiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B88C596" w14:textId="58232831" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="5B88C596" w14:textId="58232831" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbalsta un prasmju attīstīšanas pasākumi ģimenēm un aprūpes sniedzējiem, nodrošinot agrīnu profilaksi, ieskaitot sarunu vadīšanu, atkarību atpazīšanu un palīdzības iespējas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7785D6A4" w14:textId="4E9B6526" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="7785D6A4" w14:textId="4E9B6526" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atkarību profilakses un kaitējuma mazināšanas pasākumi izklaides vietās</w:t>
             </w:r>
-            <w:r w:rsidR="00AB1B15" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00AB1B15" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EE36E6D" w14:textId="77777777" w:rsidR="00AB1B15" w:rsidRPr="009A4B18" w:rsidRDefault="00AB1B15" w:rsidP="00AB1B15">
+          <w:p w14:paraId="7EE36E6D" w14:textId="77777777" w:rsidR="00AB1B15" w:rsidRPr="003E31C2" w:rsidRDefault="00AB1B15" w:rsidP="00AB1B15">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B9617B1" w14:textId="03E38D8A" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="6B9617B1" w14:textId="03E38D8A" w:rsidR="00DC558F" w:rsidRPr="003F4F3D" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="786"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003F4F3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Seksuālās un reproduktīvās veselības veicināšana jomā:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37BCFDCC" w14:textId="1250153E" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="37BCFDCC" w14:textId="1250153E" w:rsidR="00DC558F" w:rsidRPr="003F4F3D" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003F4F3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seksuālās un reproduktīvās veselības informēšanas aktivitātes dažādiem vecumposmiem bērniem un jauniešiem, t.sk. ar funkcionāliem traucējumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="354EF730" w14:textId="49F9D741" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
+          <w:p w14:paraId="354EF730" w14:textId="49F9D741" w:rsidR="00DC558F" w:rsidRPr="003F4F3D" w:rsidRDefault="2763ADD8" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003F4F3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ģimeņu izglītošana par seksuālās un reproduktīvās veselības jautājumiem, ieskaitot sarunu vadīšanu ar bērniem un jauniešiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C8BCB9C" w14:textId="4750E7C2" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="690011F5">
+          <w:p w14:paraId="0C8BCB9C" w14:textId="4750E7C2" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="298932EF" w14:textId="51ACDEAC" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="7CEE18A4" w:rsidP="690011F5">
+          <w:p w14:paraId="298932EF" w14:textId="51ACDEAC" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="7CEE18A4" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kvalitātes kritēriju </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apakškritērijā</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4.6.3. “projekta iesniegumā ir norādīts, ka projekta iesniedzējs ir apzinājis konkrētas mērķa grupas vajadzības un mērķa grupas personas, kuras iesaistīsies projektā paredzētajos </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">veselības veicināšanas un slimību profilakses </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pasākumos”</w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64A96CD9" w14:textId="406E4E9C" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="690011F5">
+          <w:p w14:paraId="64A96CD9" w14:textId="406E4E9C" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="00DC558F" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D54E6A8" w14:textId="62C69916" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="17A23DBC" w:rsidP="690011F5">
+          <w:p w14:paraId="7D54E6A8" w14:textId="62C69916" w:rsidR="00DC558F" w:rsidRPr="003E31C2" w:rsidRDefault="17A23DBC" w:rsidP="690011F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Iepazīstoties</w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CD2D58" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00CD2D58" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ar </w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">minēto kritēriju aprakstiem, </w:t>
             </w:r>
-            <w:r w:rsidR="0027161A" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0027161A" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir secināms</w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ka primārā mērķa grupa paredzētajos </w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">veselības veicināšanas un slimību profilakses </w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pasākumos ir </w:t>
             </w:r>
-            <w:r w:rsidR="56D65C93" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="56D65C93" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bērni</w:t>
             </w:r>
-            <w:r w:rsidR="16E997AF" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="16E997AF" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, jaunieši un </w:t>
             </w:r>
-            <w:r w:rsidR="6F57A23F" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6F57A23F" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">viņu vecāki, bet </w:t>
             </w:r>
-            <w:r w:rsidR="1CC0E4C9" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1CC0E4C9" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tas neizslēdz arī citu mērķa grupu iesaisti veselības veicināšanas un slimību profilakses pasākumos, vērtējot gan dažādo </w:t>
             </w:r>
-            <w:r w:rsidR="4150F690" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4150F690" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>potenciālo</w:t>
             </w:r>
-            <w:r w:rsidR="1CC0E4C9" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1CC0E4C9" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pasākumu raksturu</w:t>
             </w:r>
-            <w:r w:rsidR="42E64285" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="42E64285" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidR="41D6D061" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="41D6D061" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>konferences, konsultācijas, lekciju cikli, semināri, tiešsaistes semināri, u.</w:t>
             </w:r>
-            <w:r w:rsidR="00AB1B15" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00AB1B15" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c.</w:t>
             </w:r>
-            <w:r w:rsidR="41D6D061" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="41D6D061" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="2FDDF507" w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2FDDF507" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> kuros var piedalīties arī citas mērķa grupas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC558F" w:rsidRPr="009A4B18" w14:paraId="2FEB01EF" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="0014417B" w:rsidRPr="003E31C2" w14:paraId="4D2E8B65" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15167" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="699262F3" w14:textId="50C577C7" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="5C21614B" w14:textId="1F2E35DE" w:rsidR="0014417B" w:rsidRPr="003E31C2" w:rsidRDefault="00A55028" w:rsidP="0014417B">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>2.1.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07C259E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="5DD9C652" w:rsidRPr="07C259E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="223270C0" w14:textId="77777777" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="263C3995" w14:textId="71617E4C" w:rsidR="009D46BB" w:rsidRPr="00C6482C" w:rsidRDefault="00F14246" w:rsidP="00AD1181">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Vai komunikācijas un publicitātes izmaksu ietvarā var paredzēt projekta iesniedzēja tīmekļa vietnes uzlabošanu? </w:t>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai </w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vērtē katrā </w:t>
+            </w:r>
+            <w:r w:rsidR="00206CC1" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reģiona</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00206CC1" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atsevišķi</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7BDED443" w:rsidRPr="5B0C7795">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pasākumus </w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="5B0C7795">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vai</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vērtē arī katru intervences mērķa grupai paredzētās aktivitātes arī atsevišķi? </w:t>
+            </w:r>
+            <w:r w:rsidR="18275B02" w:rsidRPr="7C3F8C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="7C3F8C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  tas nozīmē</w:t>
+            </w:r>
+            <w:r w:rsidR="00192EE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ka varu iesniegt vienu reģionu un vienu intervences mērķa grupu?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06037521" w14:textId="7DF66706" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="38C6B8C2">
+          <w:p w14:paraId="079E7163" w14:textId="0A5D13A6" w:rsidR="0014417B" w:rsidRPr="00C6482C" w:rsidRDefault="0014417B" w:rsidP="0014417B">
             <w:pPr>
-              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DB11528" w14:textId="477D66B5" w:rsidR="00DC558F" w:rsidRPr="009A4B18" w:rsidRDefault="00DC558F" w:rsidP="00DC558F">
+          <w:p w14:paraId="434AD112" w14:textId="44370F4A" w:rsidR="00622E4E" w:rsidRPr="00C6482C" w:rsidRDefault="000675ED" w:rsidP="0014417B">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Komunikāciju un publicitātes izmaksas ir paredzētas plānoto pasākumu informācijas izplatīšanai, uzsverot ES fondu finansējumu. Tīmekļa vietnes uzlabošanas darbībām šis finansējums nav paredzēts.</w:t>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projektu var iesniegt par </w:t>
+            </w:r>
+            <w:r w:rsidR="51C4789F" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vienu vai vairākiem reģioniem,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="64065E6C" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nav</w:t>
+            </w:r>
+            <w:r w:rsidR="00130082" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prasība</w:t>
+            </w:r>
+            <w:r w:rsidR="3306B9C3" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00130082" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iesniegt par visiem reģioniem</w:t>
+            </w:r>
+            <w:r w:rsidR="3596BB3B" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, bet to var darīt</w:t>
+            </w:r>
+            <w:r w:rsidR="1CEA9185" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="3596BB3B" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ja projekta iesniedzējs </w:t>
+            </w:r>
+            <w:r w:rsidR="53EC2EBB" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tā izlēmis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64708F19" w14:textId="68FB7251" w:rsidR="0014417B" w:rsidRPr="00C6482C" w:rsidRDefault="0014417B" w:rsidP="0014417B">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nē, </w:t>
+            </w:r>
+            <w:r w:rsidR="2E7DF8EC" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vērtē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> visus</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6728D" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektu iesniegumus reģionālā griezumā. </w:t>
+            </w:r>
+            <w:r w:rsidR="3D3CD93C" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6728D" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6728D" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ko </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6728D" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>paredz</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6728D" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC31A1" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– ka tie ir kompleksi pasākumi mērķa grupai</w:t>
+            </w:r>
+            <w:r w:rsidR="00675AF8" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00675AF8" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ām</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC31A1" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konkrētā reģionā.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="525DD656" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="004C79C3" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>evērtējam</w:t>
+            </w:r>
+            <w:r w:rsidR="004C79C3" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> individuāli vienu mērķa grupu</w:t>
+            </w:r>
+            <w:r w:rsidR="00906EE6" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, bet skatāmies uz reģionālajām aktivitātēm kopumā</w:t>
+            </w:r>
+            <w:r w:rsidR="00675AF8" w:rsidRPr="00C6482C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E41C2" w:rsidRPr="009A4B18" w14:paraId="32164CEA" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="0014417B" w:rsidRPr="003E31C2" w14:paraId="3039142F" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
-          <w:trHeight w:val="360"/>
+          <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="204D367A" w14:textId="438781FA" w:rsidR="000E41C2" w:rsidRPr="009A4B18" w:rsidRDefault="000E41C2" w:rsidP="000E41C2">
+          <w:p w14:paraId="021A3A1B" w14:textId="277723C5" w:rsidR="0014417B" w:rsidRPr="003E31C2" w:rsidRDefault="00A55028" w:rsidP="0014417B">
             <w:pPr>
-              <w:pStyle w:val="PlainText"/>
-              <w:spacing w:before="0"/>
+              <w:spacing w:after="0"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...6 lines deleted...]
-              <w:t>2.2.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07C259E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="643D30C0" w:rsidRPr="07C259E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC3FCE0" w14:textId="68F4EC19" w:rsidR="009D46BB" w:rsidRPr="00F225AE" w:rsidRDefault="0014417B" w:rsidP="00AD1181">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Labdien, vai pieredze ir attiecināma tikai uzņēmumam (NVO) vai ekspertu pieredze, arī skaitās kā apliecinājums pieredzei? (Un kritērijs tiek izpildīts?)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4333DA33" w14:textId="7E53BC1B" w:rsidR="0014417B" w:rsidRPr="00F225AE" w:rsidRDefault="0014417B" w:rsidP="0014417B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26E0E069" w14:textId="41842BF2" w:rsidR="00FA1255" w:rsidRPr="00F225AE" w:rsidRDefault="00FA1255" w:rsidP="0014417B">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pasākumā nav paredzēts atbalsts uzņēmumiem</w:t>
+            </w:r>
+            <w:r w:rsidR="1E102E69" w:rsidRPr="75E3B578">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, atbalsts ir paredzēts biedrībām un nodibinājumiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B605A43" w14:textId="5071650D" w:rsidR="00E647B1" w:rsidRPr="00F225AE" w:rsidRDefault="006F0B16" w:rsidP="0014417B">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jā, </w:t>
+            </w:r>
+            <w:r w:rsidR="375E20BA" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vērtēta tiek</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> biedrības</w:t>
+            </w:r>
+            <w:r w:rsidR="7D145593" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="002D7617" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nodibinājuma</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pieredz</w:t>
+            </w:r>
+            <w:r w:rsidR="40C512B6" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4390" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nevis piesaistīto ekspertu pieredz</w:t>
+            </w:r>
+            <w:r w:rsidR="27F85C2E" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e,</w:t>
+            </w:r>
+            <w:r w:rsidR="006B4390" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja </w:t>
+            </w:r>
+            <w:r w:rsidR="0026158A" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir runa par </w:t>
+            </w:r>
+            <w:r w:rsidR="009D1EAC" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.1. kvalitātes kritēriju - </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4390" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00155840" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D1EAC" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>projekta iesniedzēja pieredzi un dalību starptautiska, nacionāla un lokāla līmeņa projektos veselības veicināšanas un slimību profilakses pasākumu īstenošanā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3746BFCE" w14:textId="013CCCB5" w:rsidR="0014417B" w:rsidRPr="00F225AE" w:rsidRDefault="009D1EAC" w:rsidP="0014417B">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Savukārt, p</w:t>
+            </w:r>
+            <w:r w:rsidR="0014417B" w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iesaistīto ekspertu pieredzi</w:t>
+            </w:r>
+            <w:r w:rsidR="00155840" w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vērtē kopsakarībā ar darbību īstenošanu</w:t>
+            </w:r>
+            <w:r w:rsidR="00683D56" w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, kur š</w:t>
+            </w:r>
+            <w:r w:rsidR="00E647B1" w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidR="00683D56" w:rsidRPr="00F225AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ekspertu pieredze ir svarīga.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D46BB" w:rsidRPr="003E31C2" w14:paraId="243BCB87" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54AE5935" w14:textId="387EE116" w:rsidR="009D46BB" w:rsidRPr="003E31C2" w:rsidRDefault="00A55028" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="159A4154">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="2CD1FB97" w:rsidRPr="159A4154">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C4E1964" w14:textId="77777777" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="009D46BB" w:rsidP="0033359F">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projektu īstenošanai var tikt dibināta jauna  biedrība, konkrētam mērķim ko likums atļauj, un  kas apvieno labus speciālistus, taču tā nekvalificējas pieredzes trūkuma dēļ. Savukārt senāka biedrība ar formālo pieredzi kvalificējas, lai gan tai šo speciālistu vairs nav , jo viņi aizgājuši. Līdz ar to rodas precizējošs jautājums, kura organizācija patiesībā spēs realizēt projektu – jaunā biedrība ar labiem speciālistiem vai senāka biedrība bez tiem, neņemot vērā, ka visi speciālisti ir aizgājuši un nodibinājuši jaunu biedrību. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Juridiska personas īsteno projektu vai fiziskas personas kuras apvienojas juridiskā personā?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B31011E" w14:textId="2886188A" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="00531A1A" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Papildinājums:</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0507878F" w14:textId="5DBFA229" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="009D46BB" w:rsidP="00AD1181">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pieredzējušas biedrības administratīvo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u.c</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kap</w:t>
+            </w:r>
+            <w:r w:rsidR="00205A44" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>citāti nodrošina personāls. ja šis pats personāls, bet zem citas ,jaunas biedrības nosaukuma piesakās kā pretendents- pēc būt</w:t>
+            </w:r>
+            <w:r w:rsidR="00A670A2" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bas formālu kritēriju dēļ viņiem tiek  liegts īstenot projektu.  savukārt biedrībai , kuru pēc projekta noteikumie</w:t>
+            </w:r>
+            <w:r w:rsidR="00205A44" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> it kā atzīstat par pieredzējušu, projektu nevarēs īstenot bez pieredzējušā personāla. tādējādi  projekta droš</w:t>
+            </w:r>
+            <w:r w:rsidR="00A670A2" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ba ir atk</w:t>
+            </w:r>
+            <w:r w:rsidR="00A670A2" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rīga no personāla , nevis no tā vai biedrība iepriekš ir/nav īstenojusi līdzīgu projektu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA11800" w14:textId="7AF7871E" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F8822AD" w14:textId="591B0EC6" w:rsidR="009D46BB" w:rsidRDefault="009D46BB" w:rsidP="274E7727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ES fondu ietvaros finansējuma saņēmēji nevar būt fiziska</w:t>
+            </w:r>
+            <w:r w:rsidR="305C79AE" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> persona</w:t>
+            </w:r>
+            <w:r w:rsidR="3C9E325D" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Līdz ar to finansējuma saņēmējam ir jābūt juridiskai personai. Attiecībā uz priekšroku pieredzējušām biedrībām, tad tai jau ir pierādīta kapacitāte un uzticamība - </w:t>
+            </w:r>
+            <w:r w:rsidR="2615FFC9" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir parādījusi, ka spēj plānot, organizēt un sekmīgi </w:t>
+            </w:r>
+            <w:r w:rsidR="29D682C8" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>īstenot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektus</w:t>
+            </w:r>
+            <w:r w:rsidR="5A4687C7" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, tas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nozīmē mazāku risku ES fondu finansējumam. Pārbaudītas vadības un administratīvās sistēmas</w:t>
+            </w:r>
+            <w:r w:rsidR="7F81F501" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7F81F501" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aļa projektu </w:t>
+            </w:r>
+            <w:r w:rsidR="4312E54E" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tiek nesekmīgi ieviesti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nevis idejas dēļ, bet administratīvu kļūdu dēļ (grāmatvedība, atskaites, līgumu pārvaldība). Pieredzējušai biedrībai ir mazāks kļūdu </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6CDC" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">un </w:t>
+            </w:r>
+            <w:r w:rsidR="41BED6E2" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eputācija</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6CDC" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C6CDC" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">risks, </w:t>
+            </w:r>
+            <w:r w:rsidR="009B6646" w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tai ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="274E7727">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>uzticība sabiedrībā, kas veidojas laika gaitā. Iepriekšēja sadarbība un ieteikumi dod pārliecību par potenciālo iznākumu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CA7D8D" w14:textId="223797A1" w:rsidR="009B6646" w:rsidRPr="00BE3A7A" w:rsidRDefault="009B6646" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bez tam būtiski</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF007D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir nodrošināt ilgtspēju – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B12BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir ļoti svarīgi, ka biedrība ar </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3FEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atkarību mazināšanas/</w:t>
+            </w:r>
+            <w:r w:rsidR="00675106">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>profilakses pasākumu īstenošanu nodarb</w:t>
+            </w:r>
+            <w:r w:rsidR="00D34EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00675106">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>j</w:t>
+            </w:r>
+            <w:r w:rsidR="00D34EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00675106">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s gan pirms projekta, gan pēc projekta</w:t>
+            </w:r>
+            <w:r w:rsidR="00C41609">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pabeigšanas</w:t>
+            </w:r>
+            <w:r w:rsidR="00675106">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A716B9" w14:textId="77777777" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28EA239B" w14:textId="77777777" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CFB51C8" w14:textId="77777777" w:rsidR="00900D15" w:rsidRPr="00BE3A7A" w:rsidRDefault="00900D15" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3964B412" w14:textId="76BBE147" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="00900D15" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Papildinājums</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, precizējot par kvalitātes kritēriju piemērošanu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2222985C" w14:textId="7E12A116" w:rsidR="009D46BB" w:rsidRPr="00BE3A7A" w:rsidRDefault="121B27B5" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="730842AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nav </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3F2CB1CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>šaubu</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ka projektu kvalitāte ir atkarīga no projekta īstenošanā iesaistītā personāla. </w:t>
+            </w:r>
+            <w:r w:rsidR="3E6E605B" w:rsidRPr="18678699">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="18678699">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rojekta</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> īstenošanas personāls tiek vērtēts kvalitātes </w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="72606E06">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kritērij</w:t>
+            </w:r>
+            <w:r w:rsidR="0AADFADD" w:rsidRPr="72606E06">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="72606E06">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.6</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="35B73154">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kur biedrība/nodibinājums norāda </w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="6F9AC1A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>piesai</w:t>
+            </w:r>
+            <w:r w:rsidR="009E6E55" w:rsidRPr="6F9AC1A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="6F9AC1A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF5165">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>īt</w:t>
+            </w:r>
+            <w:r w:rsidR="5B8C6505" w:rsidRPr="6F9AC1A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>os</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai </w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="57623ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apzināt</w:t>
+            </w:r>
+            <w:r w:rsidR="3DE47B8C" w:rsidRPr="57623ABE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>os</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="0BF29C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>speciālist</w:t>
+            </w:r>
+            <w:r w:rsidR="3423A59B" w:rsidRPr="0BF29C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>us</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kas ir </w:t>
+            </w:r>
+            <w:r w:rsidR="709C6714" w:rsidRPr="0E406141">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>paredzēti</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektā.</w:t>
+            </w:r>
+            <w:r w:rsidR="42B8FDAB" w:rsidRPr="18CD688C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ī</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="18CD688C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>stenošanas</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> personāla kvalitāte tiek ņemta vērā</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vērtējot projekta iesniegumus. Līdz ar to tiek vērtēta, gan biedrības/nodibinājuma pieredze, gan piesaistītā īstenošanas personāla </w:t>
+            </w:r>
+            <w:r w:rsidR="00A7000E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atbilstība</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="00BE3A7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D46BB" w:rsidRPr="003E31C2" w14:paraId="036D66F2" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C5999E9" w14:textId="3AD6D323" w:rsidR="009D46BB" w:rsidRPr="003E31C2" w:rsidRDefault="00A55028" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A540654">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="3F0B3053" w:rsidRPr="4A540654">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7295B562" w14:textId="77777777" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vadlīnijās norādīts nodarbību skaits un piezīme -"nodarbību ciklā". Cik nodarbību cikli paredzēti katrai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mērķgrupai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="745C64E3" w14:textId="77777777" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F946DCA" w14:textId="1C55BE83" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="00EC0EEA" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Papildinājums:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C093EB" w14:textId="6FA779F4" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="7A2D1A8F" w:rsidP="00AD1181">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1B821C0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="1B821C0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> šādā gad</w:t>
+            </w:r>
+            <w:r w:rsidR="00205A44" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jumā konkursa komisija varēs salīdzināt iesniegtos piedāvājumus - viens pretendents piedāvās 1 ciklu, otrs 10 ciklus. pirmajam cena būs 1,3 </w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="7A6B7AAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="6534840F" w:rsidRPr="7A6B7AAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ilj</w:t>
+            </w:r>
+            <w:r w:rsidR="6534840F" w:rsidRPr="5351C2E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="5351C2E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> otram 1,5 </w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="476A22F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mi</w:t>
+            </w:r>
+            <w:r w:rsidR="5244648C" w:rsidRPr="476A22F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lj</w:t>
+            </w:r>
+            <w:r w:rsidR="5244648C" w:rsidRPr="7EE8DABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> visos reģionos. </w:t>
+            </w:r>
+            <w:r w:rsidR="4FC2F352" w:rsidRPr="778300CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="778300CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>irmajam</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir lētāks, mazāk aktivitātes, otram dārgāks piedāvājums, vairāk aktivitāšu. </w:t>
+            </w:r>
+            <w:r w:rsidR="52323FEF" w:rsidRPr="5F5B0FCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="5F5B0FCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ēc</w:t>
+            </w:r>
+            <w:r w:rsidR="009D46BB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kādiem kritērijiem tad salīdzinās nesalīdzināmus piedāvājumus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="047243C2" w14:textId="36AE38AA" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AFEDC82" w14:textId="7EF99299" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nodarbību ciklu skaitu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7DA48F96">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vienai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mērķa grupai vienā reģionā jāvērtē kontekstā ar visiem paredzēt</w:t>
+            </w:r>
+            <w:r w:rsidR="004F13FC" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>aj</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iem pasākumiem mērķa grupai, projektam pieejamo finansējumu un plānoto pārklājumu konkrētā reģiona ietvaros. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="325931CD" w14:textId="77777777" w:rsidR="00900D15" w:rsidRPr="002F7DED" w:rsidRDefault="00900D15" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43E2D356" w14:textId="77777777" w:rsidR="00900D15" w:rsidRPr="002F7DED" w:rsidRDefault="00900D15" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Papildinājums:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="276AB06F" w14:textId="5FC84CB7" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nodarbību ciklu skaitu vienai mērķa grupai vienā reģionā ir jānosaka pašiem</w:t>
+            </w:r>
+            <w:r w:rsidR="00A15CC0" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006A07C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ņemot vērā, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kāds būs mērķa grupas lielum</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5005" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="67A0AF55">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="4429A398" w:rsidRPr="41DFF432">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Attiecīgi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jāsaprot</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kādas ir izmaksas viena cikla īstenošanai un cik varēsiet īstenot.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1086C059" w14:textId="77777777" w:rsidR="00E211BE" w:rsidRDefault="00E211BE" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E9E2139" w14:textId="78C7F802" w:rsidR="009D46BB" w:rsidRPr="002F7DED" w:rsidRDefault="00FB0B0B" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="008429FE" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ēršam uzmanību - v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">isi projektu iesniegumi </w:t>
+            </w:r>
+            <w:r w:rsidR="004B35E6" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kopumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tiek vērtēti</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD45B7" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbilstoši kvalitātes kritērijiem, piešķirot punktus par </w:t>
+            </w:r>
+            <w:r w:rsidR="00192AA9" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">atbilstošiem kritērijiem. Aicinām iepazīties ar </w:t>
+            </w:r>
+            <w:r w:rsidR="00450B99" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projektu </w:t>
+            </w:r>
+            <w:r w:rsidR="0051452C" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesniegumu vērtēšanas kritērijiem un to </w:t>
+            </w:r>
+            <w:r w:rsidR="002209BA" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>piemērošanas metodiku</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB47C1" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CFLA mājas lapā: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="00EB47C1" w:rsidRPr="002F7DED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>4.1.2.8. Nevalstisko organizāciju iesaiste veselības veicināšanas un slimību profilakses pasākumu īstenošanā | Centrālā finanšu un līgumu aģentūra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00750313" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Šeit ir aprakstīta arī rindošanas kārtība</w:t>
+            </w:r>
+            <w:r w:rsidR="003F084E" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ta</w:t>
+            </w:r>
+            <w:r w:rsidR="006267F9" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>jā</w:t>
+            </w:r>
+            <w:r w:rsidR="003F084E" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaitā gadījumā, ja tiek </w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>piešķirt</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vienād</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003F084E" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>punkt</w:t>
+            </w:r>
+            <w:r w:rsidR="00B80CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u skaits</w:t>
+            </w:r>
+            <w:r w:rsidR="003F084E" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="008C2F06" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D46BB" w:rsidRPr="003E31C2" w14:paraId="1A5F63A3" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A9124E2" w14:textId="4360F2CB" w:rsidR="009D46BB" w:rsidRPr="003E31C2" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4A540654">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="21483F45" w:rsidRPr="4A540654">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="128BF579" w14:textId="77777777" w:rsidR="000E41C2" w:rsidRPr="009A4B18" w:rsidRDefault="000E41C2" w:rsidP="000E41C2">
+          <w:p w14:paraId="78678D66" w14:textId="77777777" w:rsidR="00D21444" w:rsidRPr="008C76E4" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t>Vai atlīdzības izmaksas projekta īstenošanas personālam var paredzēt arī uz uzņēmuma līguma pamata? </w:t>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai pareizi saprotu, ka biedrības pieredzei ne obligāti ir jābūt saistīta ar bērnu un jauniešu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>veselības veicināšanu? Būtiski, lai pieredze ir starptautiska?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E54E9EB" w14:textId="77777777" w:rsidR="000E41C2" w:rsidRPr="009A4B18" w:rsidRDefault="000E41C2" w:rsidP="000E41C2">
+          <w:p w14:paraId="7D409DB5" w14:textId="12DB0BFC" w:rsidR="009D46BB" w:rsidRPr="008C76E4" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(vebinārs 27.03.2025.)</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38230226" w14:textId="2A4CBD32" w:rsidR="000E41C2" w:rsidRPr="009A4B18" w:rsidRDefault="10786870" w:rsidP="38C6B8C2">
+          <w:p w14:paraId="68D4FAA8" w14:textId="77777777" w:rsidR="009D46BB" w:rsidRPr="008C76E4" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Pieredzei ir jābūt atbilstošā (atkarību mazināšanas un profilakses) jomā, neizdalot specifiski bērnu vai jauniešu veselības veicināšanu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32EF1E05" w14:textId="4C9FAE7D" w:rsidR="009D46BB" w:rsidRPr="008C76E4" w:rsidRDefault="009D46BB" w:rsidP="009D46BB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...60 lines deleted...]
-              <w:t>atlīdzības izmaksas projekta īstenošanas personālam var paredzēt arī uz uzņēmuma līguma pamata.</w:t>
+            <w:r w:rsidRPr="008C76E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Starptautiska pieredze nav obligāta, bet dos vairāk punktu vērtējumā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C4528A" w:rsidRPr="009A4B18" w14:paraId="4D0B813E" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="78FAE822" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
-          <w:trHeight w:val="408"/>
+          <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5027FDBB" w14:textId="41FA290F" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="770F5F55" w14:textId="5E76BC58" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
             <w:pPr>
-              <w:pStyle w:val="PlainText"/>
-              <w:spacing w:before="0"/>
+              <w:spacing w:after="0"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...6 lines deleted...]
-              <w:t>2.3.</w:t>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="06B86FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="702EFD67" w:rsidRPr="06B86FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="06B86FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BC82104" w14:textId="7DAF8616" w:rsidR="00533A86" w:rsidRPr="002F7DED" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pēc vadlīnijām ir norādīti ieteicamie speciālisti. Vai bērnu tiesību advokāti u.c. speciālisti</w:t>
+            </w:r>
+            <w:r w:rsidR="00923084" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kas nav norādīti </w:t>
+            </w:r>
+            <w:r w:rsidR="00087EEF" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vadlīnijās,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir piemērojami.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C93C0A" w14:textId="27A77A2F" w:rsidR="00D21444" w:rsidRPr="002F7DED" w:rsidRDefault="00D21444" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E32FF37" w14:textId="5B1A49B9" w:rsidR="00533A86" w:rsidRPr="002F7DED" w:rsidRDefault="004F13FC" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tiek vērtēts</w:t>
+            </w:r>
+            <w:r w:rsidR="00086F44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> v</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai speciālistam ir atbilstoša izglītība un prasmes, kā arī ir prasmes vadīt atkarību jomas aktivitātes konkrētā mērķa grupā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0831CACB" w14:textId="77777777" w:rsidR="00E33A6F" w:rsidRPr="002F7DED" w:rsidRDefault="00E33A6F" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ja ir izieti kursi bērnu tiesību aizsardzībā</w:t>
+            </w:r>
+            <w:r w:rsidR="00076182" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, tas ne vienmēr nozīmē to, ka speciālists ir spējīgs vadīt </w:t>
+            </w:r>
+            <w:r w:rsidR="0098261A" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>profilakses aktivitātes atkarību jomā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A10FE5B" w14:textId="108E29B8" w:rsidR="00452A14" w:rsidRPr="002F7DED" w:rsidRDefault="009002D7" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vadlīnijās i</w:t>
+            </w:r>
+            <w:r w:rsidR="00452A14" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eteiktie speciālisti ir tie speciālisti</w:t>
+            </w:r>
+            <w:r w:rsidR="00503EE0" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00556201">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar </w:t>
+            </w:r>
+            <w:r w:rsidR="00503EE0" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kur</w:t>
+            </w:r>
+            <w:r w:rsidR="003A4FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u iesaisti</w:t>
+            </w:r>
+            <w:r w:rsidR="00503EE0" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> var </w:t>
+            </w:r>
+            <w:r w:rsidR="00C41CDB" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tikt sasniegts pasākuma mērķis</w:t>
+            </w:r>
+            <w:r w:rsidR="0097788F" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6B67" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speciālista kvalifikācija un atbilstība jāvērtē kopsakarībā ar mērķa grupu un izvēlētajām projekta aktivitātēm.</w:t>
+            </w:r>
+            <w:r w:rsidR="0097788F" w:rsidRPr="002F7DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="685E0834" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75C07EE6" w14:textId="496E0289" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00AD56B5" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01DF7B16" w14:textId="77777777" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="1D75A2F8" w14:textId="77777777" w:rsidR="001C45AF" w:rsidRPr="001C45AF" w:rsidRDefault="001C45AF" w:rsidP="001C45AF">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Nav atbalstāma aktivitāšu īstenošana izglītības iestādēs - pat, ja tās nav vispārējās izglītības iestādes, bet gan tādas, kurās līdz šim ne pašvaldības, ne valsts gan neko nav rīkojušas par šīm tēmām? </w:t>
+            <w:r w:rsidRPr="001C45AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbilstoši projekta vērtēšanas kritērijiem - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C45AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā ietvertā informācija apliecina, ka uz darba līguma vai nodomu protokola pamata piesaistītie speciālisti veido vismaz 50% no nepieciešamajiem speciālistiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7581A4CD" w14:textId="77777777" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="1D79399F" w14:textId="77777777" w:rsidR="00533A86" w:rsidRDefault="001C45AF" w:rsidP="001C45AF">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...6 lines deleted...]
-              <w:t>-Šeit runa ir par mācību saturu, bet iespējams var īstenot pasākumus interešu izglītības  iestādēs vai pašvaldību jauniešu  centros.</w:t>
+            <w:r w:rsidRPr="001C45AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai tie 50% attiecas tikai uz īstenošanas personālu, tas ir personālu, kas iekļauts  Ieteicamo piesaistāmo speciālistu sarakstā pasākumu/intervenču īstenošanai atkarību profilakses jomā, kas minēti Slimību profilakses un kontroles centra izstrādātajās vadlīnijās</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C45AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vai arī projekta vadības personāls - vadītājs, asistenti, koordinatori?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="099C33F4" w14:textId="77777777" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="74D14074" w14:textId="6B13528C" w:rsidR="001C45AF" w:rsidRPr="003E31C2" w:rsidRDefault="001C45AF" w:rsidP="001C45AF">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...38 lines deleted...]
-              <w:t>(vebinārs 27.03.2025.)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(e-pastā 21.01.2026.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38E97216" w14:textId="78B6D299" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="4937B923" w14:textId="77777777" w:rsidR="002C4498" w:rsidRPr="002C4498" w:rsidRDefault="00D13A01" w:rsidP="002C4498">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...72 lines deleted...]
-              <w:t>. </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kritērijā minētie 50% attiecās uz īstenošanas personālu - </w:t>
+            </w:r>
+            <w:r w:rsidR="002C4498" w:rsidRPr="002C4498">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nepieciešamie speciālisti projektā paredzēto atbilstošas jomas veselības veicināšanas un slimību profilakses pasākumu sniegšanai mērķa grupas personām.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ECA7C7F" w14:textId="77777777" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="1AA28892" w14:textId="79C65A11" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...57 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C4528A" w:rsidRPr="009A4B18" w14:paraId="39F7567D" w14:textId="77777777" w:rsidTr="4CB220D9">
-[...36 lines deleted...]
-      <w:tr w:rsidR="00C4528A" w:rsidRPr="009A4B18" w14:paraId="6B4F6906" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00617E5D" w:rsidRPr="003E31C2" w14:paraId="42149FEA" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C6FDB7A" w14:textId="4F8730C7" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="49CF5CA2" w14:textId="43D9267E" w:rsidR="00617E5D" w:rsidRDefault="00E27D85" w:rsidP="00533A86">
             <w:pPr>
-              <w:pStyle w:val="PlainText"/>
-[...502 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...137 lines deleted...]
-              <w:t>5.1.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA2C524" w14:textId="6C0E13FC" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="4B0094E0" w14:textId="77777777" w:rsidR="00617E5D" w:rsidRDefault="00617E5D" w:rsidP="001C45AF">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00617E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai ieteicamo piesaistāmo speciālistu saraksts pasākumu/intervenču īstenošanai atkarību profilakses jomā jāiekļauj projekta iesniegumā pie īstenošanas personāla izmaksām vai pie veselības veicināšanas un slimību profilakses pasākumiem mērķa grupām izmaksām?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33219DED" w14:textId="50AB4979" w:rsidR="00617E5D" w:rsidRPr="001C45AF" w:rsidRDefault="00617E5D" w:rsidP="001C45AF">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(e-pastā 12.01.2026.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E71D278" w14:textId="4A004B6B" w:rsidR="00C4528A" w:rsidRPr="009A4B18" w:rsidRDefault="00C4528A" w:rsidP="00C4528A">
+          <w:p w14:paraId="7A148053" w14:textId="77777777" w:rsidR="0038610A" w:rsidRPr="0038610A" w:rsidRDefault="0038610A" w:rsidP="0038610A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0038610A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Piesaistāmo specialistu sarakstu var pievienot projekta iesnieguma sadaļā “Pielikumi”, projektā iesaistīto speciālistu skaitu un pieejamību norāda sadaļā “Projekta īstenošana un vadība”. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BB461B1" w14:textId="79346DFB" w:rsidR="00617E5D" w:rsidRDefault="0038610A" w:rsidP="0038610A">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0038610A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0038610A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">peciālistu izmaksas norāda sadaļās “Projekta vadības personāla izmaksas” vai “Projekta īstenošanas personāla izmaksas” ( budžeta pozīcijas 2.1. vai 3.1.). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0038610A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Speciālistu izmaksas par pasākumu īstenošanu ir iekļaujamas sadaļā “Projekta īstenošanas personāla izmaksas”.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E54BF" w:rsidRPr="009A4B18" w14:paraId="6ABC04B9" w14:textId="77777777" w:rsidTr="4CB220D9">
+      <w:tr w:rsidR="00010729" w:rsidRPr="003E31C2" w14:paraId="0D3F06E0" w14:textId="77777777" w:rsidTr="274E7727">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E506CAF" w14:textId="10E7EDD8" w:rsidR="003E54BF" w:rsidRPr="009A4B18" w:rsidRDefault="003E54BF" w:rsidP="00C4528A">
+          <w:p w14:paraId="7243FFED" w14:textId="77777777" w:rsidR="00010729" w:rsidRDefault="00010729" w:rsidP="00533A86">
             <w:pPr>
-              <w:pStyle w:val="PlainText"/>
-              <w:spacing w:before="0"/>
+              <w:spacing w:after="0"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A4B18">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6643DD" w14:textId="77777777" w:rsidR="003E54BF" w:rsidRPr="009A4B18" w:rsidRDefault="003E54BF" w:rsidP="00C4528A">
+          <w:p w14:paraId="272ABE71" w14:textId="680D3702" w:rsidR="00010729" w:rsidRPr="00010729" w:rsidRDefault="00010729" w:rsidP="00010729">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00010729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a projekta iesniedzējs vēlas iekļaut visus plānošanas reģionus piem., ar 2 (divām) dažādām jomām katrā, tad nepieciešams iesniegt divus atsevišķus projektus?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DD8B9E9" w14:textId="77777777" w:rsidR="00010729" w:rsidRPr="00010729" w:rsidRDefault="00010729" w:rsidP="00010729">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bet kā var iegūt maksimālo punktu skaitu kritērijā 4.4.1., ja būs uzrādīta katrā projekta iesniegumā tikai viens tematiskais virziens atkarību mazināšanas jomā?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="614BD50B" w14:textId="77777777" w:rsidR="00010729" w:rsidRDefault="00010729" w:rsidP="00010729">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00010729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai var vienā projekta iesniegumā katrā plānošanas reģionā īstenot dažādus (visus četrus) tematiskos virzienus, lai iegūtu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00010729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00010729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> punktu skaitu?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35BE2CEC" w14:textId="6E556C38" w:rsidR="00010729" w:rsidRPr="00617E5D" w:rsidRDefault="00010729" w:rsidP="00010729">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(e-pastā 09.01.2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01A7CEA1" w14:textId="77777777" w:rsidR="0021027C" w:rsidRPr="0021027C" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projektu iesniegumu atlase ir izsludinātā tikai atkarību mazināšanas un profilakses jomā, bet informācija sistēmā joprojām attiecās uz abām jomām -  seksuālo un reproduktīvo veselību un atkarību mazināšanu. Tāpēc metodikā vairākkārt ir uzsvērts   - atkārtotās atlases ietvaros projektus iesniedz tikai atkarību mazināšanas un profilakses jomā! </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E03B0B2" w14:textId="77777777" w:rsidR="0021027C" w:rsidRPr="0021027C" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Līdz ar to jomu izvēlēties nevar, projektu iesniegumu atlase ir izsludināta tikai vienā no jomām un tā ir atkarību mazināšanas un profilakses joma. Minētā joma ietver četrus tematiskos virzienus:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A38416" w14:textId="77777777" w:rsidR="0021027C" w:rsidRPr="0021027C" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.           Smēķēšanas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un tabakas un nikot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nu saturo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u produktu lieto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anas profilakse; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="190F0228" w14:textId="77777777" w:rsidR="0021027C" w:rsidRPr="0021027C" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.           Alkohola lietošanas profilakse; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FD27AEA" w14:textId="77777777" w:rsidR="0021027C" w:rsidRPr="0021027C" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.           Narkotisko un psihotropo vielu lietošanas profilakse; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C260A9" w14:textId="77777777" w:rsidR="0021027C" w:rsidRPr="0021027C" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.           Procesu atkarību izplatības ierobežošana.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BCE1D18" w14:textId="17A61FF0" w:rsidR="00010729" w:rsidRPr="0038610A" w:rsidRDefault="0021027C" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021027C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Projekta iesniedzējs iesniedz tikai vienu projektu, kura ietvaros norāda, kuros reģionos un kurus no tematiskajiem virzieniem plāno īstenot. Katrā plānošanas reģionā var organizēt visus četrus tematiskos virzienu, tādā gadījumā, katrā no reģioniem kritērijā 4.4.1. ir iespēja iegūt maksimālo punktu skaitu. Katrā no reģioniem var arī izvēlēties īstenot tikai divus tematisko virzienu vai trīs, kā arī savstarpēji reģionos tematiskie virzieni var atšķirties. Piemēram, divos reģionos iekļauti trīs tematiskie virzienu, vienā četri utt. Punkti tiek piešķirsti katram reģionam atsevišķi, tāpēc projekta iesniegumā ir jābūt precīzi norādītām aktivitātēm reģionu griezumā, ja projektu paredzēts īstenot vairāk kā vienā reģionā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA3A65" w:rsidRPr="003E31C2" w14:paraId="1F6ABA82" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F927D7B" w14:textId="4AFC2BCC" w:rsidR="00CA3A65" w:rsidRDefault="00E228EB" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A7FDC4D" w14:textId="3BC6808F" w:rsidR="00930B11" w:rsidRPr="00930B11" w:rsidRDefault="00930B11" w:rsidP="00930B11">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00930B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rojekta iesnieguma veidlapā KPVIS diemžēl pie sadaļas Projekta īstenošanas vieta nav tehniski iespējams atbilstoši metodikai norādīt prasīto -  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36334699" w14:textId="77777777" w:rsidR="00930B11" w:rsidRPr="00930B11" w:rsidRDefault="00930B11" w:rsidP="00930B11">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00930B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>•</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00930B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00930B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Norāda plānošanas reģionu, tajā skaitā konkrētās Latvijas plānošanas reģiona  pašvaldības, kurās projekta iesnieguma ietvaros ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00930B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>plānots nodrošināt veselības veicināšanas un slimību profilakses pasākumu īstenošanu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5ACCD9" w14:textId="77777777" w:rsidR="00CA3A65" w:rsidRDefault="00930B11" w:rsidP="00930B11">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00930B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tas ir gadījumā ja atzīmē, ka projekta īstenošanas vieta ir visa Latvija, ar to domājot, ka tiek plānotas aktivitātes visos plānošanas reģionos, bet nav iespēja konkrēti uzskaitīt pašvaldības.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E4D6D6" w14:textId="3B8779F8" w:rsidR="00930B11" w:rsidRPr="002D2559" w:rsidRDefault="00930B11" w:rsidP="00930B11">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D2559">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5A0D" w:rsidRPr="002D2559">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e-pastā 21.01.2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2312B306" w14:textId="6A0459DB" w:rsidR="00CA3A65" w:rsidRPr="0021027C" w:rsidRDefault="008C41E0" w:rsidP="0021027C">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C41E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Pie projekta īstenošanas vietas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">varat </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C41E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>izvēl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C41E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ties izvēlni “Nē” un jums būs pieejams datu lauks “Projekta īstenošanas vietas apraksts”, kurā varēs detalizēti norādīt informāciju par projekta īstenošanas vietām, t.sk. minēt arī pašvaldības. Minētajā datu laukā arī var iekļaut norādi, ka projekta aktivitātes notiks visos reģionos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkStart w:id="2" w:name="_Toc401614720"/>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="2FEB01EF" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="699262F3" w14:textId="50C577C7" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText>HYPERLINK \l "_Toc157068016" \h</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="61C9ABE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darbību un izmaksu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="61C9ABE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>attiecināmība</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="1D8572C7" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="263CCFFA" w14:textId="774AEE1A" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223270C0" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai komunikācijas un publicitātes izmaksu ietvarā var paredzēt projekta iesniedzēja tīmekļa vietnes uzlabošanu? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06037521" w14:textId="7DF66706" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB11528" w14:textId="38E33164" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="003A4FEF" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Komunikācij</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>un publicitātes izmaksas ir paredzētas plānoto pasākumu informācijas izplatīšanai, uzsverot ES fondu finansējumu. Tīmekļa vietnes uzlabošanas darbībām šis finansējums nav paredzēts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="32164CEA" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204D367A" w14:textId="438781FA" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="128BF579" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai atlīdzības izmaksas projekta īstenošanas personālam var paredzēt arī uz uzņēmuma līguma pamata? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E54E9EB" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D2FA6E8" w14:textId="0BEB9766" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9077" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14465F20" w14:textId="77777777" w:rsidR="003E54BF" w:rsidRPr="009A4B18" w:rsidRDefault="003E54BF" w:rsidP="00C4528A">
+          <w:p w14:paraId="38230226" w14:textId="2A4CBD32" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="003E31C2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>MK noteikumu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 26.1. apakšpunkts: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iepirkumus, kas nepieciešami atbalstāmo darbību īstenošanai, pēc iespējas veic kā sociāli atbildīgus iepirkumus, tai skaitā nodrošina vides prasību integrāciju preču un pakalpojumu iepirkumos (zaļais publiskais iepirkums) un atbilstoši Eiropas Savienības un Latvijas Republikas iepirkumus regulējošo normatīvo aktu prasībām īsteno atklātu, pārredzamu, nediskriminējošu un konkurenci nodrošinošu procedūru, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>atlīdzības izmaksas projekta īstenošanas personālam var paredzēt arī uz uzņēmuma līguma pamata.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="4D0B813E" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="408"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5027FDBB" w14:textId="41FA290F" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01DF7B16" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nav atbalstāma aktivitāšu īstenošana izglītības iestādēs - pat, ja tās nav vispārējās izglītības iestādes, bet gan tādas, kurās līdz šim ne pašvaldības, ne valsts gan neko nav rīkojušas par šīm tēmām? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7581A4CD" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-Šeit runa ir par mācību saturu, bet iespējams var īstenot pasākumus interešu izglītības  iestādēs vai pašvaldību jauniešu  centros.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="293DC986" w14:textId="4881DC33" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27.03.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38E97216" w14:textId="07A29B67" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atkarību jomā izglītības iestādēs jau ir plānots ieviest </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Unplugged</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> programmu, kas </w:t>
+            </w:r>
+            <w:r w:rsidR="009E5EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ietver</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 nodarbību cikla ieviešan</w:t>
+            </w:r>
+            <w:r w:rsidR="00651782">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Papildus pasākumu īstenošanai, kur ieviešami cikliski pasākumi, skolās ir sarežģīti atrast laiku. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ECA7C7F" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6917116A" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35040452" w14:textId="77777777" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4268E44F" w14:textId="02F43145" w:rsidR="00533A86" w:rsidRPr="00711C8D" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="5401C3B9" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="414"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="286A0D24" w14:textId="5A42E1AE" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07C6D1DA" w14:textId="4F5D12AC" w:rsidR="00533A86" w:rsidRPr="007F6C62" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0" w:after="120"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kā var pamatot speciālista izmaksu pamatojumu, kas ir augstāks nekā VID </w:t>
+            </w:r>
+            <w:r w:rsidR="006854E6" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>mājas lapā norādī</w:t>
+            </w:r>
+            <w:r w:rsidR="00621E9A" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>tais</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95F0E" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E95F0E" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>vidējais vai citi pieejamie statistikas dati</w:t>
+            </w:r>
+            <w:r w:rsidR="00621E9A" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00163A52" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ņemot vērā, ka l</w:t>
+            </w:r>
+            <w:r w:rsidR="00621E9A" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>aba sp</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7CD3" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00621E9A" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ciālista </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7CD3" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>atalgojums iet ārpus šīm te robežām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="034D7747" w14:textId="4AC9E3EF" w:rsidR="000B52DE" w:rsidRPr="00D10856" w:rsidRDefault="00B2320D" w:rsidP="00D10856">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mēs saprotam, </w:t>
+            </w:r>
+            <w:r w:rsidR="000B52DE" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ka labais speciālists, atbilstoši tirgus cenai ir gatavs </w:t>
+            </w:r>
+            <w:r w:rsidR="00797C79" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>piedalīties projek</w:t>
+            </w:r>
+            <w:r w:rsidR="00796957" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ta īstenošanā</w:t>
+            </w:r>
+            <w:r w:rsidR="00A224C3" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. F</w:t>
+            </w:r>
+            <w:r w:rsidR="00797C79" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aktiski </w:t>
+            </w:r>
+            <w:r w:rsidR="00796957" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">šī ir </w:t>
+            </w:r>
+            <w:r w:rsidR="00797C79" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>speciālista noteiktā cena</w:t>
+            </w:r>
+            <w:r w:rsidR="00032BB1" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, kas</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93F55" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A224C3" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iet ārpus vidējās noteiktās un mums organizācijā nav bijuši šādi te algoti darbi, lai </w:t>
+            </w:r>
+            <w:r w:rsidR="00A224C3" w:rsidRPr="00D10856">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noteiktu, ka </w:t>
+            </w:r>
+            <w:r w:rsidR="00032BB1" w:rsidRPr="00D10856">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>šāds atalgojuma līmenis ir atbilstošs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0786E9FC" w14:textId="1626FEAE" w:rsidR="00533A86" w:rsidRPr="00D10856" w:rsidRDefault="00533A86" w:rsidP="00D10856">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D10856">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D10856">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D10856">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DCB1C19" w14:textId="71E0A116" w:rsidR="005505C1" w:rsidRPr="007F6C62" w:rsidRDefault="1BECA688" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="573F82D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lai pamatotu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7649AD6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">izmaksas, kas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="344F553F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir augstākas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10961EBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2C9F8035">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">publiski </w:t>
+            </w:r>
+            <w:r w:rsidRPr="335833FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pieejamās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="10E541EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vidējās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1F085BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>izmaksas,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1C881B58">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nepieciešams </w:t>
+            </w:r>
+            <w:r w:rsidRPr="61940187">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>veikt</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cenu aptauju</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="31338CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kas apliecina, pamato šādu speciālistu pakalpojumu </w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="007F6C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>izmaksas.</w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="1230B024">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="1FADB9E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tādā gadījumā projekta </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="1BDFC3BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesniegumam </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="7DFB5C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>jā</w:t>
+            </w:r>
+            <w:r w:rsidR="005131B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="7DFB5C07">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ievieno </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="302B283F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cenu aptaujas </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="2784F5F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rezultāti ar </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="6222E83A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vismaz 3 </w:t>
+            </w:r>
+            <w:r w:rsidR="35CAD35E" w:rsidRPr="47CA09C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>piedāvājumiem</w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="7E994FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="012764A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>skaidrojumu</w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="51E46464">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par izdarīto</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE06CF" w:rsidRPr="0809C0A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="012D2953">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">izvēli, kas arī </w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="7FF5ECFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">būs </w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="25D2A34D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta </w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="3DA4F44E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">izmaksu </w:t>
+            </w:r>
+            <w:r w:rsidR="0DAACF9E" w:rsidRPr="6FFEA138">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pamatojums.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE06CF" w:rsidRPr="012D2953">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="16FFBF3B" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A24F460" w14:textId="5E763595" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0634288A" w14:textId="2EC83FC7" w:rsidR="00533A86" w:rsidRPr="00C07EDC" w:rsidRDefault="00533A86" w:rsidP="00887919">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai ir kaut kur pieejama informācija par VM un SPKC plānotiem atkarību profilakses pasākumiem ESF ietvaros līdz 2029.gadam?</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05176" w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Zināms par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D05176" w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Unp</w:t>
+            </w:r>
+            <w:r w:rsidR="00C468E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lugged</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C468E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66BFC00B" w14:textId="2C06D16A" w:rsidR="00533A86" w:rsidRPr="00C07EDC" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00887919" w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00887919" w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebinārs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00887919" w:rsidRPr="00C07EDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 03.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7B67E1" w14:textId="54628F46" w:rsidR="00AA2E60" w:rsidRPr="0035107B" w:rsidRDefault="7B67C70E" w:rsidP="0035107B">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Šāda infor</w:t>
+            </w:r>
+            <w:r w:rsidR="00E16887" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ācija n</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">av publiski </w:t>
+            </w:r>
+            <w:r w:rsidR="00553E52" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pieejama</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, bet </w:t>
+            </w:r>
+            <w:r w:rsidR="00640727" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>plānotās</w:t>
+            </w:r>
+            <w:r w:rsidR="00533A86" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tēmas</w:t>
+            </w:r>
+            <w:r w:rsidR="00C468E3" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un pasākumi ir iekļauti vairākos Veselības ministrijas politikas plānošanas dokumentos</w:t>
+            </w:r>
+            <w:r w:rsidR="00532A53" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Tuvākajos 2-3 gados ir paredzēts ieviest vairākus pasākumus atkarību mazināšanas jomā -  </w:t>
+            </w:r>
+            <w:r w:rsidR="00532A53" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sociālās ietekmes profilakses programmas «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00532A53" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Unplugged</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00532A53" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, kas ietver pedagogu apmācības, atkarību profilakses programmu "Veselīgas nākotnes programma", </w:t>
+            </w:r>
+            <w:r w:rsidR="00153CC0" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vienlaikus paredzēts ī</w:t>
+            </w:r>
+            <w:r w:rsidR="00532A53" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>stenot mērķtiecīgus informēšanas pasākumus par alkohola lietošanas saistību ar dažādu vēža attīstības risku</w:t>
+            </w:r>
+            <w:r w:rsidR="00153CC0" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, īpaši sieviešu mērķauditorijai  saistībā ar krūts vēža risku, kā arī informēšanas pasākumus dažādām mērķa grupām par smēķēšanas, t.sk. pasīvās smēķēšanas ietekmi uz veselību, tāpat plānots īstenot smēķēšanas atmešanas atbalsta grupu darbību iedzīvotājiem balstoties uz 2019.gada pilotprojekta rezultātiem.  Vienlaikus papildus paredzēti vairāki pētījumi -</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2E60" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pētījums par smēķēšanas, narkotisko un psihotropo vielu radītajām sekām un ekonom. izmaksām valstī, kā arī Pētījums par Igaunijas un Lietuvas iedzīvotāju paradumiem alkoholisko dzērienu iegādē Latvijā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65375689" w14:textId="641F471F" w:rsidR="00C468E3" w:rsidRPr="0035107B" w:rsidRDefault="00AA2E60" w:rsidP="0035107B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savukārt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Iekšlietu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ministrija plāno īstenot standartizētas profilakses programmas “Labas uzvedības spēle” adaptāciju un pilotēšanu sākumskolās 6 - 11 gadus veciem bērniem, kā arī ieviest Eiropas atkarību profilakses standartu</w:t>
+            </w:r>
+            <w:r w:rsidR="008B46B1" w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(EUPC) standartizēto kursu īstenošana atkarību mazināšanas politikas izstrādē iesaistītajiem speciālistiem pašvaldībās par atkarību izraisošo vielu profilaksi. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007147C8" w:rsidRPr="003E31C2" w14:paraId="50E43889" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4253ECED" w14:textId="455E5876" w:rsidR="007147C8" w:rsidRPr="003E31C2" w:rsidRDefault="007147C8" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47102EF1" w14:textId="5B255126" w:rsidR="007147C8" w:rsidRDefault="00ED3F19" w:rsidP="00887919">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai</w:t>
+            </w:r>
+            <w:r w:rsidR="0005351C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 300 000 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0005351C" w:rsidRPr="001D1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eur</w:t>
+            </w:r>
+            <w:r w:rsidR="001D1C93" w:rsidRPr="001D1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0005351C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:r w:rsidR="00746DE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>paredzēti aktivitātēm vienā reģionā, nevis viena projekta ietvaros?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B52361" w14:textId="62B81CBB" w:rsidR="00DA38F5" w:rsidRPr="002E0BFB" w:rsidRDefault="00DA38F5" w:rsidP="00887919">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(telefon</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AA8" w:rsidRPr="002E0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iski </w:t>
+            </w:r>
+            <w:r w:rsidR="002E0BFB" w:rsidRPr="002E0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="481B0D90" w14:textId="2290BAF5" w:rsidR="007147C8" w:rsidRPr="04F8A237" w:rsidRDefault="00EC5A14" w:rsidP="00533A86">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jā, </w:t>
+            </w:r>
+            <w:r w:rsidR="005C6C95">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>viena reģiona ietvaros paredzētajām a</w:t>
+            </w:r>
+            <w:r w:rsidR="00215199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidR="000C54E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tivitātēm ir pieejami 300 000 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000C54E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001D1C93">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ja </w:t>
+            </w:r>
+            <w:r w:rsidR="002E62B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>projektu ir paredzēts īstenot divos reģionos</w:t>
+            </w:r>
+            <w:r w:rsidR="00E467DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002E62B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tad </w:t>
+            </w:r>
+            <w:r w:rsidR="00C33299">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projektam ir pieejami </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD109C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">600 000 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AD109C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005E711E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( 300 000 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005E711E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005E711E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> katrā reģionā). </w:t>
+            </w:r>
+            <w:r w:rsidR="00B23D1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attiecīgi, ja </w:t>
+            </w:r>
+            <w:r w:rsidR="00502CBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>projekt</w:t>
+            </w:r>
+            <w:r w:rsidR="00A45895">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">u </w:t>
+            </w:r>
+            <w:r w:rsidR="00530130">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>plānots</w:t>
+            </w:r>
+            <w:r w:rsidR="00A45895">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> īstenot</w:t>
+            </w:r>
+            <w:r w:rsidR="00502CBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> visos </w:t>
+            </w:r>
+            <w:r w:rsidR="00B669C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reģionos, </w:t>
+            </w:r>
+            <w:r w:rsidR="00812477">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aktivitātēm </w:t>
+            </w:r>
+            <w:r w:rsidR="002030E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00A45895">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aredzētais </w:t>
+            </w:r>
+            <w:r w:rsidR="00812477">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>finansējums</w:t>
+            </w:r>
+            <w:r w:rsidR="00A45895">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00812477">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir 1 500 000 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00812477">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004C31F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ( 300</w:t>
+            </w:r>
+            <w:r w:rsidR="00380445">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C31F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00380445">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00380445">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004C31F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> katrā</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5439A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00380445">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reģionā).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D92EB0" w:rsidRPr="003E31C2" w14:paraId="260E8039" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D30CCA9" w14:textId="2FD8E003" w:rsidR="00D92EB0" w:rsidRDefault="00D92EB0" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54285E23" w14:textId="77777777" w:rsidR="00D92EB0" w:rsidRDefault="00D92EB0" w:rsidP="00887919">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB0508A" w14:textId="77777777" w:rsidR="00D92EB0" w:rsidRDefault="00D92EB0" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="39F7567D" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="155D5E4C" w14:textId="16BC41CE" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Toc366155540"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Projekta iesnieguma aizpildīšana un pievienojamie dokumenti</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="6B4F6906" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6FDB7A" w14:textId="4F8730C7" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="488CB129" w14:textId="67ACE881" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ēlos noskaidrot par sadarbības partnera piesaistes formu projektā. Formāli iesniegumā sadaļas “Sadarbības partneri” nav? Vai ir pieņemami, ka sadarbības līgumu ar citām NVO tiek pievienoti projekta iesnieguma pielikumā?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3298A27E" w14:textId="2C03A000" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:line="257" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(jautājums iekļauts </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vebināra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anketā 27.03.2025.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A43E3CF" w14:textId="71A81B87" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3877"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D5FA50" w14:textId="7007FD97" w:rsidR="00533A86" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MK noteikumi Nr.22 projektu iesniegumu atlasē neparedz sadarbības partneri, projektu iesniedz viens projekta iesniedzējs, kas pēc projekta iesnieguma apstiprināšanas kļūst par finansējuma saņēmēju, līdz ar to projekta iesniegumā sadaļas “Sadarbības partneri” nav.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D37297" w14:textId="77777777" w:rsidR="00864737" w:rsidRPr="003E31C2" w:rsidRDefault="00864737" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49876C37" w14:textId="25296E6F" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Īstenojot projektu</w:t>
+            </w:r>
+            <w:r w:rsidR="00276AAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> finansējuma saņēmējs var piesaistīt citu NVO pārstāvjus projekta īstenošanā</w:t>
+            </w:r>
+            <w:r w:rsidR="00276AAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> slēdzot ar to darbiniekiem darba līgumus vai uzņēmuma līgumus. Vienlaikus, lai apliecinātu, ka projekta iesniedzējs ir apzinājis un piesaistījis nepieciešamos speciālistus, piemēram, no citām NVO, projekta iesnieguma sadaļā “</w:t>
+            </w:r>
+            <w:r w:rsidR="00A345BE" w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Pielikum</w:t>
+            </w:r>
+            <w:r w:rsidR="00A345BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” jāpievieno starp projekta iesniedzēju un nepieciešamo speciālistu spēkā esošs noslēgts darba līgums vai nodomu protokols, kurā nepieciešamais speciālists apliecina gatavību pēc projekta iesnieguma apstiprināšanas, iesaistīties projekta iesniedzēja plānoto </w:t>
+            </w:r>
+            <w:r w:rsidR="009977F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>atkarību mazināšanas/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>profilakses pasākumu īstenošanā konkrētā Latvijas plānošanas reģionā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="681DB879" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D8741D" w14:textId="00DD9B0D" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD72B15" w14:textId="05122041" w:rsidR="000A3293" w:rsidRPr="000F177D" w:rsidRDefault="000A3293" w:rsidP="000A3293">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Jautājums p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3293">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rojekta budžeta kopsavilkumā par pozīciju </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3293">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Projekta izmaksas saskaņā ar vienoto izmaksu likmi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3293">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - atbilstoši projekta iesnieguma veidlapas metodikai - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F177D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izmaksas norāda kā vienu izmaksu pozīciju un tās nav nepieciešams atšifrēt sīkāk. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B68FBA7" w14:textId="77777777" w:rsidR="00533A86" w:rsidRDefault="000A3293" w:rsidP="000A3293">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3293">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tātad saprotu, ka projekta iesnieguma sadaļā nav nepieciešams veidot šai pozīcijai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A3293">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>apakšpozīcijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A3293">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>, bet gan pielikumā iesniegt detalizētu skaidrojumu par projekta budžetā iekļauto izmaksu apjomu un veidu kā šī summa veidojas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AEB4884" w14:textId="77FF27C2" w:rsidR="000F177D" w:rsidRPr="000F177D" w:rsidRDefault="000F177D" w:rsidP="000A3293">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F177D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>( e-pastā 21.01.2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F49AA79" w14:textId="4249C7FC" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="006015E5" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006015E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Par </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">budžeta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006015E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">izmaksu pozīciju </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036567A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>“1.1. Pārējās attiecināmās izmaksas, saskaņā ar vienoto izmaksu likmi – 40 % no attiecināmajām projekta vadības un īstenošanas personāla izmaksām”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006015E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaidrojums un nav jāsniedz. Izmaksu pamatojums jāsniedz par izmaksu pozīcijām </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036567A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2.Vadības personāla izmaksas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006015E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0036567A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>3. Īstenošanas personāla izmaksas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006015E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>. Pārējās attiecināmas izmaksas, saskaņā ar vienoto izmaksu likmi – 40 % no attiecināmajām projekta vadības un īstenošanas personāla izmaksām, tiek norādītas 1.1. izmaksu pozīcijā un tajā ietilpst viss, kas bez personāla izmaksām ir nepieciešams, lai nodrošinātu pasākumu īstenošanu. Iesniedzot projektu šīs izmaksas nav  obligāti jāatšifrē.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="32696442" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D6F45D" w14:textId="38CB720F" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Toc1299097844"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Īstenošanas nosacījumi</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="1F0AE41F" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D85184" w14:textId="522D90CA" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABBF16B" w14:textId="15C2658A" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4729861D" w14:textId="08BAF2CA" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="07A2F2BA" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="473DC062" w14:textId="63DB0584" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="270A4A0B" w14:textId="2CD5BD2D" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C744B0" w14:textId="1067D2FE" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="3EBEB86F" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F74FD7" w14:textId="620AB7C8" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="_Toc1659719785"/>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="0FA3F7A6" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B63F2F" w14:textId="6C063E07" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BA2C524" w14:textId="7389F5C6" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E71D278" w14:textId="4A004B6B" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00533A86" w:rsidRPr="003E31C2" w14:paraId="6ABC04B9" w14:textId="77777777" w:rsidTr="274E7727">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E506CAF" w14:textId="10E7EDD8" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:spacing w:before="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E31C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E6643DD" w14:textId="2B77E13C" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14465F20" w14:textId="0EA6AE42" w:rsidR="00533A86" w:rsidRPr="003E31C2" w:rsidRDefault="00533A86" w:rsidP="00533A86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02C9F9E3" w14:textId="77449E1A" w:rsidR="0001751C" w:rsidRPr="009A4B18" w:rsidRDefault="0001751C" w:rsidP="00461720">
+    <w:p w14:paraId="02C9F9E3" w14:textId="77449E1A" w:rsidR="0001751C" w:rsidRPr="003E31C2" w:rsidRDefault="0001751C" w:rsidP="00461720">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0001751C" w:rsidRPr="009A4B18" w:rsidSect="00F67F5F">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="0001751C" w:rsidRPr="003E31C2" w:rsidSect="00F67F5F">
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="031CBD82" w14:textId="77777777" w:rsidR="005F0637" w:rsidRPr="00F731EB" w:rsidRDefault="005F0637" w:rsidP="00F40189">
+    <w:p w14:paraId="6F51856C" w14:textId="77777777" w:rsidR="00D92938" w:rsidRPr="00F731EB" w:rsidRDefault="00D92938" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F731EB">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="682AAD0C" w14:textId="77777777" w:rsidR="005F0637" w:rsidRPr="00F731EB" w:rsidRDefault="005F0637" w:rsidP="00F40189">
+    <w:p w14:paraId="1A853EC8" w14:textId="77777777" w:rsidR="00D92938" w:rsidRPr="00F731EB" w:rsidRDefault="00D92938" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F731EB">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C8165FD" w14:textId="77777777" w:rsidR="005F0637" w:rsidRPr="00F731EB" w:rsidRDefault="005F0637">
+    <w:p w14:paraId="41E5BAE1" w14:textId="77777777" w:rsidR="00D92938" w:rsidRPr="00F731EB" w:rsidRDefault="00D92938">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6559,116 +13071,117 @@
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="171923253"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="2DDECA4E" w14:textId="26BA78EE" w:rsidR="009272E7" w:rsidRPr="00F731EB" w:rsidRDefault="009272E7">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00F731EB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00F731EB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00F731EB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00F731EB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00F731EB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C271973" w14:textId="77777777" w:rsidR="005F0637" w:rsidRPr="00F731EB" w:rsidRDefault="005F0637" w:rsidP="00F40189">
+    <w:p w14:paraId="7A19B9D5" w14:textId="77777777" w:rsidR="00D92938" w:rsidRPr="00F731EB" w:rsidRDefault="00D92938" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F731EB">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="092A1A2A" w14:textId="77777777" w:rsidR="005F0637" w:rsidRPr="00F731EB" w:rsidRDefault="005F0637" w:rsidP="00F40189">
+    <w:p w14:paraId="07434FB5" w14:textId="77777777" w:rsidR="00D92938" w:rsidRPr="00F731EB" w:rsidRDefault="00D92938" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F731EB">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6F06B959" w14:textId="77777777" w:rsidR="005F0637" w:rsidRPr="00F731EB" w:rsidRDefault="005F0637">
+    <w:p w14:paraId="39F6E0FE" w14:textId="77777777" w:rsidR="00D92938" w:rsidRPr="00F731EB" w:rsidRDefault="00D92938">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BBD296E" w14:textId="439EE19A" w:rsidR="00F40189" w:rsidRPr="00F731EB" w:rsidRDefault="00F40189" w:rsidP="00F40189">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A33F3F5" w14:textId="4141ACA8" w:rsidR="00B50AEE" w:rsidRPr="00F731EB" w:rsidRDefault="00B50AEE" w:rsidP="00B50AEE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
@@ -8894,3413 +15407,4662 @@
   <w:num w:numId="15" w16cid:durableId="1565532895">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="314604934">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2052655296">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="165901606">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="464734773">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1293947983">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="06AFE82F"/>
     <w:rsid w:val="00000D11"/>
+    <w:rsid w:val="0000225F"/>
+    <w:rsid w:val="00003144"/>
     <w:rsid w:val="00003C35"/>
     <w:rsid w:val="00003E16"/>
     <w:rsid w:val="00004825"/>
     <w:rsid w:val="000049EF"/>
     <w:rsid w:val="000053AE"/>
     <w:rsid w:val="000060C8"/>
     <w:rsid w:val="000062C1"/>
+    <w:rsid w:val="00010729"/>
     <w:rsid w:val="00011084"/>
+    <w:rsid w:val="0001220D"/>
     <w:rsid w:val="00013176"/>
     <w:rsid w:val="00014165"/>
     <w:rsid w:val="0001435C"/>
     <w:rsid w:val="00014769"/>
+    <w:rsid w:val="000158FD"/>
+    <w:rsid w:val="00015CFA"/>
     <w:rsid w:val="00016179"/>
     <w:rsid w:val="0001751C"/>
     <w:rsid w:val="0002278D"/>
+    <w:rsid w:val="000237A3"/>
     <w:rsid w:val="00023994"/>
+    <w:rsid w:val="00024B3A"/>
+    <w:rsid w:val="0002524E"/>
     <w:rsid w:val="00025AF9"/>
     <w:rsid w:val="0002660A"/>
     <w:rsid w:val="00027081"/>
     <w:rsid w:val="0002734B"/>
+    <w:rsid w:val="00030430"/>
     <w:rsid w:val="000304CB"/>
+    <w:rsid w:val="000313D5"/>
     <w:rsid w:val="00031BC4"/>
+    <w:rsid w:val="00032BB1"/>
     <w:rsid w:val="00033288"/>
     <w:rsid w:val="0003436B"/>
+    <w:rsid w:val="0003465E"/>
     <w:rsid w:val="00034E9A"/>
     <w:rsid w:val="000353D8"/>
     <w:rsid w:val="000366E9"/>
     <w:rsid w:val="000370B3"/>
+    <w:rsid w:val="00037F53"/>
     <w:rsid w:val="00040437"/>
+    <w:rsid w:val="00042C7E"/>
     <w:rsid w:val="00042DBE"/>
     <w:rsid w:val="00045081"/>
     <w:rsid w:val="00045289"/>
     <w:rsid w:val="0005250A"/>
+    <w:rsid w:val="0005351C"/>
     <w:rsid w:val="00054588"/>
     <w:rsid w:val="00054E84"/>
+    <w:rsid w:val="00055849"/>
+    <w:rsid w:val="000560B6"/>
     <w:rsid w:val="00056922"/>
     <w:rsid w:val="00057E65"/>
     <w:rsid w:val="000604CF"/>
     <w:rsid w:val="0006299F"/>
+    <w:rsid w:val="00063103"/>
+    <w:rsid w:val="00064359"/>
+    <w:rsid w:val="00064E1D"/>
     <w:rsid w:val="00066091"/>
     <w:rsid w:val="000668A4"/>
+    <w:rsid w:val="000675ED"/>
+    <w:rsid w:val="00067AFE"/>
     <w:rsid w:val="00067F2E"/>
+    <w:rsid w:val="000722A2"/>
+    <w:rsid w:val="000739C7"/>
     <w:rsid w:val="000740EF"/>
     <w:rsid w:val="0007490E"/>
+    <w:rsid w:val="0007570C"/>
+    <w:rsid w:val="00076182"/>
     <w:rsid w:val="00080323"/>
+    <w:rsid w:val="00080437"/>
+    <w:rsid w:val="00080E37"/>
+    <w:rsid w:val="00082CF7"/>
     <w:rsid w:val="000831C9"/>
     <w:rsid w:val="00083ABD"/>
     <w:rsid w:val="000844DB"/>
     <w:rsid w:val="00084989"/>
     <w:rsid w:val="00084B51"/>
     <w:rsid w:val="00084E06"/>
+    <w:rsid w:val="000854F3"/>
+    <w:rsid w:val="00085A1E"/>
+    <w:rsid w:val="00085D53"/>
     <w:rsid w:val="000869E9"/>
+    <w:rsid w:val="00086F44"/>
     <w:rsid w:val="0008720C"/>
     <w:rsid w:val="00087624"/>
     <w:rsid w:val="000876E5"/>
+    <w:rsid w:val="00087EEF"/>
+    <w:rsid w:val="00087FAE"/>
     <w:rsid w:val="000914C0"/>
+    <w:rsid w:val="00091600"/>
+    <w:rsid w:val="000937A1"/>
+    <w:rsid w:val="0009395A"/>
     <w:rsid w:val="00094BE6"/>
     <w:rsid w:val="00095134"/>
     <w:rsid w:val="000957F5"/>
+    <w:rsid w:val="00096891"/>
     <w:rsid w:val="00096D3B"/>
     <w:rsid w:val="0009700A"/>
+    <w:rsid w:val="000975EB"/>
     <w:rsid w:val="000A0964"/>
     <w:rsid w:val="000A0C53"/>
     <w:rsid w:val="000A16B0"/>
     <w:rsid w:val="000A1800"/>
     <w:rsid w:val="000A236E"/>
     <w:rsid w:val="000A2641"/>
     <w:rsid w:val="000A2FEC"/>
+    <w:rsid w:val="000A319B"/>
+    <w:rsid w:val="000A3293"/>
     <w:rsid w:val="000A3716"/>
     <w:rsid w:val="000A3B3D"/>
     <w:rsid w:val="000A412D"/>
+    <w:rsid w:val="000A486C"/>
+    <w:rsid w:val="000A4DD3"/>
     <w:rsid w:val="000A59A7"/>
     <w:rsid w:val="000A5FBF"/>
     <w:rsid w:val="000A6089"/>
     <w:rsid w:val="000A69B8"/>
     <w:rsid w:val="000A6E4D"/>
     <w:rsid w:val="000A7046"/>
     <w:rsid w:val="000A714F"/>
+    <w:rsid w:val="000A73A6"/>
     <w:rsid w:val="000B1274"/>
+    <w:rsid w:val="000B1AD0"/>
+    <w:rsid w:val="000B27EF"/>
     <w:rsid w:val="000B2EC2"/>
     <w:rsid w:val="000B3F06"/>
     <w:rsid w:val="000B3F84"/>
+    <w:rsid w:val="000B52DE"/>
     <w:rsid w:val="000B72DF"/>
+    <w:rsid w:val="000C01E6"/>
     <w:rsid w:val="000C0606"/>
+    <w:rsid w:val="000C1B46"/>
     <w:rsid w:val="000C2CAA"/>
     <w:rsid w:val="000C30DF"/>
+    <w:rsid w:val="000C368A"/>
+    <w:rsid w:val="000C49E7"/>
     <w:rsid w:val="000C532D"/>
+    <w:rsid w:val="000C54E5"/>
+    <w:rsid w:val="000C59E8"/>
     <w:rsid w:val="000C5BD6"/>
+    <w:rsid w:val="000C5C28"/>
     <w:rsid w:val="000C75AB"/>
     <w:rsid w:val="000D03D1"/>
     <w:rsid w:val="000D064F"/>
     <w:rsid w:val="000D11D4"/>
     <w:rsid w:val="000D16CA"/>
     <w:rsid w:val="000D1B05"/>
     <w:rsid w:val="000D2CE1"/>
     <w:rsid w:val="000D3310"/>
     <w:rsid w:val="000D4636"/>
     <w:rsid w:val="000D4E83"/>
+    <w:rsid w:val="000D5BD4"/>
+    <w:rsid w:val="000D5DFC"/>
     <w:rsid w:val="000D7004"/>
     <w:rsid w:val="000D7A58"/>
+    <w:rsid w:val="000E1651"/>
     <w:rsid w:val="000E1DAB"/>
     <w:rsid w:val="000E2039"/>
     <w:rsid w:val="000E41C2"/>
     <w:rsid w:val="000E5BB6"/>
+    <w:rsid w:val="000E6D5A"/>
     <w:rsid w:val="000E6FDA"/>
     <w:rsid w:val="000E72DD"/>
     <w:rsid w:val="000E738B"/>
     <w:rsid w:val="000EB3B5"/>
     <w:rsid w:val="000F130A"/>
+    <w:rsid w:val="000F177D"/>
+    <w:rsid w:val="000F2867"/>
     <w:rsid w:val="000F28B8"/>
     <w:rsid w:val="000F5521"/>
     <w:rsid w:val="000F657A"/>
+    <w:rsid w:val="000F7A0C"/>
     <w:rsid w:val="00100569"/>
+    <w:rsid w:val="00100973"/>
+    <w:rsid w:val="00101C23"/>
     <w:rsid w:val="00102E62"/>
     <w:rsid w:val="001037E5"/>
     <w:rsid w:val="00103F42"/>
     <w:rsid w:val="00104477"/>
+    <w:rsid w:val="00104545"/>
+    <w:rsid w:val="001053CE"/>
     <w:rsid w:val="001054D4"/>
+    <w:rsid w:val="0010595D"/>
     <w:rsid w:val="00105D85"/>
     <w:rsid w:val="0010632B"/>
     <w:rsid w:val="00106949"/>
     <w:rsid w:val="0010753A"/>
+    <w:rsid w:val="001076F7"/>
     <w:rsid w:val="00111616"/>
     <w:rsid w:val="00111B1F"/>
+    <w:rsid w:val="001126D4"/>
     <w:rsid w:val="00112BBC"/>
     <w:rsid w:val="0011590A"/>
     <w:rsid w:val="00115E8A"/>
     <w:rsid w:val="001169C3"/>
+    <w:rsid w:val="001200B0"/>
     <w:rsid w:val="001201A2"/>
+    <w:rsid w:val="00120598"/>
     <w:rsid w:val="00121B2C"/>
+    <w:rsid w:val="0012346F"/>
+    <w:rsid w:val="0012427E"/>
+    <w:rsid w:val="001245D3"/>
     <w:rsid w:val="00124660"/>
     <w:rsid w:val="00124776"/>
     <w:rsid w:val="00124A63"/>
     <w:rsid w:val="00124CE6"/>
     <w:rsid w:val="001255F6"/>
+    <w:rsid w:val="00130082"/>
+    <w:rsid w:val="0013061B"/>
     <w:rsid w:val="0013123F"/>
     <w:rsid w:val="0013157D"/>
     <w:rsid w:val="0013169C"/>
     <w:rsid w:val="001323DC"/>
     <w:rsid w:val="00132421"/>
+    <w:rsid w:val="00132A0B"/>
+    <w:rsid w:val="00132FA7"/>
     <w:rsid w:val="00134F2A"/>
     <w:rsid w:val="001354AB"/>
     <w:rsid w:val="00135BE9"/>
     <w:rsid w:val="001368BE"/>
+    <w:rsid w:val="00136A8E"/>
     <w:rsid w:val="00136C02"/>
+    <w:rsid w:val="001378F4"/>
+    <w:rsid w:val="00137EFD"/>
     <w:rsid w:val="00137F1E"/>
     <w:rsid w:val="00140BF6"/>
     <w:rsid w:val="00141646"/>
     <w:rsid w:val="00141859"/>
+    <w:rsid w:val="00142B3F"/>
+    <w:rsid w:val="0014417B"/>
     <w:rsid w:val="001468F0"/>
     <w:rsid w:val="00146B3E"/>
+    <w:rsid w:val="0014718B"/>
     <w:rsid w:val="00147238"/>
     <w:rsid w:val="00147D18"/>
     <w:rsid w:val="001519AA"/>
     <w:rsid w:val="00151FEF"/>
+    <w:rsid w:val="0015225E"/>
+    <w:rsid w:val="00153CC0"/>
+    <w:rsid w:val="00153DCF"/>
     <w:rsid w:val="00153E1F"/>
     <w:rsid w:val="00155558"/>
     <w:rsid w:val="001555E2"/>
+    <w:rsid w:val="00155840"/>
+    <w:rsid w:val="00156D79"/>
     <w:rsid w:val="00157FBF"/>
+    <w:rsid w:val="00161424"/>
+    <w:rsid w:val="00162538"/>
     <w:rsid w:val="00162F89"/>
+    <w:rsid w:val="00163A52"/>
+    <w:rsid w:val="00163D85"/>
     <w:rsid w:val="001645C6"/>
     <w:rsid w:val="00165303"/>
     <w:rsid w:val="00165E39"/>
+    <w:rsid w:val="00165EDC"/>
+    <w:rsid w:val="0016609A"/>
+    <w:rsid w:val="001661CC"/>
     <w:rsid w:val="00166531"/>
     <w:rsid w:val="00166E88"/>
+    <w:rsid w:val="0017059F"/>
     <w:rsid w:val="00172C1E"/>
     <w:rsid w:val="00172CFE"/>
+    <w:rsid w:val="001736AD"/>
     <w:rsid w:val="001738C2"/>
     <w:rsid w:val="00173DAF"/>
     <w:rsid w:val="00173EE3"/>
     <w:rsid w:val="00175761"/>
     <w:rsid w:val="001757A8"/>
+    <w:rsid w:val="00175E69"/>
     <w:rsid w:val="0017628F"/>
     <w:rsid w:val="0017632C"/>
     <w:rsid w:val="001772C5"/>
     <w:rsid w:val="00181E1D"/>
+    <w:rsid w:val="00182228"/>
     <w:rsid w:val="00182373"/>
+    <w:rsid w:val="00183297"/>
     <w:rsid w:val="00183609"/>
+    <w:rsid w:val="001837CB"/>
     <w:rsid w:val="001858B4"/>
     <w:rsid w:val="00186097"/>
     <w:rsid w:val="001861F3"/>
+    <w:rsid w:val="00186D39"/>
+    <w:rsid w:val="0019036E"/>
     <w:rsid w:val="00191B15"/>
+    <w:rsid w:val="00191CE1"/>
+    <w:rsid w:val="0019211D"/>
+    <w:rsid w:val="00192AA9"/>
+    <w:rsid w:val="00192EE1"/>
     <w:rsid w:val="001943E8"/>
+    <w:rsid w:val="00194610"/>
+    <w:rsid w:val="00194A86"/>
     <w:rsid w:val="00194C4B"/>
     <w:rsid w:val="001963A5"/>
     <w:rsid w:val="00196B92"/>
     <w:rsid w:val="001A0589"/>
+    <w:rsid w:val="001A0A87"/>
     <w:rsid w:val="001A0AE7"/>
     <w:rsid w:val="001A203A"/>
     <w:rsid w:val="001A2E41"/>
+    <w:rsid w:val="001A3286"/>
     <w:rsid w:val="001A54D8"/>
     <w:rsid w:val="001A5808"/>
     <w:rsid w:val="001A58B5"/>
     <w:rsid w:val="001A5B52"/>
     <w:rsid w:val="001A707D"/>
     <w:rsid w:val="001A759D"/>
     <w:rsid w:val="001B0077"/>
     <w:rsid w:val="001B08C1"/>
     <w:rsid w:val="001B0B2D"/>
+    <w:rsid w:val="001B0CB5"/>
+    <w:rsid w:val="001B1BE3"/>
+    <w:rsid w:val="001B57EF"/>
     <w:rsid w:val="001B6467"/>
+    <w:rsid w:val="001B6F57"/>
     <w:rsid w:val="001B7DCB"/>
+    <w:rsid w:val="001C0310"/>
+    <w:rsid w:val="001C16DE"/>
+    <w:rsid w:val="001C2DFE"/>
     <w:rsid w:val="001C3368"/>
     <w:rsid w:val="001C3B83"/>
     <w:rsid w:val="001C3ED0"/>
     <w:rsid w:val="001C4351"/>
+    <w:rsid w:val="001C45AF"/>
     <w:rsid w:val="001C4898"/>
+    <w:rsid w:val="001C5F17"/>
     <w:rsid w:val="001C6531"/>
+    <w:rsid w:val="001C6CDC"/>
     <w:rsid w:val="001C7BB3"/>
     <w:rsid w:val="001D08C8"/>
+    <w:rsid w:val="001D0C34"/>
     <w:rsid w:val="001D1362"/>
+    <w:rsid w:val="001D1C93"/>
     <w:rsid w:val="001D206E"/>
     <w:rsid w:val="001D26AB"/>
     <w:rsid w:val="001D2B67"/>
     <w:rsid w:val="001D2C7F"/>
+    <w:rsid w:val="001D35E7"/>
     <w:rsid w:val="001D3AF3"/>
+    <w:rsid w:val="001D45E6"/>
     <w:rsid w:val="001D599E"/>
     <w:rsid w:val="001D77E5"/>
     <w:rsid w:val="001E0210"/>
     <w:rsid w:val="001E0FDE"/>
+    <w:rsid w:val="001E1180"/>
     <w:rsid w:val="001E1A5D"/>
     <w:rsid w:val="001E1DBF"/>
     <w:rsid w:val="001E2B9F"/>
     <w:rsid w:val="001E2F51"/>
     <w:rsid w:val="001E3915"/>
     <w:rsid w:val="001E47D2"/>
     <w:rsid w:val="001E648E"/>
+    <w:rsid w:val="001E6B67"/>
     <w:rsid w:val="001E6D51"/>
     <w:rsid w:val="001F03FB"/>
     <w:rsid w:val="001F0BBE"/>
+    <w:rsid w:val="001F14DC"/>
     <w:rsid w:val="001F15DB"/>
     <w:rsid w:val="001F19D5"/>
     <w:rsid w:val="001F2D1F"/>
     <w:rsid w:val="001F3747"/>
     <w:rsid w:val="001F3C6C"/>
     <w:rsid w:val="001F3E41"/>
     <w:rsid w:val="001F48BA"/>
     <w:rsid w:val="001F60B0"/>
     <w:rsid w:val="001F6A34"/>
     <w:rsid w:val="001F71D8"/>
+    <w:rsid w:val="001F7B6F"/>
+    <w:rsid w:val="00200EB5"/>
+    <w:rsid w:val="00202158"/>
+    <w:rsid w:val="00202D13"/>
+    <w:rsid w:val="002030E3"/>
     <w:rsid w:val="002045AB"/>
+    <w:rsid w:val="002051D2"/>
     <w:rsid w:val="00205494"/>
+    <w:rsid w:val="00205A44"/>
+    <w:rsid w:val="002065A8"/>
+    <w:rsid w:val="00206CC1"/>
     <w:rsid w:val="002071D8"/>
     <w:rsid w:val="00207211"/>
+    <w:rsid w:val="00207992"/>
+    <w:rsid w:val="0021027C"/>
+    <w:rsid w:val="00210BBD"/>
     <w:rsid w:val="002125BE"/>
     <w:rsid w:val="00212683"/>
     <w:rsid w:val="0021288F"/>
+    <w:rsid w:val="00212FDA"/>
+    <w:rsid w:val="00215199"/>
     <w:rsid w:val="0021586A"/>
+    <w:rsid w:val="002159A4"/>
     <w:rsid w:val="00215D66"/>
     <w:rsid w:val="00217605"/>
     <w:rsid w:val="00217C36"/>
     <w:rsid w:val="002205DB"/>
+    <w:rsid w:val="002209BA"/>
     <w:rsid w:val="0022211B"/>
     <w:rsid w:val="00222CBC"/>
     <w:rsid w:val="002238B4"/>
+    <w:rsid w:val="00223B7F"/>
     <w:rsid w:val="0022445C"/>
     <w:rsid w:val="0022482C"/>
     <w:rsid w:val="00224F17"/>
     <w:rsid w:val="002251E3"/>
+    <w:rsid w:val="00225D26"/>
+    <w:rsid w:val="00225EB6"/>
     <w:rsid w:val="002273BC"/>
     <w:rsid w:val="002273DA"/>
+    <w:rsid w:val="0022761B"/>
     <w:rsid w:val="002300EC"/>
     <w:rsid w:val="002306CC"/>
     <w:rsid w:val="002307BB"/>
     <w:rsid w:val="0023241A"/>
+    <w:rsid w:val="002329D3"/>
     <w:rsid w:val="00232E13"/>
     <w:rsid w:val="00232F5C"/>
     <w:rsid w:val="00234A67"/>
     <w:rsid w:val="002374D8"/>
+    <w:rsid w:val="00237762"/>
     <w:rsid w:val="00237B30"/>
     <w:rsid w:val="00237ECA"/>
+    <w:rsid w:val="00240E56"/>
     <w:rsid w:val="00240EEF"/>
     <w:rsid w:val="00241F24"/>
     <w:rsid w:val="00241FF0"/>
     <w:rsid w:val="00242002"/>
+    <w:rsid w:val="0024279B"/>
+    <w:rsid w:val="00242A9C"/>
     <w:rsid w:val="002433A2"/>
     <w:rsid w:val="002448FF"/>
     <w:rsid w:val="002453A6"/>
     <w:rsid w:val="00246060"/>
     <w:rsid w:val="00246BD9"/>
     <w:rsid w:val="00247515"/>
+    <w:rsid w:val="00247BCA"/>
+    <w:rsid w:val="00247F2B"/>
+    <w:rsid w:val="00250125"/>
     <w:rsid w:val="00251051"/>
     <w:rsid w:val="00251361"/>
     <w:rsid w:val="0025147A"/>
     <w:rsid w:val="0025333B"/>
     <w:rsid w:val="00253B87"/>
     <w:rsid w:val="00254120"/>
     <w:rsid w:val="0025436A"/>
     <w:rsid w:val="002549A5"/>
+    <w:rsid w:val="002550DF"/>
     <w:rsid w:val="002550EF"/>
     <w:rsid w:val="00256E69"/>
     <w:rsid w:val="002571D5"/>
     <w:rsid w:val="002574AC"/>
     <w:rsid w:val="00257515"/>
     <w:rsid w:val="002602DA"/>
+    <w:rsid w:val="0026158A"/>
+    <w:rsid w:val="00261E46"/>
     <w:rsid w:val="00262BED"/>
     <w:rsid w:val="00262CE6"/>
     <w:rsid w:val="002642BD"/>
     <w:rsid w:val="00264596"/>
     <w:rsid w:val="00264DDB"/>
     <w:rsid w:val="00265056"/>
+    <w:rsid w:val="0026551E"/>
+    <w:rsid w:val="00265752"/>
     <w:rsid w:val="002663E3"/>
     <w:rsid w:val="002677C9"/>
+    <w:rsid w:val="002704A4"/>
+    <w:rsid w:val="00270722"/>
     <w:rsid w:val="0027161A"/>
     <w:rsid w:val="0027177F"/>
     <w:rsid w:val="0027183E"/>
+    <w:rsid w:val="00272256"/>
+    <w:rsid w:val="00272556"/>
+    <w:rsid w:val="002740D1"/>
+    <w:rsid w:val="00275449"/>
+    <w:rsid w:val="00276AAC"/>
     <w:rsid w:val="00276CC4"/>
     <w:rsid w:val="0028091C"/>
     <w:rsid w:val="00280C60"/>
+    <w:rsid w:val="00280EE6"/>
+    <w:rsid w:val="002821FE"/>
+    <w:rsid w:val="00282415"/>
     <w:rsid w:val="00282558"/>
     <w:rsid w:val="00282822"/>
+    <w:rsid w:val="0028389D"/>
     <w:rsid w:val="00283DDF"/>
+    <w:rsid w:val="0028405A"/>
     <w:rsid w:val="002842F7"/>
     <w:rsid w:val="0028435D"/>
     <w:rsid w:val="00287641"/>
     <w:rsid w:val="002910FE"/>
     <w:rsid w:val="00291A7C"/>
+    <w:rsid w:val="00291FE7"/>
+    <w:rsid w:val="002925CA"/>
     <w:rsid w:val="00293387"/>
     <w:rsid w:val="00294AB8"/>
     <w:rsid w:val="00295C38"/>
     <w:rsid w:val="00296C80"/>
+    <w:rsid w:val="00297BDF"/>
+    <w:rsid w:val="002A047C"/>
     <w:rsid w:val="002A061D"/>
+    <w:rsid w:val="002A094E"/>
     <w:rsid w:val="002A1711"/>
     <w:rsid w:val="002A1748"/>
     <w:rsid w:val="002A1939"/>
     <w:rsid w:val="002A1F0E"/>
+    <w:rsid w:val="002A2A8F"/>
+    <w:rsid w:val="002A2C0A"/>
     <w:rsid w:val="002A2D77"/>
+    <w:rsid w:val="002A424C"/>
     <w:rsid w:val="002A44BE"/>
+    <w:rsid w:val="002A6B4B"/>
+    <w:rsid w:val="002A724F"/>
     <w:rsid w:val="002A7CDB"/>
     <w:rsid w:val="002AC341"/>
+    <w:rsid w:val="002B1508"/>
+    <w:rsid w:val="002B4733"/>
     <w:rsid w:val="002B544C"/>
     <w:rsid w:val="002B546E"/>
     <w:rsid w:val="002B751C"/>
+    <w:rsid w:val="002B7941"/>
     <w:rsid w:val="002C08C9"/>
     <w:rsid w:val="002C0F61"/>
     <w:rsid w:val="002C1406"/>
     <w:rsid w:val="002C39FD"/>
+    <w:rsid w:val="002C3A5D"/>
+    <w:rsid w:val="002C4498"/>
     <w:rsid w:val="002C56BF"/>
+    <w:rsid w:val="002C6624"/>
     <w:rsid w:val="002C67BF"/>
+    <w:rsid w:val="002C680C"/>
     <w:rsid w:val="002C6A1A"/>
     <w:rsid w:val="002C7CF5"/>
     <w:rsid w:val="002C7DF8"/>
     <w:rsid w:val="002D001E"/>
+    <w:rsid w:val="002D0C87"/>
     <w:rsid w:val="002D0CCE"/>
     <w:rsid w:val="002D23CB"/>
+    <w:rsid w:val="002D2559"/>
     <w:rsid w:val="002D3389"/>
     <w:rsid w:val="002D4013"/>
     <w:rsid w:val="002D4967"/>
     <w:rsid w:val="002D4A5A"/>
     <w:rsid w:val="002D4E64"/>
+    <w:rsid w:val="002D50C8"/>
     <w:rsid w:val="002D59A3"/>
     <w:rsid w:val="002D60ED"/>
     <w:rsid w:val="002D635D"/>
+    <w:rsid w:val="002D66A2"/>
     <w:rsid w:val="002D67E3"/>
     <w:rsid w:val="002D6E5A"/>
+    <w:rsid w:val="002D71A6"/>
     <w:rsid w:val="002D71EB"/>
+    <w:rsid w:val="002D7617"/>
     <w:rsid w:val="002D7C93"/>
     <w:rsid w:val="002E021A"/>
+    <w:rsid w:val="002E0BFB"/>
     <w:rsid w:val="002E19B0"/>
     <w:rsid w:val="002E1E83"/>
     <w:rsid w:val="002E294B"/>
+    <w:rsid w:val="002E62B6"/>
+    <w:rsid w:val="002E6E75"/>
+    <w:rsid w:val="002E72EE"/>
     <w:rsid w:val="002E7E2F"/>
     <w:rsid w:val="002F03C8"/>
     <w:rsid w:val="002F0AE6"/>
     <w:rsid w:val="002F0E52"/>
     <w:rsid w:val="002F0FDF"/>
     <w:rsid w:val="002F21B8"/>
+    <w:rsid w:val="002F3E04"/>
     <w:rsid w:val="002F48AF"/>
+    <w:rsid w:val="002F4D2D"/>
     <w:rsid w:val="002F4DBB"/>
+    <w:rsid w:val="002F513C"/>
     <w:rsid w:val="002F5EDF"/>
     <w:rsid w:val="002F6CAE"/>
+    <w:rsid w:val="002F71D3"/>
     <w:rsid w:val="002F76B6"/>
     <w:rsid w:val="002F7C7E"/>
+    <w:rsid w:val="002F7DED"/>
+    <w:rsid w:val="00300DAD"/>
+    <w:rsid w:val="00300F46"/>
     <w:rsid w:val="0030241A"/>
     <w:rsid w:val="00302687"/>
     <w:rsid w:val="003026C9"/>
+    <w:rsid w:val="00303109"/>
+    <w:rsid w:val="00304A69"/>
     <w:rsid w:val="00304FB5"/>
+    <w:rsid w:val="00304FF8"/>
     <w:rsid w:val="003055F8"/>
+    <w:rsid w:val="00305735"/>
     <w:rsid w:val="00307446"/>
+    <w:rsid w:val="003074C3"/>
     <w:rsid w:val="0030791B"/>
+    <w:rsid w:val="00310246"/>
     <w:rsid w:val="00311233"/>
     <w:rsid w:val="003112C5"/>
     <w:rsid w:val="00311BAA"/>
+    <w:rsid w:val="00311F0C"/>
     <w:rsid w:val="00312102"/>
     <w:rsid w:val="0031516F"/>
     <w:rsid w:val="00315216"/>
     <w:rsid w:val="003169D6"/>
     <w:rsid w:val="00316CA4"/>
     <w:rsid w:val="00317070"/>
     <w:rsid w:val="00317572"/>
     <w:rsid w:val="0032054E"/>
     <w:rsid w:val="003208F1"/>
     <w:rsid w:val="003209DF"/>
     <w:rsid w:val="00322000"/>
+    <w:rsid w:val="003222A4"/>
     <w:rsid w:val="0032264F"/>
     <w:rsid w:val="003234A6"/>
     <w:rsid w:val="00323E81"/>
     <w:rsid w:val="00324314"/>
+    <w:rsid w:val="003253E9"/>
     <w:rsid w:val="003257BE"/>
     <w:rsid w:val="003257E9"/>
+    <w:rsid w:val="00326B8A"/>
     <w:rsid w:val="003273EA"/>
     <w:rsid w:val="003305C6"/>
+    <w:rsid w:val="003308A1"/>
     <w:rsid w:val="00330AD4"/>
     <w:rsid w:val="00330E01"/>
+    <w:rsid w:val="0033328F"/>
+    <w:rsid w:val="0033359F"/>
     <w:rsid w:val="00334BD0"/>
     <w:rsid w:val="00334BDA"/>
     <w:rsid w:val="00335A3C"/>
     <w:rsid w:val="00335D0F"/>
+    <w:rsid w:val="0033645C"/>
     <w:rsid w:val="00336BD4"/>
     <w:rsid w:val="00337491"/>
     <w:rsid w:val="00340297"/>
     <w:rsid w:val="003409E5"/>
     <w:rsid w:val="00340B1B"/>
+    <w:rsid w:val="00340BCD"/>
+    <w:rsid w:val="00340F88"/>
+    <w:rsid w:val="0034190E"/>
+    <w:rsid w:val="0034193F"/>
     <w:rsid w:val="0034243A"/>
     <w:rsid w:val="003426A3"/>
     <w:rsid w:val="00344A72"/>
     <w:rsid w:val="003466FA"/>
+    <w:rsid w:val="003468C6"/>
     <w:rsid w:val="003477F7"/>
+    <w:rsid w:val="0035107B"/>
+    <w:rsid w:val="00351967"/>
     <w:rsid w:val="00351DC3"/>
+    <w:rsid w:val="003541A3"/>
+    <w:rsid w:val="0035533D"/>
     <w:rsid w:val="00355767"/>
     <w:rsid w:val="00355E6F"/>
     <w:rsid w:val="00355ED5"/>
     <w:rsid w:val="003569CC"/>
     <w:rsid w:val="0035728B"/>
+    <w:rsid w:val="003572CF"/>
     <w:rsid w:val="00360FE2"/>
     <w:rsid w:val="00361142"/>
     <w:rsid w:val="00361FAB"/>
     <w:rsid w:val="00362070"/>
+    <w:rsid w:val="00362275"/>
+    <w:rsid w:val="0036567A"/>
     <w:rsid w:val="003664E9"/>
     <w:rsid w:val="003669C5"/>
     <w:rsid w:val="00367BD8"/>
     <w:rsid w:val="003706A7"/>
+    <w:rsid w:val="00370D8E"/>
     <w:rsid w:val="00371A44"/>
+    <w:rsid w:val="00372BF8"/>
+    <w:rsid w:val="003731E5"/>
     <w:rsid w:val="00373FFF"/>
     <w:rsid w:val="0037444A"/>
     <w:rsid w:val="00374522"/>
     <w:rsid w:val="003745AE"/>
     <w:rsid w:val="003766BB"/>
     <w:rsid w:val="00377042"/>
     <w:rsid w:val="0037796F"/>
+    <w:rsid w:val="00380445"/>
     <w:rsid w:val="003807FD"/>
+    <w:rsid w:val="00381143"/>
     <w:rsid w:val="00381390"/>
     <w:rsid w:val="00381766"/>
     <w:rsid w:val="0038395A"/>
+    <w:rsid w:val="003841F8"/>
     <w:rsid w:val="003843FE"/>
     <w:rsid w:val="00385CBB"/>
+    <w:rsid w:val="0038610A"/>
     <w:rsid w:val="003867E4"/>
+    <w:rsid w:val="00386CE2"/>
+    <w:rsid w:val="003871AB"/>
+    <w:rsid w:val="00390B78"/>
+    <w:rsid w:val="003919F4"/>
     <w:rsid w:val="00392F81"/>
     <w:rsid w:val="003932E0"/>
+    <w:rsid w:val="003945AD"/>
     <w:rsid w:val="00394B9B"/>
     <w:rsid w:val="00394F95"/>
+    <w:rsid w:val="0039503D"/>
+    <w:rsid w:val="00396BCD"/>
     <w:rsid w:val="003979F7"/>
+    <w:rsid w:val="00397B7D"/>
     <w:rsid w:val="00397C4B"/>
-    <w:rsid w:val="003A112A"/>
+    <w:rsid w:val="003A09FC"/>
+    <w:rsid w:val="003A12F3"/>
     <w:rsid w:val="003A1606"/>
+    <w:rsid w:val="003A1F91"/>
     <w:rsid w:val="003A2A66"/>
     <w:rsid w:val="003A4088"/>
     <w:rsid w:val="003A40FF"/>
+    <w:rsid w:val="003A4CC1"/>
+    <w:rsid w:val="003A4FEF"/>
     <w:rsid w:val="003A54DE"/>
     <w:rsid w:val="003A5D02"/>
+    <w:rsid w:val="003A711A"/>
     <w:rsid w:val="003B0290"/>
     <w:rsid w:val="003B035B"/>
     <w:rsid w:val="003B0C96"/>
+    <w:rsid w:val="003B0DE0"/>
     <w:rsid w:val="003B1197"/>
     <w:rsid w:val="003B11A7"/>
+    <w:rsid w:val="003B2519"/>
+    <w:rsid w:val="003B25C4"/>
     <w:rsid w:val="003B2C0C"/>
     <w:rsid w:val="003B35F4"/>
+    <w:rsid w:val="003B3C14"/>
     <w:rsid w:val="003B45F0"/>
     <w:rsid w:val="003B49E0"/>
+    <w:rsid w:val="003B4C3D"/>
     <w:rsid w:val="003B5C35"/>
     <w:rsid w:val="003B684A"/>
     <w:rsid w:val="003B6990"/>
     <w:rsid w:val="003B6BA5"/>
+    <w:rsid w:val="003B786F"/>
     <w:rsid w:val="003B7DFC"/>
     <w:rsid w:val="003C0021"/>
     <w:rsid w:val="003C1986"/>
+    <w:rsid w:val="003C252B"/>
     <w:rsid w:val="003C358F"/>
     <w:rsid w:val="003C52FA"/>
     <w:rsid w:val="003C6554"/>
     <w:rsid w:val="003C70D4"/>
+    <w:rsid w:val="003C798C"/>
+    <w:rsid w:val="003D0BD1"/>
     <w:rsid w:val="003D0C95"/>
     <w:rsid w:val="003D1418"/>
+    <w:rsid w:val="003D156E"/>
     <w:rsid w:val="003D15FE"/>
+    <w:rsid w:val="003D1620"/>
     <w:rsid w:val="003D1E9F"/>
     <w:rsid w:val="003D26E1"/>
     <w:rsid w:val="003D39F8"/>
     <w:rsid w:val="003D4233"/>
     <w:rsid w:val="003D4D91"/>
     <w:rsid w:val="003D5F02"/>
     <w:rsid w:val="003D64D6"/>
     <w:rsid w:val="003D65ED"/>
     <w:rsid w:val="003D67AA"/>
     <w:rsid w:val="003D6E67"/>
     <w:rsid w:val="003D7E8E"/>
     <w:rsid w:val="003E0268"/>
     <w:rsid w:val="003E07F9"/>
+    <w:rsid w:val="003E089A"/>
     <w:rsid w:val="003E0CAB"/>
     <w:rsid w:val="003E1B80"/>
+    <w:rsid w:val="003E31C2"/>
+    <w:rsid w:val="003E481A"/>
+    <w:rsid w:val="003E498E"/>
     <w:rsid w:val="003E53EF"/>
     <w:rsid w:val="003E54BF"/>
     <w:rsid w:val="003E5E5E"/>
     <w:rsid w:val="003E61AB"/>
+    <w:rsid w:val="003E6D2E"/>
     <w:rsid w:val="003F0368"/>
+    <w:rsid w:val="003F0547"/>
+    <w:rsid w:val="003F084E"/>
     <w:rsid w:val="003F1D2E"/>
     <w:rsid w:val="003F287A"/>
     <w:rsid w:val="003F2AD6"/>
+    <w:rsid w:val="003F3A95"/>
     <w:rsid w:val="003F4BBE"/>
+    <w:rsid w:val="003F4F3D"/>
     <w:rsid w:val="003F57F3"/>
     <w:rsid w:val="003F5A87"/>
     <w:rsid w:val="003F5CF0"/>
     <w:rsid w:val="003F5FBF"/>
     <w:rsid w:val="00400C41"/>
     <w:rsid w:val="004014D1"/>
+    <w:rsid w:val="004028BC"/>
     <w:rsid w:val="004036F4"/>
     <w:rsid w:val="00403FD5"/>
     <w:rsid w:val="0040433D"/>
+    <w:rsid w:val="004047F3"/>
     <w:rsid w:val="0040549F"/>
     <w:rsid w:val="004066F0"/>
+    <w:rsid w:val="00406DA6"/>
     <w:rsid w:val="00406F62"/>
+    <w:rsid w:val="00407BCB"/>
     <w:rsid w:val="004105EC"/>
     <w:rsid w:val="00411BE1"/>
+    <w:rsid w:val="00411D7A"/>
     <w:rsid w:val="004138A3"/>
     <w:rsid w:val="00413FBA"/>
     <w:rsid w:val="00414891"/>
     <w:rsid w:val="004150C5"/>
     <w:rsid w:val="00417112"/>
+    <w:rsid w:val="00420152"/>
+    <w:rsid w:val="00420486"/>
     <w:rsid w:val="00420734"/>
     <w:rsid w:val="00423278"/>
     <w:rsid w:val="00424E71"/>
+    <w:rsid w:val="004255D0"/>
     <w:rsid w:val="00425F38"/>
     <w:rsid w:val="0042621C"/>
     <w:rsid w:val="00426291"/>
     <w:rsid w:val="004262CD"/>
     <w:rsid w:val="004264B8"/>
     <w:rsid w:val="004271C4"/>
     <w:rsid w:val="00430199"/>
     <w:rsid w:val="00430797"/>
+    <w:rsid w:val="00431A99"/>
     <w:rsid w:val="00431AD9"/>
     <w:rsid w:val="00432EFC"/>
     <w:rsid w:val="004331CF"/>
     <w:rsid w:val="00433379"/>
     <w:rsid w:val="004333D2"/>
     <w:rsid w:val="0043407C"/>
     <w:rsid w:val="00435D03"/>
     <w:rsid w:val="00435D45"/>
+    <w:rsid w:val="004360D1"/>
+    <w:rsid w:val="00436275"/>
     <w:rsid w:val="004375A8"/>
+    <w:rsid w:val="00437E36"/>
     <w:rsid w:val="00437E71"/>
     <w:rsid w:val="004406D0"/>
     <w:rsid w:val="004407E6"/>
     <w:rsid w:val="004423B9"/>
+    <w:rsid w:val="00442F49"/>
     <w:rsid w:val="00444070"/>
+    <w:rsid w:val="00444AC6"/>
     <w:rsid w:val="00444E11"/>
     <w:rsid w:val="00445E02"/>
+    <w:rsid w:val="004463D0"/>
     <w:rsid w:val="004468F4"/>
     <w:rsid w:val="00446C33"/>
     <w:rsid w:val="0044745B"/>
+    <w:rsid w:val="00450B99"/>
+    <w:rsid w:val="0045121A"/>
     <w:rsid w:val="00452033"/>
+    <w:rsid w:val="00452A14"/>
+    <w:rsid w:val="00452A16"/>
     <w:rsid w:val="004537BC"/>
     <w:rsid w:val="00455063"/>
     <w:rsid w:val="00455652"/>
+    <w:rsid w:val="00455E6B"/>
+    <w:rsid w:val="00455F20"/>
     <w:rsid w:val="00456C5D"/>
+    <w:rsid w:val="00461104"/>
     <w:rsid w:val="00461720"/>
     <w:rsid w:val="00462589"/>
     <w:rsid w:val="004645DE"/>
     <w:rsid w:val="00464760"/>
     <w:rsid w:val="00466581"/>
     <w:rsid w:val="00466769"/>
     <w:rsid w:val="00470FCF"/>
     <w:rsid w:val="00471547"/>
     <w:rsid w:val="00471F11"/>
     <w:rsid w:val="004729DC"/>
     <w:rsid w:val="0047322A"/>
     <w:rsid w:val="0047335E"/>
     <w:rsid w:val="00473553"/>
     <w:rsid w:val="0047641E"/>
     <w:rsid w:val="00477041"/>
     <w:rsid w:val="0047765A"/>
+    <w:rsid w:val="004777BA"/>
     <w:rsid w:val="004778AB"/>
+    <w:rsid w:val="00481660"/>
     <w:rsid w:val="00483AF8"/>
     <w:rsid w:val="00484FA6"/>
     <w:rsid w:val="00485630"/>
     <w:rsid w:val="0048605B"/>
     <w:rsid w:val="00486651"/>
+    <w:rsid w:val="00486A0D"/>
     <w:rsid w:val="0049041C"/>
+    <w:rsid w:val="00491903"/>
+    <w:rsid w:val="0049461C"/>
     <w:rsid w:val="004962C4"/>
     <w:rsid w:val="004963B8"/>
     <w:rsid w:val="00497BE6"/>
     <w:rsid w:val="004A1A43"/>
     <w:rsid w:val="004A229D"/>
     <w:rsid w:val="004A2854"/>
+    <w:rsid w:val="004A37B7"/>
     <w:rsid w:val="004A38BA"/>
+    <w:rsid w:val="004A4A42"/>
+    <w:rsid w:val="004A6498"/>
     <w:rsid w:val="004A65A2"/>
     <w:rsid w:val="004A7CA6"/>
     <w:rsid w:val="004B0316"/>
     <w:rsid w:val="004B0F75"/>
+    <w:rsid w:val="004B12FA"/>
     <w:rsid w:val="004B15F8"/>
+    <w:rsid w:val="004B18AB"/>
+    <w:rsid w:val="004B1981"/>
+    <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B2FAC"/>
+    <w:rsid w:val="004B35E6"/>
     <w:rsid w:val="004B39F8"/>
+    <w:rsid w:val="004B54D9"/>
     <w:rsid w:val="004B6EF2"/>
     <w:rsid w:val="004B7440"/>
+    <w:rsid w:val="004C00D0"/>
     <w:rsid w:val="004C02F6"/>
     <w:rsid w:val="004C079F"/>
     <w:rsid w:val="004C0869"/>
     <w:rsid w:val="004C0E4D"/>
     <w:rsid w:val="004C1427"/>
     <w:rsid w:val="004C27CB"/>
+    <w:rsid w:val="004C31F8"/>
     <w:rsid w:val="004C41CB"/>
+    <w:rsid w:val="004C5481"/>
     <w:rsid w:val="004C623C"/>
+    <w:rsid w:val="004C629D"/>
+    <w:rsid w:val="004C652C"/>
+    <w:rsid w:val="004C6C2B"/>
+    <w:rsid w:val="004C79C3"/>
     <w:rsid w:val="004D1BA5"/>
     <w:rsid w:val="004D2127"/>
     <w:rsid w:val="004D3BA7"/>
     <w:rsid w:val="004D4964"/>
     <w:rsid w:val="004D4D77"/>
     <w:rsid w:val="004D53E1"/>
     <w:rsid w:val="004D6F72"/>
     <w:rsid w:val="004D7087"/>
     <w:rsid w:val="004D7542"/>
     <w:rsid w:val="004D7C41"/>
     <w:rsid w:val="004E0345"/>
+    <w:rsid w:val="004E05F7"/>
     <w:rsid w:val="004E091B"/>
     <w:rsid w:val="004E1B30"/>
     <w:rsid w:val="004E1B9B"/>
     <w:rsid w:val="004E301B"/>
     <w:rsid w:val="004E38BB"/>
     <w:rsid w:val="004E3F62"/>
     <w:rsid w:val="004E3F72"/>
     <w:rsid w:val="004E441E"/>
     <w:rsid w:val="004E52D5"/>
     <w:rsid w:val="004E52F2"/>
     <w:rsid w:val="004E53D7"/>
+    <w:rsid w:val="004E5696"/>
     <w:rsid w:val="004E5878"/>
+    <w:rsid w:val="004E5B2F"/>
     <w:rsid w:val="004E659C"/>
     <w:rsid w:val="004E6D42"/>
     <w:rsid w:val="004E6EF4"/>
     <w:rsid w:val="004F0D05"/>
+    <w:rsid w:val="004F13FC"/>
     <w:rsid w:val="004F1614"/>
     <w:rsid w:val="004F2A4C"/>
     <w:rsid w:val="004F40A5"/>
     <w:rsid w:val="004F4BE7"/>
     <w:rsid w:val="004F5103"/>
+    <w:rsid w:val="004F52F9"/>
+    <w:rsid w:val="00500937"/>
+    <w:rsid w:val="00500A0A"/>
     <w:rsid w:val="00501542"/>
     <w:rsid w:val="005022B8"/>
+    <w:rsid w:val="00502CBC"/>
+    <w:rsid w:val="00503EE0"/>
     <w:rsid w:val="005040E5"/>
+    <w:rsid w:val="00504723"/>
     <w:rsid w:val="00505361"/>
     <w:rsid w:val="00505BBA"/>
     <w:rsid w:val="00505FD6"/>
     <w:rsid w:val="00511074"/>
     <w:rsid w:val="0051123F"/>
     <w:rsid w:val="005121C7"/>
     <w:rsid w:val="00512730"/>
+    <w:rsid w:val="005130BE"/>
+    <w:rsid w:val="005131B7"/>
     <w:rsid w:val="0051337F"/>
     <w:rsid w:val="00513642"/>
     <w:rsid w:val="00513A9C"/>
     <w:rsid w:val="00513DED"/>
     <w:rsid w:val="005143BB"/>
+    <w:rsid w:val="0051452C"/>
     <w:rsid w:val="00514946"/>
     <w:rsid w:val="00515131"/>
     <w:rsid w:val="005151A5"/>
     <w:rsid w:val="00515C9D"/>
+    <w:rsid w:val="0051611D"/>
     <w:rsid w:val="00516771"/>
+    <w:rsid w:val="0051700D"/>
+    <w:rsid w:val="0051758F"/>
     <w:rsid w:val="00520EF7"/>
     <w:rsid w:val="00522FF8"/>
     <w:rsid w:val="00524286"/>
     <w:rsid w:val="00524658"/>
     <w:rsid w:val="00524A5C"/>
     <w:rsid w:val="0052520D"/>
+    <w:rsid w:val="00525232"/>
+    <w:rsid w:val="005253B8"/>
+    <w:rsid w:val="005256EC"/>
+    <w:rsid w:val="005261FF"/>
+    <w:rsid w:val="0052700F"/>
     <w:rsid w:val="00527D6D"/>
     <w:rsid w:val="00527D8D"/>
+    <w:rsid w:val="00530130"/>
     <w:rsid w:val="00530343"/>
     <w:rsid w:val="005307CC"/>
     <w:rsid w:val="00530C69"/>
+    <w:rsid w:val="0053147B"/>
+    <w:rsid w:val="00531A1A"/>
     <w:rsid w:val="00531FFE"/>
+    <w:rsid w:val="00532A53"/>
+    <w:rsid w:val="00533A86"/>
     <w:rsid w:val="00535529"/>
     <w:rsid w:val="005355DA"/>
     <w:rsid w:val="00535643"/>
+    <w:rsid w:val="0053620C"/>
     <w:rsid w:val="00536D9D"/>
+    <w:rsid w:val="005376D0"/>
+    <w:rsid w:val="005378EF"/>
     <w:rsid w:val="00540C4D"/>
     <w:rsid w:val="00541BD1"/>
     <w:rsid w:val="00543642"/>
     <w:rsid w:val="005436CC"/>
     <w:rsid w:val="00543E52"/>
     <w:rsid w:val="00544C83"/>
     <w:rsid w:val="00545D23"/>
+    <w:rsid w:val="00545F5A"/>
     <w:rsid w:val="00546036"/>
     <w:rsid w:val="00546775"/>
+    <w:rsid w:val="0054724A"/>
     <w:rsid w:val="00547465"/>
     <w:rsid w:val="00547ADB"/>
+    <w:rsid w:val="005505C1"/>
+    <w:rsid w:val="00551D5B"/>
     <w:rsid w:val="00551F9D"/>
     <w:rsid w:val="00552176"/>
     <w:rsid w:val="005526E4"/>
+    <w:rsid w:val="00553E52"/>
     <w:rsid w:val="005549AC"/>
     <w:rsid w:val="0055579F"/>
+    <w:rsid w:val="00556201"/>
     <w:rsid w:val="0055691D"/>
     <w:rsid w:val="00560B5F"/>
+    <w:rsid w:val="0056150A"/>
+    <w:rsid w:val="00563CE4"/>
     <w:rsid w:val="005641F7"/>
     <w:rsid w:val="00564E6C"/>
     <w:rsid w:val="00565B55"/>
+    <w:rsid w:val="00565F53"/>
     <w:rsid w:val="00570939"/>
     <w:rsid w:val="005710D9"/>
+    <w:rsid w:val="00571F82"/>
     <w:rsid w:val="00573636"/>
     <w:rsid w:val="00573740"/>
     <w:rsid w:val="00573E3B"/>
+    <w:rsid w:val="005744D8"/>
+    <w:rsid w:val="00575015"/>
+    <w:rsid w:val="00575ABB"/>
+    <w:rsid w:val="00575E28"/>
     <w:rsid w:val="00577A06"/>
     <w:rsid w:val="00577A42"/>
+    <w:rsid w:val="00577ADE"/>
     <w:rsid w:val="005806E2"/>
+    <w:rsid w:val="005811DF"/>
     <w:rsid w:val="00585386"/>
     <w:rsid w:val="005853FD"/>
     <w:rsid w:val="005854D5"/>
     <w:rsid w:val="005862D6"/>
     <w:rsid w:val="00586493"/>
     <w:rsid w:val="00587493"/>
     <w:rsid w:val="005878CB"/>
     <w:rsid w:val="00591070"/>
     <w:rsid w:val="00592109"/>
+    <w:rsid w:val="00592268"/>
     <w:rsid w:val="00593A2D"/>
     <w:rsid w:val="00593DA2"/>
+    <w:rsid w:val="00594C9A"/>
+    <w:rsid w:val="005951A8"/>
     <w:rsid w:val="00595AC1"/>
     <w:rsid w:val="00595BA1"/>
+    <w:rsid w:val="00595DC1"/>
+    <w:rsid w:val="00597991"/>
     <w:rsid w:val="005A04E3"/>
     <w:rsid w:val="005A0A8C"/>
     <w:rsid w:val="005A2942"/>
+    <w:rsid w:val="005A5A0D"/>
     <w:rsid w:val="005A69B7"/>
     <w:rsid w:val="005A6B51"/>
+    <w:rsid w:val="005B0AC3"/>
+    <w:rsid w:val="005B27A7"/>
     <w:rsid w:val="005B38E3"/>
     <w:rsid w:val="005B3B98"/>
     <w:rsid w:val="005B428D"/>
     <w:rsid w:val="005B5B04"/>
     <w:rsid w:val="005B5DD9"/>
+    <w:rsid w:val="005C1777"/>
     <w:rsid w:val="005C2CE6"/>
     <w:rsid w:val="005C3470"/>
     <w:rsid w:val="005C5122"/>
+    <w:rsid w:val="005C6C95"/>
     <w:rsid w:val="005C6FA5"/>
     <w:rsid w:val="005C7417"/>
     <w:rsid w:val="005C7BE9"/>
+    <w:rsid w:val="005C7C50"/>
     <w:rsid w:val="005D2984"/>
     <w:rsid w:val="005D3159"/>
+    <w:rsid w:val="005D3362"/>
     <w:rsid w:val="005D40F5"/>
+    <w:rsid w:val="005D6617"/>
     <w:rsid w:val="005D7C6E"/>
     <w:rsid w:val="005DAA94"/>
     <w:rsid w:val="005E00DF"/>
+    <w:rsid w:val="005E070F"/>
+    <w:rsid w:val="005E0C31"/>
     <w:rsid w:val="005E0C61"/>
+    <w:rsid w:val="005E0DF8"/>
     <w:rsid w:val="005E2517"/>
     <w:rsid w:val="005E543F"/>
+    <w:rsid w:val="005E711E"/>
+    <w:rsid w:val="005E7712"/>
     <w:rsid w:val="005F0634"/>
-    <w:rsid w:val="005F0637"/>
     <w:rsid w:val="005F0675"/>
+    <w:rsid w:val="005F099D"/>
     <w:rsid w:val="005F0ED4"/>
+    <w:rsid w:val="005F19FD"/>
     <w:rsid w:val="005F30AD"/>
     <w:rsid w:val="005F40D9"/>
     <w:rsid w:val="005F41FB"/>
     <w:rsid w:val="005F43B7"/>
     <w:rsid w:val="005F4B86"/>
     <w:rsid w:val="005F4E83"/>
     <w:rsid w:val="005F515B"/>
+    <w:rsid w:val="005F558E"/>
     <w:rsid w:val="005F561E"/>
     <w:rsid w:val="005F618E"/>
+    <w:rsid w:val="005F6B2E"/>
     <w:rsid w:val="005F70F6"/>
     <w:rsid w:val="005F7242"/>
     <w:rsid w:val="00600001"/>
     <w:rsid w:val="006012CA"/>
+    <w:rsid w:val="006015E5"/>
     <w:rsid w:val="00601735"/>
     <w:rsid w:val="006018C2"/>
     <w:rsid w:val="00601928"/>
     <w:rsid w:val="006028C2"/>
     <w:rsid w:val="00602A37"/>
+    <w:rsid w:val="00603583"/>
     <w:rsid w:val="00603822"/>
     <w:rsid w:val="00603DEC"/>
     <w:rsid w:val="0060516A"/>
     <w:rsid w:val="00605406"/>
     <w:rsid w:val="006059F9"/>
     <w:rsid w:val="00606108"/>
     <w:rsid w:val="00610657"/>
     <w:rsid w:val="00611871"/>
     <w:rsid w:val="00611DAF"/>
     <w:rsid w:val="00612D31"/>
     <w:rsid w:val="0061342E"/>
     <w:rsid w:val="00613F18"/>
     <w:rsid w:val="00613FC7"/>
     <w:rsid w:val="006150F0"/>
+    <w:rsid w:val="00616945"/>
+    <w:rsid w:val="00616D00"/>
     <w:rsid w:val="006175FB"/>
     <w:rsid w:val="006178D9"/>
+    <w:rsid w:val="00617E5D"/>
     <w:rsid w:val="00617EF7"/>
     <w:rsid w:val="006204B9"/>
+    <w:rsid w:val="00621E9A"/>
     <w:rsid w:val="006224F4"/>
+    <w:rsid w:val="00622984"/>
+    <w:rsid w:val="00622AFA"/>
+    <w:rsid w:val="00622C78"/>
+    <w:rsid w:val="00622CB6"/>
     <w:rsid w:val="00622D25"/>
     <w:rsid w:val="00622E0A"/>
+    <w:rsid w:val="00622E4E"/>
+    <w:rsid w:val="00622FD3"/>
     <w:rsid w:val="00623112"/>
     <w:rsid w:val="00624532"/>
     <w:rsid w:val="00624547"/>
     <w:rsid w:val="00624A07"/>
+    <w:rsid w:val="006267F9"/>
     <w:rsid w:val="00627105"/>
     <w:rsid w:val="00632118"/>
     <w:rsid w:val="00634979"/>
+    <w:rsid w:val="00636618"/>
+    <w:rsid w:val="006367FD"/>
     <w:rsid w:val="006368CA"/>
     <w:rsid w:val="00637AA8"/>
+    <w:rsid w:val="00640727"/>
     <w:rsid w:val="00640E97"/>
     <w:rsid w:val="00640F7A"/>
     <w:rsid w:val="00642345"/>
     <w:rsid w:val="00642663"/>
     <w:rsid w:val="00642DE2"/>
+    <w:rsid w:val="006430C6"/>
     <w:rsid w:val="00643A99"/>
     <w:rsid w:val="00643AE2"/>
     <w:rsid w:val="006441AD"/>
     <w:rsid w:val="00646B5C"/>
     <w:rsid w:val="00647114"/>
     <w:rsid w:val="00647D95"/>
     <w:rsid w:val="00650FF9"/>
+    <w:rsid w:val="0065142C"/>
+    <w:rsid w:val="00651782"/>
     <w:rsid w:val="00651863"/>
     <w:rsid w:val="006530C1"/>
     <w:rsid w:val="006531ED"/>
+    <w:rsid w:val="00653F31"/>
     <w:rsid w:val="00655A76"/>
     <w:rsid w:val="00655D8A"/>
     <w:rsid w:val="00656A67"/>
     <w:rsid w:val="0065717E"/>
     <w:rsid w:val="0066062E"/>
+    <w:rsid w:val="00660D71"/>
+    <w:rsid w:val="00660E14"/>
     <w:rsid w:val="006625D6"/>
     <w:rsid w:val="006642C0"/>
     <w:rsid w:val="006643A7"/>
+    <w:rsid w:val="006649AA"/>
+    <w:rsid w:val="00665C35"/>
+    <w:rsid w:val="006665A4"/>
     <w:rsid w:val="0066695A"/>
     <w:rsid w:val="006674F2"/>
     <w:rsid w:val="00667840"/>
     <w:rsid w:val="00667DE8"/>
     <w:rsid w:val="0067089D"/>
     <w:rsid w:val="00670CBC"/>
     <w:rsid w:val="00671112"/>
     <w:rsid w:val="006716E9"/>
     <w:rsid w:val="006732BC"/>
+    <w:rsid w:val="00673B16"/>
     <w:rsid w:val="00674492"/>
+    <w:rsid w:val="00675106"/>
     <w:rsid w:val="00675925"/>
+    <w:rsid w:val="00675AF8"/>
     <w:rsid w:val="00676214"/>
     <w:rsid w:val="00676253"/>
     <w:rsid w:val="00677431"/>
     <w:rsid w:val="00677946"/>
+    <w:rsid w:val="00677B4C"/>
     <w:rsid w:val="00677E79"/>
     <w:rsid w:val="00681888"/>
     <w:rsid w:val="00681AA6"/>
+    <w:rsid w:val="00682849"/>
     <w:rsid w:val="00682D17"/>
     <w:rsid w:val="0068334E"/>
     <w:rsid w:val="006838F4"/>
+    <w:rsid w:val="00683D31"/>
+    <w:rsid w:val="00683D56"/>
+    <w:rsid w:val="006854E6"/>
     <w:rsid w:val="0068617B"/>
+    <w:rsid w:val="006872E1"/>
     <w:rsid w:val="00691AD5"/>
     <w:rsid w:val="00692BD3"/>
     <w:rsid w:val="00693252"/>
     <w:rsid w:val="006937B3"/>
     <w:rsid w:val="00693FCC"/>
+    <w:rsid w:val="00694A55"/>
+    <w:rsid w:val="006953A8"/>
     <w:rsid w:val="00695771"/>
+    <w:rsid w:val="00695B2A"/>
     <w:rsid w:val="0069647D"/>
     <w:rsid w:val="00696DE6"/>
     <w:rsid w:val="00697E50"/>
+    <w:rsid w:val="006A07C3"/>
     <w:rsid w:val="006A133C"/>
     <w:rsid w:val="006A48BC"/>
     <w:rsid w:val="006A55AC"/>
     <w:rsid w:val="006A6110"/>
     <w:rsid w:val="006A6239"/>
+    <w:rsid w:val="006A65E4"/>
+    <w:rsid w:val="006A7C09"/>
+    <w:rsid w:val="006A7F9B"/>
     <w:rsid w:val="006B0430"/>
+    <w:rsid w:val="006B1387"/>
     <w:rsid w:val="006B2990"/>
     <w:rsid w:val="006B311A"/>
     <w:rsid w:val="006B4126"/>
+    <w:rsid w:val="006B4390"/>
     <w:rsid w:val="006B45E9"/>
     <w:rsid w:val="006B60EF"/>
     <w:rsid w:val="006B6E3F"/>
     <w:rsid w:val="006C0045"/>
     <w:rsid w:val="006C1764"/>
     <w:rsid w:val="006C189D"/>
     <w:rsid w:val="006C2400"/>
     <w:rsid w:val="006C2668"/>
     <w:rsid w:val="006C27E4"/>
     <w:rsid w:val="006C6611"/>
+    <w:rsid w:val="006C7437"/>
+    <w:rsid w:val="006C7560"/>
+    <w:rsid w:val="006D0277"/>
     <w:rsid w:val="006D077F"/>
+    <w:rsid w:val="006D07B8"/>
     <w:rsid w:val="006D144D"/>
     <w:rsid w:val="006D1CDC"/>
+    <w:rsid w:val="006D290A"/>
     <w:rsid w:val="006D3557"/>
+    <w:rsid w:val="006D40A6"/>
     <w:rsid w:val="006D48CF"/>
+    <w:rsid w:val="006D550A"/>
+    <w:rsid w:val="006D5F8A"/>
+    <w:rsid w:val="006D720B"/>
     <w:rsid w:val="006D7E2F"/>
+    <w:rsid w:val="006E0964"/>
     <w:rsid w:val="006E0E1D"/>
+    <w:rsid w:val="006E30B9"/>
     <w:rsid w:val="006E3A62"/>
     <w:rsid w:val="006E5B02"/>
     <w:rsid w:val="006E6423"/>
+    <w:rsid w:val="006F0052"/>
+    <w:rsid w:val="006F036D"/>
+    <w:rsid w:val="006F0B16"/>
+    <w:rsid w:val="006F0E3B"/>
     <w:rsid w:val="006F37E7"/>
+    <w:rsid w:val="006F3AC2"/>
+    <w:rsid w:val="006F4C14"/>
     <w:rsid w:val="006F52FA"/>
     <w:rsid w:val="006F531E"/>
+    <w:rsid w:val="006F5C64"/>
     <w:rsid w:val="006F64C8"/>
     <w:rsid w:val="006F6987"/>
+    <w:rsid w:val="006F6D71"/>
+    <w:rsid w:val="006F7B5F"/>
+    <w:rsid w:val="00700142"/>
     <w:rsid w:val="0070058C"/>
+    <w:rsid w:val="00700ACD"/>
     <w:rsid w:val="00700E13"/>
     <w:rsid w:val="00701B52"/>
+    <w:rsid w:val="00702058"/>
+    <w:rsid w:val="00702E69"/>
     <w:rsid w:val="00703193"/>
+    <w:rsid w:val="0070342C"/>
     <w:rsid w:val="007061D3"/>
+    <w:rsid w:val="00706960"/>
     <w:rsid w:val="00706BC2"/>
     <w:rsid w:val="00707BA9"/>
     <w:rsid w:val="00710027"/>
     <w:rsid w:val="007103CE"/>
     <w:rsid w:val="00710F98"/>
+    <w:rsid w:val="00711C8D"/>
     <w:rsid w:val="0071321A"/>
     <w:rsid w:val="007132B8"/>
+    <w:rsid w:val="007147C8"/>
+    <w:rsid w:val="00715117"/>
     <w:rsid w:val="0071525A"/>
     <w:rsid w:val="0071533B"/>
     <w:rsid w:val="0071610C"/>
     <w:rsid w:val="0071732F"/>
     <w:rsid w:val="007214D4"/>
+    <w:rsid w:val="00721A0F"/>
     <w:rsid w:val="00722449"/>
     <w:rsid w:val="0072333C"/>
     <w:rsid w:val="007260AA"/>
     <w:rsid w:val="007260F0"/>
     <w:rsid w:val="00726237"/>
     <w:rsid w:val="00726818"/>
     <w:rsid w:val="00726931"/>
     <w:rsid w:val="007269DE"/>
     <w:rsid w:val="00726EFC"/>
+    <w:rsid w:val="00727A9C"/>
     <w:rsid w:val="00727B15"/>
     <w:rsid w:val="007302BD"/>
     <w:rsid w:val="00731293"/>
     <w:rsid w:val="00731B7D"/>
     <w:rsid w:val="00731EE4"/>
     <w:rsid w:val="00732A71"/>
     <w:rsid w:val="00734727"/>
     <w:rsid w:val="00734E5D"/>
+    <w:rsid w:val="00735F68"/>
+    <w:rsid w:val="00736057"/>
+    <w:rsid w:val="0073763B"/>
     <w:rsid w:val="00744728"/>
     <w:rsid w:val="00744B6A"/>
     <w:rsid w:val="00744C9F"/>
     <w:rsid w:val="00745257"/>
+    <w:rsid w:val="00746247"/>
+    <w:rsid w:val="00746BAF"/>
+    <w:rsid w:val="00746DE1"/>
     <w:rsid w:val="007475CC"/>
     <w:rsid w:val="00747762"/>
     <w:rsid w:val="0074789D"/>
+    <w:rsid w:val="00750189"/>
+    <w:rsid w:val="00750313"/>
     <w:rsid w:val="007505D9"/>
+    <w:rsid w:val="00751A21"/>
     <w:rsid w:val="007538B6"/>
     <w:rsid w:val="00753AD7"/>
+    <w:rsid w:val="00753D02"/>
     <w:rsid w:val="00754244"/>
     <w:rsid w:val="007544D0"/>
     <w:rsid w:val="00754F40"/>
     <w:rsid w:val="00755994"/>
     <w:rsid w:val="00755E08"/>
     <w:rsid w:val="007562D1"/>
     <w:rsid w:val="00756CEF"/>
     <w:rsid w:val="00760650"/>
     <w:rsid w:val="00761312"/>
+    <w:rsid w:val="00764F41"/>
     <w:rsid w:val="0076589E"/>
     <w:rsid w:val="0076642C"/>
+    <w:rsid w:val="00767FA8"/>
     <w:rsid w:val="00771753"/>
     <w:rsid w:val="00771D34"/>
     <w:rsid w:val="00772EB6"/>
     <w:rsid w:val="0077390F"/>
     <w:rsid w:val="00773D79"/>
+    <w:rsid w:val="00775043"/>
+    <w:rsid w:val="00775363"/>
     <w:rsid w:val="007753C6"/>
     <w:rsid w:val="0077748E"/>
     <w:rsid w:val="0078135D"/>
     <w:rsid w:val="007814D4"/>
     <w:rsid w:val="0078169F"/>
+    <w:rsid w:val="00781D7A"/>
     <w:rsid w:val="00782425"/>
     <w:rsid w:val="00784509"/>
+    <w:rsid w:val="00784B3D"/>
     <w:rsid w:val="00784D2D"/>
     <w:rsid w:val="00785604"/>
     <w:rsid w:val="00785810"/>
     <w:rsid w:val="00787FC2"/>
     <w:rsid w:val="00790120"/>
     <w:rsid w:val="00790DC1"/>
+    <w:rsid w:val="00791216"/>
     <w:rsid w:val="00791E52"/>
     <w:rsid w:val="007927CF"/>
+    <w:rsid w:val="00793B26"/>
     <w:rsid w:val="00794507"/>
     <w:rsid w:val="007946C9"/>
+    <w:rsid w:val="00796957"/>
     <w:rsid w:val="00796967"/>
     <w:rsid w:val="00796DC9"/>
+    <w:rsid w:val="00797C79"/>
     <w:rsid w:val="00797F13"/>
     <w:rsid w:val="007A0E51"/>
     <w:rsid w:val="007A134A"/>
     <w:rsid w:val="007A14D6"/>
+    <w:rsid w:val="007A164F"/>
     <w:rsid w:val="007A187F"/>
     <w:rsid w:val="007A1A1D"/>
     <w:rsid w:val="007A22C4"/>
     <w:rsid w:val="007A2516"/>
     <w:rsid w:val="007A26D0"/>
+    <w:rsid w:val="007A2A4B"/>
     <w:rsid w:val="007A3129"/>
+    <w:rsid w:val="007A48E2"/>
+    <w:rsid w:val="007A4A03"/>
     <w:rsid w:val="007A4C95"/>
     <w:rsid w:val="007A4F2B"/>
     <w:rsid w:val="007A56D0"/>
+    <w:rsid w:val="007A6AED"/>
     <w:rsid w:val="007A6BC1"/>
     <w:rsid w:val="007B0D94"/>
     <w:rsid w:val="007B0DCF"/>
     <w:rsid w:val="007B13B9"/>
     <w:rsid w:val="007B1C3A"/>
+    <w:rsid w:val="007B1DB4"/>
     <w:rsid w:val="007B2845"/>
     <w:rsid w:val="007B2BB7"/>
     <w:rsid w:val="007B56F6"/>
     <w:rsid w:val="007B68BB"/>
+    <w:rsid w:val="007B7193"/>
+    <w:rsid w:val="007C04A2"/>
+    <w:rsid w:val="007C0753"/>
     <w:rsid w:val="007C07CF"/>
     <w:rsid w:val="007C30F4"/>
     <w:rsid w:val="007C395F"/>
     <w:rsid w:val="007C4642"/>
+    <w:rsid w:val="007C48B8"/>
     <w:rsid w:val="007C510E"/>
+    <w:rsid w:val="007C5AA8"/>
+    <w:rsid w:val="007C5E82"/>
+    <w:rsid w:val="007C64CF"/>
     <w:rsid w:val="007D0395"/>
+    <w:rsid w:val="007D06AC"/>
     <w:rsid w:val="007D0A50"/>
     <w:rsid w:val="007D1CA9"/>
     <w:rsid w:val="007D293D"/>
     <w:rsid w:val="007D2A69"/>
     <w:rsid w:val="007D2AA9"/>
     <w:rsid w:val="007D3E59"/>
     <w:rsid w:val="007D4235"/>
     <w:rsid w:val="007D42C0"/>
     <w:rsid w:val="007D5DE1"/>
     <w:rsid w:val="007D5F4F"/>
     <w:rsid w:val="007D6D75"/>
     <w:rsid w:val="007D6F09"/>
+    <w:rsid w:val="007D7B9B"/>
+    <w:rsid w:val="007E0ECB"/>
     <w:rsid w:val="007E0FEA"/>
     <w:rsid w:val="007E32AD"/>
     <w:rsid w:val="007E3E47"/>
     <w:rsid w:val="007E4E97"/>
     <w:rsid w:val="007E599E"/>
     <w:rsid w:val="007E64E1"/>
     <w:rsid w:val="007E66F6"/>
     <w:rsid w:val="007E670B"/>
     <w:rsid w:val="007E7C09"/>
     <w:rsid w:val="007E7E9C"/>
     <w:rsid w:val="007F006F"/>
+    <w:rsid w:val="007F050F"/>
     <w:rsid w:val="007F1C2B"/>
     <w:rsid w:val="007F22FC"/>
     <w:rsid w:val="007F3454"/>
     <w:rsid w:val="007F37FE"/>
     <w:rsid w:val="007F3F5A"/>
     <w:rsid w:val="007F4A60"/>
     <w:rsid w:val="007F648C"/>
     <w:rsid w:val="007F684F"/>
+    <w:rsid w:val="007F6C62"/>
     <w:rsid w:val="008006F4"/>
+    <w:rsid w:val="00801EFE"/>
+    <w:rsid w:val="008021CD"/>
     <w:rsid w:val="0080289D"/>
     <w:rsid w:val="00802C54"/>
     <w:rsid w:val="008031BB"/>
     <w:rsid w:val="0080322E"/>
     <w:rsid w:val="008037A6"/>
     <w:rsid w:val="00804526"/>
     <w:rsid w:val="00804AA3"/>
     <w:rsid w:val="00805EF8"/>
     <w:rsid w:val="008061D3"/>
+    <w:rsid w:val="00806ADA"/>
     <w:rsid w:val="00806BC7"/>
     <w:rsid w:val="00806BD7"/>
     <w:rsid w:val="00807704"/>
     <w:rsid w:val="00807D8D"/>
     <w:rsid w:val="00810383"/>
+    <w:rsid w:val="00811223"/>
+    <w:rsid w:val="0081225E"/>
+    <w:rsid w:val="00812477"/>
     <w:rsid w:val="00812EB9"/>
     <w:rsid w:val="00816B1E"/>
     <w:rsid w:val="00817DD6"/>
     <w:rsid w:val="00820BB5"/>
+    <w:rsid w:val="0082103E"/>
     <w:rsid w:val="00821403"/>
     <w:rsid w:val="0082153B"/>
     <w:rsid w:val="00821B93"/>
+    <w:rsid w:val="00822672"/>
+    <w:rsid w:val="00823219"/>
+    <w:rsid w:val="00823740"/>
+    <w:rsid w:val="008249E4"/>
     <w:rsid w:val="00824DA0"/>
+    <w:rsid w:val="008261C6"/>
     <w:rsid w:val="0083007B"/>
     <w:rsid w:val="0083059E"/>
+    <w:rsid w:val="0083098E"/>
     <w:rsid w:val="00830B44"/>
+    <w:rsid w:val="00830E9D"/>
+    <w:rsid w:val="00830F07"/>
     <w:rsid w:val="00831002"/>
+    <w:rsid w:val="0083194C"/>
     <w:rsid w:val="00832070"/>
     <w:rsid w:val="008328C9"/>
+    <w:rsid w:val="0083356B"/>
     <w:rsid w:val="00833CF0"/>
     <w:rsid w:val="00833FB1"/>
     <w:rsid w:val="008348D7"/>
     <w:rsid w:val="00835865"/>
     <w:rsid w:val="00835A75"/>
     <w:rsid w:val="008366AA"/>
+    <w:rsid w:val="0084100D"/>
     <w:rsid w:val="008413E0"/>
     <w:rsid w:val="008419CF"/>
     <w:rsid w:val="00841C53"/>
     <w:rsid w:val="00841E7F"/>
     <w:rsid w:val="00842409"/>
+    <w:rsid w:val="008429FE"/>
+    <w:rsid w:val="00842DBA"/>
     <w:rsid w:val="00842E30"/>
     <w:rsid w:val="00843D0B"/>
     <w:rsid w:val="00844126"/>
+    <w:rsid w:val="00845C40"/>
     <w:rsid w:val="00845EAE"/>
     <w:rsid w:val="00847686"/>
     <w:rsid w:val="0084C955"/>
     <w:rsid w:val="0085043B"/>
     <w:rsid w:val="008518E1"/>
     <w:rsid w:val="00851C8D"/>
+    <w:rsid w:val="00852185"/>
     <w:rsid w:val="00852B47"/>
+    <w:rsid w:val="00852C80"/>
     <w:rsid w:val="00854C88"/>
     <w:rsid w:val="008550CB"/>
     <w:rsid w:val="00855816"/>
     <w:rsid w:val="00856A67"/>
     <w:rsid w:val="00856F5C"/>
     <w:rsid w:val="008571EB"/>
+    <w:rsid w:val="00857251"/>
     <w:rsid w:val="008579AA"/>
     <w:rsid w:val="00860174"/>
+    <w:rsid w:val="0086037A"/>
     <w:rsid w:val="00860ECA"/>
     <w:rsid w:val="008612D8"/>
+    <w:rsid w:val="00861DBE"/>
     <w:rsid w:val="008628F1"/>
     <w:rsid w:val="00863748"/>
     <w:rsid w:val="00863E4E"/>
+    <w:rsid w:val="00864639"/>
+    <w:rsid w:val="00864737"/>
+    <w:rsid w:val="008654E0"/>
     <w:rsid w:val="00865640"/>
     <w:rsid w:val="00865926"/>
     <w:rsid w:val="00865B39"/>
     <w:rsid w:val="00867175"/>
     <w:rsid w:val="00867537"/>
     <w:rsid w:val="008700AC"/>
     <w:rsid w:val="00870BCC"/>
     <w:rsid w:val="00871783"/>
+    <w:rsid w:val="00872141"/>
+    <w:rsid w:val="00872432"/>
     <w:rsid w:val="00872CF0"/>
     <w:rsid w:val="008733DA"/>
+    <w:rsid w:val="00874053"/>
     <w:rsid w:val="00874BC8"/>
     <w:rsid w:val="00874CC4"/>
+    <w:rsid w:val="00874D00"/>
     <w:rsid w:val="00875D5A"/>
     <w:rsid w:val="0087763F"/>
     <w:rsid w:val="008801E7"/>
     <w:rsid w:val="0088340A"/>
+    <w:rsid w:val="00883CF7"/>
     <w:rsid w:val="00884906"/>
     <w:rsid w:val="0088526B"/>
     <w:rsid w:val="00885A08"/>
     <w:rsid w:val="00886423"/>
     <w:rsid w:val="00887315"/>
     <w:rsid w:val="008875E9"/>
+    <w:rsid w:val="00887919"/>
+    <w:rsid w:val="00891585"/>
     <w:rsid w:val="008915FA"/>
     <w:rsid w:val="008921DA"/>
     <w:rsid w:val="00892FD1"/>
+    <w:rsid w:val="008938DA"/>
     <w:rsid w:val="00893A2D"/>
     <w:rsid w:val="008955EF"/>
     <w:rsid w:val="00895616"/>
     <w:rsid w:val="008962CE"/>
+    <w:rsid w:val="008966F3"/>
     <w:rsid w:val="00896734"/>
     <w:rsid w:val="008972F5"/>
     <w:rsid w:val="0089767D"/>
+    <w:rsid w:val="008A03DC"/>
     <w:rsid w:val="008A048C"/>
     <w:rsid w:val="008A05BC"/>
+    <w:rsid w:val="008A0B53"/>
+    <w:rsid w:val="008A1C0A"/>
     <w:rsid w:val="008A1C3E"/>
     <w:rsid w:val="008A3261"/>
     <w:rsid w:val="008A38EA"/>
     <w:rsid w:val="008A3D6E"/>
     <w:rsid w:val="008A3F37"/>
     <w:rsid w:val="008A4EA7"/>
     <w:rsid w:val="008A67F8"/>
     <w:rsid w:val="008A6C93"/>
+    <w:rsid w:val="008A6E9C"/>
     <w:rsid w:val="008A7188"/>
     <w:rsid w:val="008A7769"/>
     <w:rsid w:val="008B147E"/>
     <w:rsid w:val="008B1A8C"/>
+    <w:rsid w:val="008B1B04"/>
     <w:rsid w:val="008B2D34"/>
     <w:rsid w:val="008B362C"/>
     <w:rsid w:val="008B36AF"/>
+    <w:rsid w:val="008B4648"/>
     <w:rsid w:val="008B4665"/>
+    <w:rsid w:val="008B46B1"/>
+    <w:rsid w:val="008B4A0F"/>
     <w:rsid w:val="008B5D61"/>
     <w:rsid w:val="008B640A"/>
     <w:rsid w:val="008B6C12"/>
+    <w:rsid w:val="008B70B9"/>
     <w:rsid w:val="008B7285"/>
     <w:rsid w:val="008B72A4"/>
     <w:rsid w:val="008B7801"/>
     <w:rsid w:val="008C0387"/>
     <w:rsid w:val="008C1C50"/>
     <w:rsid w:val="008C1ED0"/>
+    <w:rsid w:val="008C25DE"/>
     <w:rsid w:val="008C2E1B"/>
+    <w:rsid w:val="008C2F06"/>
+    <w:rsid w:val="008C3D66"/>
+    <w:rsid w:val="008C41E0"/>
+    <w:rsid w:val="008C567E"/>
     <w:rsid w:val="008C59F0"/>
     <w:rsid w:val="008C62A4"/>
     <w:rsid w:val="008C6899"/>
+    <w:rsid w:val="008C76E4"/>
     <w:rsid w:val="008C7B23"/>
     <w:rsid w:val="008D1B29"/>
     <w:rsid w:val="008D1D30"/>
+    <w:rsid w:val="008D1F73"/>
+    <w:rsid w:val="008D28E0"/>
+    <w:rsid w:val="008D331B"/>
+    <w:rsid w:val="008D37B8"/>
     <w:rsid w:val="008D3B53"/>
     <w:rsid w:val="008D595D"/>
     <w:rsid w:val="008D63FB"/>
+    <w:rsid w:val="008D6931"/>
     <w:rsid w:val="008D76F9"/>
     <w:rsid w:val="008D79C1"/>
     <w:rsid w:val="008E11F6"/>
     <w:rsid w:val="008E1571"/>
     <w:rsid w:val="008E18E1"/>
     <w:rsid w:val="008E1C20"/>
+    <w:rsid w:val="008E2918"/>
+    <w:rsid w:val="008E2D79"/>
     <w:rsid w:val="008E33FA"/>
     <w:rsid w:val="008E3D22"/>
     <w:rsid w:val="008E406D"/>
     <w:rsid w:val="008E426C"/>
+    <w:rsid w:val="008E4750"/>
     <w:rsid w:val="008E4E27"/>
+    <w:rsid w:val="008E5155"/>
     <w:rsid w:val="008E6025"/>
     <w:rsid w:val="008E6510"/>
     <w:rsid w:val="008F0026"/>
     <w:rsid w:val="008F1E32"/>
     <w:rsid w:val="008F20A3"/>
     <w:rsid w:val="008F2553"/>
     <w:rsid w:val="008F3AC6"/>
     <w:rsid w:val="008F5202"/>
     <w:rsid w:val="008F604A"/>
+    <w:rsid w:val="008F7D21"/>
+    <w:rsid w:val="009002D7"/>
     <w:rsid w:val="0090081C"/>
+    <w:rsid w:val="00900D15"/>
     <w:rsid w:val="00900F1A"/>
+    <w:rsid w:val="009012B8"/>
+    <w:rsid w:val="009016C0"/>
     <w:rsid w:val="00901C5D"/>
     <w:rsid w:val="009023B1"/>
     <w:rsid w:val="009024F1"/>
     <w:rsid w:val="00903E3C"/>
     <w:rsid w:val="00905624"/>
+    <w:rsid w:val="009057E1"/>
+    <w:rsid w:val="00906EE6"/>
+    <w:rsid w:val="0090750A"/>
     <w:rsid w:val="00910EE3"/>
     <w:rsid w:val="00911D9C"/>
+    <w:rsid w:val="00912183"/>
+    <w:rsid w:val="00913B50"/>
     <w:rsid w:val="00913BAC"/>
+    <w:rsid w:val="00913F12"/>
+    <w:rsid w:val="00915438"/>
     <w:rsid w:val="0091597A"/>
     <w:rsid w:val="00916971"/>
+    <w:rsid w:val="00916BBC"/>
     <w:rsid w:val="00917531"/>
+    <w:rsid w:val="009202C4"/>
+    <w:rsid w:val="00920577"/>
+    <w:rsid w:val="00920877"/>
     <w:rsid w:val="00920C50"/>
     <w:rsid w:val="00922335"/>
+    <w:rsid w:val="00923084"/>
     <w:rsid w:val="00923346"/>
     <w:rsid w:val="00924110"/>
     <w:rsid w:val="0092413D"/>
+    <w:rsid w:val="00924A68"/>
     <w:rsid w:val="0092508F"/>
+    <w:rsid w:val="00925C89"/>
     <w:rsid w:val="009272E7"/>
     <w:rsid w:val="00930A82"/>
+    <w:rsid w:val="00930B11"/>
+    <w:rsid w:val="00930D51"/>
+    <w:rsid w:val="0093112F"/>
+    <w:rsid w:val="0093262B"/>
     <w:rsid w:val="00932796"/>
     <w:rsid w:val="009327E1"/>
+    <w:rsid w:val="00932FEA"/>
+    <w:rsid w:val="00933771"/>
     <w:rsid w:val="00934068"/>
     <w:rsid w:val="009347DA"/>
     <w:rsid w:val="00934900"/>
+    <w:rsid w:val="00935C10"/>
+    <w:rsid w:val="00936A51"/>
     <w:rsid w:val="00936D1B"/>
     <w:rsid w:val="0093FE04"/>
     <w:rsid w:val="00941D0E"/>
+    <w:rsid w:val="00942837"/>
     <w:rsid w:val="00942A9E"/>
     <w:rsid w:val="00943B6B"/>
     <w:rsid w:val="009445B5"/>
     <w:rsid w:val="00944877"/>
     <w:rsid w:val="00944A5E"/>
     <w:rsid w:val="00944A9F"/>
+    <w:rsid w:val="00944CF5"/>
     <w:rsid w:val="009458E5"/>
     <w:rsid w:val="009460B3"/>
     <w:rsid w:val="00947AF7"/>
     <w:rsid w:val="00947B42"/>
+    <w:rsid w:val="00947D9F"/>
+    <w:rsid w:val="00947F60"/>
     <w:rsid w:val="00950857"/>
     <w:rsid w:val="0095134C"/>
+    <w:rsid w:val="00951845"/>
+    <w:rsid w:val="00951DF0"/>
     <w:rsid w:val="00954605"/>
     <w:rsid w:val="00954C55"/>
     <w:rsid w:val="009550D3"/>
+    <w:rsid w:val="009556CC"/>
     <w:rsid w:val="00955AA0"/>
     <w:rsid w:val="00956072"/>
     <w:rsid w:val="00957009"/>
+    <w:rsid w:val="009604F7"/>
     <w:rsid w:val="009608C2"/>
     <w:rsid w:val="00960C2D"/>
     <w:rsid w:val="00960C78"/>
+    <w:rsid w:val="00960FB2"/>
+    <w:rsid w:val="0096127B"/>
     <w:rsid w:val="00962622"/>
     <w:rsid w:val="00962AA6"/>
     <w:rsid w:val="0096342C"/>
     <w:rsid w:val="00965B09"/>
+    <w:rsid w:val="00965BC5"/>
     <w:rsid w:val="009662EC"/>
     <w:rsid w:val="0096659A"/>
     <w:rsid w:val="00966B55"/>
+    <w:rsid w:val="00966F67"/>
     <w:rsid w:val="00967511"/>
+    <w:rsid w:val="00967DE8"/>
     <w:rsid w:val="009724EB"/>
     <w:rsid w:val="00972F5C"/>
     <w:rsid w:val="00973BFD"/>
     <w:rsid w:val="009758FF"/>
     <w:rsid w:val="00976AD8"/>
+    <w:rsid w:val="009770FD"/>
     <w:rsid w:val="00977295"/>
+    <w:rsid w:val="0097788F"/>
     <w:rsid w:val="00977BE4"/>
     <w:rsid w:val="00981DAD"/>
     <w:rsid w:val="00981E97"/>
     <w:rsid w:val="0098247C"/>
+    <w:rsid w:val="0098261A"/>
     <w:rsid w:val="00983512"/>
     <w:rsid w:val="00984DAD"/>
+    <w:rsid w:val="009856DA"/>
     <w:rsid w:val="00985D63"/>
     <w:rsid w:val="00986AF0"/>
     <w:rsid w:val="0098740F"/>
+    <w:rsid w:val="0098741A"/>
     <w:rsid w:val="009928BF"/>
+    <w:rsid w:val="00993E27"/>
+    <w:rsid w:val="0099456D"/>
     <w:rsid w:val="00995173"/>
     <w:rsid w:val="009961BF"/>
+    <w:rsid w:val="009977F6"/>
     <w:rsid w:val="009A05F6"/>
     <w:rsid w:val="009A0C68"/>
     <w:rsid w:val="009A17FC"/>
     <w:rsid w:val="009A1D3D"/>
     <w:rsid w:val="009A2095"/>
     <w:rsid w:val="009A25D0"/>
+    <w:rsid w:val="009A2736"/>
     <w:rsid w:val="009A3208"/>
-    <w:rsid w:val="009A4B18"/>
+    <w:rsid w:val="009A3E1A"/>
+    <w:rsid w:val="009A41E1"/>
     <w:rsid w:val="009A558F"/>
     <w:rsid w:val="009A6435"/>
     <w:rsid w:val="009A6BDD"/>
     <w:rsid w:val="009A706A"/>
     <w:rsid w:val="009A78FE"/>
     <w:rsid w:val="009B075D"/>
     <w:rsid w:val="009B0C51"/>
+    <w:rsid w:val="009B1B73"/>
+    <w:rsid w:val="009B1CBE"/>
     <w:rsid w:val="009B237E"/>
     <w:rsid w:val="009B3C2B"/>
     <w:rsid w:val="009B5C16"/>
     <w:rsid w:val="009B5C39"/>
+    <w:rsid w:val="009B6646"/>
+    <w:rsid w:val="009B72BB"/>
+    <w:rsid w:val="009C04DA"/>
     <w:rsid w:val="009C06D7"/>
     <w:rsid w:val="009C151D"/>
     <w:rsid w:val="009C1714"/>
+    <w:rsid w:val="009C3AFF"/>
     <w:rsid w:val="009C42BE"/>
     <w:rsid w:val="009C4B4A"/>
+    <w:rsid w:val="009C5005"/>
+    <w:rsid w:val="009C5EE7"/>
     <w:rsid w:val="009C629E"/>
     <w:rsid w:val="009C6FD3"/>
     <w:rsid w:val="009C7C38"/>
     <w:rsid w:val="009D0799"/>
     <w:rsid w:val="009D1034"/>
     <w:rsid w:val="009D1CF4"/>
+    <w:rsid w:val="009D1EAC"/>
     <w:rsid w:val="009D2482"/>
     <w:rsid w:val="009D4691"/>
+    <w:rsid w:val="009D46BB"/>
     <w:rsid w:val="009D5B26"/>
     <w:rsid w:val="009D5BFF"/>
     <w:rsid w:val="009D645D"/>
     <w:rsid w:val="009D6FE0"/>
     <w:rsid w:val="009D72DD"/>
+    <w:rsid w:val="009D756D"/>
+    <w:rsid w:val="009D7F00"/>
+    <w:rsid w:val="009E0113"/>
     <w:rsid w:val="009E0453"/>
     <w:rsid w:val="009E0E12"/>
+    <w:rsid w:val="009E11C4"/>
     <w:rsid w:val="009E160D"/>
     <w:rsid w:val="009E251D"/>
+    <w:rsid w:val="009E388A"/>
+    <w:rsid w:val="009E3A75"/>
+    <w:rsid w:val="009E5EA2"/>
     <w:rsid w:val="009E66EC"/>
+    <w:rsid w:val="009E6E55"/>
+    <w:rsid w:val="009E71DB"/>
+    <w:rsid w:val="009E7705"/>
     <w:rsid w:val="009F08D3"/>
+    <w:rsid w:val="009F0F24"/>
     <w:rsid w:val="009F1081"/>
     <w:rsid w:val="009F28DA"/>
     <w:rsid w:val="009F37D4"/>
     <w:rsid w:val="009F4015"/>
     <w:rsid w:val="009F4B8A"/>
     <w:rsid w:val="009F5A9B"/>
     <w:rsid w:val="009F5B8B"/>
     <w:rsid w:val="009F76CA"/>
     <w:rsid w:val="00A004A9"/>
     <w:rsid w:val="00A007CA"/>
+    <w:rsid w:val="00A03BD5"/>
+    <w:rsid w:val="00A05849"/>
     <w:rsid w:val="00A0794C"/>
+    <w:rsid w:val="00A07AD6"/>
     <w:rsid w:val="00A11352"/>
     <w:rsid w:val="00A119A8"/>
+    <w:rsid w:val="00A1390E"/>
     <w:rsid w:val="00A13EDD"/>
+    <w:rsid w:val="00A1452B"/>
     <w:rsid w:val="00A15093"/>
+    <w:rsid w:val="00A15CC0"/>
     <w:rsid w:val="00A166D6"/>
+    <w:rsid w:val="00A1735D"/>
     <w:rsid w:val="00A174F0"/>
+    <w:rsid w:val="00A17A39"/>
     <w:rsid w:val="00A21E8F"/>
+    <w:rsid w:val="00A224C3"/>
     <w:rsid w:val="00A23E3E"/>
     <w:rsid w:val="00A24752"/>
     <w:rsid w:val="00A2518F"/>
+    <w:rsid w:val="00A27579"/>
     <w:rsid w:val="00A32A90"/>
     <w:rsid w:val="00A337BF"/>
+    <w:rsid w:val="00A345BE"/>
     <w:rsid w:val="00A34889"/>
     <w:rsid w:val="00A34961"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A36E01"/>
+    <w:rsid w:val="00A377BB"/>
     <w:rsid w:val="00A3793D"/>
     <w:rsid w:val="00A37C06"/>
     <w:rsid w:val="00A40764"/>
     <w:rsid w:val="00A410BE"/>
     <w:rsid w:val="00A41B0D"/>
     <w:rsid w:val="00A42BF1"/>
+    <w:rsid w:val="00A45895"/>
+    <w:rsid w:val="00A45AFB"/>
     <w:rsid w:val="00A46439"/>
     <w:rsid w:val="00A464B2"/>
     <w:rsid w:val="00A47B65"/>
     <w:rsid w:val="00A505A0"/>
+    <w:rsid w:val="00A53096"/>
+    <w:rsid w:val="00A531D7"/>
+    <w:rsid w:val="00A55028"/>
+    <w:rsid w:val="00A551B5"/>
+    <w:rsid w:val="00A56787"/>
     <w:rsid w:val="00A56A55"/>
     <w:rsid w:val="00A579D7"/>
     <w:rsid w:val="00A601CB"/>
     <w:rsid w:val="00A604BD"/>
+    <w:rsid w:val="00A61367"/>
     <w:rsid w:val="00A6146D"/>
     <w:rsid w:val="00A61D8D"/>
+    <w:rsid w:val="00A6399C"/>
     <w:rsid w:val="00A64478"/>
+    <w:rsid w:val="00A65251"/>
     <w:rsid w:val="00A6556F"/>
     <w:rsid w:val="00A65E26"/>
     <w:rsid w:val="00A65FD1"/>
+    <w:rsid w:val="00A670A2"/>
     <w:rsid w:val="00A677C3"/>
     <w:rsid w:val="00A67A53"/>
     <w:rsid w:val="00A67BEE"/>
+    <w:rsid w:val="00A7000E"/>
     <w:rsid w:val="00A70412"/>
     <w:rsid w:val="00A71C04"/>
     <w:rsid w:val="00A71DDD"/>
     <w:rsid w:val="00A74F4F"/>
     <w:rsid w:val="00A767AD"/>
+    <w:rsid w:val="00A76AB2"/>
     <w:rsid w:val="00A80BFE"/>
+    <w:rsid w:val="00A82416"/>
     <w:rsid w:val="00A82759"/>
     <w:rsid w:val="00A835D6"/>
     <w:rsid w:val="00A83886"/>
     <w:rsid w:val="00A8429D"/>
     <w:rsid w:val="00A84BE8"/>
     <w:rsid w:val="00A8626D"/>
     <w:rsid w:val="00A86C35"/>
+    <w:rsid w:val="00A872F4"/>
+    <w:rsid w:val="00A909F5"/>
     <w:rsid w:val="00A91B9C"/>
     <w:rsid w:val="00A91D37"/>
+    <w:rsid w:val="00A92170"/>
+    <w:rsid w:val="00A94B9E"/>
+    <w:rsid w:val="00A95A4C"/>
+    <w:rsid w:val="00A95B82"/>
     <w:rsid w:val="00A96668"/>
     <w:rsid w:val="00A966AF"/>
     <w:rsid w:val="00A96EF4"/>
+    <w:rsid w:val="00A9734D"/>
     <w:rsid w:val="00A9D9F0"/>
     <w:rsid w:val="00AA074E"/>
     <w:rsid w:val="00AA09F9"/>
+    <w:rsid w:val="00AA140C"/>
     <w:rsid w:val="00AA1A65"/>
     <w:rsid w:val="00AA1E48"/>
     <w:rsid w:val="00AA26AA"/>
     <w:rsid w:val="00AA2E07"/>
+    <w:rsid w:val="00AA2E60"/>
     <w:rsid w:val="00AA425A"/>
+    <w:rsid w:val="00AA493D"/>
     <w:rsid w:val="00AA593C"/>
     <w:rsid w:val="00AA6062"/>
+    <w:rsid w:val="00AA6412"/>
+    <w:rsid w:val="00AA6930"/>
     <w:rsid w:val="00AA702B"/>
     <w:rsid w:val="00AA7186"/>
     <w:rsid w:val="00AA7F01"/>
     <w:rsid w:val="00AB04E8"/>
     <w:rsid w:val="00AB17D0"/>
     <w:rsid w:val="00AB1B15"/>
     <w:rsid w:val="00AB3205"/>
+    <w:rsid w:val="00AB3A23"/>
     <w:rsid w:val="00AB4390"/>
     <w:rsid w:val="00AB45BF"/>
     <w:rsid w:val="00AB4A6A"/>
     <w:rsid w:val="00AB4B42"/>
+    <w:rsid w:val="00AB59C2"/>
+    <w:rsid w:val="00AB5D65"/>
     <w:rsid w:val="00AB645A"/>
     <w:rsid w:val="00AB7217"/>
     <w:rsid w:val="00AC0FC8"/>
     <w:rsid w:val="00AC19F1"/>
+    <w:rsid w:val="00AC2C40"/>
+    <w:rsid w:val="00AC2DF9"/>
     <w:rsid w:val="00AC6F11"/>
     <w:rsid w:val="00AC7495"/>
     <w:rsid w:val="00AC7A35"/>
     <w:rsid w:val="00AC7C8B"/>
+    <w:rsid w:val="00AD109C"/>
+    <w:rsid w:val="00AD1181"/>
     <w:rsid w:val="00AD1C75"/>
+    <w:rsid w:val="00AD2A72"/>
     <w:rsid w:val="00AD367E"/>
+    <w:rsid w:val="00AD40C0"/>
     <w:rsid w:val="00AD437C"/>
+    <w:rsid w:val="00AD56B5"/>
+    <w:rsid w:val="00AD62E2"/>
     <w:rsid w:val="00AE1420"/>
+    <w:rsid w:val="00AE14B8"/>
     <w:rsid w:val="00AE14C5"/>
+    <w:rsid w:val="00AE1579"/>
     <w:rsid w:val="00AE2D80"/>
     <w:rsid w:val="00AE3205"/>
     <w:rsid w:val="00AE4373"/>
     <w:rsid w:val="00AE476D"/>
     <w:rsid w:val="00AE63F3"/>
     <w:rsid w:val="00AE739A"/>
+    <w:rsid w:val="00AF12F5"/>
     <w:rsid w:val="00AF1394"/>
+    <w:rsid w:val="00AF1820"/>
     <w:rsid w:val="00AF20A0"/>
     <w:rsid w:val="00AF27A2"/>
     <w:rsid w:val="00AF4F1B"/>
     <w:rsid w:val="00AF5244"/>
     <w:rsid w:val="00AF6CDF"/>
     <w:rsid w:val="00AF74AC"/>
     <w:rsid w:val="00B0043C"/>
     <w:rsid w:val="00B01C30"/>
     <w:rsid w:val="00B0361D"/>
+    <w:rsid w:val="00B048FB"/>
     <w:rsid w:val="00B05419"/>
     <w:rsid w:val="00B0672E"/>
     <w:rsid w:val="00B06CDD"/>
     <w:rsid w:val="00B079CC"/>
     <w:rsid w:val="00B07EC1"/>
     <w:rsid w:val="00B101B3"/>
+    <w:rsid w:val="00B101DD"/>
     <w:rsid w:val="00B10CA6"/>
     <w:rsid w:val="00B11C0F"/>
     <w:rsid w:val="00B1206F"/>
+    <w:rsid w:val="00B12BF0"/>
     <w:rsid w:val="00B12C83"/>
+    <w:rsid w:val="00B13E37"/>
     <w:rsid w:val="00B144F7"/>
     <w:rsid w:val="00B14761"/>
     <w:rsid w:val="00B14770"/>
+    <w:rsid w:val="00B14FED"/>
     <w:rsid w:val="00B16EB9"/>
+    <w:rsid w:val="00B20235"/>
     <w:rsid w:val="00B204E6"/>
+    <w:rsid w:val="00B20D19"/>
+    <w:rsid w:val="00B20E07"/>
+    <w:rsid w:val="00B21B20"/>
     <w:rsid w:val="00B21C66"/>
     <w:rsid w:val="00B231F5"/>
+    <w:rsid w:val="00B2320D"/>
     <w:rsid w:val="00B236F7"/>
     <w:rsid w:val="00B23A9F"/>
+    <w:rsid w:val="00B23D1E"/>
     <w:rsid w:val="00B2422F"/>
     <w:rsid w:val="00B24530"/>
     <w:rsid w:val="00B247BA"/>
     <w:rsid w:val="00B24CA6"/>
     <w:rsid w:val="00B24CB6"/>
     <w:rsid w:val="00B24F24"/>
     <w:rsid w:val="00B25A99"/>
     <w:rsid w:val="00B25FA7"/>
     <w:rsid w:val="00B271FE"/>
     <w:rsid w:val="00B307FE"/>
     <w:rsid w:val="00B30E30"/>
     <w:rsid w:val="00B31232"/>
     <w:rsid w:val="00B319CA"/>
     <w:rsid w:val="00B32A8F"/>
     <w:rsid w:val="00B3415C"/>
     <w:rsid w:val="00B34C40"/>
     <w:rsid w:val="00B362B8"/>
+    <w:rsid w:val="00B36441"/>
+    <w:rsid w:val="00B36E1E"/>
     <w:rsid w:val="00B40ADB"/>
+    <w:rsid w:val="00B41173"/>
     <w:rsid w:val="00B42749"/>
     <w:rsid w:val="00B42E02"/>
     <w:rsid w:val="00B43977"/>
+    <w:rsid w:val="00B43ABB"/>
     <w:rsid w:val="00B43C58"/>
     <w:rsid w:val="00B44125"/>
     <w:rsid w:val="00B444C8"/>
+    <w:rsid w:val="00B452FD"/>
     <w:rsid w:val="00B45F1D"/>
     <w:rsid w:val="00B47503"/>
+    <w:rsid w:val="00B50810"/>
     <w:rsid w:val="00B50AEE"/>
     <w:rsid w:val="00B5136B"/>
     <w:rsid w:val="00B517AE"/>
+    <w:rsid w:val="00B5195C"/>
     <w:rsid w:val="00B5442D"/>
     <w:rsid w:val="00B54488"/>
     <w:rsid w:val="00B55389"/>
+    <w:rsid w:val="00B55913"/>
+    <w:rsid w:val="00B57EEC"/>
     <w:rsid w:val="00B60101"/>
     <w:rsid w:val="00B60841"/>
+    <w:rsid w:val="00B61307"/>
+    <w:rsid w:val="00B6145B"/>
     <w:rsid w:val="00B61DCC"/>
     <w:rsid w:val="00B61FDD"/>
     <w:rsid w:val="00B6283C"/>
     <w:rsid w:val="00B634F4"/>
     <w:rsid w:val="00B63F43"/>
     <w:rsid w:val="00B6402E"/>
     <w:rsid w:val="00B65234"/>
     <w:rsid w:val="00B6620C"/>
+    <w:rsid w:val="00B66930"/>
+    <w:rsid w:val="00B669C7"/>
     <w:rsid w:val="00B708AC"/>
     <w:rsid w:val="00B70A64"/>
     <w:rsid w:val="00B70F7B"/>
     <w:rsid w:val="00B71E75"/>
     <w:rsid w:val="00B72CB1"/>
     <w:rsid w:val="00B732F3"/>
     <w:rsid w:val="00B739EF"/>
     <w:rsid w:val="00B753B8"/>
     <w:rsid w:val="00B768C7"/>
     <w:rsid w:val="00B77673"/>
     <w:rsid w:val="00B778AE"/>
+    <w:rsid w:val="00B77F86"/>
     <w:rsid w:val="00B80147"/>
+    <w:rsid w:val="00B80CA2"/>
     <w:rsid w:val="00B81662"/>
+    <w:rsid w:val="00B81928"/>
     <w:rsid w:val="00B82D69"/>
     <w:rsid w:val="00B82F3D"/>
+    <w:rsid w:val="00B83688"/>
     <w:rsid w:val="00B844B0"/>
     <w:rsid w:val="00B8478D"/>
     <w:rsid w:val="00B847BD"/>
     <w:rsid w:val="00B85DEE"/>
+    <w:rsid w:val="00B86CC9"/>
+    <w:rsid w:val="00B87753"/>
+    <w:rsid w:val="00B92778"/>
     <w:rsid w:val="00B93A8B"/>
     <w:rsid w:val="00B93BB4"/>
+    <w:rsid w:val="00B93F55"/>
+    <w:rsid w:val="00B9459C"/>
     <w:rsid w:val="00B956AA"/>
     <w:rsid w:val="00B9594C"/>
+    <w:rsid w:val="00B969EA"/>
     <w:rsid w:val="00B9704E"/>
     <w:rsid w:val="00B9706B"/>
+    <w:rsid w:val="00B97AFE"/>
     <w:rsid w:val="00BA166A"/>
     <w:rsid w:val="00BA3425"/>
+    <w:rsid w:val="00BA356C"/>
     <w:rsid w:val="00BA39D2"/>
+    <w:rsid w:val="00BA3A7E"/>
+    <w:rsid w:val="00BA3E2B"/>
+    <w:rsid w:val="00BA4050"/>
     <w:rsid w:val="00BA43DD"/>
     <w:rsid w:val="00BA641B"/>
+    <w:rsid w:val="00BB043C"/>
+    <w:rsid w:val="00BB064F"/>
     <w:rsid w:val="00BB115D"/>
     <w:rsid w:val="00BB1415"/>
+    <w:rsid w:val="00BB16C1"/>
     <w:rsid w:val="00BB1C7F"/>
     <w:rsid w:val="00BB2A80"/>
     <w:rsid w:val="00BB3207"/>
     <w:rsid w:val="00BB3AD2"/>
     <w:rsid w:val="00BB54E5"/>
+    <w:rsid w:val="00BB6210"/>
     <w:rsid w:val="00BC03EF"/>
+    <w:rsid w:val="00BC086C"/>
+    <w:rsid w:val="00BC0910"/>
     <w:rsid w:val="00BC0A1A"/>
+    <w:rsid w:val="00BC16A0"/>
     <w:rsid w:val="00BC1926"/>
     <w:rsid w:val="00BC208F"/>
+    <w:rsid w:val="00BC2B6E"/>
+    <w:rsid w:val="00BC3A11"/>
     <w:rsid w:val="00BC3DC0"/>
     <w:rsid w:val="00BC4369"/>
     <w:rsid w:val="00BC5E20"/>
+    <w:rsid w:val="00BC5FCA"/>
     <w:rsid w:val="00BC613B"/>
     <w:rsid w:val="00BC6945"/>
     <w:rsid w:val="00BC7B68"/>
+    <w:rsid w:val="00BC7BE6"/>
+    <w:rsid w:val="00BD05DC"/>
     <w:rsid w:val="00BD1F38"/>
     <w:rsid w:val="00BD2789"/>
     <w:rsid w:val="00BD34D7"/>
     <w:rsid w:val="00BD3A84"/>
     <w:rsid w:val="00BD45E2"/>
+    <w:rsid w:val="00BD6565"/>
+    <w:rsid w:val="00BD7EA3"/>
     <w:rsid w:val="00BE0068"/>
     <w:rsid w:val="00BE01D9"/>
     <w:rsid w:val="00BE119B"/>
     <w:rsid w:val="00BE2AD8"/>
+    <w:rsid w:val="00BE3A7A"/>
     <w:rsid w:val="00BE3D83"/>
+    <w:rsid w:val="00BE3EF7"/>
     <w:rsid w:val="00BE53C6"/>
     <w:rsid w:val="00BE6BFC"/>
+    <w:rsid w:val="00BE7A43"/>
     <w:rsid w:val="00BF0216"/>
     <w:rsid w:val="00BF0EBE"/>
     <w:rsid w:val="00BF107C"/>
+    <w:rsid w:val="00BF200F"/>
     <w:rsid w:val="00BF2366"/>
     <w:rsid w:val="00BF3AAC"/>
     <w:rsid w:val="00BF449C"/>
+    <w:rsid w:val="00BF574C"/>
     <w:rsid w:val="00BF5B50"/>
+    <w:rsid w:val="00BF6036"/>
     <w:rsid w:val="00BF6EEF"/>
     <w:rsid w:val="00C002C7"/>
     <w:rsid w:val="00C00BB1"/>
+    <w:rsid w:val="00C0222D"/>
     <w:rsid w:val="00C02B96"/>
+    <w:rsid w:val="00C02F52"/>
     <w:rsid w:val="00C04184"/>
     <w:rsid w:val="00C045C7"/>
     <w:rsid w:val="00C04A16"/>
     <w:rsid w:val="00C055AC"/>
     <w:rsid w:val="00C05BEC"/>
     <w:rsid w:val="00C0747F"/>
     <w:rsid w:val="00C07545"/>
+    <w:rsid w:val="00C07A33"/>
+    <w:rsid w:val="00C07EDC"/>
     <w:rsid w:val="00C10206"/>
+    <w:rsid w:val="00C1071D"/>
     <w:rsid w:val="00C11457"/>
     <w:rsid w:val="00C115A5"/>
+    <w:rsid w:val="00C1437A"/>
     <w:rsid w:val="00C146AD"/>
+    <w:rsid w:val="00C15868"/>
     <w:rsid w:val="00C15970"/>
     <w:rsid w:val="00C15C7B"/>
+    <w:rsid w:val="00C1608C"/>
     <w:rsid w:val="00C1613D"/>
     <w:rsid w:val="00C162A2"/>
+    <w:rsid w:val="00C16A18"/>
     <w:rsid w:val="00C16B72"/>
     <w:rsid w:val="00C16E53"/>
+    <w:rsid w:val="00C17B4A"/>
     <w:rsid w:val="00C17E37"/>
+    <w:rsid w:val="00C20482"/>
     <w:rsid w:val="00C20B14"/>
     <w:rsid w:val="00C20E56"/>
     <w:rsid w:val="00C22701"/>
     <w:rsid w:val="00C22CE1"/>
     <w:rsid w:val="00C24744"/>
     <w:rsid w:val="00C2491F"/>
     <w:rsid w:val="00C2667A"/>
     <w:rsid w:val="00C266B7"/>
     <w:rsid w:val="00C26736"/>
+    <w:rsid w:val="00C271D2"/>
     <w:rsid w:val="00C27660"/>
     <w:rsid w:val="00C30826"/>
+    <w:rsid w:val="00C31A2B"/>
     <w:rsid w:val="00C3249C"/>
+    <w:rsid w:val="00C32C22"/>
     <w:rsid w:val="00C33185"/>
+    <w:rsid w:val="00C33299"/>
     <w:rsid w:val="00C35C7E"/>
     <w:rsid w:val="00C40825"/>
+    <w:rsid w:val="00C41609"/>
+    <w:rsid w:val="00C41CDB"/>
     <w:rsid w:val="00C43FEB"/>
     <w:rsid w:val="00C44F57"/>
     <w:rsid w:val="00C4528A"/>
     <w:rsid w:val="00C45428"/>
+    <w:rsid w:val="00C468E3"/>
     <w:rsid w:val="00C46A2F"/>
     <w:rsid w:val="00C4719A"/>
+    <w:rsid w:val="00C47DBB"/>
     <w:rsid w:val="00C47DCA"/>
     <w:rsid w:val="00C501BB"/>
     <w:rsid w:val="00C5068B"/>
     <w:rsid w:val="00C519DE"/>
+    <w:rsid w:val="00C51DDE"/>
+    <w:rsid w:val="00C51E33"/>
     <w:rsid w:val="00C52768"/>
     <w:rsid w:val="00C53A37"/>
+    <w:rsid w:val="00C5555A"/>
     <w:rsid w:val="00C5699B"/>
     <w:rsid w:val="00C56D5A"/>
     <w:rsid w:val="00C57F65"/>
     <w:rsid w:val="00C603F8"/>
+    <w:rsid w:val="00C607CA"/>
     <w:rsid w:val="00C60DE6"/>
     <w:rsid w:val="00C62AB7"/>
     <w:rsid w:val="00C64705"/>
+    <w:rsid w:val="00C6482C"/>
     <w:rsid w:val="00C6509A"/>
     <w:rsid w:val="00C65E0C"/>
+    <w:rsid w:val="00C65EDE"/>
     <w:rsid w:val="00C66822"/>
+    <w:rsid w:val="00C66BFB"/>
     <w:rsid w:val="00C67080"/>
+    <w:rsid w:val="00C67C3E"/>
+    <w:rsid w:val="00C702D0"/>
     <w:rsid w:val="00C70466"/>
     <w:rsid w:val="00C705DA"/>
     <w:rsid w:val="00C70BAA"/>
     <w:rsid w:val="00C70F65"/>
+    <w:rsid w:val="00C71A64"/>
     <w:rsid w:val="00C71AF6"/>
+    <w:rsid w:val="00C725F7"/>
+    <w:rsid w:val="00C74049"/>
     <w:rsid w:val="00C7423B"/>
     <w:rsid w:val="00C74456"/>
+    <w:rsid w:val="00C77EFF"/>
     <w:rsid w:val="00C801FC"/>
     <w:rsid w:val="00C8319B"/>
     <w:rsid w:val="00C8350A"/>
     <w:rsid w:val="00C845BB"/>
+    <w:rsid w:val="00C84B7A"/>
+    <w:rsid w:val="00C87E3A"/>
     <w:rsid w:val="00C914E8"/>
     <w:rsid w:val="00C924CD"/>
+    <w:rsid w:val="00C925E2"/>
     <w:rsid w:val="00C928DD"/>
     <w:rsid w:val="00C92E13"/>
     <w:rsid w:val="00C93530"/>
+    <w:rsid w:val="00C94992"/>
     <w:rsid w:val="00C94AAB"/>
     <w:rsid w:val="00C94BD5"/>
     <w:rsid w:val="00C94DC2"/>
     <w:rsid w:val="00C95FC2"/>
     <w:rsid w:val="00C978FD"/>
+    <w:rsid w:val="00C97A69"/>
     <w:rsid w:val="00CA0520"/>
     <w:rsid w:val="00CA06D0"/>
     <w:rsid w:val="00CA0E6D"/>
     <w:rsid w:val="00CA1101"/>
     <w:rsid w:val="00CA1FEA"/>
     <w:rsid w:val="00CA3117"/>
+    <w:rsid w:val="00CA3A65"/>
     <w:rsid w:val="00CA56E6"/>
+    <w:rsid w:val="00CA655B"/>
     <w:rsid w:val="00CA6592"/>
     <w:rsid w:val="00CA6E0A"/>
     <w:rsid w:val="00CB0E88"/>
+    <w:rsid w:val="00CB1498"/>
     <w:rsid w:val="00CB247F"/>
     <w:rsid w:val="00CB37DD"/>
     <w:rsid w:val="00CB5F64"/>
+    <w:rsid w:val="00CB61F4"/>
     <w:rsid w:val="00CB7034"/>
     <w:rsid w:val="00CB70C6"/>
     <w:rsid w:val="00CB7420"/>
+    <w:rsid w:val="00CB74DF"/>
+    <w:rsid w:val="00CB76C5"/>
     <w:rsid w:val="00CC064B"/>
+    <w:rsid w:val="00CC096A"/>
     <w:rsid w:val="00CC18E9"/>
     <w:rsid w:val="00CC2C31"/>
+    <w:rsid w:val="00CC31A1"/>
     <w:rsid w:val="00CC3FAA"/>
+    <w:rsid w:val="00CC4228"/>
     <w:rsid w:val="00CC44B3"/>
     <w:rsid w:val="00CC492D"/>
     <w:rsid w:val="00CC4D5D"/>
     <w:rsid w:val="00CC57E1"/>
+    <w:rsid w:val="00CC692E"/>
+    <w:rsid w:val="00CC6B20"/>
+    <w:rsid w:val="00CC776E"/>
     <w:rsid w:val="00CC7F25"/>
+    <w:rsid w:val="00CD0206"/>
     <w:rsid w:val="00CD2D58"/>
+    <w:rsid w:val="00CD2FCE"/>
+    <w:rsid w:val="00CD3FEE"/>
+    <w:rsid w:val="00CD45B7"/>
     <w:rsid w:val="00CD5059"/>
+    <w:rsid w:val="00CD65A8"/>
     <w:rsid w:val="00CD6F4F"/>
     <w:rsid w:val="00CD7A15"/>
     <w:rsid w:val="00CD7D95"/>
+    <w:rsid w:val="00CE02C5"/>
+    <w:rsid w:val="00CE0577"/>
     <w:rsid w:val="00CE22E8"/>
     <w:rsid w:val="00CE24A9"/>
     <w:rsid w:val="00CE2659"/>
     <w:rsid w:val="00CE2FE3"/>
     <w:rsid w:val="00CE528A"/>
     <w:rsid w:val="00CE55C3"/>
     <w:rsid w:val="00CE5EB4"/>
+    <w:rsid w:val="00CE6264"/>
+    <w:rsid w:val="00CE6E1A"/>
     <w:rsid w:val="00CE72EF"/>
+    <w:rsid w:val="00CF07D3"/>
+    <w:rsid w:val="00CF1487"/>
     <w:rsid w:val="00CF17DD"/>
+    <w:rsid w:val="00CF1911"/>
     <w:rsid w:val="00CF212F"/>
+    <w:rsid w:val="00CF32DD"/>
     <w:rsid w:val="00CF36B8"/>
     <w:rsid w:val="00CF4311"/>
+    <w:rsid w:val="00CF5049"/>
     <w:rsid w:val="00CF5E10"/>
+    <w:rsid w:val="00CF7677"/>
+    <w:rsid w:val="00D0274F"/>
+    <w:rsid w:val="00D03ECB"/>
     <w:rsid w:val="00D03F1C"/>
     <w:rsid w:val="00D04EF8"/>
+    <w:rsid w:val="00D05176"/>
     <w:rsid w:val="00D058D7"/>
     <w:rsid w:val="00D07DCA"/>
     <w:rsid w:val="00D100B8"/>
+    <w:rsid w:val="00D10856"/>
     <w:rsid w:val="00D12881"/>
     <w:rsid w:val="00D134A6"/>
+    <w:rsid w:val="00D13A01"/>
     <w:rsid w:val="00D1475E"/>
     <w:rsid w:val="00D17D81"/>
     <w:rsid w:val="00D17FA2"/>
+    <w:rsid w:val="00D21444"/>
+    <w:rsid w:val="00D21834"/>
     <w:rsid w:val="00D22291"/>
+    <w:rsid w:val="00D22630"/>
+    <w:rsid w:val="00D23734"/>
+    <w:rsid w:val="00D2396E"/>
     <w:rsid w:val="00D2438D"/>
     <w:rsid w:val="00D25B84"/>
     <w:rsid w:val="00D265ED"/>
     <w:rsid w:val="00D268A5"/>
+    <w:rsid w:val="00D26A4A"/>
     <w:rsid w:val="00D27A68"/>
     <w:rsid w:val="00D309E2"/>
     <w:rsid w:val="00D31E8E"/>
+    <w:rsid w:val="00D32381"/>
+    <w:rsid w:val="00D32543"/>
     <w:rsid w:val="00D32698"/>
     <w:rsid w:val="00D32D7C"/>
     <w:rsid w:val="00D34A3E"/>
+    <w:rsid w:val="00D34EAB"/>
     <w:rsid w:val="00D3530E"/>
     <w:rsid w:val="00D35602"/>
     <w:rsid w:val="00D35D12"/>
     <w:rsid w:val="00D36CAE"/>
     <w:rsid w:val="00D3731A"/>
     <w:rsid w:val="00D3737E"/>
     <w:rsid w:val="00D373E4"/>
+    <w:rsid w:val="00D40D24"/>
     <w:rsid w:val="00D410A0"/>
     <w:rsid w:val="00D41C3D"/>
     <w:rsid w:val="00D41F9B"/>
     <w:rsid w:val="00D42BB1"/>
     <w:rsid w:val="00D4305A"/>
+    <w:rsid w:val="00D4356F"/>
     <w:rsid w:val="00D438E2"/>
     <w:rsid w:val="00D43F01"/>
+    <w:rsid w:val="00D43F71"/>
     <w:rsid w:val="00D44899"/>
+    <w:rsid w:val="00D45CB7"/>
+    <w:rsid w:val="00D505A9"/>
     <w:rsid w:val="00D5244C"/>
     <w:rsid w:val="00D527F0"/>
     <w:rsid w:val="00D52A02"/>
     <w:rsid w:val="00D53275"/>
     <w:rsid w:val="00D532A4"/>
+    <w:rsid w:val="00D537F4"/>
+    <w:rsid w:val="00D54098"/>
+    <w:rsid w:val="00D5439A"/>
     <w:rsid w:val="00D56776"/>
     <w:rsid w:val="00D57300"/>
+    <w:rsid w:val="00D57556"/>
     <w:rsid w:val="00D57701"/>
     <w:rsid w:val="00D6053E"/>
     <w:rsid w:val="00D6069B"/>
     <w:rsid w:val="00D608F6"/>
     <w:rsid w:val="00D60FB8"/>
+    <w:rsid w:val="00D616E8"/>
     <w:rsid w:val="00D62811"/>
     <w:rsid w:val="00D62FA7"/>
+    <w:rsid w:val="00D6360A"/>
     <w:rsid w:val="00D64427"/>
+    <w:rsid w:val="00D6499C"/>
     <w:rsid w:val="00D6632C"/>
+    <w:rsid w:val="00D6728D"/>
     <w:rsid w:val="00D67817"/>
+    <w:rsid w:val="00D70BC8"/>
     <w:rsid w:val="00D714FE"/>
     <w:rsid w:val="00D71EAC"/>
     <w:rsid w:val="00D72172"/>
     <w:rsid w:val="00D72A52"/>
     <w:rsid w:val="00D7443F"/>
+    <w:rsid w:val="00D755D3"/>
     <w:rsid w:val="00D76409"/>
+    <w:rsid w:val="00D77AA3"/>
+    <w:rsid w:val="00D77F15"/>
+    <w:rsid w:val="00D8066C"/>
     <w:rsid w:val="00D81557"/>
     <w:rsid w:val="00D833C7"/>
     <w:rsid w:val="00D83BB6"/>
     <w:rsid w:val="00D83EDF"/>
     <w:rsid w:val="00D85070"/>
     <w:rsid w:val="00D870F7"/>
+    <w:rsid w:val="00D901C1"/>
+    <w:rsid w:val="00D90EE6"/>
     <w:rsid w:val="00D9118C"/>
+    <w:rsid w:val="00D921DB"/>
+    <w:rsid w:val="00D92938"/>
     <w:rsid w:val="00D92C4D"/>
     <w:rsid w:val="00D92DF4"/>
+    <w:rsid w:val="00D92EB0"/>
     <w:rsid w:val="00D9306E"/>
     <w:rsid w:val="00D93083"/>
+    <w:rsid w:val="00D93460"/>
     <w:rsid w:val="00D94BBE"/>
     <w:rsid w:val="00D94F19"/>
+    <w:rsid w:val="00D969F7"/>
     <w:rsid w:val="00D978FE"/>
     <w:rsid w:val="00D97B98"/>
     <w:rsid w:val="00DA06C9"/>
     <w:rsid w:val="00DA0F95"/>
     <w:rsid w:val="00DA13B3"/>
     <w:rsid w:val="00DA20CE"/>
     <w:rsid w:val="00DA2E8F"/>
+    <w:rsid w:val="00DA38F5"/>
     <w:rsid w:val="00DA41A6"/>
+    <w:rsid w:val="00DA46CD"/>
     <w:rsid w:val="00DA4998"/>
     <w:rsid w:val="00DA5C28"/>
     <w:rsid w:val="00DA62E3"/>
     <w:rsid w:val="00DA6A76"/>
     <w:rsid w:val="00DB0B4D"/>
     <w:rsid w:val="00DB0F02"/>
     <w:rsid w:val="00DB146E"/>
+    <w:rsid w:val="00DB164E"/>
     <w:rsid w:val="00DB2040"/>
     <w:rsid w:val="00DB3E4E"/>
     <w:rsid w:val="00DB3EE3"/>
     <w:rsid w:val="00DB6016"/>
+    <w:rsid w:val="00DB7B9E"/>
     <w:rsid w:val="00DC07AE"/>
     <w:rsid w:val="00DC0A07"/>
     <w:rsid w:val="00DC130D"/>
     <w:rsid w:val="00DC1D5A"/>
     <w:rsid w:val="00DC4622"/>
+    <w:rsid w:val="00DC522C"/>
     <w:rsid w:val="00DC533E"/>
     <w:rsid w:val="00DC558F"/>
     <w:rsid w:val="00DC6A70"/>
     <w:rsid w:val="00DD03F5"/>
     <w:rsid w:val="00DD27E3"/>
+    <w:rsid w:val="00DD391E"/>
     <w:rsid w:val="00DD5442"/>
     <w:rsid w:val="00DD65FD"/>
     <w:rsid w:val="00DD6701"/>
     <w:rsid w:val="00DD67C6"/>
     <w:rsid w:val="00DD746F"/>
     <w:rsid w:val="00DD76EB"/>
+    <w:rsid w:val="00DD7B6F"/>
     <w:rsid w:val="00DE0698"/>
+    <w:rsid w:val="00DE06CF"/>
     <w:rsid w:val="00DE08F6"/>
     <w:rsid w:val="00DE0B15"/>
+    <w:rsid w:val="00DE1147"/>
+    <w:rsid w:val="00DE12CC"/>
     <w:rsid w:val="00DE1645"/>
     <w:rsid w:val="00DE5214"/>
     <w:rsid w:val="00DE68C6"/>
+    <w:rsid w:val="00DE7257"/>
     <w:rsid w:val="00DE73D3"/>
     <w:rsid w:val="00DE7B25"/>
+    <w:rsid w:val="00DE7B8A"/>
+    <w:rsid w:val="00DF007D"/>
     <w:rsid w:val="00DF0488"/>
     <w:rsid w:val="00DF1A0B"/>
     <w:rsid w:val="00DF203E"/>
     <w:rsid w:val="00DF260E"/>
     <w:rsid w:val="00DF2A91"/>
+    <w:rsid w:val="00DF2BB8"/>
+    <w:rsid w:val="00DF2F21"/>
     <w:rsid w:val="00DF383E"/>
     <w:rsid w:val="00DF38AD"/>
     <w:rsid w:val="00DF46C3"/>
     <w:rsid w:val="00DF5079"/>
+    <w:rsid w:val="00DF5165"/>
     <w:rsid w:val="00DF52D3"/>
     <w:rsid w:val="00DF5399"/>
+    <w:rsid w:val="00DF55DF"/>
     <w:rsid w:val="00DF6048"/>
     <w:rsid w:val="00DF6599"/>
+    <w:rsid w:val="00DF6962"/>
     <w:rsid w:val="00DF7115"/>
     <w:rsid w:val="00E00BE2"/>
     <w:rsid w:val="00E00D73"/>
+    <w:rsid w:val="00E00E68"/>
     <w:rsid w:val="00E02533"/>
     <w:rsid w:val="00E0316A"/>
+    <w:rsid w:val="00E03374"/>
     <w:rsid w:val="00E036C2"/>
     <w:rsid w:val="00E03D02"/>
     <w:rsid w:val="00E047BB"/>
     <w:rsid w:val="00E055E7"/>
+    <w:rsid w:val="00E05EC8"/>
     <w:rsid w:val="00E07983"/>
+    <w:rsid w:val="00E07F77"/>
     <w:rsid w:val="00E10453"/>
+    <w:rsid w:val="00E114D2"/>
     <w:rsid w:val="00E11B43"/>
     <w:rsid w:val="00E12789"/>
     <w:rsid w:val="00E147D5"/>
     <w:rsid w:val="00E14858"/>
     <w:rsid w:val="00E14C56"/>
+    <w:rsid w:val="00E16887"/>
+    <w:rsid w:val="00E17988"/>
     <w:rsid w:val="00E17FD0"/>
     <w:rsid w:val="00E20358"/>
     <w:rsid w:val="00E204AE"/>
+    <w:rsid w:val="00E209F1"/>
+    <w:rsid w:val="00E211BE"/>
+    <w:rsid w:val="00E228EB"/>
     <w:rsid w:val="00E22948"/>
+    <w:rsid w:val="00E22FDA"/>
     <w:rsid w:val="00E25236"/>
+    <w:rsid w:val="00E25A3C"/>
+    <w:rsid w:val="00E2612E"/>
     <w:rsid w:val="00E272BE"/>
+    <w:rsid w:val="00E2796F"/>
+    <w:rsid w:val="00E27D85"/>
+    <w:rsid w:val="00E30556"/>
+    <w:rsid w:val="00E308CF"/>
+    <w:rsid w:val="00E33036"/>
     <w:rsid w:val="00E33313"/>
     <w:rsid w:val="00E334A3"/>
+    <w:rsid w:val="00E33A6F"/>
     <w:rsid w:val="00E3448D"/>
     <w:rsid w:val="00E364EA"/>
     <w:rsid w:val="00E36B09"/>
+    <w:rsid w:val="00E36E06"/>
     <w:rsid w:val="00E37E3B"/>
     <w:rsid w:val="00E40F75"/>
     <w:rsid w:val="00E41BAB"/>
     <w:rsid w:val="00E4253E"/>
+    <w:rsid w:val="00E43682"/>
+    <w:rsid w:val="00E43841"/>
     <w:rsid w:val="00E43B88"/>
     <w:rsid w:val="00E44616"/>
+    <w:rsid w:val="00E44991"/>
     <w:rsid w:val="00E44C36"/>
     <w:rsid w:val="00E45D45"/>
     <w:rsid w:val="00E45FF0"/>
+    <w:rsid w:val="00E467DF"/>
+    <w:rsid w:val="00E47811"/>
+    <w:rsid w:val="00E47A60"/>
+    <w:rsid w:val="00E47CBC"/>
     <w:rsid w:val="00E50CCE"/>
+    <w:rsid w:val="00E52288"/>
+    <w:rsid w:val="00E52DD4"/>
     <w:rsid w:val="00E533BC"/>
     <w:rsid w:val="00E53663"/>
     <w:rsid w:val="00E53E3E"/>
     <w:rsid w:val="00E5540B"/>
     <w:rsid w:val="00E55912"/>
     <w:rsid w:val="00E60D6C"/>
     <w:rsid w:val="00E61919"/>
     <w:rsid w:val="00E61B4D"/>
+    <w:rsid w:val="00E61F1F"/>
     <w:rsid w:val="00E62018"/>
+    <w:rsid w:val="00E647B1"/>
+    <w:rsid w:val="00E65AF8"/>
+    <w:rsid w:val="00E66667"/>
     <w:rsid w:val="00E66E12"/>
+    <w:rsid w:val="00E67CD9"/>
     <w:rsid w:val="00E67EE0"/>
+    <w:rsid w:val="00E70037"/>
     <w:rsid w:val="00E7033F"/>
+    <w:rsid w:val="00E705A8"/>
     <w:rsid w:val="00E70C5C"/>
     <w:rsid w:val="00E7111D"/>
     <w:rsid w:val="00E71B01"/>
     <w:rsid w:val="00E71C36"/>
     <w:rsid w:val="00E71C92"/>
+    <w:rsid w:val="00E7736C"/>
+    <w:rsid w:val="00E7757D"/>
+    <w:rsid w:val="00E77C59"/>
+    <w:rsid w:val="00E80513"/>
+    <w:rsid w:val="00E80D3C"/>
     <w:rsid w:val="00E81D9D"/>
     <w:rsid w:val="00E82381"/>
+    <w:rsid w:val="00E8326D"/>
     <w:rsid w:val="00E835E6"/>
     <w:rsid w:val="00E84601"/>
     <w:rsid w:val="00E84983"/>
+    <w:rsid w:val="00E854D0"/>
     <w:rsid w:val="00E85C5E"/>
+    <w:rsid w:val="00E90442"/>
     <w:rsid w:val="00E90636"/>
+    <w:rsid w:val="00E922EC"/>
     <w:rsid w:val="00E92902"/>
     <w:rsid w:val="00E9324F"/>
+    <w:rsid w:val="00E934C8"/>
     <w:rsid w:val="00E9358E"/>
     <w:rsid w:val="00E938B1"/>
     <w:rsid w:val="00E94816"/>
     <w:rsid w:val="00E95939"/>
+    <w:rsid w:val="00E95F0E"/>
     <w:rsid w:val="00E96DE9"/>
+    <w:rsid w:val="00E974EC"/>
+    <w:rsid w:val="00E97810"/>
     <w:rsid w:val="00EA0DD2"/>
+    <w:rsid w:val="00EA0EAE"/>
+    <w:rsid w:val="00EA44F7"/>
     <w:rsid w:val="00EA4F83"/>
+    <w:rsid w:val="00EA5E10"/>
     <w:rsid w:val="00EA5E80"/>
     <w:rsid w:val="00EA6257"/>
+    <w:rsid w:val="00EA66A7"/>
     <w:rsid w:val="00EA7279"/>
+    <w:rsid w:val="00EA7C4F"/>
     <w:rsid w:val="00EB18F1"/>
     <w:rsid w:val="00EB1E69"/>
     <w:rsid w:val="00EB2942"/>
     <w:rsid w:val="00EB4052"/>
     <w:rsid w:val="00EB4330"/>
+    <w:rsid w:val="00EB47C1"/>
     <w:rsid w:val="00EB4B65"/>
+    <w:rsid w:val="00EB580B"/>
     <w:rsid w:val="00EB5B67"/>
+    <w:rsid w:val="00EB6282"/>
     <w:rsid w:val="00EB65B4"/>
     <w:rsid w:val="00EB7505"/>
     <w:rsid w:val="00EC0059"/>
     <w:rsid w:val="00EC08E5"/>
+    <w:rsid w:val="00EC0EEA"/>
     <w:rsid w:val="00EC192C"/>
+    <w:rsid w:val="00EC1C1E"/>
     <w:rsid w:val="00EC21F7"/>
     <w:rsid w:val="00EC337B"/>
+    <w:rsid w:val="00EC4027"/>
     <w:rsid w:val="00EC4816"/>
     <w:rsid w:val="00EC53D4"/>
+    <w:rsid w:val="00EC5A14"/>
     <w:rsid w:val="00EC5E00"/>
+    <w:rsid w:val="00EC6419"/>
+    <w:rsid w:val="00EC7CD3"/>
     <w:rsid w:val="00EC7DF7"/>
     <w:rsid w:val="00ED056E"/>
+    <w:rsid w:val="00ED1250"/>
     <w:rsid w:val="00ED331A"/>
+    <w:rsid w:val="00ED3324"/>
     <w:rsid w:val="00ED3B19"/>
+    <w:rsid w:val="00ED3F19"/>
     <w:rsid w:val="00ED4B7A"/>
     <w:rsid w:val="00ED5784"/>
     <w:rsid w:val="00ED5BA8"/>
     <w:rsid w:val="00ED5D1B"/>
     <w:rsid w:val="00ED6CD1"/>
+    <w:rsid w:val="00ED6F87"/>
     <w:rsid w:val="00ED74AC"/>
+    <w:rsid w:val="00EE0D7C"/>
+    <w:rsid w:val="00EE364D"/>
     <w:rsid w:val="00EE4E79"/>
+    <w:rsid w:val="00EE5D86"/>
     <w:rsid w:val="00EE5D95"/>
+    <w:rsid w:val="00EE6B1B"/>
     <w:rsid w:val="00EE7474"/>
     <w:rsid w:val="00EF0534"/>
     <w:rsid w:val="00EF2937"/>
     <w:rsid w:val="00EF2B1F"/>
     <w:rsid w:val="00EF39FD"/>
     <w:rsid w:val="00EF6D2F"/>
     <w:rsid w:val="00F00C46"/>
     <w:rsid w:val="00F01020"/>
     <w:rsid w:val="00F01415"/>
     <w:rsid w:val="00F015D1"/>
+    <w:rsid w:val="00F02BA0"/>
+    <w:rsid w:val="00F04179"/>
+    <w:rsid w:val="00F048A8"/>
+    <w:rsid w:val="00F04CB6"/>
     <w:rsid w:val="00F04E79"/>
     <w:rsid w:val="00F06135"/>
     <w:rsid w:val="00F068C5"/>
     <w:rsid w:val="00F06B06"/>
+    <w:rsid w:val="00F07EE7"/>
     <w:rsid w:val="00F10944"/>
     <w:rsid w:val="00F11EB6"/>
+    <w:rsid w:val="00F12A9B"/>
+    <w:rsid w:val="00F130C0"/>
     <w:rsid w:val="00F137AD"/>
+    <w:rsid w:val="00F14246"/>
+    <w:rsid w:val="00F15D34"/>
+    <w:rsid w:val="00F17183"/>
     <w:rsid w:val="00F172DA"/>
     <w:rsid w:val="00F2079D"/>
     <w:rsid w:val="00F2244E"/>
+    <w:rsid w:val="00F225AE"/>
     <w:rsid w:val="00F22754"/>
+    <w:rsid w:val="00F23119"/>
     <w:rsid w:val="00F238BD"/>
     <w:rsid w:val="00F23F2D"/>
+    <w:rsid w:val="00F2455A"/>
+    <w:rsid w:val="00F24A14"/>
     <w:rsid w:val="00F24CA5"/>
     <w:rsid w:val="00F26032"/>
     <w:rsid w:val="00F26FB0"/>
     <w:rsid w:val="00F27965"/>
+    <w:rsid w:val="00F27CD8"/>
+    <w:rsid w:val="00F32434"/>
     <w:rsid w:val="00F32F08"/>
     <w:rsid w:val="00F338B0"/>
     <w:rsid w:val="00F33DF6"/>
     <w:rsid w:val="00F33FB1"/>
     <w:rsid w:val="00F340B1"/>
     <w:rsid w:val="00F3619B"/>
+    <w:rsid w:val="00F37A7E"/>
     <w:rsid w:val="00F37B58"/>
     <w:rsid w:val="00F40189"/>
     <w:rsid w:val="00F405A4"/>
     <w:rsid w:val="00F40C5A"/>
     <w:rsid w:val="00F41BBE"/>
     <w:rsid w:val="00F43229"/>
     <w:rsid w:val="00F441A2"/>
     <w:rsid w:val="00F44EFB"/>
     <w:rsid w:val="00F47543"/>
     <w:rsid w:val="00F50BC8"/>
     <w:rsid w:val="00F50CD5"/>
+    <w:rsid w:val="00F516A2"/>
     <w:rsid w:val="00F51A30"/>
     <w:rsid w:val="00F51A52"/>
     <w:rsid w:val="00F51D24"/>
     <w:rsid w:val="00F5233C"/>
     <w:rsid w:val="00F53670"/>
     <w:rsid w:val="00F53F64"/>
     <w:rsid w:val="00F54CE5"/>
     <w:rsid w:val="00F561E2"/>
     <w:rsid w:val="00F563B0"/>
+    <w:rsid w:val="00F56E30"/>
     <w:rsid w:val="00F570CF"/>
+    <w:rsid w:val="00F574F0"/>
     <w:rsid w:val="00F57758"/>
+    <w:rsid w:val="00F580CF"/>
     <w:rsid w:val="00F60606"/>
     <w:rsid w:val="00F61880"/>
     <w:rsid w:val="00F62594"/>
     <w:rsid w:val="00F62E35"/>
+    <w:rsid w:val="00F6306F"/>
+    <w:rsid w:val="00F63722"/>
     <w:rsid w:val="00F63D77"/>
     <w:rsid w:val="00F64B34"/>
     <w:rsid w:val="00F64D9A"/>
     <w:rsid w:val="00F64F84"/>
     <w:rsid w:val="00F652DD"/>
+    <w:rsid w:val="00F65364"/>
     <w:rsid w:val="00F67F5F"/>
     <w:rsid w:val="00F67FCC"/>
     <w:rsid w:val="00F71329"/>
     <w:rsid w:val="00F731EB"/>
     <w:rsid w:val="00F73B98"/>
     <w:rsid w:val="00F73FF0"/>
     <w:rsid w:val="00F74127"/>
     <w:rsid w:val="00F7478F"/>
     <w:rsid w:val="00F74998"/>
     <w:rsid w:val="00F74C70"/>
+    <w:rsid w:val="00F74E2F"/>
+    <w:rsid w:val="00F75561"/>
     <w:rsid w:val="00F75999"/>
+    <w:rsid w:val="00F762FC"/>
     <w:rsid w:val="00F76865"/>
+    <w:rsid w:val="00F76946"/>
+    <w:rsid w:val="00F76A88"/>
+    <w:rsid w:val="00F76DA9"/>
     <w:rsid w:val="00F7763B"/>
     <w:rsid w:val="00F77ECF"/>
     <w:rsid w:val="00F80333"/>
     <w:rsid w:val="00F815FB"/>
     <w:rsid w:val="00F81F92"/>
     <w:rsid w:val="00F83435"/>
+    <w:rsid w:val="00F83546"/>
     <w:rsid w:val="00F839E7"/>
     <w:rsid w:val="00F83BF7"/>
     <w:rsid w:val="00F851D8"/>
+    <w:rsid w:val="00F86937"/>
     <w:rsid w:val="00F876C8"/>
     <w:rsid w:val="00F900FC"/>
+    <w:rsid w:val="00F901E3"/>
     <w:rsid w:val="00F904C2"/>
     <w:rsid w:val="00F9126A"/>
+    <w:rsid w:val="00F91C05"/>
     <w:rsid w:val="00F91E0F"/>
     <w:rsid w:val="00F91EE0"/>
     <w:rsid w:val="00F931F8"/>
+    <w:rsid w:val="00F937AB"/>
     <w:rsid w:val="00F93D02"/>
     <w:rsid w:val="00F940C6"/>
+    <w:rsid w:val="00F94566"/>
     <w:rsid w:val="00F94C13"/>
+    <w:rsid w:val="00F957A8"/>
     <w:rsid w:val="00F961B4"/>
     <w:rsid w:val="00F965C2"/>
     <w:rsid w:val="00F96E4C"/>
     <w:rsid w:val="00F97233"/>
     <w:rsid w:val="00F972C0"/>
     <w:rsid w:val="00FA015A"/>
     <w:rsid w:val="00FA10D0"/>
+    <w:rsid w:val="00FA1255"/>
     <w:rsid w:val="00FA1ABC"/>
     <w:rsid w:val="00FA1CE6"/>
     <w:rsid w:val="00FA2A61"/>
+    <w:rsid w:val="00FA2F41"/>
     <w:rsid w:val="00FA41F1"/>
+    <w:rsid w:val="00FB0B0B"/>
     <w:rsid w:val="00FB16A4"/>
     <w:rsid w:val="00FB1C94"/>
     <w:rsid w:val="00FB2D97"/>
     <w:rsid w:val="00FB3BA6"/>
     <w:rsid w:val="00FB3F43"/>
+    <w:rsid w:val="00FB5496"/>
     <w:rsid w:val="00FB5823"/>
     <w:rsid w:val="00FB5CD7"/>
     <w:rsid w:val="00FB5EC2"/>
     <w:rsid w:val="00FB7534"/>
+    <w:rsid w:val="00FB7BAB"/>
     <w:rsid w:val="00FC0D1D"/>
+    <w:rsid w:val="00FC18A2"/>
+    <w:rsid w:val="00FC1B1E"/>
     <w:rsid w:val="00FC2838"/>
     <w:rsid w:val="00FC4C12"/>
     <w:rsid w:val="00FC50E0"/>
     <w:rsid w:val="00FC5FB8"/>
+    <w:rsid w:val="00FC6154"/>
     <w:rsid w:val="00FC6302"/>
+    <w:rsid w:val="00FC6D65"/>
     <w:rsid w:val="00FC757F"/>
     <w:rsid w:val="00FD12A6"/>
     <w:rsid w:val="00FD2F14"/>
     <w:rsid w:val="00FD2F59"/>
     <w:rsid w:val="00FD30DF"/>
     <w:rsid w:val="00FD330F"/>
+    <w:rsid w:val="00FD3321"/>
+    <w:rsid w:val="00FD355B"/>
     <w:rsid w:val="00FD3656"/>
     <w:rsid w:val="00FD486E"/>
     <w:rsid w:val="00FD53FF"/>
     <w:rsid w:val="00FD6452"/>
     <w:rsid w:val="00FD69A6"/>
+    <w:rsid w:val="00FD6BA6"/>
     <w:rsid w:val="00FE02FF"/>
+    <w:rsid w:val="00FE1701"/>
+    <w:rsid w:val="00FE2534"/>
     <w:rsid w:val="00FE2C71"/>
     <w:rsid w:val="00FE3ADE"/>
     <w:rsid w:val="00FE5541"/>
+    <w:rsid w:val="00FE5FA7"/>
     <w:rsid w:val="00FF01F4"/>
     <w:rsid w:val="00FF16DD"/>
     <w:rsid w:val="00FF1A90"/>
     <w:rsid w:val="00FF36A5"/>
     <w:rsid w:val="00FF3F58"/>
     <w:rsid w:val="00FF4B86"/>
     <w:rsid w:val="00FF4EED"/>
     <w:rsid w:val="00FF654C"/>
     <w:rsid w:val="0115B173"/>
+    <w:rsid w:val="012764A7"/>
+    <w:rsid w:val="012D2953"/>
     <w:rsid w:val="012F5D80"/>
     <w:rsid w:val="0133CAE7"/>
     <w:rsid w:val="014B25A6"/>
     <w:rsid w:val="01520CAC"/>
     <w:rsid w:val="01624E4F"/>
     <w:rsid w:val="01915BB9"/>
     <w:rsid w:val="01AEC8DB"/>
     <w:rsid w:val="01C43E37"/>
     <w:rsid w:val="01D48446"/>
+    <w:rsid w:val="01E273BC"/>
     <w:rsid w:val="01FA5EF5"/>
     <w:rsid w:val="0211F7E4"/>
+    <w:rsid w:val="02477F25"/>
     <w:rsid w:val="024E576F"/>
     <w:rsid w:val="024EEE28"/>
     <w:rsid w:val="02528472"/>
     <w:rsid w:val="02B23DD0"/>
     <w:rsid w:val="02D74BD1"/>
     <w:rsid w:val="02DC1C5E"/>
     <w:rsid w:val="02E3958D"/>
     <w:rsid w:val="036DA2DD"/>
     <w:rsid w:val="03CB805A"/>
     <w:rsid w:val="03CFCFA1"/>
+    <w:rsid w:val="03D29078"/>
     <w:rsid w:val="03FA714A"/>
     <w:rsid w:val="03FCCEF5"/>
     <w:rsid w:val="040500B5"/>
     <w:rsid w:val="04184FD9"/>
     <w:rsid w:val="041E5CED"/>
     <w:rsid w:val="0422A863"/>
     <w:rsid w:val="04285838"/>
+    <w:rsid w:val="047A7C0F"/>
+    <w:rsid w:val="04F8A237"/>
     <w:rsid w:val="04FAC8CF"/>
     <w:rsid w:val="051481D3"/>
     <w:rsid w:val="054F2DD0"/>
     <w:rsid w:val="055CEEFE"/>
     <w:rsid w:val="055D29F0"/>
     <w:rsid w:val="056FA705"/>
+    <w:rsid w:val="05840785"/>
     <w:rsid w:val="05897E52"/>
     <w:rsid w:val="058D1A8C"/>
+    <w:rsid w:val="0596BEEE"/>
     <w:rsid w:val="05B4D1E8"/>
     <w:rsid w:val="05E32BD4"/>
     <w:rsid w:val="05F5A64F"/>
     <w:rsid w:val="06039EC1"/>
     <w:rsid w:val="061FAE72"/>
     <w:rsid w:val="06281F91"/>
     <w:rsid w:val="064AACB1"/>
     <w:rsid w:val="065001E1"/>
     <w:rsid w:val="067DF539"/>
     <w:rsid w:val="0686771E"/>
     <w:rsid w:val="06AF369C"/>
     <w:rsid w:val="06AFE82F"/>
+    <w:rsid w:val="06B86FD6"/>
     <w:rsid w:val="07297BCC"/>
     <w:rsid w:val="072A9D5B"/>
     <w:rsid w:val="0732718A"/>
     <w:rsid w:val="0753CCA9"/>
     <w:rsid w:val="0765B367"/>
     <w:rsid w:val="077F815A"/>
     <w:rsid w:val="07B36B70"/>
+    <w:rsid w:val="07C259E8"/>
     <w:rsid w:val="07C34959"/>
     <w:rsid w:val="07D0C0CE"/>
     <w:rsid w:val="07D0C403"/>
+    <w:rsid w:val="07E1D009"/>
     <w:rsid w:val="07EB5323"/>
     <w:rsid w:val="07EEB135"/>
+    <w:rsid w:val="07F74A88"/>
+    <w:rsid w:val="0809C0A4"/>
     <w:rsid w:val="0819A853"/>
     <w:rsid w:val="081FEADF"/>
     <w:rsid w:val="0824A84D"/>
     <w:rsid w:val="084497FC"/>
     <w:rsid w:val="0862457A"/>
     <w:rsid w:val="086CEA5E"/>
     <w:rsid w:val="08AA934B"/>
+    <w:rsid w:val="08B6986A"/>
     <w:rsid w:val="08CF366D"/>
     <w:rsid w:val="08E267B6"/>
     <w:rsid w:val="08EFE4FA"/>
     <w:rsid w:val="0908D602"/>
     <w:rsid w:val="0909BE1B"/>
     <w:rsid w:val="090E0494"/>
+    <w:rsid w:val="0910D2A8"/>
     <w:rsid w:val="09185932"/>
     <w:rsid w:val="091F1D63"/>
     <w:rsid w:val="0932DF90"/>
     <w:rsid w:val="09342FBD"/>
     <w:rsid w:val="093D6BF0"/>
     <w:rsid w:val="095C5E2F"/>
     <w:rsid w:val="09680264"/>
     <w:rsid w:val="0970D118"/>
     <w:rsid w:val="09729710"/>
+    <w:rsid w:val="098038DE"/>
     <w:rsid w:val="09823B2E"/>
     <w:rsid w:val="0985A103"/>
     <w:rsid w:val="098BDAC1"/>
     <w:rsid w:val="09B02C14"/>
     <w:rsid w:val="09B595FB"/>
     <w:rsid w:val="09D60450"/>
     <w:rsid w:val="09DF962B"/>
     <w:rsid w:val="0A31AD67"/>
     <w:rsid w:val="0A398753"/>
     <w:rsid w:val="0A3E7F22"/>
     <w:rsid w:val="0A56B75A"/>
     <w:rsid w:val="0A5BC557"/>
     <w:rsid w:val="0A71EE34"/>
     <w:rsid w:val="0A93CABE"/>
+    <w:rsid w:val="0A95379B"/>
     <w:rsid w:val="0AA340BB"/>
+    <w:rsid w:val="0AADFADD"/>
     <w:rsid w:val="0ABA33F8"/>
     <w:rsid w:val="0AE18EB8"/>
     <w:rsid w:val="0B217164"/>
+    <w:rsid w:val="0B3099B6"/>
     <w:rsid w:val="0B4948D5"/>
     <w:rsid w:val="0B4A2DFF"/>
+    <w:rsid w:val="0B652197"/>
     <w:rsid w:val="0B8BDB7C"/>
     <w:rsid w:val="0B903C21"/>
     <w:rsid w:val="0BA37FAD"/>
     <w:rsid w:val="0BBEBA34"/>
     <w:rsid w:val="0BCF9AD6"/>
     <w:rsid w:val="0BD0CF71"/>
+    <w:rsid w:val="0BF29C64"/>
     <w:rsid w:val="0C03D06C"/>
+    <w:rsid w:val="0C0B9479"/>
     <w:rsid w:val="0C14AF4D"/>
     <w:rsid w:val="0C2A37B1"/>
     <w:rsid w:val="0C2DBA48"/>
     <w:rsid w:val="0C33D62D"/>
     <w:rsid w:val="0C66BE69"/>
     <w:rsid w:val="0C6B1D0F"/>
     <w:rsid w:val="0C74CA26"/>
     <w:rsid w:val="0C8C4F0E"/>
     <w:rsid w:val="0CA147F0"/>
     <w:rsid w:val="0CB9B271"/>
     <w:rsid w:val="0CD6D204"/>
     <w:rsid w:val="0CEF2D7C"/>
     <w:rsid w:val="0D221140"/>
     <w:rsid w:val="0D2D7A12"/>
     <w:rsid w:val="0D39C8D5"/>
     <w:rsid w:val="0D510CF5"/>
     <w:rsid w:val="0D52A8FE"/>
     <w:rsid w:val="0D8332F4"/>
     <w:rsid w:val="0D858D73"/>
+    <w:rsid w:val="0DAACF9E"/>
     <w:rsid w:val="0DB06A75"/>
+    <w:rsid w:val="0E0C7802"/>
     <w:rsid w:val="0E118B81"/>
+    <w:rsid w:val="0E162AC4"/>
     <w:rsid w:val="0E1ECF05"/>
+    <w:rsid w:val="0E406141"/>
     <w:rsid w:val="0E4A5669"/>
     <w:rsid w:val="0E62823B"/>
     <w:rsid w:val="0E67172D"/>
     <w:rsid w:val="0E6A74DA"/>
     <w:rsid w:val="0E87ED46"/>
+    <w:rsid w:val="0E8DAAE2"/>
     <w:rsid w:val="0EA6DF27"/>
     <w:rsid w:val="0EB1C32E"/>
+    <w:rsid w:val="0EBA2B13"/>
     <w:rsid w:val="0EF23805"/>
     <w:rsid w:val="0F151648"/>
     <w:rsid w:val="0F1F0355"/>
     <w:rsid w:val="0F2D1E00"/>
     <w:rsid w:val="0F393175"/>
     <w:rsid w:val="0FAF52F6"/>
     <w:rsid w:val="0FE38963"/>
     <w:rsid w:val="0FE6E320"/>
     <w:rsid w:val="0FECC645"/>
     <w:rsid w:val="1001F5F4"/>
     <w:rsid w:val="101466A3"/>
     <w:rsid w:val="10152909"/>
     <w:rsid w:val="102BED0B"/>
     <w:rsid w:val="103ACFA5"/>
     <w:rsid w:val="10483F31"/>
     <w:rsid w:val="105C6B85"/>
     <w:rsid w:val="10713C9C"/>
     <w:rsid w:val="10786870"/>
     <w:rsid w:val="10886759"/>
+    <w:rsid w:val="10961EBC"/>
     <w:rsid w:val="109CD7F0"/>
     <w:rsid w:val="10A84792"/>
     <w:rsid w:val="10CB06DB"/>
+    <w:rsid w:val="10D9F429"/>
+    <w:rsid w:val="10E541EA"/>
     <w:rsid w:val="10F46499"/>
     <w:rsid w:val="11071003"/>
+    <w:rsid w:val="1132CA1B"/>
+    <w:rsid w:val="116C99EC"/>
     <w:rsid w:val="116E5B86"/>
     <w:rsid w:val="1195B611"/>
     <w:rsid w:val="1196E292"/>
     <w:rsid w:val="11981781"/>
     <w:rsid w:val="11AD5C1F"/>
     <w:rsid w:val="11E622ED"/>
+    <w:rsid w:val="121B27B5"/>
     <w:rsid w:val="12259DFB"/>
+    <w:rsid w:val="1230B024"/>
+    <w:rsid w:val="123E8EB9"/>
     <w:rsid w:val="125655B4"/>
+    <w:rsid w:val="128E7416"/>
+    <w:rsid w:val="12A8645B"/>
     <w:rsid w:val="12DE6B03"/>
     <w:rsid w:val="12F5EF88"/>
     <w:rsid w:val="13044F6F"/>
     <w:rsid w:val="13322C0D"/>
     <w:rsid w:val="134DD59A"/>
     <w:rsid w:val="134E92C7"/>
     <w:rsid w:val="13541B44"/>
     <w:rsid w:val="1367AFDE"/>
     <w:rsid w:val="137ED42E"/>
     <w:rsid w:val="138CCC96"/>
+    <w:rsid w:val="13BD5B01"/>
     <w:rsid w:val="13E4E5D3"/>
     <w:rsid w:val="13EAAE06"/>
     <w:rsid w:val="13EDAE54"/>
     <w:rsid w:val="13FE5C73"/>
     <w:rsid w:val="1410006F"/>
+    <w:rsid w:val="1414B8C1"/>
     <w:rsid w:val="1415250D"/>
     <w:rsid w:val="14253A4D"/>
     <w:rsid w:val="142B6C97"/>
     <w:rsid w:val="142F24E0"/>
     <w:rsid w:val="1430003B"/>
     <w:rsid w:val="14340844"/>
+    <w:rsid w:val="143A0B5F"/>
     <w:rsid w:val="143CFA12"/>
     <w:rsid w:val="1441D98B"/>
     <w:rsid w:val="144C7558"/>
     <w:rsid w:val="145ECB85"/>
     <w:rsid w:val="1477FFE7"/>
     <w:rsid w:val="148E1089"/>
     <w:rsid w:val="148FF3DB"/>
     <w:rsid w:val="14A24316"/>
     <w:rsid w:val="14F76DCB"/>
     <w:rsid w:val="151D854F"/>
     <w:rsid w:val="15313996"/>
     <w:rsid w:val="1543D976"/>
     <w:rsid w:val="156DEE08"/>
     <w:rsid w:val="1574DB2A"/>
     <w:rsid w:val="157907FC"/>
+    <w:rsid w:val="159A4154"/>
     <w:rsid w:val="15D0BFA1"/>
     <w:rsid w:val="15D45999"/>
     <w:rsid w:val="1629E0EA"/>
     <w:rsid w:val="1660F1E9"/>
     <w:rsid w:val="168A6F19"/>
     <w:rsid w:val="16A8FF8A"/>
     <w:rsid w:val="16E997AF"/>
     <w:rsid w:val="16ECA563"/>
     <w:rsid w:val="16ED9639"/>
     <w:rsid w:val="1711B2D4"/>
     <w:rsid w:val="17371C52"/>
     <w:rsid w:val="17387EAB"/>
     <w:rsid w:val="176F744A"/>
+    <w:rsid w:val="177E4C19"/>
     <w:rsid w:val="17A23DBC"/>
     <w:rsid w:val="17CB05E6"/>
     <w:rsid w:val="17F05E68"/>
     <w:rsid w:val="181072F7"/>
     <w:rsid w:val="18162771"/>
+    <w:rsid w:val="18275B02"/>
+    <w:rsid w:val="18678699"/>
     <w:rsid w:val="186C1BCE"/>
     <w:rsid w:val="189540F9"/>
     <w:rsid w:val="18C30D78"/>
     <w:rsid w:val="18C55917"/>
     <w:rsid w:val="18C6A6FA"/>
+    <w:rsid w:val="18CD688C"/>
     <w:rsid w:val="18DAA78B"/>
+    <w:rsid w:val="19125ACA"/>
     <w:rsid w:val="192E2A1B"/>
+    <w:rsid w:val="19369D21"/>
     <w:rsid w:val="1944D0ED"/>
     <w:rsid w:val="19575443"/>
+    <w:rsid w:val="1980D5C3"/>
+    <w:rsid w:val="19AB8609"/>
     <w:rsid w:val="19B371D3"/>
     <w:rsid w:val="19B89BE7"/>
     <w:rsid w:val="19BB5F06"/>
     <w:rsid w:val="19BC8C05"/>
     <w:rsid w:val="19C1B63C"/>
     <w:rsid w:val="19CD29B5"/>
     <w:rsid w:val="19EC678C"/>
     <w:rsid w:val="19F78ABD"/>
     <w:rsid w:val="1A40019F"/>
     <w:rsid w:val="1A55449F"/>
     <w:rsid w:val="1A7F4766"/>
     <w:rsid w:val="1A957CAC"/>
     <w:rsid w:val="1AA8CD0F"/>
     <w:rsid w:val="1AD2AA5A"/>
     <w:rsid w:val="1AD42C01"/>
     <w:rsid w:val="1AD514FE"/>
     <w:rsid w:val="1AD84D86"/>
     <w:rsid w:val="1AF2DA13"/>
     <w:rsid w:val="1AF3CDF6"/>
     <w:rsid w:val="1B096B9C"/>
     <w:rsid w:val="1B127271"/>
     <w:rsid w:val="1B2F8397"/>
     <w:rsid w:val="1B36EAA0"/>
     <w:rsid w:val="1B39543F"/>
     <w:rsid w:val="1B5AD0AC"/>
     <w:rsid w:val="1B69DFAE"/>
     <w:rsid w:val="1B6A9F86"/>
+    <w:rsid w:val="1B821C0B"/>
     <w:rsid w:val="1BDAA9A8"/>
+    <w:rsid w:val="1BDFC3BD"/>
     <w:rsid w:val="1BE93E64"/>
+    <w:rsid w:val="1BECA688"/>
     <w:rsid w:val="1C096E58"/>
     <w:rsid w:val="1C1723D5"/>
     <w:rsid w:val="1C1FDB96"/>
     <w:rsid w:val="1C4224BC"/>
     <w:rsid w:val="1C6CDFE1"/>
+    <w:rsid w:val="1C881B58"/>
     <w:rsid w:val="1C9E7709"/>
     <w:rsid w:val="1CA555EC"/>
     <w:rsid w:val="1CBDB476"/>
     <w:rsid w:val="1CC0E4C9"/>
+    <w:rsid w:val="1CC21668"/>
+    <w:rsid w:val="1CEA9185"/>
     <w:rsid w:val="1CEFBC93"/>
     <w:rsid w:val="1D01447F"/>
     <w:rsid w:val="1D0B8DF0"/>
     <w:rsid w:val="1D0DCDCE"/>
     <w:rsid w:val="1D14C4F4"/>
+    <w:rsid w:val="1D1E2713"/>
     <w:rsid w:val="1D1F1F39"/>
     <w:rsid w:val="1D23ED3E"/>
     <w:rsid w:val="1D505E67"/>
     <w:rsid w:val="1D7F9BA6"/>
     <w:rsid w:val="1D82E988"/>
+    <w:rsid w:val="1D928A50"/>
     <w:rsid w:val="1DBE2332"/>
+    <w:rsid w:val="1E102E69"/>
     <w:rsid w:val="1E299723"/>
+    <w:rsid w:val="1E2A617A"/>
     <w:rsid w:val="1E3A476A"/>
+    <w:rsid w:val="1E474FF9"/>
     <w:rsid w:val="1E4B372C"/>
     <w:rsid w:val="1E631668"/>
+    <w:rsid w:val="1E72DC51"/>
+    <w:rsid w:val="1E89A976"/>
     <w:rsid w:val="1EAF6382"/>
+    <w:rsid w:val="1F085BDC"/>
     <w:rsid w:val="1F57CD02"/>
     <w:rsid w:val="1F61F22C"/>
     <w:rsid w:val="1F833F65"/>
     <w:rsid w:val="1F9A0E79"/>
     <w:rsid w:val="1F9F2E66"/>
     <w:rsid w:val="1FA3C5AE"/>
     <w:rsid w:val="1FA61E76"/>
+    <w:rsid w:val="1FADB9E6"/>
     <w:rsid w:val="1FE848A2"/>
     <w:rsid w:val="1FF63094"/>
     <w:rsid w:val="2007B815"/>
     <w:rsid w:val="20223D9F"/>
     <w:rsid w:val="20492051"/>
     <w:rsid w:val="2049FE5B"/>
+    <w:rsid w:val="205EF58A"/>
     <w:rsid w:val="20664B26"/>
     <w:rsid w:val="20831876"/>
     <w:rsid w:val="208F612B"/>
     <w:rsid w:val="20B4AECC"/>
     <w:rsid w:val="20B5582F"/>
     <w:rsid w:val="20B7630D"/>
     <w:rsid w:val="20CEA39B"/>
     <w:rsid w:val="20D11482"/>
+    <w:rsid w:val="21004A38"/>
+    <w:rsid w:val="2121A134"/>
     <w:rsid w:val="2130C41B"/>
+    <w:rsid w:val="21483F45"/>
     <w:rsid w:val="2153CC1A"/>
     <w:rsid w:val="2167229F"/>
     <w:rsid w:val="2168411C"/>
     <w:rsid w:val="219177C2"/>
     <w:rsid w:val="2231B983"/>
     <w:rsid w:val="2255CB34"/>
     <w:rsid w:val="22892AEE"/>
     <w:rsid w:val="22A63C9B"/>
     <w:rsid w:val="22ADD2D8"/>
+    <w:rsid w:val="22ADFDC8"/>
     <w:rsid w:val="22AE7674"/>
     <w:rsid w:val="22BAE027"/>
     <w:rsid w:val="22BBEBF6"/>
     <w:rsid w:val="22D1200F"/>
     <w:rsid w:val="22DEC85C"/>
     <w:rsid w:val="22DF2119"/>
     <w:rsid w:val="22E2DF00"/>
+    <w:rsid w:val="23232D75"/>
     <w:rsid w:val="235D65B7"/>
     <w:rsid w:val="23890832"/>
     <w:rsid w:val="23B9C790"/>
     <w:rsid w:val="23E0F23E"/>
     <w:rsid w:val="23F98D8B"/>
     <w:rsid w:val="24422A41"/>
     <w:rsid w:val="247736D1"/>
     <w:rsid w:val="24AC21D9"/>
     <w:rsid w:val="250DD87A"/>
     <w:rsid w:val="251D1A2B"/>
     <w:rsid w:val="256D528C"/>
     <w:rsid w:val="2572A23D"/>
+    <w:rsid w:val="25D2A34D"/>
     <w:rsid w:val="25D39085"/>
     <w:rsid w:val="25DF5DD2"/>
     <w:rsid w:val="25E2C1DC"/>
+    <w:rsid w:val="2615FFC9"/>
     <w:rsid w:val="2628AA34"/>
     <w:rsid w:val="265C4F83"/>
     <w:rsid w:val="26836068"/>
     <w:rsid w:val="268A0D76"/>
     <w:rsid w:val="268BD3B3"/>
     <w:rsid w:val="26AA59BF"/>
     <w:rsid w:val="26B908F1"/>
     <w:rsid w:val="26BB971E"/>
     <w:rsid w:val="26C0B9A4"/>
     <w:rsid w:val="26D65916"/>
     <w:rsid w:val="26EC26BA"/>
     <w:rsid w:val="26F464E4"/>
     <w:rsid w:val="26FADA6F"/>
     <w:rsid w:val="27017478"/>
     <w:rsid w:val="270C5096"/>
     <w:rsid w:val="2713DDD7"/>
     <w:rsid w:val="2719A76E"/>
     <w:rsid w:val="273E4646"/>
+    <w:rsid w:val="274E7727"/>
+    <w:rsid w:val="2754A43C"/>
     <w:rsid w:val="275CE87A"/>
     <w:rsid w:val="2763ADD8"/>
+    <w:rsid w:val="2784F5F0"/>
     <w:rsid w:val="2795BAAA"/>
     <w:rsid w:val="279D677B"/>
     <w:rsid w:val="27E4A620"/>
+    <w:rsid w:val="27F85C2E"/>
     <w:rsid w:val="283FB121"/>
     <w:rsid w:val="2842A0B5"/>
     <w:rsid w:val="284D6BAE"/>
     <w:rsid w:val="2851EBEB"/>
     <w:rsid w:val="28690B30"/>
     <w:rsid w:val="288B7899"/>
     <w:rsid w:val="28B6103E"/>
     <w:rsid w:val="28C39FBE"/>
     <w:rsid w:val="28D1876D"/>
     <w:rsid w:val="28D2645C"/>
     <w:rsid w:val="28E5B7F7"/>
     <w:rsid w:val="28F8B8DB"/>
     <w:rsid w:val="295A7DE8"/>
     <w:rsid w:val="2973A69B"/>
     <w:rsid w:val="299714A8"/>
     <w:rsid w:val="29B6A3FB"/>
+    <w:rsid w:val="29D682C8"/>
     <w:rsid w:val="29E71F87"/>
     <w:rsid w:val="29E962F9"/>
+    <w:rsid w:val="29EB437A"/>
     <w:rsid w:val="29FDE0CF"/>
     <w:rsid w:val="2A1BB458"/>
     <w:rsid w:val="2A35AE01"/>
     <w:rsid w:val="2A832C02"/>
     <w:rsid w:val="2A999E12"/>
+    <w:rsid w:val="2AA95468"/>
     <w:rsid w:val="2AB4A6E5"/>
     <w:rsid w:val="2AC6D852"/>
     <w:rsid w:val="2ADDBD64"/>
+    <w:rsid w:val="2AF61264"/>
     <w:rsid w:val="2B04B9A5"/>
     <w:rsid w:val="2B3C3641"/>
     <w:rsid w:val="2B511432"/>
     <w:rsid w:val="2B661C58"/>
     <w:rsid w:val="2B6A6EE8"/>
     <w:rsid w:val="2B7784B4"/>
     <w:rsid w:val="2B8F34CB"/>
     <w:rsid w:val="2B9712BB"/>
     <w:rsid w:val="2BBC281F"/>
     <w:rsid w:val="2BD83926"/>
+    <w:rsid w:val="2BDD8F0C"/>
     <w:rsid w:val="2BF402BD"/>
     <w:rsid w:val="2BFC0BDA"/>
     <w:rsid w:val="2C1862FE"/>
     <w:rsid w:val="2C47D64F"/>
+    <w:rsid w:val="2C635293"/>
+    <w:rsid w:val="2C76591E"/>
     <w:rsid w:val="2C7F3265"/>
     <w:rsid w:val="2C7FCA8B"/>
     <w:rsid w:val="2C8F10CE"/>
     <w:rsid w:val="2C8F9C70"/>
+    <w:rsid w:val="2C9F8035"/>
     <w:rsid w:val="2CADA34D"/>
     <w:rsid w:val="2CCFDBCE"/>
+    <w:rsid w:val="2CD1FB97"/>
     <w:rsid w:val="2CDD4293"/>
     <w:rsid w:val="2CE0378F"/>
     <w:rsid w:val="2CE49065"/>
     <w:rsid w:val="2CE9B136"/>
     <w:rsid w:val="2CEADA6E"/>
     <w:rsid w:val="2CEE44BD"/>
     <w:rsid w:val="2CF437A6"/>
     <w:rsid w:val="2CFE775E"/>
     <w:rsid w:val="2D44510E"/>
     <w:rsid w:val="2D4BE829"/>
     <w:rsid w:val="2D7A0977"/>
     <w:rsid w:val="2D7B36A8"/>
     <w:rsid w:val="2D86A4EE"/>
     <w:rsid w:val="2D91749C"/>
     <w:rsid w:val="2DA5EC05"/>
     <w:rsid w:val="2DB8EF43"/>
     <w:rsid w:val="2DCE1B22"/>
     <w:rsid w:val="2DD9BEC3"/>
     <w:rsid w:val="2DDC74C8"/>
     <w:rsid w:val="2DE2C5A6"/>
     <w:rsid w:val="2DFA2A23"/>
     <w:rsid w:val="2E1AD129"/>
     <w:rsid w:val="2E1F680A"/>
     <w:rsid w:val="2E26069D"/>
     <w:rsid w:val="2E2B6CD1"/>
     <w:rsid w:val="2E5EC224"/>
     <w:rsid w:val="2E7C07F0"/>
+    <w:rsid w:val="2E7DF8EC"/>
     <w:rsid w:val="2E88C9EA"/>
     <w:rsid w:val="2EB1B8DE"/>
     <w:rsid w:val="2F1DAB14"/>
     <w:rsid w:val="2F373D1B"/>
     <w:rsid w:val="2F46430D"/>
     <w:rsid w:val="2F52451B"/>
+    <w:rsid w:val="2F5F2E75"/>
     <w:rsid w:val="2F73A83F"/>
     <w:rsid w:val="2F8F4FB2"/>
     <w:rsid w:val="2FC73D32"/>
     <w:rsid w:val="2FD66D37"/>
     <w:rsid w:val="2FDDF507"/>
     <w:rsid w:val="2FDE70D8"/>
     <w:rsid w:val="2FF66EF0"/>
     <w:rsid w:val="2FFC8541"/>
+    <w:rsid w:val="302B283F"/>
+    <w:rsid w:val="3039ED94"/>
     <w:rsid w:val="304C4E4F"/>
     <w:rsid w:val="304D0821"/>
+    <w:rsid w:val="305C79AE"/>
     <w:rsid w:val="305FA693"/>
+    <w:rsid w:val="3063281B"/>
     <w:rsid w:val="3094BA49"/>
     <w:rsid w:val="30A0D921"/>
     <w:rsid w:val="30A4DC6E"/>
     <w:rsid w:val="30B27E95"/>
     <w:rsid w:val="30B29A3F"/>
     <w:rsid w:val="30D00693"/>
+    <w:rsid w:val="30D1F149"/>
     <w:rsid w:val="30F309C0"/>
+    <w:rsid w:val="3101AE4D"/>
     <w:rsid w:val="311A7ED2"/>
+    <w:rsid w:val="31338CDF"/>
+    <w:rsid w:val="3144FC6A"/>
     <w:rsid w:val="315A186D"/>
+    <w:rsid w:val="31667362"/>
     <w:rsid w:val="3180AC59"/>
     <w:rsid w:val="3182B8C3"/>
     <w:rsid w:val="319EAF42"/>
     <w:rsid w:val="31E944DB"/>
     <w:rsid w:val="3202A79D"/>
     <w:rsid w:val="3216B97E"/>
     <w:rsid w:val="3218BBE8"/>
     <w:rsid w:val="321BEA30"/>
     <w:rsid w:val="323B0376"/>
     <w:rsid w:val="3262A68C"/>
     <w:rsid w:val="32653F77"/>
     <w:rsid w:val="3268BA0D"/>
     <w:rsid w:val="328B5269"/>
     <w:rsid w:val="32909E64"/>
     <w:rsid w:val="3294E538"/>
     <w:rsid w:val="329E9515"/>
     <w:rsid w:val="32C1EF5D"/>
     <w:rsid w:val="32CA24E2"/>
     <w:rsid w:val="32E6E590"/>
+    <w:rsid w:val="3306B9C3"/>
     <w:rsid w:val="3335FAED"/>
     <w:rsid w:val="3339FBFF"/>
     <w:rsid w:val="335170D2"/>
+    <w:rsid w:val="335833FA"/>
     <w:rsid w:val="3370C305"/>
     <w:rsid w:val="33AA81F3"/>
     <w:rsid w:val="33E4F567"/>
     <w:rsid w:val="34201C3F"/>
+    <w:rsid w:val="3423A59B"/>
+    <w:rsid w:val="3444528F"/>
+    <w:rsid w:val="344F553F"/>
     <w:rsid w:val="3455E78A"/>
     <w:rsid w:val="345D4E74"/>
     <w:rsid w:val="34713496"/>
     <w:rsid w:val="348CAAE4"/>
     <w:rsid w:val="34A30188"/>
     <w:rsid w:val="34B0A78E"/>
     <w:rsid w:val="34BDB783"/>
     <w:rsid w:val="34C1AB24"/>
     <w:rsid w:val="34D89BC9"/>
     <w:rsid w:val="34D8B368"/>
     <w:rsid w:val="34DB68E8"/>
+    <w:rsid w:val="34E1716A"/>
     <w:rsid w:val="3518B781"/>
     <w:rsid w:val="3519A15D"/>
     <w:rsid w:val="352D1D52"/>
     <w:rsid w:val="352D8B6C"/>
     <w:rsid w:val="35476EE8"/>
     <w:rsid w:val="3549F11D"/>
     <w:rsid w:val="3565F17F"/>
     <w:rsid w:val="3567F531"/>
     <w:rsid w:val="35848D42"/>
+    <w:rsid w:val="3596BB3B"/>
     <w:rsid w:val="35A07C0E"/>
     <w:rsid w:val="35A522B6"/>
+    <w:rsid w:val="35B62322"/>
+    <w:rsid w:val="35B73154"/>
     <w:rsid w:val="35B85FA9"/>
     <w:rsid w:val="35BA6017"/>
+    <w:rsid w:val="35CAD35E"/>
     <w:rsid w:val="35EDA769"/>
     <w:rsid w:val="35F96D55"/>
     <w:rsid w:val="36109239"/>
     <w:rsid w:val="361A914A"/>
     <w:rsid w:val="362AA8BB"/>
+    <w:rsid w:val="363904B2"/>
     <w:rsid w:val="3673DC52"/>
     <w:rsid w:val="368AD7F0"/>
     <w:rsid w:val="36AB6A62"/>
     <w:rsid w:val="36CE7733"/>
+    <w:rsid w:val="3718CCBE"/>
     <w:rsid w:val="372A15F8"/>
     <w:rsid w:val="3736DCDC"/>
     <w:rsid w:val="3738B09A"/>
     <w:rsid w:val="373CA415"/>
     <w:rsid w:val="375109F2"/>
     <w:rsid w:val="375B6113"/>
+    <w:rsid w:val="375E20BA"/>
     <w:rsid w:val="375EC38C"/>
     <w:rsid w:val="3789C056"/>
     <w:rsid w:val="379586AE"/>
+    <w:rsid w:val="37C3EC18"/>
     <w:rsid w:val="37ED038B"/>
     <w:rsid w:val="38097939"/>
     <w:rsid w:val="3809A12C"/>
     <w:rsid w:val="380A4BBC"/>
     <w:rsid w:val="38361360"/>
     <w:rsid w:val="3854091C"/>
     <w:rsid w:val="385AE518"/>
     <w:rsid w:val="385E5B4A"/>
     <w:rsid w:val="386CC745"/>
     <w:rsid w:val="38951684"/>
     <w:rsid w:val="38A3BDFA"/>
     <w:rsid w:val="38B5C0A8"/>
     <w:rsid w:val="38C6B8C2"/>
     <w:rsid w:val="38CA6449"/>
     <w:rsid w:val="38D480FB"/>
     <w:rsid w:val="38FF35DB"/>
     <w:rsid w:val="394832FB"/>
     <w:rsid w:val="394FA256"/>
     <w:rsid w:val="395301A6"/>
+    <w:rsid w:val="3953DC10"/>
     <w:rsid w:val="395FAF90"/>
     <w:rsid w:val="396901CC"/>
+    <w:rsid w:val="3983DE03"/>
+    <w:rsid w:val="399BFA43"/>
     <w:rsid w:val="39B312E4"/>
     <w:rsid w:val="39BFA7D3"/>
     <w:rsid w:val="39CCBEA9"/>
     <w:rsid w:val="39E59673"/>
     <w:rsid w:val="39EF292D"/>
     <w:rsid w:val="39F4A0AD"/>
     <w:rsid w:val="3A0AF9DA"/>
     <w:rsid w:val="3A116624"/>
     <w:rsid w:val="3A138FB4"/>
     <w:rsid w:val="3A409153"/>
     <w:rsid w:val="3A708D8C"/>
     <w:rsid w:val="3A799477"/>
     <w:rsid w:val="3A9D785A"/>
     <w:rsid w:val="3AB084E7"/>
     <w:rsid w:val="3AB77936"/>
+    <w:rsid w:val="3AD789AF"/>
     <w:rsid w:val="3B19C1DE"/>
     <w:rsid w:val="3B1AFDD0"/>
+    <w:rsid w:val="3B1C38D9"/>
     <w:rsid w:val="3B248B41"/>
     <w:rsid w:val="3B317BCF"/>
     <w:rsid w:val="3B504945"/>
+    <w:rsid w:val="3B5B040D"/>
     <w:rsid w:val="3B727828"/>
+    <w:rsid w:val="3B85CBBC"/>
     <w:rsid w:val="3B8BC5D4"/>
     <w:rsid w:val="3BA62980"/>
     <w:rsid w:val="3BB2FE6D"/>
+    <w:rsid w:val="3BE04827"/>
     <w:rsid w:val="3C0C8083"/>
     <w:rsid w:val="3C0D55DB"/>
     <w:rsid w:val="3C26871E"/>
     <w:rsid w:val="3C2A1A04"/>
     <w:rsid w:val="3C304F09"/>
     <w:rsid w:val="3C312047"/>
+    <w:rsid w:val="3C4C58EB"/>
     <w:rsid w:val="3C75EFC4"/>
     <w:rsid w:val="3C795F21"/>
     <w:rsid w:val="3C806E8A"/>
     <w:rsid w:val="3C8A24A4"/>
+    <w:rsid w:val="3C9E325D"/>
     <w:rsid w:val="3CF9673E"/>
+    <w:rsid w:val="3D3CD93C"/>
     <w:rsid w:val="3D571F6B"/>
     <w:rsid w:val="3D74B039"/>
     <w:rsid w:val="3DA15EDC"/>
+    <w:rsid w:val="3DA4F44E"/>
     <w:rsid w:val="3DCE00F3"/>
+    <w:rsid w:val="3DE47B8C"/>
     <w:rsid w:val="3E028F3D"/>
     <w:rsid w:val="3E193F34"/>
     <w:rsid w:val="3E1DCF2F"/>
     <w:rsid w:val="3E282D09"/>
     <w:rsid w:val="3E39CAD1"/>
     <w:rsid w:val="3E3C11E8"/>
     <w:rsid w:val="3E4B09BC"/>
+    <w:rsid w:val="3E6E605B"/>
     <w:rsid w:val="3E829F29"/>
     <w:rsid w:val="3E9AA19D"/>
+    <w:rsid w:val="3EB4AFCA"/>
     <w:rsid w:val="3EF51165"/>
     <w:rsid w:val="3F03D683"/>
+    <w:rsid w:val="3F0B3053"/>
     <w:rsid w:val="3F11D57A"/>
     <w:rsid w:val="3F13F164"/>
+    <w:rsid w:val="3F2CB1CC"/>
     <w:rsid w:val="3F3055B7"/>
     <w:rsid w:val="3F57FF00"/>
+    <w:rsid w:val="3F5C7C1F"/>
+    <w:rsid w:val="3F693AAB"/>
     <w:rsid w:val="3F865FCF"/>
     <w:rsid w:val="3FCCC429"/>
     <w:rsid w:val="3FCFB0B4"/>
     <w:rsid w:val="3FD90229"/>
     <w:rsid w:val="3FF543D2"/>
     <w:rsid w:val="40582564"/>
     <w:rsid w:val="405CC04B"/>
     <w:rsid w:val="40620056"/>
     <w:rsid w:val="4088E4F6"/>
+    <w:rsid w:val="4089B0A7"/>
     <w:rsid w:val="40A19258"/>
     <w:rsid w:val="40AE2FEC"/>
     <w:rsid w:val="40B3EAE2"/>
     <w:rsid w:val="40C36207"/>
+    <w:rsid w:val="40C512B6"/>
     <w:rsid w:val="40D6026F"/>
     <w:rsid w:val="4113D88D"/>
     <w:rsid w:val="41171B4B"/>
+    <w:rsid w:val="41261D1D"/>
     <w:rsid w:val="4130A5DD"/>
     <w:rsid w:val="4150A997"/>
     <w:rsid w:val="4150F690"/>
     <w:rsid w:val="415284F0"/>
+    <w:rsid w:val="4163BAB9"/>
     <w:rsid w:val="4183F575"/>
     <w:rsid w:val="41B9DA7A"/>
+    <w:rsid w:val="41BED6E2"/>
     <w:rsid w:val="41D6D061"/>
+    <w:rsid w:val="41DFF432"/>
+    <w:rsid w:val="41F9E4C2"/>
     <w:rsid w:val="420651FF"/>
     <w:rsid w:val="42068F79"/>
     <w:rsid w:val="42371056"/>
     <w:rsid w:val="423AAE04"/>
     <w:rsid w:val="425098E0"/>
     <w:rsid w:val="426F0570"/>
     <w:rsid w:val="4271BA74"/>
     <w:rsid w:val="4273B165"/>
     <w:rsid w:val="428BD48E"/>
     <w:rsid w:val="42925EBD"/>
     <w:rsid w:val="4292D110"/>
     <w:rsid w:val="42A99172"/>
+    <w:rsid w:val="42B8FDAB"/>
     <w:rsid w:val="42C8E091"/>
     <w:rsid w:val="42D38889"/>
     <w:rsid w:val="42E64285"/>
     <w:rsid w:val="42EC79F8"/>
     <w:rsid w:val="42F0BB08"/>
+    <w:rsid w:val="4312E54E"/>
     <w:rsid w:val="431FDCD5"/>
     <w:rsid w:val="4325542B"/>
     <w:rsid w:val="432EE54E"/>
     <w:rsid w:val="4334BF53"/>
     <w:rsid w:val="4335D23C"/>
     <w:rsid w:val="433FF9B5"/>
     <w:rsid w:val="4372860F"/>
     <w:rsid w:val="43917D5F"/>
+    <w:rsid w:val="439AE3A1"/>
     <w:rsid w:val="439B4F70"/>
     <w:rsid w:val="43AB389B"/>
     <w:rsid w:val="43B46E2B"/>
     <w:rsid w:val="43C53E6F"/>
     <w:rsid w:val="43CE75D3"/>
     <w:rsid w:val="43D38DD6"/>
+    <w:rsid w:val="43E0EEEF"/>
     <w:rsid w:val="43E3B5D4"/>
     <w:rsid w:val="43E69A97"/>
+    <w:rsid w:val="441529B5"/>
     <w:rsid w:val="44203912"/>
+    <w:rsid w:val="4429A398"/>
     <w:rsid w:val="445C2262"/>
     <w:rsid w:val="4490CA4D"/>
     <w:rsid w:val="450E72BA"/>
     <w:rsid w:val="4516268A"/>
     <w:rsid w:val="4519521D"/>
     <w:rsid w:val="45231D1C"/>
     <w:rsid w:val="455D931A"/>
     <w:rsid w:val="4567B0F3"/>
     <w:rsid w:val="457358E0"/>
     <w:rsid w:val="457D0D88"/>
     <w:rsid w:val="45C91B9D"/>
     <w:rsid w:val="45E13234"/>
     <w:rsid w:val="45E4A8A2"/>
     <w:rsid w:val="46014AA1"/>
     <w:rsid w:val="460642E6"/>
     <w:rsid w:val="46092252"/>
+    <w:rsid w:val="460D123C"/>
     <w:rsid w:val="46176F00"/>
     <w:rsid w:val="461C3790"/>
     <w:rsid w:val="46319C03"/>
     <w:rsid w:val="4632961A"/>
     <w:rsid w:val="46385A3D"/>
     <w:rsid w:val="467B5312"/>
     <w:rsid w:val="468A0C3F"/>
+    <w:rsid w:val="46A2D208"/>
     <w:rsid w:val="46B7B6C9"/>
     <w:rsid w:val="46B90F23"/>
     <w:rsid w:val="46E7704C"/>
     <w:rsid w:val="46F33AA5"/>
     <w:rsid w:val="46FC29B7"/>
     <w:rsid w:val="47036C1B"/>
     <w:rsid w:val="472E3592"/>
     <w:rsid w:val="47566D76"/>
     <w:rsid w:val="4766C4DB"/>
+    <w:rsid w:val="476A22F7"/>
     <w:rsid w:val="477AEC55"/>
     <w:rsid w:val="477C310B"/>
     <w:rsid w:val="477D0295"/>
     <w:rsid w:val="47AA2CCC"/>
     <w:rsid w:val="47BC7C6B"/>
     <w:rsid w:val="47C2A7F6"/>
+    <w:rsid w:val="47CA09C0"/>
     <w:rsid w:val="47D42A9E"/>
     <w:rsid w:val="4800BE21"/>
     <w:rsid w:val="480131D1"/>
     <w:rsid w:val="481524DF"/>
     <w:rsid w:val="483554CE"/>
+    <w:rsid w:val="48604DE5"/>
+    <w:rsid w:val="48634748"/>
     <w:rsid w:val="486E037F"/>
     <w:rsid w:val="4880675F"/>
     <w:rsid w:val="48929718"/>
     <w:rsid w:val="48997A4D"/>
     <w:rsid w:val="48CDD87E"/>
     <w:rsid w:val="48E0ABA4"/>
     <w:rsid w:val="490327E7"/>
+    <w:rsid w:val="49034CD9"/>
     <w:rsid w:val="4905C6AD"/>
     <w:rsid w:val="4908B3A3"/>
     <w:rsid w:val="49146135"/>
     <w:rsid w:val="491AFBB1"/>
     <w:rsid w:val="493D306B"/>
+    <w:rsid w:val="493ED6C9"/>
     <w:rsid w:val="494A3A81"/>
     <w:rsid w:val="4972244E"/>
     <w:rsid w:val="49922B20"/>
     <w:rsid w:val="49B235E2"/>
     <w:rsid w:val="49C084B8"/>
     <w:rsid w:val="4A38BFE7"/>
     <w:rsid w:val="4A480479"/>
+    <w:rsid w:val="4A540654"/>
     <w:rsid w:val="4A5876C9"/>
     <w:rsid w:val="4A59CD9B"/>
     <w:rsid w:val="4A671ADA"/>
+    <w:rsid w:val="4A699851"/>
     <w:rsid w:val="4AA2D869"/>
     <w:rsid w:val="4AB5F60C"/>
     <w:rsid w:val="4AD0FB9D"/>
     <w:rsid w:val="4AE2F707"/>
     <w:rsid w:val="4B1F259A"/>
     <w:rsid w:val="4B66A2C2"/>
     <w:rsid w:val="4B6CF495"/>
     <w:rsid w:val="4B79086F"/>
     <w:rsid w:val="4B89B2E3"/>
     <w:rsid w:val="4B8AF299"/>
     <w:rsid w:val="4B98AA64"/>
     <w:rsid w:val="4B9DDF15"/>
     <w:rsid w:val="4BA04EFF"/>
     <w:rsid w:val="4BA09378"/>
     <w:rsid w:val="4BB806B3"/>
     <w:rsid w:val="4BC2C0B9"/>
     <w:rsid w:val="4BCE39E6"/>
     <w:rsid w:val="4C24BD82"/>
     <w:rsid w:val="4C569A7A"/>
     <w:rsid w:val="4C7769D9"/>
     <w:rsid w:val="4C97310F"/>
     <w:rsid w:val="4C9D1AD4"/>
     <w:rsid w:val="4CA9D034"/>
     <w:rsid w:val="4CB220D9"/>
+    <w:rsid w:val="4CB92535"/>
     <w:rsid w:val="4CC5DF82"/>
     <w:rsid w:val="4CCDE5B7"/>
     <w:rsid w:val="4CE05D83"/>
+    <w:rsid w:val="4CF69A7E"/>
     <w:rsid w:val="4CFCE01D"/>
+    <w:rsid w:val="4D2726AA"/>
     <w:rsid w:val="4D3BEA3A"/>
     <w:rsid w:val="4D404A8A"/>
     <w:rsid w:val="4D4C81CE"/>
     <w:rsid w:val="4D7A912E"/>
     <w:rsid w:val="4D8B81EE"/>
     <w:rsid w:val="4DE1C3AB"/>
     <w:rsid w:val="4DE21B88"/>
     <w:rsid w:val="4DE81DAF"/>
+    <w:rsid w:val="4DE89A76"/>
+    <w:rsid w:val="4DEFFC3E"/>
     <w:rsid w:val="4E02A9EF"/>
     <w:rsid w:val="4E1FF263"/>
     <w:rsid w:val="4E37DAC9"/>
     <w:rsid w:val="4E5537BB"/>
     <w:rsid w:val="4E6AF12F"/>
     <w:rsid w:val="4E85AF68"/>
     <w:rsid w:val="4E8A2335"/>
     <w:rsid w:val="4E99CD5B"/>
     <w:rsid w:val="4E9C5F0A"/>
     <w:rsid w:val="4ED7E7B0"/>
     <w:rsid w:val="4EDEB9B5"/>
     <w:rsid w:val="4EE30A5C"/>
     <w:rsid w:val="4EF5DBCB"/>
     <w:rsid w:val="4EFA30B1"/>
     <w:rsid w:val="4F18F9CB"/>
     <w:rsid w:val="4F45317B"/>
     <w:rsid w:val="4F6EBE64"/>
     <w:rsid w:val="4F9C58BD"/>
+    <w:rsid w:val="4FC2F352"/>
     <w:rsid w:val="4FC42494"/>
     <w:rsid w:val="4FE22633"/>
     <w:rsid w:val="5020BD29"/>
     <w:rsid w:val="505200BD"/>
     <w:rsid w:val="5052CE3D"/>
     <w:rsid w:val="5055B42C"/>
     <w:rsid w:val="50602BB4"/>
     <w:rsid w:val="506A1E91"/>
     <w:rsid w:val="508AD99E"/>
     <w:rsid w:val="5098EC42"/>
     <w:rsid w:val="509F726C"/>
     <w:rsid w:val="50AD7593"/>
     <w:rsid w:val="50ADD67E"/>
     <w:rsid w:val="50AF90CB"/>
     <w:rsid w:val="50E75352"/>
     <w:rsid w:val="50F7EF7B"/>
     <w:rsid w:val="5106B403"/>
     <w:rsid w:val="510A8EC5"/>
     <w:rsid w:val="516AA232"/>
     <w:rsid w:val="517E0DD8"/>
     <w:rsid w:val="5197CB0F"/>
     <w:rsid w:val="51A95D5E"/>
     <w:rsid w:val="51AB6580"/>
     <w:rsid w:val="51BF0D1E"/>
+    <w:rsid w:val="51C4789F"/>
     <w:rsid w:val="51C60F2B"/>
     <w:rsid w:val="51CB68AB"/>
+    <w:rsid w:val="51E46464"/>
     <w:rsid w:val="51F35FEF"/>
     <w:rsid w:val="51F3F83C"/>
     <w:rsid w:val="51F550A0"/>
     <w:rsid w:val="52007875"/>
     <w:rsid w:val="5208389F"/>
     <w:rsid w:val="520B34B9"/>
+    <w:rsid w:val="5214DBE7"/>
+    <w:rsid w:val="52323FEF"/>
+    <w:rsid w:val="5244648C"/>
     <w:rsid w:val="5258615E"/>
+    <w:rsid w:val="525DD656"/>
     <w:rsid w:val="52888EB1"/>
     <w:rsid w:val="52B4951E"/>
     <w:rsid w:val="52B69398"/>
     <w:rsid w:val="52D31FDE"/>
+    <w:rsid w:val="52DDF306"/>
     <w:rsid w:val="52E8DB07"/>
     <w:rsid w:val="53010472"/>
+    <w:rsid w:val="5351C2E8"/>
     <w:rsid w:val="535ADD7F"/>
     <w:rsid w:val="537FDD79"/>
     <w:rsid w:val="538DDEE1"/>
     <w:rsid w:val="538FC89D"/>
     <w:rsid w:val="53C4AA47"/>
     <w:rsid w:val="53C4BD9E"/>
+    <w:rsid w:val="53EC2EBB"/>
     <w:rsid w:val="53FBE46B"/>
     <w:rsid w:val="540896C9"/>
     <w:rsid w:val="540A01A6"/>
     <w:rsid w:val="5415C504"/>
     <w:rsid w:val="5442F8B7"/>
     <w:rsid w:val="5478F3FD"/>
     <w:rsid w:val="548180B9"/>
     <w:rsid w:val="54AB3BBD"/>
     <w:rsid w:val="54AE627C"/>
     <w:rsid w:val="54BB0A3C"/>
     <w:rsid w:val="54C21918"/>
     <w:rsid w:val="54CD6C8C"/>
     <w:rsid w:val="54CF28FF"/>
     <w:rsid w:val="54D17C1A"/>
     <w:rsid w:val="54E09085"/>
     <w:rsid w:val="54F1F905"/>
     <w:rsid w:val="54FC3F5B"/>
     <w:rsid w:val="54FCED7C"/>
     <w:rsid w:val="55062519"/>
     <w:rsid w:val="555545C4"/>
+    <w:rsid w:val="5558557B"/>
     <w:rsid w:val="555CB3AE"/>
     <w:rsid w:val="55719085"/>
     <w:rsid w:val="557F9BAC"/>
     <w:rsid w:val="558A2C02"/>
     <w:rsid w:val="55D589E9"/>
     <w:rsid w:val="56099485"/>
     <w:rsid w:val="560AC0A0"/>
     <w:rsid w:val="560BDE82"/>
     <w:rsid w:val="560D7E0F"/>
     <w:rsid w:val="5618D75A"/>
     <w:rsid w:val="562AA6F4"/>
     <w:rsid w:val="563B6C31"/>
     <w:rsid w:val="564B97FA"/>
+    <w:rsid w:val="5689AAFB"/>
     <w:rsid w:val="568FFEAD"/>
     <w:rsid w:val="569B15C4"/>
     <w:rsid w:val="56A3E0EE"/>
     <w:rsid w:val="56D65C93"/>
     <w:rsid w:val="56DD274B"/>
     <w:rsid w:val="56F4D21F"/>
     <w:rsid w:val="56FF57D5"/>
     <w:rsid w:val="57048BFC"/>
     <w:rsid w:val="570D60E6"/>
     <w:rsid w:val="5711FF05"/>
     <w:rsid w:val="5728F365"/>
+    <w:rsid w:val="573F82D3"/>
     <w:rsid w:val="575D1E75"/>
+    <w:rsid w:val="57623ABE"/>
     <w:rsid w:val="57BFC498"/>
     <w:rsid w:val="5808F20F"/>
     <w:rsid w:val="58139AD9"/>
     <w:rsid w:val="581CFFE4"/>
     <w:rsid w:val="582B10B0"/>
+    <w:rsid w:val="5843BEB3"/>
     <w:rsid w:val="5855BF3A"/>
     <w:rsid w:val="58656948"/>
     <w:rsid w:val="588A7889"/>
     <w:rsid w:val="58A360AE"/>
     <w:rsid w:val="58A93147"/>
     <w:rsid w:val="58DCB591"/>
     <w:rsid w:val="58DEA2A2"/>
     <w:rsid w:val="58E3C78A"/>
+    <w:rsid w:val="58F81857"/>
     <w:rsid w:val="58F8EED6"/>
+    <w:rsid w:val="5907D2A8"/>
     <w:rsid w:val="591CBE0B"/>
     <w:rsid w:val="591FE386"/>
     <w:rsid w:val="59353773"/>
+    <w:rsid w:val="59505AFB"/>
     <w:rsid w:val="595DB442"/>
     <w:rsid w:val="596F956B"/>
     <w:rsid w:val="59A0D716"/>
+    <w:rsid w:val="59AE7A4E"/>
     <w:rsid w:val="59F128FF"/>
+    <w:rsid w:val="5A18FAE2"/>
+    <w:rsid w:val="5A4687C7"/>
     <w:rsid w:val="5A4B29B9"/>
     <w:rsid w:val="5A567311"/>
     <w:rsid w:val="5A58E8C1"/>
     <w:rsid w:val="5A853642"/>
     <w:rsid w:val="5AC4A9B2"/>
     <w:rsid w:val="5B08C6CD"/>
+    <w:rsid w:val="5B0C7795"/>
+    <w:rsid w:val="5B8C6505"/>
+    <w:rsid w:val="5BAC72A3"/>
     <w:rsid w:val="5BAE824A"/>
+    <w:rsid w:val="5BC113AD"/>
     <w:rsid w:val="5C17D34C"/>
     <w:rsid w:val="5C5AF33C"/>
     <w:rsid w:val="5C60D9C7"/>
+    <w:rsid w:val="5CE2C3D5"/>
     <w:rsid w:val="5D1AF16D"/>
     <w:rsid w:val="5D35C6B9"/>
     <w:rsid w:val="5D49FF0E"/>
     <w:rsid w:val="5D64F4F8"/>
     <w:rsid w:val="5D6C50F1"/>
     <w:rsid w:val="5D725CB1"/>
     <w:rsid w:val="5D74B600"/>
     <w:rsid w:val="5D7AA649"/>
     <w:rsid w:val="5DA9F8BA"/>
     <w:rsid w:val="5DCBF260"/>
+    <w:rsid w:val="5DD9C652"/>
     <w:rsid w:val="5DE6AF26"/>
     <w:rsid w:val="5DEFC511"/>
     <w:rsid w:val="5DEFCDDD"/>
     <w:rsid w:val="5DF909BD"/>
     <w:rsid w:val="5E54CC2B"/>
     <w:rsid w:val="5EA2BC8D"/>
     <w:rsid w:val="5EAED448"/>
     <w:rsid w:val="5EBD8EF9"/>
     <w:rsid w:val="5EDD8205"/>
+    <w:rsid w:val="5EEF3C27"/>
     <w:rsid w:val="5EF29C47"/>
     <w:rsid w:val="5F06581F"/>
     <w:rsid w:val="5F196971"/>
     <w:rsid w:val="5F20DA01"/>
     <w:rsid w:val="5F26E68C"/>
     <w:rsid w:val="5F4DADEB"/>
     <w:rsid w:val="5F50ADA2"/>
     <w:rsid w:val="5F51FD55"/>
+    <w:rsid w:val="5F5B0FCC"/>
     <w:rsid w:val="5F5DA52D"/>
     <w:rsid w:val="5F755CC4"/>
+    <w:rsid w:val="5F87992C"/>
     <w:rsid w:val="5F947245"/>
     <w:rsid w:val="5F9FFE50"/>
     <w:rsid w:val="5FAA7DC4"/>
     <w:rsid w:val="5FBA172D"/>
     <w:rsid w:val="5FD3A23B"/>
     <w:rsid w:val="5FEE3D10"/>
     <w:rsid w:val="60374A5A"/>
     <w:rsid w:val="606C3916"/>
     <w:rsid w:val="609ABCDC"/>
     <w:rsid w:val="60AD2A1B"/>
     <w:rsid w:val="60D6D8BC"/>
     <w:rsid w:val="60E1BE45"/>
     <w:rsid w:val="60E3A090"/>
     <w:rsid w:val="60FABC91"/>
     <w:rsid w:val="60FB60B1"/>
     <w:rsid w:val="60FD6FDD"/>
     <w:rsid w:val="6106C21B"/>
     <w:rsid w:val="6114E094"/>
     <w:rsid w:val="6121EF7C"/>
     <w:rsid w:val="617487C8"/>
+    <w:rsid w:val="61940187"/>
     <w:rsid w:val="61ADD536"/>
     <w:rsid w:val="61C165F4"/>
+    <w:rsid w:val="61C9ABE2"/>
     <w:rsid w:val="620575F4"/>
+    <w:rsid w:val="6222E83A"/>
+    <w:rsid w:val="62239184"/>
+    <w:rsid w:val="62253838"/>
     <w:rsid w:val="6225E307"/>
     <w:rsid w:val="6228A5B1"/>
     <w:rsid w:val="62910379"/>
     <w:rsid w:val="631D4E3C"/>
     <w:rsid w:val="63616DCD"/>
     <w:rsid w:val="637BDA22"/>
     <w:rsid w:val="638E58F6"/>
     <w:rsid w:val="63A28C49"/>
     <w:rsid w:val="63B1F61B"/>
+    <w:rsid w:val="63DC6817"/>
+    <w:rsid w:val="64065E6C"/>
     <w:rsid w:val="641FE052"/>
+    <w:rsid w:val="64208918"/>
     <w:rsid w:val="642CA62F"/>
     <w:rsid w:val="643A1807"/>
+    <w:rsid w:val="643D30C0"/>
     <w:rsid w:val="645AFB90"/>
     <w:rsid w:val="64606E90"/>
     <w:rsid w:val="648E96E0"/>
     <w:rsid w:val="64925C3D"/>
     <w:rsid w:val="6494295E"/>
     <w:rsid w:val="64C1C270"/>
     <w:rsid w:val="64DD7759"/>
     <w:rsid w:val="64EEC892"/>
     <w:rsid w:val="64FABA23"/>
     <w:rsid w:val="650A61E9"/>
     <w:rsid w:val="65110D3C"/>
+    <w:rsid w:val="6534840F"/>
     <w:rsid w:val="65446EC4"/>
     <w:rsid w:val="655DEAB1"/>
     <w:rsid w:val="656E8BF2"/>
     <w:rsid w:val="6571C6BB"/>
     <w:rsid w:val="657B946B"/>
     <w:rsid w:val="657D7998"/>
+    <w:rsid w:val="65923D94"/>
     <w:rsid w:val="65A124AD"/>
     <w:rsid w:val="65B2453F"/>
     <w:rsid w:val="65B616B1"/>
     <w:rsid w:val="65B6A6AF"/>
     <w:rsid w:val="65C386D1"/>
     <w:rsid w:val="65CBC454"/>
     <w:rsid w:val="65F34AC7"/>
+    <w:rsid w:val="65FA1105"/>
     <w:rsid w:val="6600F2DF"/>
     <w:rsid w:val="6604953B"/>
     <w:rsid w:val="6619E00D"/>
     <w:rsid w:val="662A5D21"/>
     <w:rsid w:val="66357FBB"/>
     <w:rsid w:val="66372263"/>
+    <w:rsid w:val="664720DD"/>
     <w:rsid w:val="66597378"/>
     <w:rsid w:val="666954FD"/>
     <w:rsid w:val="666D6E31"/>
     <w:rsid w:val="66801561"/>
     <w:rsid w:val="66884F49"/>
+    <w:rsid w:val="66948CA2"/>
     <w:rsid w:val="66F05351"/>
     <w:rsid w:val="66F3F71C"/>
+    <w:rsid w:val="66FA6703"/>
     <w:rsid w:val="6705A7F9"/>
     <w:rsid w:val="670A5C53"/>
     <w:rsid w:val="670C4CF8"/>
+    <w:rsid w:val="67149D06"/>
     <w:rsid w:val="6718D014"/>
     <w:rsid w:val="672ED1B5"/>
     <w:rsid w:val="674778D8"/>
     <w:rsid w:val="6748BCE0"/>
     <w:rsid w:val="6756C1DD"/>
     <w:rsid w:val="675D515F"/>
     <w:rsid w:val="6762B6FD"/>
     <w:rsid w:val="67659733"/>
     <w:rsid w:val="678F504A"/>
     <w:rsid w:val="679480C3"/>
+    <w:rsid w:val="67A0AF55"/>
     <w:rsid w:val="67B827BF"/>
     <w:rsid w:val="67C12DB8"/>
     <w:rsid w:val="67C35C14"/>
     <w:rsid w:val="67C58BC3"/>
     <w:rsid w:val="67C8A8A2"/>
     <w:rsid w:val="67E34219"/>
     <w:rsid w:val="67E5907F"/>
     <w:rsid w:val="682EC44D"/>
+    <w:rsid w:val="6848A85E"/>
     <w:rsid w:val="68505A9F"/>
     <w:rsid w:val="68612039"/>
     <w:rsid w:val="686B3260"/>
     <w:rsid w:val="6883DA27"/>
+    <w:rsid w:val="68930D16"/>
     <w:rsid w:val="6897E735"/>
     <w:rsid w:val="689A472D"/>
     <w:rsid w:val="68B1B3A9"/>
+    <w:rsid w:val="68B55D9C"/>
     <w:rsid w:val="68BEEBF1"/>
+    <w:rsid w:val="68D260E4"/>
     <w:rsid w:val="68E6AA5F"/>
     <w:rsid w:val="68E8436B"/>
     <w:rsid w:val="68F11B8D"/>
     <w:rsid w:val="68F56CAD"/>
     <w:rsid w:val="690011F5"/>
     <w:rsid w:val="692876E8"/>
     <w:rsid w:val="694F9524"/>
     <w:rsid w:val="695B0AE0"/>
     <w:rsid w:val="696F8856"/>
     <w:rsid w:val="6990B6F6"/>
+    <w:rsid w:val="69B9A783"/>
     <w:rsid w:val="6A068ECC"/>
     <w:rsid w:val="6A1FAA88"/>
     <w:rsid w:val="6A37323B"/>
     <w:rsid w:val="6A45A759"/>
     <w:rsid w:val="6A612CB7"/>
+    <w:rsid w:val="6A71FA90"/>
     <w:rsid w:val="6A76DD29"/>
     <w:rsid w:val="6A8EE1E4"/>
     <w:rsid w:val="6A9ADBA1"/>
+    <w:rsid w:val="6AA295B0"/>
     <w:rsid w:val="6AA6964B"/>
     <w:rsid w:val="6AC02F0C"/>
     <w:rsid w:val="6AD21211"/>
     <w:rsid w:val="6AD8520C"/>
     <w:rsid w:val="6ADC6D2C"/>
     <w:rsid w:val="6AE8400B"/>
     <w:rsid w:val="6B3321D7"/>
     <w:rsid w:val="6B4C1052"/>
     <w:rsid w:val="6B5BC286"/>
     <w:rsid w:val="6B83F79E"/>
     <w:rsid w:val="6B890EF4"/>
     <w:rsid w:val="6B9475D1"/>
+    <w:rsid w:val="6B994267"/>
     <w:rsid w:val="6BB51911"/>
     <w:rsid w:val="6BE0119F"/>
     <w:rsid w:val="6C01EA88"/>
     <w:rsid w:val="6C478D9D"/>
+    <w:rsid w:val="6C7F8F9D"/>
     <w:rsid w:val="6C82BA6B"/>
     <w:rsid w:val="6C99D425"/>
     <w:rsid w:val="6CD58756"/>
     <w:rsid w:val="6CDA674D"/>
+    <w:rsid w:val="6CE1A32D"/>
     <w:rsid w:val="6CF160D5"/>
     <w:rsid w:val="6CF226A6"/>
     <w:rsid w:val="6CF9A3D2"/>
+    <w:rsid w:val="6D10E22A"/>
     <w:rsid w:val="6D228CFE"/>
     <w:rsid w:val="6D31D64B"/>
     <w:rsid w:val="6D39261F"/>
     <w:rsid w:val="6D4B82D3"/>
     <w:rsid w:val="6D606555"/>
     <w:rsid w:val="6D825D4D"/>
     <w:rsid w:val="6D916C75"/>
     <w:rsid w:val="6E0B328D"/>
     <w:rsid w:val="6E30FA82"/>
     <w:rsid w:val="6E3CA67A"/>
     <w:rsid w:val="6E5D4CBA"/>
     <w:rsid w:val="6E66367F"/>
     <w:rsid w:val="6E66DBA3"/>
     <w:rsid w:val="6E68C422"/>
     <w:rsid w:val="6E71F4EA"/>
     <w:rsid w:val="6E750FEC"/>
     <w:rsid w:val="6E77CB7D"/>
     <w:rsid w:val="6E7C6334"/>
     <w:rsid w:val="6E806C49"/>
     <w:rsid w:val="6EA8D8EE"/>
     <w:rsid w:val="6EB81390"/>
     <w:rsid w:val="6ECCE598"/>
     <w:rsid w:val="6EEB12FC"/>
     <w:rsid w:val="6EF1E09D"/>
     <w:rsid w:val="6EF7D34B"/>
     <w:rsid w:val="6F09A2B4"/>
     <w:rsid w:val="6F1274E0"/>
     <w:rsid w:val="6F20BB3D"/>
     <w:rsid w:val="6F376E15"/>
     <w:rsid w:val="6F460322"/>
     <w:rsid w:val="6F4D5837"/>
     <w:rsid w:val="6F53C3D6"/>
     <w:rsid w:val="6F57A23F"/>
     <w:rsid w:val="6F5DCA27"/>
     <w:rsid w:val="6F5DE7BB"/>
     <w:rsid w:val="6F67541A"/>
     <w:rsid w:val="6F696A23"/>
     <w:rsid w:val="6F6FFD36"/>
     <w:rsid w:val="6F8061F3"/>
     <w:rsid w:val="6F8641AA"/>
     <w:rsid w:val="6F8B492C"/>
+    <w:rsid w:val="6F9AC1A3"/>
+    <w:rsid w:val="6F9DCCF5"/>
     <w:rsid w:val="6F9DE2A2"/>
     <w:rsid w:val="6FBE0FA0"/>
     <w:rsid w:val="6FE4C486"/>
     <w:rsid w:val="6FE9DE8E"/>
     <w:rsid w:val="6FEF8E38"/>
+    <w:rsid w:val="6FFEA138"/>
+    <w:rsid w:val="70242AD3"/>
+    <w:rsid w:val="702EFD67"/>
     <w:rsid w:val="7049CFEC"/>
     <w:rsid w:val="704B2213"/>
     <w:rsid w:val="705B7275"/>
     <w:rsid w:val="706061C3"/>
     <w:rsid w:val="7062680D"/>
     <w:rsid w:val="7076D621"/>
+    <w:rsid w:val="709C6714"/>
     <w:rsid w:val="70A2DC50"/>
     <w:rsid w:val="70CB587D"/>
+    <w:rsid w:val="70CB62D5"/>
     <w:rsid w:val="70DC1260"/>
     <w:rsid w:val="70DD1DB3"/>
     <w:rsid w:val="7127198D"/>
     <w:rsid w:val="713F813F"/>
     <w:rsid w:val="7161140A"/>
     <w:rsid w:val="71619E4F"/>
     <w:rsid w:val="7173475A"/>
     <w:rsid w:val="71734A5C"/>
+    <w:rsid w:val="71A32029"/>
     <w:rsid w:val="71DF7146"/>
     <w:rsid w:val="71ECA3E8"/>
     <w:rsid w:val="72024EC0"/>
     <w:rsid w:val="720D7EAA"/>
     <w:rsid w:val="723C22CC"/>
     <w:rsid w:val="7243F9FA"/>
     <w:rsid w:val="724C73BD"/>
     <w:rsid w:val="7254FC80"/>
+    <w:rsid w:val="72606E06"/>
     <w:rsid w:val="7289F8CC"/>
     <w:rsid w:val="729051D7"/>
     <w:rsid w:val="72AA2EB3"/>
     <w:rsid w:val="72D57F6C"/>
     <w:rsid w:val="72F20664"/>
+    <w:rsid w:val="730842AC"/>
     <w:rsid w:val="7326D54E"/>
     <w:rsid w:val="7345700C"/>
     <w:rsid w:val="735F8DB1"/>
     <w:rsid w:val="73648123"/>
     <w:rsid w:val="736FBD15"/>
     <w:rsid w:val="7373A264"/>
     <w:rsid w:val="73A7D32B"/>
+    <w:rsid w:val="73AB074D"/>
     <w:rsid w:val="73AD3D33"/>
     <w:rsid w:val="73B72221"/>
+    <w:rsid w:val="73E0694E"/>
     <w:rsid w:val="7403E935"/>
     <w:rsid w:val="741B6FA7"/>
     <w:rsid w:val="742A45FC"/>
     <w:rsid w:val="743A824F"/>
     <w:rsid w:val="746354AE"/>
+    <w:rsid w:val="74747CC3"/>
     <w:rsid w:val="74AB2A8F"/>
     <w:rsid w:val="74AC7306"/>
     <w:rsid w:val="74B49206"/>
     <w:rsid w:val="74B685A6"/>
     <w:rsid w:val="74B97358"/>
     <w:rsid w:val="74CF2C3C"/>
+    <w:rsid w:val="74DA3CB3"/>
+    <w:rsid w:val="74DCB8E7"/>
     <w:rsid w:val="74E8099B"/>
     <w:rsid w:val="752EE398"/>
     <w:rsid w:val="754790BA"/>
     <w:rsid w:val="7571B028"/>
     <w:rsid w:val="75879F4F"/>
     <w:rsid w:val="75B0EF2C"/>
     <w:rsid w:val="75E1E819"/>
+    <w:rsid w:val="75E263B8"/>
+    <w:rsid w:val="75E3B578"/>
+    <w:rsid w:val="760C27E8"/>
     <w:rsid w:val="76220FCF"/>
     <w:rsid w:val="7635ADA8"/>
     <w:rsid w:val="764622F0"/>
+    <w:rsid w:val="7649AD6C"/>
     <w:rsid w:val="765C58FE"/>
     <w:rsid w:val="766A8208"/>
     <w:rsid w:val="767BEC89"/>
     <w:rsid w:val="76882B37"/>
     <w:rsid w:val="768A06CA"/>
     <w:rsid w:val="76A80292"/>
     <w:rsid w:val="76AFA8CA"/>
+    <w:rsid w:val="76D66597"/>
     <w:rsid w:val="76D8725C"/>
     <w:rsid w:val="770887AB"/>
     <w:rsid w:val="770A74F5"/>
     <w:rsid w:val="77132FA9"/>
     <w:rsid w:val="7724F3C3"/>
     <w:rsid w:val="7733A21F"/>
     <w:rsid w:val="776670BD"/>
     <w:rsid w:val="776775C7"/>
     <w:rsid w:val="777E94D7"/>
+    <w:rsid w:val="778300CA"/>
     <w:rsid w:val="779F89AC"/>
     <w:rsid w:val="77B2D6FD"/>
     <w:rsid w:val="77C5A4EF"/>
     <w:rsid w:val="785679BF"/>
+    <w:rsid w:val="7865ACFD"/>
     <w:rsid w:val="787A34D2"/>
     <w:rsid w:val="7887F27A"/>
     <w:rsid w:val="789A3BA4"/>
     <w:rsid w:val="78C4CA88"/>
     <w:rsid w:val="78D194DC"/>
+    <w:rsid w:val="78DAD3F3"/>
     <w:rsid w:val="78E86877"/>
     <w:rsid w:val="7904B9FA"/>
     <w:rsid w:val="791DD405"/>
     <w:rsid w:val="79215FDA"/>
     <w:rsid w:val="79511F79"/>
     <w:rsid w:val="795B9552"/>
     <w:rsid w:val="79780126"/>
     <w:rsid w:val="79860EBB"/>
     <w:rsid w:val="798A42F8"/>
     <w:rsid w:val="79B4D4B1"/>
     <w:rsid w:val="79BA513C"/>
     <w:rsid w:val="79DD95B2"/>
     <w:rsid w:val="79EBE3C3"/>
     <w:rsid w:val="79F326CC"/>
     <w:rsid w:val="79F780C8"/>
+    <w:rsid w:val="7A2D1A8F"/>
     <w:rsid w:val="7A4215B7"/>
     <w:rsid w:val="7A48EF86"/>
+    <w:rsid w:val="7A4B1691"/>
     <w:rsid w:val="7A4C1D3C"/>
     <w:rsid w:val="7A529139"/>
     <w:rsid w:val="7A52A1EA"/>
     <w:rsid w:val="7A53035B"/>
+    <w:rsid w:val="7A6B7AAC"/>
+    <w:rsid w:val="7A6BED46"/>
     <w:rsid w:val="7A73B750"/>
     <w:rsid w:val="7AA653C6"/>
     <w:rsid w:val="7AC3E894"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rsid w:val="7AD53924"/>
+    <w:rsid w:val="7ADFF85B"/>
     <w:rsid w:val="7AECB8AF"/>
     <w:rsid w:val="7AFC516E"/>
     <w:rsid w:val="7B3B4291"/>
+    <w:rsid w:val="7B67C70E"/>
     <w:rsid w:val="7BBAFB74"/>
     <w:rsid w:val="7BCB7CAD"/>
+    <w:rsid w:val="7BDED443"/>
     <w:rsid w:val="7BDEE237"/>
     <w:rsid w:val="7BECA39B"/>
     <w:rsid w:val="7C0E4F73"/>
+    <w:rsid w:val="7C1EFAD1"/>
     <w:rsid w:val="7C1F26BF"/>
     <w:rsid w:val="7C3645B2"/>
+    <w:rsid w:val="7C3F8C22"/>
     <w:rsid w:val="7C42FC4B"/>
     <w:rsid w:val="7C51299D"/>
     <w:rsid w:val="7C5DE92D"/>
     <w:rsid w:val="7C652E7B"/>
     <w:rsid w:val="7CAC3949"/>
     <w:rsid w:val="7CB3F9DF"/>
+    <w:rsid w:val="7CCD52E7"/>
     <w:rsid w:val="7CE4BFD6"/>
     <w:rsid w:val="7CEE18A4"/>
     <w:rsid w:val="7D08D787"/>
+    <w:rsid w:val="7D145593"/>
     <w:rsid w:val="7D22FB2D"/>
     <w:rsid w:val="7D63E35F"/>
+    <w:rsid w:val="7D6E17BD"/>
     <w:rsid w:val="7D6E2305"/>
+    <w:rsid w:val="7D7059D4"/>
     <w:rsid w:val="7D7F3200"/>
+    <w:rsid w:val="7DA48F96"/>
     <w:rsid w:val="7DB366DE"/>
     <w:rsid w:val="7DC1EF0F"/>
     <w:rsid w:val="7DECF9FE"/>
+    <w:rsid w:val="7DFB5C07"/>
     <w:rsid w:val="7E1E6F83"/>
     <w:rsid w:val="7E54F6FA"/>
     <w:rsid w:val="7E6D796C"/>
     <w:rsid w:val="7E75FF7F"/>
     <w:rsid w:val="7E829A35"/>
     <w:rsid w:val="7E8D53FA"/>
+    <w:rsid w:val="7E994FD3"/>
+    <w:rsid w:val="7EA01359"/>
     <w:rsid w:val="7EA9D698"/>
     <w:rsid w:val="7EB10353"/>
     <w:rsid w:val="7EE1B118"/>
+    <w:rsid w:val="7EE8DABD"/>
     <w:rsid w:val="7EF7A03B"/>
     <w:rsid w:val="7F050888"/>
     <w:rsid w:val="7F1A4A6F"/>
+    <w:rsid w:val="7F4E8BDB"/>
     <w:rsid w:val="7F5DA1A1"/>
     <w:rsid w:val="7F667C3E"/>
+    <w:rsid w:val="7F7F77B4"/>
+    <w:rsid w:val="7F81F501"/>
     <w:rsid w:val="7F831C21"/>
     <w:rsid w:val="7FC1201D"/>
     <w:rsid w:val="7FCCF589"/>
     <w:rsid w:val="7FE0E054"/>
     <w:rsid w:val="7FE3DA0B"/>
+    <w:rsid w:val="7FEDAC88"/>
     <w:rsid w:val="7FEE627E"/>
+    <w:rsid w:val="7FF5ECFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="06AFE82F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{13C39632-D622-4984-ACA8-51C3C4D715AD}"/>
+  <w15:docId w15:val="{514BCACE-2707-41DB-99BC-45F02EC0F002}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12853,51 +20615,50 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -13805,147 +21566,147 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="397368403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="661659286">
+        <w:div w:id="64304332">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1985969360">
+        <w:div w:id="539781825">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1466433617">
+        <w:div w:id="620577935">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="661659286">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="697851262">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1112896518">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="620577935">
-[...10 lines deleted...]
-        </w:div>
         <w:div w:id="1209144205">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="539781825">
+        <w:div w:id="1466433617">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="64304332">
+        <w:div w:id="1985969360">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="409161558">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14122,63 +21883,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="923732233">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2054190588">
+        <w:div w:id="1915893321">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1915893321">
+        <w:div w:id="2054190588">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="948124055">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14423,63 +22184,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1442191304">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1582761559">
+        <w:div w:id="917983530">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="917983530">
+        <w:div w:id="1582761559">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1495880382">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -14540,197 +22301,197 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1687093566">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1498230483">
-[...36 lines deleted...]
-        </w:div>
         <w:div w:id="392582801">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1918175371">
-[...34 lines deleted...]
-            </w:div>
             <w:div w:id="124397285">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="675768095">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="815531915">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1918590835">
+            <w:div w:id="900872030">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1075860729">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1205632918">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1610158453">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="900872030">
+            <w:div w:id="1918175371">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1918590835">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1498230483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1834031375">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2082828842">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1700548408">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14951,147 +22712,147 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1840458940">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1787041380">
+        <w:div w:id="262110752">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="262110752">
+        <w:div w:id="842430181">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="882207459">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="969045003">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1646004495">
-[...23 lines deleted...]
-        <w:div w:id="842430181">
+        <w:div w:id="1220819324">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1253974407">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1220819324">
+        <w:div w:id="1646004495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1787041380">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2138331414">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1861042304">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -15389,51 +23150,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1346977163">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-1-2-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-1-2-8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/357877" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -15674,74 +23435,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a8c0a6ef51c4202741ac7f2d538e8b85">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70ce71153bee3b71918a281891b37a47" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -15765,50 +23527,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -15909,147 +23676,141 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
-[...10 lines deleted...]
-    </SharedWithUsers>
     <MediaLengthInSeconds xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...2 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BFE7AD3-9B36-4BFD-9E31-E2C937FDCA01}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1911022B-0033-4853-87A1-5BD81967DF97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CEA7E59-9559-43EA-ADE5-8E9956A6AE71}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B973892-BB2A-480D-8930-4BBD9B57C6F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C134231C-B56B-408D-8755-09D6C987BCC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{171abc8c-0b18-4336-97d7-51d65f5c7f99}" enabled="1" method="Standard" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6377</Characters>
+  <Pages>14</Pages>
+  <Words>21159</Words>
+  <Characters>12061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17527</CharactersWithSpaces>
+  <CharactersWithSpaces>33154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Madara Austriņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>