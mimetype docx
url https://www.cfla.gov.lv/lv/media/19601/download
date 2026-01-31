--- v0 (2025-10-31)
+++ v1 (2026-01-31)
@@ -1,8001 +1,6225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2372"/>
         <w:gridCol w:w="4616"/>
         <w:gridCol w:w="2372"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="67E39286" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="5CC76E3F" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B28D082" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+          <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27D3D5C8" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="4FE70C1B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="lv-LV"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vienošanās</w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>par Eiropas Savienības fonda projekta īstenošanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04BD293C" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+          <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="32EE1766" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="2F3E589C" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20791392" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+          <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF0894D" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="157BB560" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>@nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29D030D5" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+          <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73046A7C" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table"/>
+        <w:tblW w:w="4885" w:type="pct"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4680"/>
+        <w:gridCol w:w="4465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="7AE1F3DD" w14:textId="77777777" w:rsidTr="00A96D34">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4788" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B667989" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25DB7">
+              <w:t>Rīgā,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="229A3BD2" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00A96D34">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C25DB7">
+              <w:t>Datums skatāms laika zīmogā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16F92E58" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Centrālā finanšu un līgumu aģentūra (turpmāk – Sadarbības iestāde), Smilšu iela 1, Rīga, LV-1919, reģistrācijas Nr. 90000812928, kuras vārdā saskaņā ar Ministru kabineta 2012. gada 6. novembra noteikumiem Nr. 745 “Centrālās finanšu un līgumu aģentūras nolikums” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@cfla_paraksttiesigas_amatpersonas_ricibas_pamatojums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> un Eiropas Savienības fondu 2021.—2027. gada plānošanas perioda vadības likumu (turpmāk – likums) rīkojas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@cfla_paraksttiesigas_amatpersonas_vards_uzvards_amats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> , no vienas puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E84A09" w14:textId="2BCD4FD4" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@finansejuma_sanemeja_nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> (turpmāk – Finansējuma saņēmējs), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@finansejuma_sanemeja_adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> , reģistrācijas Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26D58" w:rsidRPr="00C25DB7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26D58">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@fs_registracijas_vai_nodklu_maksataja_nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">, kura vārdā saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@fs_paraksttiesigas_amatpersonas_ricibas_pamatojums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> rīkojas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@fs_paraksttiesigas_amatpersonas_vards_uzvards_amats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> uz likuma pamata kā Eiropas Savienības (turpmāk — ES) Eiropas Reģionālās attīstības fonda finansējuma saņēmējs, no otras puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4A80F7" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>kopā - Puses, katrs atsevišķi - Puse,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530B3D3E" w14:textId="0196B928" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pamatojoties uz Ministru kabineta (turpmāk — MK) 18.02.2025 noteikumiem Nr. 107 Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa “Uzlabot dabas aizsardzību un bioloģisko daudzveidību,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25DB7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">”zaļo” infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” 2.2.3.3. pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@lemuma_datums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> lēmumu Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@lemuma_nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> par projekta iesnieguma ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>” (turpmāk — Projekts) apstiprināšanu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7524DF" w14:textId="01E01499" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pamatojoties uz Ministru kabineta (turpmāk — MK) 18.02.2025 noteikumiem Nr. 107 Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa “Uzlabot dabas aizsardzību un bioloģisko daudzveidību,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25DB7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">”zaļo” infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” 2.2.3.3. pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@lemuma_datums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> lēmumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57763">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@lemuma_nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> par projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00A26D58" w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26D58">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">” (turpmāk — Projekts) apstiprināšanu ar nosacījumu un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@sadarbibas_iestades_lemuma_datums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> atzinumu Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26D58" w:rsidRPr="00C25DB7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26D58">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@sadarbibas_iestades_lemuma_nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> par lēmumā ietverto nosacījumu izpildi,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BDA255" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Pamatteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>vienojas par Projekta īstenošanas, finansējuma piešķiršanas un uzraudzības kārtību, un noslēdz šo Vienošanos par projekta īstenošanu (turpmāk - Līgums), paredzot, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF765D4" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Projekta darbību īstenošana tiek uzsākta Līguma spēkā stāšanās dienā. Projekta darbības īsteno līdz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@projekta_beigu_datums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35970873" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta izdevumi ir attiecināmi no 01.01.2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63221B9A" w14:textId="74CDE8D5" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Projekta kopējie attiecināmie izdevumi: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@kopejie_attiecinamie_izdevumi_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> EUR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96D34">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@ProjektaKopejieAttiecinamieIzdevumiVardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FDFAE3" w14:textId="16776CA8" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Atbalsta summa: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@atbalsta_summa_procentos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@atbalsta_summa_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> EUR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00906665">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@atbalsta_summa_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>), no tās:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D92C6E" w14:textId="7E90397E" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="33A1B58C">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve">Eiropas Reģionālās attīstības fonda finansējums: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@fonda_finansejums_procentos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@fonda_finansejums_neparsniedz_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> EUR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00906665" w:rsidRPr="33A1B58C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@fonda_finansejums_neparsniedz_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646B330E" w14:textId="7DFA8ADF" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="33A1B58C">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve">valsts budžeta finansējums: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@budzeta_finansejuma_veids_procentos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@budzeta_finansejuma_veids_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> EUR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00906665" w:rsidRPr="33A1B58C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@budzeta_finansejuma_veids_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658B7CC9" w14:textId="36274BD5" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="33A1B58C">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve">privātais attiecināmais finansējums: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@privatais_finansejums_procentos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, ne mazāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@privatais_finansejums_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> EUR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00906665" w:rsidRPr="33A1B58C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@privatais_finansejums_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E30DCD6" w14:textId="1A5CDAB4" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">privātais attiecināmais finansējums: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@privatais_finansejums_procentos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, ne mazāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@privatais_finansejums_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> EUR </w:t>
+      </w:r>
+      <w:r w:rsidR="00906665" w:rsidRPr="00C25DB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00906665">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@privatais_finansejums_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">), tai skaitā ieguldījums natūrā nepārsniedzot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@ieguldijums_natura_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> EUR (</w:t>
+      </w:r>
+      <w:r w:rsidR="00906665">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@ieguldijums_natura_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1383BFB7" w14:textId="76A2C1E3" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">pašvaldības finansējums: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@pasvaldibas_finansejums_</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6926" w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>procentos</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6926">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">% no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@pasvaldibas_finansejums_eur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> EUR ( </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@pasvaldibas_finansejums_summa_vardiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D82AE14" w14:textId="77777777" w:rsidR="007B2C11" w:rsidRDefault="007B2C11" w:rsidP="007B2C11">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="0" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="1" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z">
+        <w:r w:rsidRPr="00C25DB7">
+          <w:t>Projekts tiek īstenots saskaņā ar Līguma un tā pielikumu noteikumiem.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="595D18C5" w14:textId="1F6F20A3" w:rsidR="007B2C11" w:rsidRPr="00E24C7C" w:rsidRDefault="007B2C11" w:rsidP="007B2C11">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="2" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="3" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z">
+        <w:r w:rsidRPr="00E24C7C">
+          <w:t>Finansējuma saņēmējs Līguma 1. pielikuma “Līguma vispārīgie noteikumi” 9. sadaļā noteiktajā kārtībā var saņemt avansa maksājumu līdz 90 % no Eiropas Reģionālās attīstības fonda un valsts budžeta</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="4" w:author="Dagnija Burtniece-Pīlēna" w:date="2025-12-17T11:50:00Z" w16du:dateUtc="2025-12-17T09:50:00Z">
+        <w:r w:rsidR="00065EC0">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00065EC0">
+        <w:t>(ja attiecināms)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4DED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:ins w:id="5" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z">
+        <w:r w:rsidRPr="00E24C7C">
+          <w:t>finansējuma kopsummas</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="344D281C" w14:textId="3497C58E" w:rsidR="00B0317A" w:rsidRPr="005213D2" w:rsidDel="007B2C11" w:rsidRDefault="00B0317A" w:rsidP="00B0317A">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="6" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="7" w:author="Andra Rūse" w:date="2025-12-11T14:59:00Z" w16du:dateUtc="2025-12-11T12:59:00Z">
+        <w:r w:rsidRPr="005213D2" w:rsidDel="007B2C11">
+          <w:delText>Projekts tiek īstenots saskaņā ar Līguma un tā pielikumu noteikumiem.</w:delText>
+        </w:r>
+        <w:r w:rsidDel="007B2C11">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidRPr="005213D2" w:rsidDel="007B2C11">
+          <w:delText>Finansējuma saņēmējs Līguma 1. pielikuma “Līguma vispārīgie noteikumi” 9. sadaļā noteiktajā kārtībā var saņemt avansa maksājumu līdz 90 % no Eiropas Reģionālās attīstības fonda un valsts budžeta finansējuma kopsummas .</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="0F088B06" w14:textId="77777777" w:rsidR="00B0317A" w:rsidRPr="00423D87" w:rsidRDefault="00B0317A" w:rsidP="00B0317A">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00423D87">
+        <w:t>Puses, parakstot Līgumu, apliecina, ka nav apstākļu, kas aizliegtu Pusēm noslēgt šo Līgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A7E6741" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Puses, parakstot Līgumu, apliecina, ka nav apstākļu, kas aizliegtu Pusēm noslēgt šo Līgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55ED2625" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līgums sagatavots ar šādiem pielikumiem, kas ir Līguma neatņemama sastāvdaļa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B437AB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma 1.pielikums: Līguma vispārīgie noteikumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2B9301" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Līguma 2.pielikums: Projekta iesniegums ” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="highlightme"/>
+        </w:rPr>
+        <w:t>@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> ” un tā pielikumi (ja attiecināms).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5E0725" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējam un sadarbības partnerim zemes īpašumtiesības jānokārto un jāreģistrē zemesgrāmatā līdz projekta darbību pabeigšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68136919" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Puses vienojas, ka Projekta iesnieguma pielikumi ir Līguma neatņemama sastāvdaļa un to oriģināleksemplārus, ko iesniedzis Finansējuma saņēmējs Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – Projektu portāls (KPVIS)), uzglabā Sadarbības iestāde. Finansējuma saņēmējs nodrošina aktuālo Projekta iesnieguma pielikumu iesniegšanu Sadarbības iestādei pēc tās pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D2C5F4" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Vienošanās, kas starp Pusēm noslēgtas pēc šī Līguma spēkā stāšanās dienas, pievienojamas šim Līgumam un kļūst par tā neatņemamu sastāvdaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EF20DB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Līgumā noteikto pienākumu izpildei Finansējuma saņēmējs izmanto Projektu portālā (KPVIS), Sadarbības iestādes tīmekļa vietnē </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00C25DB7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+          </w:rPr>
+          <w:t>www.cfla.gov.lv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pieejamos metodiskos materiālus un veidlapu aktuālās versijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA6E726" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Dokumentiem, kas iesniegti izmantojot Projektu portālu (KPVIS), ir juridiskais spēks, neatkarīgi no tā, vai tie satur rekvizītu “paraksts”. Par saistošiem atzīstami Pušu paziņojumi, kas nosūtīti izmantojot Projektu portālu (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9BC1F5" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līgums sagatavots un parakstīts ar drošu elektronisko parakstu. Līgums stājas spēkā, kad to parakstījusi pēdējā no Pusēm, un ir spēkā līdz Pušu saistību pilnīgai izpildei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CE806A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Pušu paraksti:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="4680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="412B546D" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="16868DA4" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B760D5D" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="3EFDB26F" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
-[...1115 lines deleted...]
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbības iestādes vārdā:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42341CB0" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="1EA03FC8" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Finansējuma saņēmēja vārdā:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="2A4C2C61" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="76D52539" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F939634" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="7B786D57" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>@cfla_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF61337" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="4EB41541" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>@fs_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="474F4168" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="2B582AE0" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="6FB92A55" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="468D0727" w14:textId="6D9A0438" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="59BA3B05" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t>DOKUMENTS PARAKSTĪTS ELEKTRONISKI AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7071A6B1" w14:textId="22930204" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00305E2C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4644"/>
         <w:gridCol w:w="4716"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="112133E8" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="57A72052" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3929" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5314D3E7" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61122BA5" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="4EB3BDE9" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t xml:space="preserve">Vienošanās par Eiropas Savienības fonda projekta īstenošanu Nr. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00423D87">
+            <w:r w:rsidRPr="00C25DB7">
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>@nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA6446" w:rsidRPr="00423D87" w14:paraId="07D02C8D" w14:textId="77777777">
+      <w:tr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w14:paraId="4D57CBE1" w14:textId="77777777" w:rsidTr="00CE4BDF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3929" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41D11263" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+          <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBB4845" w14:textId="48A0BF5F" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:p w14:paraId="2E733027" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C25DB7">
               <w:t>1. pielikums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5849DA83" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="00EA6446" w:rsidP="0020029C">
+    <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="003E7E42" w:rsidP="00CE4BDF">
       <w:pPr>
         <w:pStyle w:val="Pamatteksts"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2450C3C2" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1509708B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00CE4BDF">
       <w:pPr>
         <w:pStyle w:val="Virsraksts3"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="līguma-vispārīgie-noteikumi"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
         <w:t>Līguma vispārīgie noteikumi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4972C018" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="40E342BA" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="termini"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Termini</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="4CBC3D80" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Atbalsta summa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> — Attiecināmie izdevumi , ko Sadarbības iestāde, pamatojoties uz Līguma nosacījumiem izmaksā Finansējuma saņēmējam gadījumā, ja Projekts īstenots atbilstoši Līguma nosacījumiem un ES un Latvijas Republikas normatīvo aktu (turpmāk — normatīvie akti) prasībām. Finansējuma saņēmējs var pretendēt uz Atbalsta summu par izdevumiem, kas radušies Projekta darbību īstenošanas laikā un par kuriem Finansējuma saņēmējs veicis maksājumus ne vēlāk kā 20 (divdesmit) darbdienu laikā pēc Projekta darbību īstenošanas laika beigu datuma un ne vēlāk kā 31.12.2029 .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03BDEB2D" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="074FA12E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Attiecināmie izdevumi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> — izdevumi, ko Finansējuma saņēmējs Projektā norādījis kā attiecināmās izmaksas atbilstoši SAM MK noteikumiem un, kuras ir uzskaitītas Finansējuma saņēmēja un sadarbības partnera grāmatvedībā, ir identificējamas un pierādāmas, un ir pamatotas ar maksājumu un darījumu apliecinošajiem dokumentiem vai rezultātu pamatojošajiem dokumentiem, piemērojot vienkāršotās izmaksas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F3DB77" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="2B509B56" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Dubultā finansēšana</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> — gadījumi, kad Finansējuma saņēmējs Attiecināmajos izdevumos ir iekļāvis izdevumus, kas vienlaikus tikuši, tiek finansēti vai kurus plānots finansēt no citiem ES, finanšu instrumentu, valsts vai pašvaldības līdzekļiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51372DF6" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="2CD2C945" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finanšu korekcija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> — Attiecināmo izdevumu proporcionāls samazinājums, kas tiek piemērots par konstatēto normatīvo aktu vai Līguma pārkāpumu Projekta īstenošanas vai Projekta pēcuzraudzības perioda ietvaros. Ja neatbilstoši veikto izdevumu summu nav iespējams noteikt vai arī gadījumos, kad neattiecināt visus neatbilstoši veiktos izdevumus būtu nesamērīgi, finanšu korekcijas tiek piemērotas atbilstoši Vadošās iestādes vadlīnijām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEB0604" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="6B67CA07" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Interešu konflikts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> — situācija, kurā personai, kas saistīta ar Projekta īstenošanu, amata pienākumu neatkarīgu un objektīvu izpildi vai uzdevumu veikšanu Projekta īstenošanas ietvaros negatīvi ietekmē iemesli, kas ir saistīti ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām vai kādām citām tiešām vai netiešām personīgajām interesēm, kas attiecīgajai personai ir kopējas ar sadarbības partneri, galasaņēmēju, radiniekiem vai darījumu partneriem - atbilstoši Regulā 2024/2509</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">, likumā “Par interešu konflikta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>īstenošanas ietvaros negatīvi ietekmē iemesli, kas ir saistīti ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām vai kādām citām tiešām vai netiešām personīgajām interesēm, kas attiecīgajai personai ir kopējas ar sadarbības partneri, galasaņēmēju, radiniekiem vai darījumu partneriem - atbilstoši Regulā 2024/2509</w:t>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+        <w:t>novēršanu valsts amatpersonu darbībā” un citos normatīvajos aktos par interešu konflikta novēršanu noteiktajam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A50CDEF" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Izdevumus pamatojošie dokumenti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> — attaisnojuma dokumenti (rēķini, faktūrrēķini, pavadzīmes, čeki, kvītis, avansa norēķini u. c.) un visi pārējie dokumenti (protokoli, līgumi, rīkojumi, pieņemšanas-nodošanas akti, darba laika uzskaites tabulas u. c.), kas pamato Projekta ietvaros veiktos izdevumus atbilstoši Vadošās iestādes vadlīnijām</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507E265B" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="2D96BED3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Maksājuma pieprasījums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> — atbilstoši Līgumā noteiktajai kārtībai un izmantojot Projektu portālu (KPVIS), Sadarbības iestādē iesniegts dokumentu kopums par projekta izdevumiem un īstenošanas progresu, noslēgtajiem līgumiem, sasniegtajiem rezultātiem un rādītājiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12925923" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="0C1AE65B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Neatbilstoši veiktie izdevumi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> — izdevumi, ko Finansējuma saņēmējs Projektā norādījis kā Attiecināmos izdevumus, bet kas nav iekļaujami Atbalsta summā, pamatojoties uz Sadarbības iestādes pieņemto lēmumu, ar kuru konstatēta neatbilstība normatīvo aktu izpratnē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137252A8" w14:textId="18FC330B" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    <w:p w14:paraId="729BA3B9" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pēcuzraudzības periods</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...6 lines deleted...]
-        <w:r w:rsidR="005D2F4C" w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> — 5 (piecu) gadu periods, kas sākas pēc noslēguma maksājuma veikšanas Finansējuma saņēmējam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66302141" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Plānoto maksājuma pieprasījumu iesniegšanas grafiks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> — dokuments, kurā tiek noteikti plānotie Projekta maksājuma pieprasījumu apmēri un iesniegšanas termiņi un ko Finansējuma saņēmējs sagatavo un iesniedz Sadarbības iestādē izmantojot Projektu portālu (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62196525" w14:textId="4AA846F6" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Projekta dzīves cikls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> — infrastruktūras</w:t>
+      </w:r>
+      <w:r w:rsidR="00B428EB">
+        <w:t xml:space="preserve"> un teritoriju</w:t>
+      </w:r>
+      <w:r w:rsidR="00B428EB" w:rsidRPr="00423D87">
+        <w:t>, kurā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B428EB">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>, kurā Projekta ietvaros veiktas investīcijas, lietderīgais izmantošanas laiks, ko Finansējuma saņēmējs nosaka atbilstoši SAM MK noteikumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164D3077" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rezultātu pamatojošie dokumenti, piemērojot vienkāršotās izmaksas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> — Projektā īstenotās darbības un sasniegtos rezultātus apliecinošie dokumenti, kas saskaņā ar SAM MK noteikumiem un atbilstošajam vienkāršoto izmaksu veidam noteikti Vadošās iestādes metodikā.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7FC39C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="Xe220dd445714c1d321d8f70301c1399372d5869"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Finansējuma saņēmēja vispārīgie pienākumi un tiesības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="4E97C45D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējam ir pienākums:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D6A7EE" w14:textId="5EC80AD7" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="06B5D00E" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">nodalīt projektā īstenotās sadarbības partnera aktivitātes, kurām sniegtais atbalsts kvalificējams kā komercdarbības atbalsts, un nodrošināt, ka finansējuma saņēmējam un pārējiem sadarbības partneriem (ja attiecināms), kuri nav saimnieciskās darbības veicēji, </w:t>
+      </w:r>
+      <w:ins w:id="11" w:author="Andra Rūse" w:date="2025-12-11T14:24:00Z" w16du:dateUtc="2025-12-11T12:24:00Z">
+        <w:r w:rsidR="0023254A" w:rsidRPr="00940D30">
+          <w:t xml:space="preserve">pēc projekta darbību un infrastruktūras pieņemšanas ekspluatācijā </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ieņēmumi projekta dzīves ciklā ik gadu nepārsniedz 50 procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5181B6A9" w14:textId="4EE244BD" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="0023254A" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:ins w:id="12" w:author="Andra Rūse" w:date="2025-12-11T14:24:00Z">
+        <w:r w:rsidRPr="204AC7D8">
+          <w:t xml:space="preserve">nodrošināt, ka projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi, projekta darbību īstenošanas rezultātā gūtie neto ieņēmumi tiek norādīti </w:t>
+        </w:r>
+        <w:del w:id="13" w:author="Jānis Pērkons" w:date="2025-12-12T08:32:00Z">
+          <w:r w:rsidRPr="204AC7D8" w:rsidDel="0023254A">
+            <w:delText xml:space="preserve">Izmaksu un ieguvumu analīzē (ja attiecināms) vai </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidRPr="204AC7D8">
+          <w:t>Finanšu analīzē</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="06B5D00E" w:rsidRPr="204AC7D8">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69509F39" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt ieņēmumu uzskaiti gada griezumā un Sadarbības iestādē iesniegt atbilstošu informāciju pēc Sadarbības iestādes pieprasījuma, ja projekta dzīves cikla laikā no projektā izveidotās infrastruktūras izmantošanas tiek gūti ieņēmumi. Ja ieņēmumi pārsniedz minēto 50% apmēru, finansējuma saņēmējs nekavējoties informē par to Sadarbības iestādi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AE766E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ja ar saimniecisko darbību nesaistīts projekts dzīves cikla laikā kļūst par projektu, kas saistīts ar saimniecisku darbību, kurai sniegtais atbalsts būtu kvalificējams kā komercdarbības atbalsts, finansējuma saņēmējs no finansējuma, par kuru nav saņemts nekāds komercdarbības atbalsts, atmaksā sadarbības iestādei nelikumīgi saņemto atbalstu kopā ar procentiem saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C1BC8E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>iesniegt un ievadīt informāciju par Projekta īstenošanu Projektu portālā (KPVIS) atbilstoši šim Līgumam, normatīvajiem aktiem, kā arī lietotāja līgumam par KPVIS izmantošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15215DEB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>3 (trīs) darbdienu laikā pēc izmaiņu veikšanas iesniegt Sadarbības iestādei informāciju par personām, kuras ir tiesīgas Finansējuma saņēmēja vārdā iesniegt un apstiprināt Projektu portālā (KPVIS) visus ar Projektu saistītos dokumentus (tai skaitā, maksājuma pieprasījumus), ja mainījusies iepriekš Sadarbības iestādei sniegtā informācija. Ja minētās personas darbojas uz Finansējuma saņēmēja izsniegtas pilnvaras pamata – iesniegt pilnvaru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1926DFA0" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma darbības laikā Projektu portālā (KPVIS) paziņot Sadarbības iestādei izmaiņas Finansējuma saņēmēja pamatdatos (kontaktinformācija, adrese, pilnvarotā persona (ja attiecināms)) 3 (trīs) darbdienu laikā pēc to maiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6E2756" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta īstenošanā nodrošināt visu normatīvajos aktos, Vadošās iestādes, Atbildīgās iestādes, Sadarbības iestādes un citu institūciju vadlīnijās un metodikās, kā arī Līgumā paredzēto nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678E048B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>nodrošināt, lai Atbalsta summa tiktu izlietota saskaņā ar pareizas finanšu pārvaldības principu, ievērojot saimnieciskuma, lietderības un efektivitātes principus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD817C9" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt, lai Projekta Attiecināmie izdevumi būtu tieši saistīti ar Projekta mērķu sasniegšanu un atbilstoši projekta īstenošanai piešķirtā finansējuma izlietošanas nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BC29E3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt Projektā paredzēto mērķu, Projekta darbību rezultātu un uzraudzības rādītāju un, ja Projekts to paredz, horizontālo principu rādītāju sasniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0946F11B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pēc Sadarbības iestādes vai Atbildīgās iestādes pieprasījuma iesniegt informāciju par uzraudzības rādītājiem, kas nav iekļauti maksājuma pieprasījumā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FD69A6" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt komunikācijas un vizuālās identitātes pasākumus saskaņā ar Projektā plānoto un normatīvajos aktos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> un vadošās iestādes vadlīnijās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> noteiktajām prasībām, ,tai skaitā, Finansējuma saņēmēja oficiālajā tīmekļa vietnē (ja tāda ir) un sociālo mediju vietnēs (ja tādas ir) publicēt īsu un samērīgu aprakstu par Projektu, tā mērķiem un rezultātiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDAB2CD" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>īstenojot Projektu, visos ar Projekta īstenošanu saistītajos dokumentos norādīt Projekta identifikācijas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4355E300" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>veikt pievienotās vērtības nodokļa uzskaiti atbilstoši Latvijas Republikas normatīvo aktu prasībām un neatgūt pievienotās vērtības nodokli, ja to saņem kā Atbalsta summu Projekta ietvaros, nodrošināt pievienotās vērtības nodokļa nodalītu uzskaiti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9587CA" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nepieļaut Interešu konflikta, korupcijas, krāpšanas un dubultā finansējuma situācijas iestāšanos un nekavējoties informēt Sadarbības iestādi par apstākļiem, kas rada vai kuru rezultātā varētu rasties kāda no minētajām situācijām. Nekavējoties informēt Sadarbības iestādi, ja Finansējuma saņēmējam ir zināma informācija vai aizdomas par iespējamu krāpšanu projektā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F8690C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">nekavējoties, bet ne vēlāk kā 5 (piecu) darbdienu laikā no dienas, kad Finansējuma saņēmējs par to uzzinājis, rakstiski informēt Sadarbības iestādi par jebkuriem apstākļiem, kas varētu mainīt Projekta īstenošanas atbilstību Līguma nosacījumiem, kā arī gadījumiem, ja kāds no Projektā dotajiem apliecinājumiem var kļūt vai kļūst nepatiess, neprecīzs, nepilnīgs vai maldinošs, vai par jebkādiem citiem būtiskiem notikumiem un apstākļiem, kas negatīvi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>ietekmē vai apdraud, vai kas pamatoti uzskatāmi par tādiem, kas varētu negatīvi ietekmēt vai apdraudēt Līguma izpildi, tai skaitā par Projekta īstenošanā konstatētajiem riskiem, kas var ietekmēt projektā plānoto finanšu plūsmu, Projekta īstenošanas laika grafiku un rādītāju sasniegšanu noteiktajos termiņos ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E575B7D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta īstenošanas laikā un Sadarbības iestādes paziņotajā dokumentu glabāšanas termiņā un attiecībā uz komercdarbības atbalstu desmit gadus no dienas, kad Finansējuma saņēmējam ir piešķirts atbalsts nodrošināt visu ar Projekta īstenošanu un komercdarbības atbalstu saistīto dokumentu glabāšanu, tai skaitā, Projekta iesnieguma, jebkuru ar Projektu saistīto sarakstes dokumentu, iepirkuma dokumentācijas, Projektā noslēgto līgumu, veikto darbu, piegāžu un sniegto pakalpojumu apliecinošu dokumentu, veikto maksājumu apliecinošo dokumentu oriģinālu vai to atvasinājumu ar juridisku spēku glabāšanu atbilstoši Regulas 2021/1060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 82. pantam. Pēc noslēguma maksājuma pieprasījuma pārbaudes Sadarbības iestāde vēstulē par apstiprinātiem Attiecināmajiem izdevumiem paziņo Finansējuma saņēmējam par dokumentu glabāšanas termiņu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6856027A" w14:textId="2762C730" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde 2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0079289F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> apakšpunktā minēto dokumentu glabāšanas termiņu var pārtraukt un proporcionāli pagarināt par laikposmu, kurā saistībā ar darbībām Projekta īstenošanas ietvaros ir uzsākts krim</w:t>
+      </w:r>
+      <w:r w:rsidR="002F60C0">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ālprocess vai tiesvedības process, vai pēc Eiropas Komisijas pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CC84BB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt Sadarbības iestādei, citu ES fondu vadībā iesaistīto Latvijas Republikas un ES institūciju pārstāvjiem, šo noteikumu 7.4. apakšpunktā minēto iestāžu, kā arī citu kompetento institūciju pārstāvjiem pieeju visu ar Projekta īstenošanu saistīto dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un grāmatvedības sistēmai, kā arī attiecīgā Projekta īstenošanas vietai un nodrošināt iespējas iepriekš minēto institūciju pārstāvjiem veikt uzraudzību un kontroli visā Līguma darbības laikā, nodrošinot šo institūciju likumīgo prasību izpildi un brīvu piekļuvi Finansējuma saņēmēja grāmatvedības un finanšu dokumentiem, kas saistīti ar Projekta īstenošanu, kā arī citiem nepieciešamajiem dokumentiem, informācijai, finanšu līdzekļiem, telpām un citām materiālām vērtībām, tai skaitā, nodrošināt pieprasīto dokumentu izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D36B69B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>pēc Sadarbības iestādes lūguma iesniegt pieprasīto informāciju un dokumentus Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 5 (piecām) darbdienām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDA4B0A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līgumā un Sadarbības iestādes noteiktajos termiņos izpildīt Līguma noteikumus un Sadarbības iestādes norādījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305F523B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nosūtīt Sadarbības iestādei informāciju par būvniecības lietas pieejamību Būvniecības informācijas sistēmā par visām Projektā paredzētajām darbībām, kuru īstenošanai nepieciešama būvniecības ieceres dokumentācija (ja attiecināms), piemēram, būvprojekts, paskaidrojuma raksts, paziņojums par būvniecību, ne vēlāk kā 1 (viena) mēneša laikā pēc projektēšanas nosacījumu izpildes, norādot ar Projekta darbībām saistītās būvniecības lietas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170B8ED6" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta ietvaros veicot personu datu apstrādi, tajā skaitā to uzkrāšanu un iesniegšanu Sadarbības iestādei, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) aizsardzību noteiktās prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197CCCDD" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta izmaksu pieauguma gadījumā par darbībām, kurām sniegtais atbalsts nav kvalificējams kā komcercdarbības atbalsts, segt sadārdzinājumu no saviem līdzekļiem. Sadarbības partneru sadārdzinājuma izmaksas par darbībām, kuru finansēšana būtu kvalificējama kā komercdarbības atbalsts, finansēt no līdzekļiem, kas ir brīvi no jebkāda komcercdarbības atbalsta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A64F55" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>izmantot Projekta ietvaros iegādātos pamatlīdzekļus/vērtības Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42582078" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmēja reorganizācijas gadījumā nodrošināt ar Līgumu uzņemto saistību nodošanu tā saistību pārņēmējam, informējot par to Sadarbības iestādi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9912C0" w14:textId="606378AD" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ievērot Regulas 2021/1060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 66.pantā noteikto un nodrošināt, ka Finansējuma saņēmējs pēdējo divu gadu laikā pirms Projekta iesniegšanas nav veicis pārcelšanu uz Projekta īstenošanas vietu un divus gadus pēc Projekta darbību īstenošanas pabeigšanas Projekta darbības netiek pārceltas uz citu valsti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD90218" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt Projekta rezultātu saglabāšanu un ilgtspēju, kā arī izmantot Projekta ietvaros iegādātos pamatlīdzekļus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi, ievērojot Regulas 2021/1060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 65. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>pantā un SAM MK noteikumos noteiktos nosacījumus un termiņus Projekta darbību īstenošanas laikā un Pēcuzraudzības periodā, kā arī neizdarīt būtiskas izmaiņas Projektā, tai skaitā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FCA4DB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>izmantot Projektā attīstīto infrastruktūru un sasniegtos rezultātus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467D14F8" w14:textId="2E8415F0" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nepārdot, nedāvināt, neizīrēt, neiznomāt, nemainīt, neaizdot, nepatapināt, neieķīlāt, citādi neatsavināt un neapgrūtināt īpašumu, kas iegādāts vai radīts Projektā, un īpašumu, kas guvis labumu no atbalsta, kā arī neveikt citas darbības, kuru rezultātā īpašums pilnīgi vai daļēji var nokļūt citas personas īpašumā vai valdījumā, izņemot gadījumus, kad</w:t>
+      </w:r>
+      <w:r w:rsidR="00046E28" w:rsidRPr="00095FA2">
+        <w:rPr>
+          <w:strike/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:del w:id="14" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+        <w:r w:rsidR="00046E28" w:rsidRPr="00F3330D" w:rsidDel="00F3330D">
           <w:rPr>
-            <w:lang w:val="lv-LV"/>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="15" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
           </w:rPr>
-          <w:delText xml:space="preserve"> vai 10 gadu periods, ja projektā paredzēta infrastruktūras ierīkošana</w:delText>
+          <w:delText>saņemta Sadarbības iestādes iepriekšēja rakstiska atļauja un</w:delText>
+        </w:r>
+        <w:r w:rsidR="00046E28" w:rsidRPr="00095FA2" w:rsidDel="00F3330D">
+          <w:delText xml:space="preserve"> </w:delText>
         </w:r>
       </w:del>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmēja iecerētās darbības neizraisa nevēlamas sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības. Īpašuma vai valdījuma tiesības attiecībā uz atbalstītajiem infrastruktūras objektiem nemaina un ieguldījums paliek Latvijas Republikas teritorijā visu Pēcuzraudzības periodu . Īpašuma vai valdījuma tiesības nostiprina zemesgrāmatā (izņemot gadījumu, ja pašvaldības īpašums uz normatīvā akta, līguma vai pašvaldības lēmuma pamata ir nodots pašvaldības iestādes kā Finansējuma saņēmēja pārvaldīšanā vai, ja īpašuma tiesības uz objektu ir spēkā bez to nostiprināšanas zemesgrāmatās);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC66E72" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt, ka netiek pārtraukta produktīvā darbība, t. i., Finansējuma saņēmējs netiek reorganizēts, kā arī nepieļaut situāciju, kurā tiek pārtraukta Līgumā paredzētā darbība, izņemot gadījumus, kad saņemts atbilstošs MK izdots rīkojums un Finansējuma saņēmēja iecerētās darbības neizraisa nevēlamās sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66DB7DDD" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošināt Projektā iegādāto un radīto vērtību saglabāšanu un uzturēšanu. Ugunsgrēka, vētras, plūdu un citu nepārvaramas varas gadījumu vai trešo personu prettiesiskas rīcības rezultātā radušos zaudējumus Finansējuma saņēmējam ir pienākums segt un bojātās vai iznīcinātās vērtības atjaunot no saviem līdzekļiem pilnā apmērā. Ja Finansējuma saņēmējs ir veicis Projektā iegādāto un radīto vērtību apdrošināšanu, zaudējumus sedz no saņemtās apdrošināšanas atlīdzības. Gadījumā, ja ar šādu kompensāciju nepietiek, Finansējuma saņēmējs zaudējumus sedz no saviem līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6505B2AC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>gadījumos, kad Latvijas Republikas normatīvajos aktos noteiktajā kārtībā noraksta Projektā iegādāto pamatlīdzekli, norakstīšanas faktam ir jābūt pamatotam (pamatlīdzekļa norakstīšana nerada būtiskas izmaiņas Projektā) un dokumentētam. Šādā gadījumā Finansējuma saņēmējam nav pienākums nodrošināt norakstītā pamatlīdzekļa atrašanos Projekta īstenošanas vietā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E45639" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nekavējoties rakstiski informēt Sadarbības iestādi, ja Projekta darbību īstenošanas laikā vai Pēcuzraudzības periodā Finansējuma saņēmējam ir radušies iepriekš neparedzēti, ar Projektu un tā rezultātu izmantošanu saistīti ieņēmumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E47ECD4" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>veikt citas Līgumā un lēmumā par Projekta iesnieguma apstiprināšanu noteiktās darbības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F81DC1D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējam ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B18D143" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>saņemt Atbalsta summu, ja Projekts ir īstenots saskaņā ar normatīvo aktu un Līguma nosacījumiem, ievērojot noteikto kārtību un termiņu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674769B3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>saņemt nepieciešamo informāciju par Projekta īstenošanas nosacījumiem, tai skaitā, saņemt konsultācijas par ieteicamajiem Projekta īstenošanā konstatēto risku mazinošajiem pasākumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487033CD" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE8B473" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="X55a1eb4b40bbd4852ef0b85a7c311cdc2b8f9d0"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādes vispārīgie pienākumi un tiesības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="14EDAEA3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādei ir pienākums:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1152DB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>konsultēt Finansējuma saņēmēju par Projekta īstenošanu, tai skaitā, sniegt informāciju par Projekta īstenošanā konstatētajiem riskiem un ieteicamajiem risku mazinošajiem pasākumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB26222" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>veikt Projekta īstenošanas uzraudzību un kontroli visā Līguma darbības laikā un izvērtēt Projekta īstenošanas atbilstību normatīvo aktu un Līguma nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B262CAE" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pārbaudīt Finansējuma saņēmēja maksājuma pieprasījumu un apstiprināt Finansējuma saņēmēja maksājuma pieprasījumā iekļautos izdevumus, ja tie ir attiecināmi , un pieņemt lēmumu par Atbalsta summas vai tās daļas atmaksu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764AABB7" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>apstrādājot Finansējuma saņēmēja iesniegtos personu datus, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) aizsardzību noteiktās prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481D2E4A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">pieņemt lēmumu par neatbilstoši veikto izdevumu konstatēšanu, finanšu korekcijas piemērošanu, uz laiku apturēt maksājumu veikšanu Finansējuma saņēmējam un atgūt nepamatoti apstiprināto un izmaksāto Atbalsta summu vai tās daļu atbilstoši ES un Latvijas Republikas normatīvo un tiesību aktu prasībām, kā arī Eiropas Komisijas un Vadošās iestādes vadlīnijām, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>skaidrojumiem, norādījumiem un lēmumiem . Komercdarbības atbalsta nosacījumu pārkāpumu gadījumā Sadarbības iestāde pieņem lēmumu par nelikumīga komercdarbības atbalsta konstatēšanu un to atgūst;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55704A67" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>veikt citas normatīvajos aktos un Līgumā noteiktās darbības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E2AA41" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādei ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A97F9B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pieprasīt un saņemt no Finansējuma saņēmēja, valsts informācijas sistēmām un reģistriem, ārējām datu bāzēm informāciju par Finansējuma saņēmēju , kas nepieciešama, lai nodrošinātu Projekta īstenošanas uzraudzību un kontroli, kā arī krāpšanas un neatbilstību risku identificēšanai veikt šīs informācijas uzkrāšanu un apstrādi Eiropas Komisijas uzturētajā projektu risku vērtēšanas sistēmā ARACHNE;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CECAA28" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>rīkoties ar jebkādu informāciju saistībā ar Projekta īstenošanu, īpaši tā publicitātes vai informācijas izplatīšanas nolūkā, ievērojot attiecīgās informācijas raksturu, tai skaitā, nosacījumus ierobežotas pieejamības informācijas izplatīšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E62541" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma darbības laikā pieprasīt un saņemt visus nepieciešamos dokumentus un skaidrojumus, kas saistīti ar Līguma izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792304F7" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388E9535" w14:textId="4D5FBE22" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00F5688F" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="valsts-atbalsta-nosacījumi"/>
       <w:r w:rsidRPr="00423D87">
-        <w:rPr>
-[...124 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Komercdarbības </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4BDF" w:rsidRPr="00C25DB7">
+        <w:t>atbalsta nosacījumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="7DC6D4CE" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja sadarbības partneris darbojas kādā no Regulas Nr.651/2014 izslēgtajām nozarēm, Finansējuma saņēmējs nodrošina, ka sadarbības partneris nodrošina šo nozaru darbību vai izmaksu nodalīšanu, lai darbības izslēgtajās nozarēs negūst labumu no atbalsta, ko piešķir saskaņā ar SAM MK noteikumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA520E3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības partnerim piešķirtais komercdarbības atbalsts nevar tikt apvienots ar finansējumu citas atbalsta programmas ietvaros, kam finansējums tiek piešķirts no vietējiem, reģionālajiem, valsts vai Eiropas Savienības finanšu līdzekļiem par tām pašām attiecināmajām izmaksām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3884EC64" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Nelikumīga komercdarbības atbalsta gadījumā finansējuma saņēmējam ir pienākums atmaksāt saņemto nelikumīgo komercdarbības atbalstu SAM MK noteikumos noteiktajā kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22746C0C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="Xf067b25f95749d853b613b935b97fcd47bccd86"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmēja un tā sadarbības partnera sadarbības noteikumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="59C32A08" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs noslēdz sadarbības līgumu vai vienošanos ar Projektā noteikto sadarbības partneri par pušu savstarpējām saistībām attiecībā uz Projekta ieviešanu saskaņā ar MK noteikumos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> noteikto kārtību un pēc pieprasījuma to iesniedz Sadarbības iestādē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CF92E3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>kas saskaņā ar SAM MK noteikumiem un atbilstošajam vienkāršoto izmaksu veidam noteikti Vadošās iestādes metodikā.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+        <w:t>Finansējuma saņēmējs, īstenojot Projektu sadarbībā ar sadarbības partneri, nodrošina, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D75D0A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta īstenošanā iesaistītais sadarbības partneris darbības, kas saistītas ar Projekta īstenošanu, tai skaitā, iepirkumu, veic saskaņā ar piemērojamajiem normatīvajiem aktiem un citiem šajā Līgumā norādītajiem saistošajiem dokumentiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7CE090" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadarbības partneris nodrošina Projekta uzraudzībai nepieciešamo rādītāju apkopošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11446426" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadarbības partneris ievēro publicitātes prasības atbilstoši MK noteikumos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="71F8ED6C" w14:textId="1CDCB33F" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> noteiktajam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BBCC37" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="52"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="75B936C0" w14:textId="54B51C34" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekts ir atbilstošs normatīvajiem aktiem attiecībā uz Projekta īstenošanu partnerībā un to, ka sadarbības partneris ievēro šajā Līgumā noteiktos Finansējuma saņēmēja pienākumus un starp Finansējuma saņēmēju un sadarbības partneri noslēgtajā sadarbības līgumā vai vienošanās paredzētos noteikumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001FDAB7" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="52"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="5D7660F4" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadarbības partneris ir informēts par Projekta norisi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EF6C57" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="52"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="21725E90" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadarbības partnerim nodotās, ar Projekta īstenošanu saistītās tiesības un pienākumi netiek nodoti citai personai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7EDA96" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="52"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="3BA27FB2" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadarbības partneris Projekta īstenošanas laikā un Sadarbības iestādes paziņotajā dokumentu glabāšanas termiņā un attiecībā uz komercdarbības atbalstu desmit gadus no dienas, kad Finansējuma saņēmējam ir piešķirts atbalsts, nodrošina visu ar Projekta īstenošanu un komercdarbības atbalstu saistīto dokumentu glabāšanu, jebkuru ar Projektu saistīto sarakstes dokumentu, iepirkuma dokumentācijas, Projektā noslēgto līgumu, veikto darbu, piegāžu un sniegto pakalpojumu apliecinošu dokumentu, veikto maksājumu apliecinošo dokumentu oriģinālu vai to atvasinājumu ar juridisku spēku glabāšanu atbilstoši Regulas 2021/1060 82. pantam un nodrošina dokumentu kopiju iesniegšanu vai uzrādīšanu pēc Sadarbības iestādes pieprasījuma Finansējuma saņēmēja noteiktā termiņā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E81197" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="52"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="6409B125" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadarbības partnerim nodotās Projekta rezultātā radītās vai iegādātās vērtības Projekta darbību īstenošanas laikā un Pēcuzraudzības periodā neskar būtiskas izmaiņas saskaņā ar šo noteikumu 2.1.17. apakšpunktā minēto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D430E5" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="52"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">sadarbības partneris iesaistās Projekta īstenošanā ar tā valdījumā vai īpašumā esošu mantu, intelektuālo īpašumu, finansējumu vai cilvēkresursiem. Šādu ieguldījumu rezultātā Finansējuma saņēmējam ar sadarbības partneri nevar rasties tādas tiesiskās attiecības, no kurām izrietētu, ka šis darījums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>Līguma darbības laikā Projektu portālā (KPVIS) paziņot Sadarbības iestādei izmaiņas Finansējuma saņēmēja pamatdatos (kontaktinformācija, adrese, pilnvarotā persona (ja attiecināms)) 3 (trīs) darbdienu laikā pēc to maiņas;</w:t>
-[...1334 lines deleted...]
-        <w:r w:rsidR="00EA6446" w:rsidRPr="00423D87">
+        <w:t xml:space="preserve">atbilst publiskā iepirkuma līguma pazīmēm atbilstoši </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00C25DB7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Publisko iepirkumu likumam</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00EA6446" w:rsidRPr="00423D87">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="00C25DB7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Sabiedrisko pakalpojumu sniedzēju iepirkumu likumam</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> vai darījumam jāpiemēro normatīvie akti par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B3DCDD" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="72918B59" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="60"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Sadarbības iestādes, Eiropas Komisijas, Eiropas Biroja krāpšanas apkarošanai, Korupcijas novēršanas un apkarošanas biroja, ES fondu vadībā iesaistīto institūciju, Valsts kontroles un Iepirkumu uzraudzības biroja pārstāvjiem ir pieeja visu ar Projekta īstenošanu saistīto dokumentu oriģināliem un grāmatvedības sistēmai, kā arī attiecīgā Projekta īstenošanas vietai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2CE3D4" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="5392580B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="60"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>ir iespējas veikt uzraudzību un kontroli visā Līguma darbības laikā, nodrošinot šo noteikumu 5.2.10. apakšpunktā noteikto institūciju likumīgo prasību izpildi un brīvu piekļūšanu sadarbības partnera grāmatvedības un finanšu dokumentiem, kas saistīti ar Projekta īstenošanu, kā arī citiem nepieciešamajiem dokumentiem, informācijai, finanšu līdzekļiem, telpām un citām materiālām vērtībām, kas attiecas uz veicamo pārbaudi vai auditu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772CF1D0" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="7CD75625" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="60"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>sadarbības partneris ir atbildīgs par Projekta rezultātu sasniegšanu tādā apjomā, kā noteikts sadarbības līgumā vai vienošanās.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1245A270" w14:textId="0EC3BD89" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="65D71308" w14:textId="38A7AB0C" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve">Sadarbības partnerim nedeleģē atbildību par </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="00EA6446" w:rsidRPr="00423D87">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00C25DB7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Likuma</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F62AE4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>18. panta pirmajā daļā noteiktajiem Finansējuma saņēmēja pienākumiem, kā arī maksājuma pieprasījumu iesniegšanu Sadarbības iestādē.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14756F7E" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4486D104" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Īstenojot Projektu sadarbībā ar sadarbības partneri Finansējuma saņēmējs uzņemas pilnu atbildību par Projekta īstenošanu un šajā Līgumā paredzēto saistību izpildi. Finansējuma saņēmējs atbild par jebkādām Projekta īstenošanas gaitā pieļautajām neatbilstībām un pārkāpumiem neatkarīgi no tā, ka šāda neatbilstība vai pārkāpums ir radies Projekta īstenošanā iesaistītā sadarbības partnera rīcības rezultātā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7842EF37" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="3969A699" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
-[...10 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="grāmatvedības-uzskaite"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Grāmatvedības uzskaite</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="68958483" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Uzsākot Projekta īstenošanu, Finansējuma saņēmējs nodrošina veikto maksājumu izsekojamību izmantojot Projektam paredzēto norēķinu kontu Valsts kasē vai ES dalībvalstī, vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē no kura veic un uz kuru saņem visus ar Projekta īstenošanu saistītos maksājumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC97D03" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Atbalsta summas maksājuma par Vienkāršotajām izmaksām saņemšanai Finansējuma saņēmējs var norādīt atsevišķu kontu Valsts kasē vai ES dalībvalstī, vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685DBCEC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Ja Projektā paredzēts avansa maksājums, Finansējuma saņēmējs rīkojas atbilstoši šo noteikumu 9. sadaļā noteiktajam. Ja Avansa maksājuma saņemšanai norādīts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>Grāmatvedības uzskaite</w:t>
-[...75 lines deleted...]
-        </w:rPr>
+        <w:t>konts Valsts kasē Finansējuma saņēmējs ar Projekta īstenošanu saistītos maksājumus no Avansa maksājuma veic no konta Valsts kasē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F30D137" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Finansējuma saņēmējs, īstenojot Projektu, uzskaita Attiecināmos izdevumus, ar Projektu saistītos ieņēmumus, izmaksas, naudas plūsmas savā grāmatvedības uzskaitē saskaņā ar normatīvo aktu prasībām un vispārpieņemtajiem grāmatvedības kārtošanas principiem tā, lai tos būtu iespējams identificēt, nodalīt no pārējām izmaksām, ieņēmumiem, izdevumiem, naudas plūsmām un pārbaudīt. Finansējuma saņēmējs nodrošina atsevišķu grāmatvedības uzskaiti par katra Projekta izdevumiem vai atbilstošu uzskaites kodu sistēmu attiecībā uz visiem ar Projektu saistītajiem darījumiem .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CE96C2" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="221286ED" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Finanšu pārskatus Finansējuma saņēmējs sagatavo atbilstoši normatīvajiem aktiem, kas nosaka kārtību, kādā finanšu pārskatos atspoguļojams saņemtais finansiālais atbalsts (finanšu atbalsts).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7A5C3B" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="57A82D3C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Ja Finansējuma saņēmējs vai sadarbības partneris darbojas kādā no neatbalstāmajām nozarēm, bet atbalsts Līguma ietvaros paredzēts atbalstāmajā nozarē, tas nodrošina atbalstāmās nozares Projekta īstenošanas finanšu plūsmas skaidru nodalīšanu no citu Finansējuma saņēmēja un sadarbības partnera darbības nozaru finanšu plūsmām Projekta īstenošanas laikā un Pēcuzraudzības periodā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A310F69" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="61B219F1" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
-[...10 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="Xfe01e891724baca704aae9545d6a3c35135f744"/>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Kārtība, kādā tiek veiktas pārbaudes Projekta īstenošanas vietā</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...16 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="564D4BF8" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Sadarbības iestāde Līguma darbības laikā var veikt pārbaudi Projektā vai iepirkuma līgumā norādītajā Projekta īstenošanas vietā atbilstoši MK noteikumiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> un Vadošās iestādes vadlīnijām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> , lai pārliecinātos par faktisko Līguma īstenošanu atbilstoši normatīvo aktu prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA23DB1" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde vismaz 5 (piecas) darbdienas pirms plānotās pārbaudes Projekta īstenošanas vietā informē par to Finansējuma saņēmēju. Sadarbības iestāde atbilstoši MK noteikumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...21 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> ir tiesīga nepieciešamības gadījumā veikt arī pārbaudes, iepriekš par to neinformējot Finansējuma saņēmēju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41313E60" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja tiek plānota pārbaude pie Projektā iesaistītas personas, kas nav Finansējuma saņēmējs, Finansējuma saņēmējs, tiklīdz tas ir zināms, informē Projektā iesaistīto personu par Sadarbības iestādes plānoto pārbaudi, tās mērķi un apjomu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E73F05" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Finansējuma saņēmējs nodrošina Sadarbības iestādes, Eiropas Komisijas, Eiropas Biroja krāpšanas apkarošanai, Korupcijas novēršanas un apkarošanas biroja, ES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>Sadarbības iestāde vismaz 5 (piecas) darbdienas pirms plānotās pārbaudes Projekta īstenošanas vietā informē par to Finansējuma saņēmēju. Sadarbības iestāde atbilstoši MK noteikumiem</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+        <w:t>fondu vadībā iesaistīto institūciju, Valsts kontroles un Iepirkumu uzraudzības biroja pārstāvjiem, kā arī citu kompetento institūciju pārstāvjiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E26FA5A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādes darba laikā piekļūšanu Projekta īstenošanas vietai, telpām, dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un visai informācijai, tai skaitā, informācijai elektroniskā formātā, kas nepieciešama šādu pārbaužu veikšanai (pēc pieprasījuma visa ar Projekta īstenošanu saistītā dokumentācija jāuzrāda Projekta īstenošanas vietā);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C513A5" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>telpu un darba vietu dokumentu pārbaudei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9A14EA" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>iespēju organizēt intervijas ar Projektā iesaistītajām personām (piem., Projekta īstenošanas un vadības personālu);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6D6670" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pieprasīto dokumentu uzrādīšanu un, ja nepieciešams, izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59359C69" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>par Projekta īstenošanu atbildīgo personu piedalīšanos pārbaudē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68684980" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Citas ES fondu vadībā iesaistītās Latvijas Republikas vai ES institūcijas, kā arī citas kompetentās institūcijas pārbaudes Projekta īstenošanas vietā veic saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B0F599" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Veicot pārbaudi Projekta īstenošanas vietā, Sadarbības iestāde var piesaistīt attiecīgās nozares ekspertu, lai pārliecinātos par Finansējuma saņēmēja Projekta īstenošanas atbilstību Līguma un normatīvo aktu nosacījumiem. Pamatojoties uz eksperta atzinumu, Sadarbības iestāde var lemt par neatbilstību konstatēšanu un Attiecināmo izdevumu samazināšanu vai Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9E7CE3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="iepirkumu-veikšanas-kārtība"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Iepirkumu veikšanas kārtība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="69D29196" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc Līguma noslēgšanas ievada datus par Projektā plānotiem iepirkumiem Projektu portālā (KPVIS) atbilstoši Projektu portālā (KPVIS) pieejamai formai. Finansējuma saņēmējs aktualizē informāciju par Projektā plānotiem iepirkumiem Projektu portālā (KPVIS) tiklīdz zināma informācija par izmaiņām, bet ne vēlāk kā līdz iepirkuma procedūras uzsākšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD743F3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde 10 (desmit) darbdienu laikā pēc informācijas par Projektā plānotiem iepirkumiem saņemšanas pārbauda tās atbilstību normatīvo aktu nosacījumiem, tai skaitā, norādītā iepirkuma priekšmeta atbilstību Projektā plānotajām darbībām, nepieciešamības gadījumā lūdzot informāciju precizēt. Ja Sadarbības iestāde 10 (desmit) darbdienu laikā no informācijas iesniegšanas Projektu portālā (KPVIS) nav lūgusi precizēt iesniegto informāciju par Projektā plānotiem iepirkumiem, uzskatāms, ka tā ir saskaņota.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A28A15" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Sadarbības iestāde atbilstoši MK noteikumos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="17"/>
       </w:r>
-      <w:r w:rsidRPr="00423D87">
-[...44 lines deleted...]
-    <w:p w14:paraId="78011D1D" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> paredzētajai kārtībai un Iepirkumu uzraudzības biroja izstrādātajai metodikai izlases veidā veic iepirkumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>pirmspārbaudes, nepieciešamības gadījumā pieprasot papildu informāciju vai dokumentus no Finansējuma saņēmēja vai kompetentajām institūcijām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38529CE0" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Veicot iepirkumu Projekta vajadzībām, Finansējuma saņēmējs un sadarbības partneris :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128FE544" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="63"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="5DC6E781" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošina Publisko iepirkumu likumā un normatīvajos aktos un Iepirkumu uzraudzības biroja vadlīnijās un skaidrojumos noteikto prasību ievērošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A54A622" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="33A1B58C">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="63"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="32AC3760" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t>nodrošina nediskriminācijas, savstarpējās atzīšanas, atklātības un vienlīdzīgas attieksmes principu ievērošanu, kā arī piegādātāju brīvu konkurenci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0861F620" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="63"/>
-[...89 lines deleted...]
-    <w:p w14:paraId="54176F99" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nodrošina interešu konflikta neesamību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D0B1F7" w14:textId="0F0311CF" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja paredzamā līguma cena nesasniedz robežu, no kuras iepirkums jāveic saskaņā ar Publisko iepirkumu likumu</w:t>
+      </w:r>
+      <w:del w:id="22" w:author="Andra Rūse" w:date="2025-12-18T10:35:00Z" w16du:dateUtc="2025-12-18T08:35:00Z">
+        <w:r w:rsidR="008F28E9" w:rsidDel="008F28E9">
+          <w:delText xml:space="preserve"> v</w:delText>
+        </w:r>
+        <w:r w:rsidR="008F28E9" w:rsidRPr="008F28E9" w:rsidDel="008F28E9">
+          <w:delText>ai normatīvo aktu</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">, Finansējuma saņēmējs vai sadarbības partneris pirms līguma noslēgšanas veic un dokumentē tirgus izpēti. Tirgus izpētei var izmantot savu iepriekšējo pieredzi, attiecīgās jomas ekspertu vērtējumu, interneta resursus, potenciālo līguma izpildītāju aptaujas un citas metodes atbilstoši Iepirkumu uzraudzības biroja skaidrojumiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>. Tirgus izpētes dokumentus Finansējuma saņēmējs iesniedz pēc Sadarbības iestādes pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A157466" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Slēdzot uzņēmuma līgumu ar esošo vai bijušo darbinieku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="20"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> , Finansējuma saņēmējs nodrošina un spēj dokumentāli pierādīt, ka attiecīgais darbinieks nav bijis iesaistīts iepirkuma, kura ietvaros tiek slēgts uzņēmuma līgums, procedūras dokumentu izstrādāšanā, tam nav bijušas citas priekšrocības vai tas kā citādi nav ietekmējis Finansējuma saņēmēja lēmuma pieņemšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D975BAB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs pēc Sadarbības iestādes pieprasījuma noteiktajā termiņā iesniedz iepirkuma dokumentāciju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB190BB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
-[...36 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="X97110fadc4d9a2d8e9060baa6ac4bb79c8c5858"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Maksājuma pieprasījumu iesniegšanas un izskatīšanas kārtība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="4DF7F6B6" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs, īstenojot Projektu, maksājumus veic no saviem līdzekļiem vai saņemtā Avansa maksājuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B6F1A3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc Līguma noslēgšanas iesniedz Projektu portālā (KPVIS) Sadarbības iestādei Plānoto maksājuma pieprasījumu iesniegšanas grafiku. Ja ir notikušas izmaiņas iepriekš iesniegtajā Plānoto maksājuma pieprasījumu iesniegšanas grafikā (tai skaitā, ja iesniedzamais maksājuma pieprasījums ir par mazāku vai lielāku summu par iepriekš plānoto vai maksājuma pieprasījums tiks iesniegts vēlāk nekā iepriekš grafikā norādīts), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>zināma informācija par izmaiņām, bet ne vēlāk kā līdz iepirkuma procedūras uzsākšanai.</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+        <w:t>Finansējuma saņēmējs precizētu Plānoto maksājuma pieprasījumu iesniegšanas grafiku un detalizētu izmaiņu skaidrojumu iesniedz saskaņošanai Sadarbības iestādē, tiklīdz ir zināma informācija par izmaiņām Plānotajā maksājuma pieprasījumu iesniegšanas grafikā, bet ne vēlāk kā kopā ar kārtējo maksājuma pieprasījumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E908B1C" w14:textId="1EA40A5B" w:rsidR="00BA5FDB" w:rsidRPr="00F3330D" w:rsidDel="00F3330D" w:rsidRDefault="00BA5FDB" w:rsidP="00163E1E">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="24" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z"/>
+          <w:color w:val="FF0000"/>
+          <w:rPrChange w:id="25" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+            <w:rPr>
+              <w:del w:id="26" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z"/>
+              <w:strike/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="27" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+        <w:r w:rsidRPr="00F3330D" w:rsidDel="00F3330D">
+          <w:rPr>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="28" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:delText>Ja Projektā paredzēts avansa maksājums, Finansējuma saņēmējs Projekta īstenošanai norāda norēķinu kontu Valsts kasē vai darījuma kontu ES dalībvalstī vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē, vai norēķinu kontu ES dalībvalstī vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē un iesniedz kredītiestādes garantiju .</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="07B35751" w14:textId="74A990BE" w:rsidR="001461C8" w:rsidRPr="00F3330D" w:rsidDel="00F3330D" w:rsidRDefault="00BA5FDB" w:rsidP="0046710D">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="29" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="30" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+        <w:r w:rsidRPr="00F3330D" w:rsidDel="00F3330D">
+          <w:rPr>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="31" w:author="Andra Rūse" w:date="2025-12-11T14:21:00Z" w16du:dateUtc="2025-12-11T12:21:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:delText>Finansējuma saņēmējs nodrošina, ka kredītiestādes garantijā ir norādīta vismaz summa, izsniegšanas datums, spēkā stāšanās datums, darbības termiņš, kas nav īsāks par 4 (četriem) mēnešiem pēc Līgumā noteiktā Projekta pabeigšanas datuma, un nosacījumi, ka pēc pirmā Sadarbības iestādes pieprasījuma saņemšanas, kurā paziņots, ka Finansējuma saņēmējam saskaņā ar Līgumu ir iestājies pienākums atmaksāt avansa maksājuma summu, kredītiestāde apņemas pilnā apmērā atmaksāt uz Sadarbības iestādes norādīto kontu garantēto avansa maksājuma summu 5 (piecu) darbdienu laikā pēc Sadarbības iestādes rakstiska pieprasījuma saņemšanas.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="3E1A6C3E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs, atverot darījuma kontu kredītiestādē, noslēdz trīspusēju līgumu starp Finansējuma saņēmēju, Sadarbības iestādi un kredītiestādi, ievērojot MK noteikumu nosacījumus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...104 lines deleted...]
-          <w:numId w:val="79"/>
+        </w:rPr>
+        <w:footnoteReference w:id="21"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FED1E3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Darījuma konta līguma darbības laiks nevar pārsniegt 6 mēnešus pēc avansa maksājuma saņemšanas darījuma kontā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5D16E3" w14:textId="61B762C5" w:rsidR="003E7E42" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Atbalsta summas saņemšanai avansa maksājuma veidā Finansējuma saņēmējs pēc Līguma noslēgšanas, izmantojot Projektu portālu (KPVIS), iesniedz Sadarbības iestādē avansa maksājuma pieprasījumu, tam pievienojot</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3CEB" w:rsidRPr="003E3CEB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:del w:id="32" w:author="Andra Rūse" w:date="2025-12-11T14:22:00Z" w16du:dateUtc="2025-12-11T12:22:00Z">
+        <w:r w:rsidR="003E3CEB" w:rsidRPr="00F3330D" w:rsidDel="00F3330D">
+          <w:rPr>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="33" w:author="Andra Rūse" w:date="2025-12-11T14:22:00Z" w16du:dateUtc="2025-12-11T12:22:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:delText>iepirkuma līguma kopiju un</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00F3330D" w:rsidDel="00F3330D">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>informāciju par plānoto avansa izlietojumu, iesniedzamo dokumentu apjomu saskaņojot ar Sadarbības iestādi (ja attiecināms). Avansa maksājuma summu Finansējuma saņēmējam ir tiesības pieprasīt pa daļām, iesniedzot Sadarbības iestādē avansa maksājuma pieprasījumu par katru daļu atsevišķi. Ja Finansējuma saņēmējam saskaņā ar SAM MK noteikumiem ir pienākums saņemto avansu izlietot saimnieciskā gada ietvaros, Finansējuma saņēmējs plāno un pieprasa avansu apmērā, kas atbilst spējai to izlietot saimnieciskā gada ietvaros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A04661" w14:textId="55E70837" w:rsidR="00F06D94" w:rsidRPr="00F3330D" w:rsidDel="00F3330D" w:rsidRDefault="00F06D94" w:rsidP="00F06D94">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00423D87">
+        <w:ind w:left="851" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="34" w:author="Andra Rūse" w:date="2025-12-11T14:22:00Z" w16du:dateUtc="2025-12-11T12:22:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="35" w:author="Andra Rūse" w:date="2025-12-11T14:22:00Z" w16du:dateUtc="2025-12-11T12:22:00Z">
+        <w:r w:rsidRPr="00F3330D" w:rsidDel="00F3330D">
           <w:rPr>
-            <w:lang w:val="lv-LV"/>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="36" w:author="Andra Rūse" w:date="2025-12-11T14:22:00Z" w16du:dateUtc="2025-12-11T12:22:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
           </w:rPr>
-          <w:delText xml:space="preserve">aizpilda iepirkuma dokumentācijas atbilstības pašpārbaudes lapu un iepirkuma norises atbilstības pašpārbaudes lapu, kas pieejama Sadarbības iestādes tīmekļa vietnē </w:delText>
+          <w:delText>Kredītiestādes garantijas spēkā uzturēšana pēc starpposma vai noslēguma maksājuma veikšanas, ar kuru tiek dzēsta visa saņemtā avansa summa, nav nepieciešama.</w:delText>
         </w:r>
-        <w:r w:rsidR="00305362" w:rsidRPr="00423D87">
-[...2 lines deleted...]
-          </w:rPr>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="7B817E9C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde 80 (astoņdesmit) dienu laikā, ieskaitot informācijas precizēšanai un maksājuma veikšanai nepieciešamo laiku, pēc šo noteikumu 9.5. apakšpunktā minētās informācijas saņemšanas pārbauda iesniegto avansa maksājuma pieprasījumu, pieņem lēmumu par avansa maksājuma pieprasījuma noraidīšanu vai apmaksu pilnā vai daļējā apmērā vai pa daļām un pārskaita Finansējuma saņēmējam avansa maksājumu apstiprinātajā apjomā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B84A915" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs iesniedz maksājuma pieprasījumu ne retāk kā reizi par katriem sešiem Projekta īstenošanas mēnešiem 20 darbdienu laikā pēc attiecīgā pārskata perioda beigām. Noslēguma maksājuma pieprasījumu Finansējuma saņēmējs iesniedz 20 darbdienu laikā pēc Līguma 1.punktā noteiktajām Projekta darbību īstenošanas laika beigām vai pēc pēdējā Finansējuma saņēmēja veiktā maksājuma, ja maksājums veikts ne vēlāk kā 20 (divdesmit) darbdienu laikā pēc Līguma 1.punktā noteiktajām Projekta darbību īstenošanas laika beigām, bet ne vēlāk kā 31.12.2029. Atsevišķos gadījumos, Finansējuma saņēmējam vienojoties ar Sadarbības iestādi, maksājuma pieprasījuma iesniegšanas termiņš var tikt mainīts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D107DCD" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Pirmajā maksājuma pieprasījumā Finansējuma saņēmējs kā pārskata perioda sākuma datumu norāda Līguma spēkā stāšanās datumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C65E1F0" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Maksājuma pieprasījuma sadaļas aizpilda un iesniedz atbilstoši Sadarbības iestādes Projektu portālā (KPVIS) pieejamajai formai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5186D1" w14:textId="49321228" w:rsidR="00773C6C" w:rsidRDefault="00CE4BDF" w:rsidP="00773C6C">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="37" w:author="Andra Rūse" w:date="2025-12-11T15:12:00Z" w16du:dateUtc="2025-12-11T13:12:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773C6C">
+        <w:t>Maksājuma pieprasījumā iekļautos Izdevumus vai Rezultātu pamatojošos dokumentus, t. sk. komunikācijas un vizuālās identitātes prasību ievērošanu apliecinošo liecību, Finansējuma saņēmējs iesniedz pēc Sadarbības iestādes pieprasījuma izlases veida pārbaudes veikšanai, Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 5 (piecām) darbdienām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA78891" w14:textId="5F7B6EAB" w:rsidR="004D667B" w:rsidRPr="00773C6C" w:rsidRDefault="00CE4BDF" w:rsidP="00773C6C">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="38" w:author="Andra Rūse" w:date="2025-12-11T15:11:00Z" w16du:dateUtc="2025-12-11T13:11:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00773C6C">
+        <w:t>Finansējuma saņēmējs kopā ar kārtējo maksājuma pieprasījumu iesniedz iznākuma rādītāja sasniegšanu apliecinošu Dabas aizsardzības pārvaldes atzinumu par aizsardzības un atjaunošanas pasākumu īstenošanas platību projekta Natura 2000 teritorijā atbilstoši Dabas aizsardzības pārvaldes metodiskajiem norādījumiem un rezultāta rādītāja sasniegšanu apliecinošu sugu vai biotopu eksperta izdotu atzinumu par atjaunoto degradēto Eiropas Savienības nozīmes biotopu teritoriju platību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0164D73E" w14:textId="4EB1D1CA" w:rsidR="004D667B" w:rsidRPr="004D667B" w:rsidRDefault="004D667B" w:rsidP="004D667B">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="39" w:author="Andra Rūse" w:date="2025-12-11T14:25:00Z" w16du:dateUtc="2025-12-11T12:25:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="40" w:author="Andra Rūse" w:date="2025-12-11T15:11:00Z">
+        <w:r w:rsidRPr="39DA936A">
+          <w:t>Finansējuma saņēmējs kopā ar Noslēguma maksājuma pieprasījumu iesniedz projekta darbību īstenošanas rezultātā gūto ieņēmumu un darbību izmaksas pamatojošos dokumentus</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="41" w:author="Dagnija Burtniece-Pīlēna" w:date="2025-12-16T17:28:00Z" w16du:dateUtc="2025-12-16T15:28:00Z">
+        <w:r w:rsidR="005D5AA7">
+          <w:t xml:space="preserve"> (ja attiecināms)</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="42" w:author="Andra Rūse" w:date="2025-12-11T15:11:00Z">
+        <w:r w:rsidRPr="39DA936A">
+          <w:t xml:space="preserve">. Pirms vai kopā ar Noslēguma maksājuma pieprasījumu, ja tas nepieciešams, iesniedz aktualizētu </w:t>
+        </w:r>
+        <w:del w:id="43" w:author="Jānis Pērkons" w:date="2025-12-12T09:06:00Z">
+          <w:r w:rsidRPr="39DA936A" w:rsidDel="004D667B">
+            <w:delText xml:space="preserve">Izmaksu un ieguvumu analīzi (ja attiecināms) vai </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidRPr="39DA936A">
+          <w:t>Finanšu analīzi</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="44" w:author="Dagnija Burtniece-Pīlēna" w:date="2025-12-16T17:28:00Z" w16du:dateUtc="2025-12-16T15:28:00Z">
+        <w:r w:rsidR="005D5AA7">
+          <w:t xml:space="preserve"> (ja attiecināms)</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="45" w:author="Andra Rūse" w:date="2025-12-11T15:11:00Z">
+        <w:r w:rsidRPr="39DA936A">
+          <w:t>, kurā ņemti vērā faktiski gūtie neto ieņēmumi no projekta darbību īstenošanas projekta ieviešanas laikā, nosakot ES fondu atbalsta likmi projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="46" w:author="Andra Rūse" w:date="2025-12-18T10:35:00Z" w16du:dateUtc="2025-12-18T08:35:00Z">
+        <w:r w:rsidR="003A2BFD">
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="76A48EB2" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Starpposma maksājuma pieprasījumiem par pirmajiem 6 (sešiem) mēnešiem saimnieciskā gada ietvaros no avansa saņemšanas dienas ir jābūt vismaz piešķirtās Avansa summas apmērā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCF93F1" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Finansējuma saņēmējs nevar izlietot Avansa maksājumu noteiktajā termiņā, tas informē Sadarbības iestādi vismaz 10 (desmit) darbdienas pirms maksājuma pieprasījuma iesniegšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AB4C0D" w14:textId="72DC7EA5" w:rsidR="003E7E42" w:rsidDel="006B4E0F" w:rsidRDefault="00CE4BDF">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="47" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Avansa maksājumu un starpposma maksājumu summa nedrīkst pārsniegt 90 % no Projektam piešķirtā Eiropas Reģionālās attīstības fonda finansējuma un, ja Projektā paredzēts — valsts budžeta finansējuma apjoma .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9D05BE" w14:textId="3CD6C009" w:rsidR="006B4E0F" w:rsidRPr="00423D87" w:rsidDel="006B4E0F" w:rsidRDefault="006B4E0F">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="48" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="49" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z">
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
+          <w:delText xml:space="preserve">Finansējuma saņēmējs pēc Sadarbības iestādes pieprasījuma iesniedz apliecinājumu, ka Projekta ietvaros neveic ar pievienotās vērtības nodokli apliekamus darījumus vai veic darījumus, uz kuriem nav attiecināms </w:delText>
+        </w:r>
+        <w:r w:rsidDel="006B4E0F">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00305362" w:rsidRPr="00423D87">
-[...3 lines deleted...]
-          <w:delInstrText>HYPERLINK "https://www.cfla.gov.lv/lv" \h</w:delInstrText>
+        <w:r w:rsidDel="006B4E0F">
+          <w:delInstrText>HYPERLINK "https://likumi.lv/ta/id/253451-pievienotas-vertibas-nodokla-likums" \h</w:delInstrText>
         </w:r>
-        <w:r w:rsidR="00305362" w:rsidRPr="00423D87">
-[...7 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidDel="006B4E0F">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00305362" w:rsidRPr="00423D87">
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:delText>www.cfla.gov.lv</w:delText>
+          <w:delText>Pievienotās vērtības nodokļa likums</w:delText>
         </w:r>
-        <w:r w:rsidR="00305362" w:rsidRPr="00423D87">
-[...2 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidDel="006B4E0F">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidRPr="00423D87">
-[...3 lines deleted...]
-          <w:delText xml:space="preserve">, par katru iepirkumu, kura līgumcena sasniedz robežu, no kuras iepirkums ir jāveic saskaņā ar Publisko iepirkumu likumu un normatīvo aktu </w:delText>
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
+          <w:delText>.</w:delText>
         </w:r>
-        <w:r w:rsidRPr="00423D87">
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="41F223CA" w14:textId="7ADCC005" w:rsidR="006B4E0F" w:rsidRPr="00423D87" w:rsidDel="006B4E0F" w:rsidRDefault="006B4E0F">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="50" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="51" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z">
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
+          <w:delText>Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc attiecīgā pārskata perioda beigām saskaņā ar MK noteikumiem</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
           <w:rPr>
             <w:rStyle w:val="Vresatsauce"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:footnoteReference w:id="20"/>
+          <w:footnoteReference w:id="22"/>
         </w:r>
-        <w:r w:rsidRPr="00423D87">
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
+          <w:delText>, Projektu portālā (KPVIS) iesniedz elektroniska dokumenta formā aizpildītu pārskatu par pievienotās vērtības nodokļa summām, kuras Finansējuma saņēmējs pārskata periodā paredz iekļaut Projekta attiecināmajās izmaksās, ja Finansējuma saņēmējam saskaņā ar SAM MK noteikumiem pievienotās vērtības nodoklis ir Attiecināmie izdevumi un tos nav tiesību atskaitīt no valsts budžetā maksājamās nodokļa summas kā priekšnodokli</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00423D87" w:rsidDel="006B4E0F">
           <w:rPr>
-            <w:lang w:val="lv-LV"/>
+            <w:rStyle w:val="Vresatsauce"/>
           </w:rPr>
-          <w:delText xml:space="preserve"> . Aizpildītu iepirkuma dokumentācijas atbilstības pašpārbaudes lapu un iepirkuma norises atbilstības pašpārbaudes lapu iesniedz kopā ar maksājuma pieprasījumu, kurā pirmo reizi iekļauti izdevumi par attiecīgo iepirkuma līgumu vai pēc Sadarbības iestādes pieprasījuma.</w:delText>
+          <w:footnoteReference w:id="23"/>
         </w:r>
       </w:del>
     </w:p>
-    <w:p w14:paraId="662C8756" w14:textId="3A14FE17" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...19 lines deleted...]
-        <w:r w:rsidR="00277A36" w:rsidRPr="00423D87">
+    <w:p w14:paraId="35B30895" w14:textId="77777777" w:rsidR="006B4E0F" w:rsidRPr="00C25DB7" w:rsidRDefault="006B4E0F" w:rsidP="006B4E0F">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F127631" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde tai iesniegto maksājuma pieprasījumu izskata, pamatojoties uz maksājuma pieprasījuma iesniegšanas brīdī spēkā esošo Līgumu un SAM MK noteikumos noteiktajiem Projekta ieviešanas nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2EE96B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Sadarbības iestāde pārbauda Finansējuma saņēmēja iesniegto maksājuma pieprasījumu (tai skaitā, šo noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA76BA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>9.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">. apakšpunktā minētos dokumentus) un apstiprina attiecināmos izdevumus un veic maksājumu 80 (astoņdesmit) dienu laikā, ieskaitot informācijas precizēšanai un maksājuma veikšanai nepieciešamo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">laiku, pēc šo noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA76BA">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>apakšpunktā minētā maksājuma pieprasījuma saņemšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4D607A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Sadarbības iestāde iesniegtajos dokumentos konstatē nepilnības, Finansējuma saņēmējam ir pienākums ne vēlāk kā 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestāde ir nosūtījusi Finansējuma saņēmējam rakstisku paziņojumu par Finansējuma saņēmēja iesniegtajos maksājuma pieprasījumu Izdevumus vai Rezultātus pamatojošos dokumentos konstatētajām nepilnībām, šīs nepilnības novērst. Gadījumā, ja Finansējuma saņēmējs konstatētās nepilnības nenovērš šajā apakšpunktā minētajā termiņā, Sadarbības iestāde var piemērot šo noteikumu 11. un 13. sadaļā paredzētās sankcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6179B9CB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādei ir tiesības iesniegto maksājuma pieprasījumu noraidīt, ja pēc Sadarbības iestādes pieprasījuma Finansējuma saņēmējs neiesniedz šo noteikumu 9.10. apakšpunktā minētos pamatojošos dokumentus vai nenovērš šo noteikumu 9.18. apakšpunktā minētās Sadarbības iestādes norādītās nepilnības noteiktajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478E6E92" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Finansējuma saņēmējs šo noteikumu 9.7. apakšpunktā paredzētajā termiņā nav iesniedzis Sadarbības iestādē maksājuma pieprasījumu, Sadarbības iestāde nosūta Finansējuma saņēmējam rakstisku atgādinājumu un brīdina par iespējamām saistību neizpildes sekām. Ja Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc rakstiska atgādinājuma nosūtīšanas neiesniedz Sadarbības iestādei maksājuma pieprasījumu, Sadarbības iestāde var piemērot šo noteikumu 11. un 13. sadaļā paredzētās sankcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122EC68E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādei ir tiesības maksājuma pieprasījuma izvērtēšanas laikā pieaicināt ekspertu, lai pārbaudītu, vai Attiecināmie izdevumi ir samērīgi un ekonomiski pamatoti, kā arī lai pārbaudītu Attiecināmo izdevumu pozīciju atbilstību Projektā plānotajam, Projekta darbību izpildes apmērus un atbilstību Projekta mērķim. Kompensācijas trešajām personām par kaitējumu, kas ir nodarīts Projekta īstenošanas gaitā Finansējuma saņēmēja , sadarbības partnera vai darbu izpildītāju darbības vai bezdarbības rezultātā, uzskatāmas par neattiecināmiem izdevumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A6733A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="attiecināmo-izdevumu-apmēra-samazināšana"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Attiecināmo izdevumu apmēra samazināšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="1BA38344" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde var samazināt Attiecināmo izdevumu summu, ja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEBBB1D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs nenodrošina normatīvo aktu vai Līguma nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772383C2" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs nenodrošina konstatēto trūkumu novēršanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DFDBFC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>faktiski veiktās izmaksas vai darbības Projektā veiktas mazākā apmērā, nekā norādīts apstiprinātajā Projektā un tā pielikumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF6C947" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>nav īstenota kāda no Projekta darbībām ,tai skaitā darbības, kas attiecas uz horizontālo principu ieviešanu vai netiek sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0585A314" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs nav iesniedzis Izdevumus vai Rezultātus pamatojošos dokumentus vai tie nav pietiekami, lai apliecinātu Attiecināmo izdevumu atbilstību normatīvo aktu vai Līguma nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15692BF5" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">maksājuma pieprasījumā norādītie izdevumi neatbilst SAM MK noteikumos un Vadošās iestādes metodikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="24"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> noteiktajam vienkāršoto izmaksu veidam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6B6F36" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>maksājuma pieprasījumā norādītie izdevumi neatbilst SAM MK noteikumos noteiktajam vienkāršoto izmaksu veidam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B414D2" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projektā veiktie izdevumi nav atbilstoši drošas finanšu vadības principam, nav samērīgi un ekonomiski pamatoti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFB3903" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs iepirkumu Projekta ietvaros nav veicis atbilstoši normatīvo aktu vai Līguma prasībām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB47D81" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>konstatēti Neatbilstoši veiktie izdevumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECBB633" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs Projekta īstenošanas laikā ir maldinājis Sadarbības iestādi, sniedzot nepatiesu informāciju, un nav lietderīgi un samērīgi izbeigt Līgumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9F37A0" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs neizlieto avansu 6 (sešu) mēnešu laikā saimnieciskā gada ietvaros. Attiecināmie izdevumi tiek samazināti par summu, ko Finansējuma saņēmējs saņēmis no kredītiestādes par avansa atrašanos Finansējuma saņēmēja kontā kredītiestādē laikā no avansa saņemšanas dienas Finansējuma saņēmēja kontā līdz avansa izlietošanai noteiktajam termiņam. Šādā gadījumā Finansējuma saņēmējs nākamajam maksājuma pieprasījumam pievieno kredītiestādes izziņu par avansa izlietošanai noteiktajā periodā gūtajiem ieņēmumiem no avansa summas atrašanās Finansējuma saņēmēja kontā kredītiestādē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419D3522" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>tiek konstatēta neatbilstība Regulas 2021/1060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="25"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 2. panta 31. punkta izpratnē un ir piemērota Finanšu korekcija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3F0CE5" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Ja Sadarbības iestāde samazina maksājuma pieprasījumā norādīto Attiecināmo izdevumu apmēru, tā informē Finansējuma saņēmēju, norādot pamatojumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC597C3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="maksājuma-apturēšana"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Maksājuma apturēšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="2666EBC6" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="33A1B58C">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t>Ja pastāv kaut viens no turpmāk minētajiem apstākļiem, Sadarbības iestāde līdz šo apstākļu un to izraisīto seku pilnīgai izvērtēšanai vai novēršanai var apturēt Atbalsta summas maksājuma veikšanu , nepieciešamības gadījumā norādot termiņu attiecīgo apstākļu novēršanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="26"/>
+      </w:r>
+      <w:r w:rsidRPr="33A1B58C">
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBF065D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Projekta īstenošanas laikā ir iestājušies apstākļi, kas rada Līguma noteikto Finansējuma saņēmēja pienākumu un sniegto apliecinājumu pārkāpumu, kā arī Projekta pārbaudes rezultātā tiek konstatēti trūkumi un noteikts termiņš to novēršanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D0EB0A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ja rodas pamatotas aizdomas, ka Finansējuma saņēmēja veiktie izdevumi nav uzskatāmi par Attiecināmajiem izdevumiem vai nav atbilstoši drošas finanšu vadības principam, nav samērīgi un ekonomiski pamatoti un apstākļu noskaidrošanai ir nepieciešams saņemt eksperta vai kompetentās iestādes atzinumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D56E37" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Finansējuma saņēmējs vairs neatbilst SAM MK noteikumu prasībām, kas noteiktas Finansējuma saņēmējam, lai tas varētu pretendēt uz Atbalsta summu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B102E58" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ja saistībā ar darbībām Projekta īstenošanas ietvaros ir uzsākts administratīvā pārkāpuma process vai kriminālprocess;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5758BF6F" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pret Finansējuma saņēmēju tiesā vai šķīrējtiesā ir iesniegts prasības pieteikums vai pieteikums par prasības nodrošinājumu par summu, kas pārsniedz 50 % (piecdesmit procentus) no Atbalsta summas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C83E8EC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nav sasniegti uzraudzības rādītāji, kas tika norādīti Projektā ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298CEB38" w14:textId="464AE0CB" w:rsidR="003E7E42" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Finansējuma saņēmējs nav nodrošinājis maksājuma pieprasījuma iesniegšanu šo noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015791F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>9.7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> apakšpunktā paredzētajā termiņā vai nav novērsis maksājuma pieprasījumā konstatētās nepilnības šo noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015791F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>9.18.</w:t>
+      </w:r>
+      <w:r w:rsidR="001B03F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>apakšpunktā minētajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185CF6BF" w14:textId="2ED16FFF" w:rsidR="0015791F" w:rsidRPr="0023254A" w:rsidDel="0023254A" w:rsidRDefault="0015791F" w:rsidP="0015791F">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="58" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z"/>
+          <w:color w:val="FF0000"/>
+          <w:rPrChange w:id="59" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z">
+            <w:rPr>
+              <w:del w:id="60" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z"/>
+              <w:strike/>
+              <w:color w:val="FF0000"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="61" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z">
+        <w:r w:rsidRPr="0023254A" w:rsidDel="0023254A">
           <w:rPr>
-            <w:lang w:val="lv-LV"/>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="62" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
           </w:rPr>
-          <w:delText xml:space="preserve"> vai normatīvo aktu</w:delText>
+          <w:delText>Sadarbības iestādei ir tiesības lūgt pagarināt kredītiestādes garantijas termiņu par periodu, kamēr maksājums ir apturēts.</w:delText>
         </w:r>
       </w:del>
-      <w:r w:rsidRPr="00423D87">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+    </w:p>
+    <w:p w14:paraId="18CD8E02" w14:textId="77777777" w:rsidR="0015791F" w:rsidRPr="00C25DB7" w:rsidRDefault="0015791F" w:rsidP="0015791F">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:ind w:left="1224"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A79BD8" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="līguma-grozījumi"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma grozījumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="7A89F73D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Ja pēc līguma noslēgšanas tā individuālajā daļā vai Projektā, vai Līguma pielikumos ir nepieciešami grozījumi, Sadarbības iestāde vai Finansējuma saņēmējs Projektu portālā (KPVIS) ierosina Līguma grozījumus. Līguma grozījumus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">veic par būtiskām izmaiņām, kas attiecas uz Projekta iesnieguma datu laukiem, kas norādīti MK noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+        </w:rPr>
+        <w:footnoteReference w:id="27"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 1.pielikuma 3. punktā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8B7891" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma grozījumus noformē, Pusēm savstarpēji rakstiski vienojoties un apstiprinot Līguma grozījumus Projektu portālā (KPVIS), ja vien Līgumā nav noteikta cita kārtība.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765D82D9" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma grozījumi stājas spēkā ar attiecīgo grozījumu priekšlikuma saņemšanas dienu Sadarbības iestādē, izņemot gadījumus, kad Sadarbības iestāde noteikusi citu Līguma grozījumu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6D66D6" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestādes ierosinātie Līguma grozījumi par izmaiņām Līguma 1.pielikumā “Līguma vispārīgie noteikumi” stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kas Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6576F3C2" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ierosinot Līguma grozījumus, Finansējuma saņēmējs vienlaikus ar grozījumu priekšlikumu Projektu portālā (KPVIS) iesniedz Sadarbības iestādei:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674D031B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>pamatojuma informāciju, tai skaitā dokumentus, kas pamato ierosinātos Līguma grozījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A85F20" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">koriģētas Projekta iesnieguma veidlapas attiecīgās sadaļas atbilstoši MK noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...12 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:footnoteReference w:id="28"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 1.pielikuma 3. punktā noteiktajiem datu laukiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21801CBC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Sadarbības iestāde 20 (divdesmit) darbdienu laikā no Finansējuma saņēmēja ierosināto grozījumu priekšlikuma saņemšanas veic to izvērtēšanu un, ja nepieciešams, veic grozījumu saskaņošanu ar Atbildīgo iestādi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61072949" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos Līguma grozījumus noraida, tā informē Finansējuma saņēmēju par noraidīšanas pamatojumu, kā arī, ja nepieciešams, norāda informāciju par nepieciešamajiem precizējumiem un grozījumu atkārtotas iesniegšanas kārtību. Sadarbības iestādei ir tiesības noraidīt Finansējuma saņēmēja ierosinātos grozījumus, ja Projekta īstenošana nav iespējama atbilstoši Projektā noteiktajam un, ja šie grozījumi ietekmē Projekta mērķu un Projektā norādīto uzraudzības rādītāju un horizontālo principu rādītāju sasniegšanu, pasliktina sākotnējo Projekta novērtējumu pēc Specifiskā atbalsta mērķa vai tā pasākuma , vai atlases kārtas projektu iesniegumu vērtēšanas kritērijiem, ir pretrunā normatīvajiem aktiem, Līguma nosacījumiem, kā arī citos gadījumos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56755269" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>dokumentu izstrādāšanā, tam nav bijušas citas priekšrocības vai tas kā citādi nav ietekmējis Finansējuma saņēmēja lēmuma pieņemšanu.</w:t>
-[...342 lines deleted...]
-        <w:r w:rsidR="00EA6446" w:rsidRPr="00423D87">
+        <w:t>Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos grozījumus apstiprina, tā nosūta paziņojumu par Līguma grozījumu apstiprināšanu vai Sadarbības iestādes apstiprinātos Līguma grozījumus Finansējuma saņēmējam apstiprināšanai un parakstīšanai Projektu portālā (KPVIS). Finansējuma saņēmējs Sadarbības iestādes noteiktajā termiņā apstiprina un paraksta Līguma grozījumus Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E24483" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Finansējuma saņēmēja ierosinātajos grozījumos veicami precizējumi, Sadarbības iestāde informē Finansējuma saņēmēju par veicamajiem precizējumiem un norāda termiņu veicamo precizējumu iesniegšanai Projektu portālā (KPVIS). Grozījumu izvērtēšanas termiņu pagarina par precizējumu izskatīšanai nepieciešamo laiku, bet ne vairāk kā par 20 (divdesmit) darbdienām no precizējumu saņemšanas dienas Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA9569B" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Līguma izmaiņas attiecas uz Pušu pamatdatiem (kontaktinformācija, juridiskā adrese, atbildīgā amatpersona) Sadarbības iestāde vai Finansējuma saņēmējs veic atbilstošas izmaiņas Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208589FC" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līguma grozījumi par Attiecināmo izdevumu gala summu pēc informācijas par Projekta izdevumiem un īstenošanas progresu, rādītāju sasniegšanu un Projekta noslēguma maksājuma pieprasījuma izskatīšanas un samazinot Projekta attiecināmo izdevumu summu par neatbilstoši veikto izdevumu summu pēc lēmuma par neatbilstības konstatēšanu apstrīdēšanas termiņa beigām, tiek noformēti kā vienpusējs Sadarbības iestādes paziņojums un stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kad Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu grozījumu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14BB3FFB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Līguma grozījumi attiecas uz Līguma 2.pielikuma sadaļā “Projekta budžeta kopsavilkums” iekļauto neparedzēto izdevumu pārdali citiem Projekta Attiecināmajiem izdevumiem, Finansējuma saņēmējs paziņo par nepieciešamajām izmaiņām, iesniedzot Sadarbības iestādē precizētu Līguma 2.pielikuma sadaļu “Projekta budžeta kopsavilkums” un pamatojumu pārdales nepieciešamībai šo noteikumu 12.5. apakšpunktā noteiktajā kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44558A4E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Līgumā noteikto dokumentu veidlapas, informācijas laukus Projektu portālā (KPVIS) Sadarbības iestāde ir tiesīga grozīt vienpusēji bez iepriekšējas saskaņošanas ar Finansējuma saņēmēju. Informācija par veiktajiem grozījumiem dokumentu veidlapās nekavējoties tiek ievietota Sadarbības iestādes tīmekļa vietnē </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00C25DB7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:lang w:val="lv-LV"/>
-[...1117 lines deleted...]
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423D87">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t xml:space="preserve"> un ir Finansējuma saņēmējam saistoša no to ievietošanas brīža.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72AF98F6" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="43174D29" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
-[...10 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="X9d206f08baa12f2c24cddf4a166170229820d1d"/>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Līguma izbeigšanas kārtība un spēkā neesamība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...16 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="2A2E0A69" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Līgums izbeidzas ar Pušu saistību pilnīgu izpildi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7838C9D3" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4CB56316" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:lastRenderedPageBreak/>
         <w:t>Puses var izbeigt Līguma darbību pirms Līguma noteikto saistību izpildes termiņa iestāšanās, savstarpēji vienojoties, ja vien šajā Līgumā attiecībā uz Pušu tiesībām un pienākumiem nav noteikta cita kārtība. Vienošanās par Līguma izbeigšanu tiek noformēta rakstiski.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A38B34" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="57277D55" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Ja Finansējuma saņēmējs ierosina izbeigt Līgumu un Finansējuma saņēmējam Projekta īstenošanas laikā nav veikta Atbalsta summas vai tās daļas izmaksa, kā arī nav citu no Līguma izrietošu saistību pret Sadarbības iestādi, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad saņemts Finansējuma saņēmēja rakstisks ierosinājums, veic apstākļu izvērtēšanu, pēc kā nosūta Finansējuma saņēmējam parakstītu vienošanos par Līguma izbeigšanu, izņemot šo noteikumu 13.7. apakšpunktā paredzētajā gadījumā. Ja Sadarbības iestāde ierosina Līguma izbeigšanu, tā nosūta Finansējuma saņēmējam parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs pēc vienošanās par Līguma izbeigšanu parakstīšanas nosūta Sadarbības iestādei tās eksemplāru. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2024ED" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6BD4C1B8" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Ja Finansējuma saņēmējs vai Sadarbības iestāde ierosina izbeigt Līgumu un Finansējuma saņēmējam Projekta īstenošanas laikā ir radušies izdevumi, Sadarbības iestāde:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12358C8A" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="3BF06A95" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="74"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>pieņem lēmumu par Līguma izbeigšanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5D47F3" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="477CC21C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="74"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>nosūta Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs Sadarbības iestādes noteiktā termiņā paraksta vienošanos par Līguma izbeigšanu un nosūta parakstītu vienošanos par Līguma izbeigšanu Sadarbības iestādei. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1503F57C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Finansējuma saņēmējs vai Sadarbības iestāde ierosina izbeigt Līgumu un Finansējuma saņēmējam ir veikta Atbalsta summas vai tās daļas izmaksa, Finansējuma saņēmējam ir pienākums veikt saņemtās Atbalsta summas vai tās daļas atmaksu Sadarbības iestādei. Sadarbības iestāde šādā gadījumā pēc Finansējuma saņēmēja rakstveida ierosinājuma izbeigt Līgumu saņemšanas vai ierosinot izbeigt Līgumu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05ED3FBB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>paziņo Finansējuma saņēmējam termiņu, kādā saņemtā Atbalsta summa vai tās daļa atmaksājama, veicot pārskaitījumu uz Sadarbības iestādes norādīto kontu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB2B2C2" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta Finansējuma saņēmēja pārskaitītā visa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>nosūta Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs Sadarbības iestādes noteiktā termiņā paraksta vienošanos par Līguma izbeigšanu un nosūta parakstītu vienošanos par Līguma izbeigšanu Sadarbības iestādei. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="2DDF2D45" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+        <w:t>Atbalsta summas vai tās daļas atmaksa, nosūta Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs pēc vienošanās parakstīšanas nosūta Sadarbības iestādei parakstīto vienošanos par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39176212" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="75"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="65D88BA0" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>ja Finansējuma saņēmējs objektīvu apsvērumu dēļ nevar nodrošināt saņemtās Atbalsta summas vai tās daļas atmaksu Sadarbības iestādes noteiktajā termiņā, Puses noslēdz rakstisku vienošanos par saņemtās Atbalsta summas vai tās daļas atmaksas grafiku. Ar šīs vienošanās par saņemtās Atbalsta summas vai tās daļas atmaksas grafiku tiek izbeigta Līguma darbība un Finansējuma saņēmēja saistību izpilde Atbalsta summas vai tās daļas atmaksai tiek nodrošināta vienošanās ietvaros atbilstoši tās nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18783A24" w14:textId="07CAE858" w:rsidR="004F1225" w:rsidRPr="0023254A" w:rsidDel="0023254A" w:rsidRDefault="006073A2" w:rsidP="00D04D61">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="65" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="66" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z">
+        <w:r w:rsidRPr="0023254A" w:rsidDel="0023254A">
+          <w:rPr>
+            <w:color w:val="FF0000"/>
+            <w:rPrChange w:id="67" w:author="Andra Rūse" w:date="2025-12-11T14:23:00Z" w16du:dateUtc="2025-12-11T12:23:00Z">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:delText>Līguma izbeigšanas gadījumā, pirms vienošanās par līguma izbeigšanu parakstīšanu Sadarbības iestāde šo noteikumu 9.4. apakšpunktā norādīto kredītiestādes garantiju atbrīvo, ja nav veikts avansa maksājums Finansējuma saņēmējam. Gadījumā, ja avansa maksājums ir veikts, Sadarbības iestāde kredītiestādes garantiju atbrīvo pēc tam, kad Finansējuma saņēmējs ir veicis avansa maksājuma pilnīgu atmaksu atbilstoši 13.5. apakšpunktam. Gadījumā, ja Finansējuma saņēmējs neveic saņemtā avansa maksājuma atmaksu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde pieprasa avansa maksājuma garantijas apmaksu no garantijas devēja.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="33644ECB" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības vienpusēji atkāpties no Līguma atbilstoši MK noteikumos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteReference w:id="29"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> noteiktajam šādos gadījumos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFC8393" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="75"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="3F7177FB" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>konstatēts, ka visi Projekta izdevumi atzīti par Neatbilstoši veiktiem izdevumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC343B4" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="75"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>konstatēts, ka nav sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCB4330" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>konstatēts, ka Finansējuma saņēmējs Projekta darbību īstenošanas laikā, pēc atkārtota Sadarbības iestādes brīdinājuma, nepilda normatīvajos aktos vai Līgumā noteiktos pienākumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CF690A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>konstatēts, ka Līgumu nav iespējams izpildīt tādēļ, ka ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas ES vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas. Šādā gadījumā Sadarbības iestāde nosūta Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu. Finansējuma saņēmējam ir pienākums pirms Līguma izbeigšanas veikt saņemtās Atbalsta summas vai tās daļas atmaksu Sadarbības iestādei Līgumā noteiktajā kārtībā (ja attiecināms).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17611CB9" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Visos Līgumā minētajos gadījumos, kad Līgums tiek izbeigts ar Sadarbības iestādes vienpusēju paziņojumu, ja paziņojums tiek nosūtīts ar elektroniskā pasta starpniecību, izmantojot drošu elektronisko parakstu, Līgums uzskatāms par izbeigtu otrajā darbdienā pēc tā nosūtīšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED97387" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Gadījumos, kad Līgums tiek izbeigts saskaņā ar Pušu rakstisku vienošanos, par Līguma izbeigšanas dienu uzskatāma diena, kad to parakstījusi pēdējā no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>iestādes noteiktajā termiņā, Sadarbības iestāde pieprasa avansa maksājuma garantijas apmaksu no garantijas devēja.</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00423D87">
+        <w:t>Pusēm, ja vien Sadarbības iestāde minētajā vienošanās nav noteikusi citu Līguma izbeigšanas termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB251FF" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līgums uzskatāms par spēkā neesošu no tā parakstīšanas dienas, ja tas ticis noslēgts, pamatojoties uz prettiesisku pārvaldes lēmumu par Projekta iesnieguma apstiprināšanu un minētais pārvaldes lēmums ticis atcelts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCCC504" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="noslēguma-jautājumi"/>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Noslēguma jautājumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="21AE210D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Nosacījumi, kas tieši nav atrunāti Līgumā, tiek risināti saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30308C96" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja viens vai vairāki Līguma noteikumi jebkādā veidā kļūst par spēkā neesošiem, pretlikumīgiem, tas nekādā veidā neierobežo un neietekmē pārējo Līguma noteikumu spēkā esamību, likumību vai izpildi. Šādā gadījumā Puses apņemas veikt visu iespējamo spēku zaudējušo saistību pārskatīšanu saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56441C5E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve">Projekta lieta ir pieejama Likumā, Informācijas atklātības likumā un Regulas 2021/1060 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:lang w:val="lv-LV"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="6F0C96AA" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+        </w:rPr>
+        <w:footnoteReference w:id="30"/>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> 49. panta 3. punktā noteiktajā apjomā un kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D224583" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Ja Līgumā nav norādīts citādi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A2C517" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="76"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="50FCE381" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>sadaļu un punktu virsraksti ir norādīti tikai pārskatāmības labad un neietekmē Līguma būtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBA8EA0" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="76"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="10B0AD80" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>atsauce uz Līgumu, dokumentu vai normatīvo aktu ir uzskatāma par atsauci uz to Līguma, dokumenta vai normatīvā akta redakciju, kas ir spēkā brīdī, kad ir piemērojama vai izpildāma attiecīgā Līguma norma, kura atsaucas uz Līgumu, dokumentu vai normatīvo aktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253B8408" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="76"/>
-[...150 lines deleted...]
-        </w:rPr>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>atsauce uz personu ietver arī tās tiesību un saistību pārņēmējus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324C0A43" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Līgums ir saistošs Pusēm un to tiesību un saistību pārņēmējiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42805F05" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t>Puses tiek atbrīvotas no atbildības par Līguma pilnīgu vai daļēju neizpildi, ja šāda neizpilde radusies nepārvaramas varas vai ārkārtēju apstākļu rezultātā, kuru darbība sākusies pēc Līguma noslēgšanas un kurus nevarēja iepriekš ne paredzēt, ne novērst. Pie nepārvaramas varas un ārkārtējiem apstākļiem pieskaitāmi: stihiskas nelaimes, avārijas, katastrofas, epidēmijas, epizootijas, kara darbība, nemieri, kas kavē vai pārtrauc Līguma saistību pilnīgu izpildi. Puses apņemas veikt nepieciešamos pasākumus, lai līdz minimumam samazinātu kaitējumus, kas var izrietēt no nepārvaramas varas apstākļiem, kā arī izpildīt attiecīgo Līguma saistību pēc nepārvaramas varas vai ārkārtējo apstākļu beigām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1BAF81" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:lastRenderedPageBreak/>
-        <w:t>apņemas veikt visu iespējamo spēku zaudējušo saistību pārskatīšanu saskaņā ar normatīvajiem aktiem.</w:t>
-[...182 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Par nepārvaramas varas un ārkārtējiem apstākļiem tiek ziņots rakstiski šo noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C5568">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>2.1.17.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DB7">
+        <w:t xml:space="preserve"> apakšpunktā noteiktajā kārtībā. Ziņojumā jānorāda, kādā termiņā ir iespējama un paredzama Līgumā noteikto saistību izpilde, un pēc otras Puses pieprasījuma papildus jāiesniedz izziņa, kuru izsniegusi kompetenta institūcija un kura satur minēto ārkārtējo apstākļu darbības apstiprinājumu un to raksturojumu. Šādā gadījumā Līgumā paredzēto Pušu pienākumu veikšanas termiņš tiek atlikts samērīgi ar šādu apstākļu darbības ilgumu, ievērojot pieļaujamo Projekta īstenošanas ilgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BD1A22" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Strīdus, kas rodas Līguma darbības laikā, Puses risina savstarpējā sarunu ceļā, panākot vienošanos, kura tiek noformēta rakstiski.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B8A22AD" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidRDefault="0020029C" w:rsidP="0020029C">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="72D1CD9A" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidRDefault="00CE4BDF" w:rsidP="00EE2537">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C25DB7">
         <w:t>Gadījumā, ja vienošanās netiek panākta, strīdi tiek risināti saskaņā ar Latvijas Republikas normatīvajos aktos noteikto kārtību.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EA6446" w:rsidRPr="00423D87" w:rsidSect="005213D2">
-      <w:headerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidR="003E7E42" w:rsidRPr="00C25DB7" w:rsidSect="00041410">
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="283" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="100"/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AD4EE58" w14:textId="77777777" w:rsidR="00EC3387" w:rsidRDefault="00EC3387">
+    <w:p w14:paraId="2C303519" w14:textId="77777777" w:rsidR="00BD1E55" w:rsidRDefault="00BD1E55">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33B189DA" w14:textId="77777777" w:rsidR="00EC3387" w:rsidRDefault="00EC3387">
+    <w:p w14:paraId="38B3FC13" w14:textId="77777777" w:rsidR="00BD1E55" w:rsidRDefault="00BD1E55">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05029BE2" w14:textId="77777777" w:rsidR="00EC3387" w:rsidRDefault="00EC3387">
+    <w:p w14:paraId="4B3062D7" w14:textId="77777777" w:rsidR="00BD1E55" w:rsidRDefault="00BD1E55">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63B28F16" w14:textId="77777777" w:rsidR="00EC3387" w:rsidRDefault="00EC3387">
+    <w:p w14:paraId="0A4D9603" w14:textId="77777777" w:rsidR="00BD1E55" w:rsidRDefault="00BD1E55">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-      <w:pPr>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="1A502554" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00111582">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vadošās iestādes “Vadlīnijas par finanšu korekciju piemērošanu, ziņošanu par Eiropas Savienības fondu īstenošanā konstatētajām neatbilstībām, neatbilstoši veikto izdevumu ieturēšanu un atgūšanu Eiropas Savienības fondu 2021.-2027.gada plānošanas periodā”, publicētas tīmekļa vietnē</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="6EEB6C72" w14:textId="2237D35A" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="1747DD6D" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00111582" w:rsidRDefault="00AA7988" w:rsidP="00111582">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:del w:id="2" w:author="Andra Rūse" w:date="2025-05-07T16:45:00Z" w16du:dateUtc="2025-05-07T13:45:00Z">
-[...18 lines deleted...]
-      </w:ins>
+      <w:r w:rsidRPr="004C78AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādāta redakcija)</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="58AC50CA" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="1CBF6962" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00306DEE">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādāta redakcija)</w:t>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.-2027.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="65A44D7E" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="7C40B5D0" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00306DEE">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Atsauce tiks precizēta pēc vadlīniju spēkā stāšanās</w:t>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="6B3DBB21" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="31F9ECB8" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00306DEE">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 19. decembra noteikumi Nr. 802 “Neatbilstību konstatēšanas un neatbilstoši veikto izdevumu atgūšanas kārtība Eiropas Savienības fondu īstenošanā 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="3A40D175" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="5BFF7088" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00306DEE" w:rsidRDefault="00AA7988" w:rsidP="00306DEE">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> MK 2023. gada 19. decembra noteikumi Nr. 802 “Neatbilstību konstatēšanas un neatbilstoši veikto izdevumu atgūšanas kārtība Eiropas Savienības fondu īstenošanā 2021.–2027. gada plānošanas periodā”</w:t>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00306DEE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> politikas programmas 2021.– 2027.gadam īstenošanai”, Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam īstenošanai”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="63B041B4" w14:textId="74DC456B" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="5A64B022" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00111582">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.– 2027.gadam īstenošanai”, Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam īstenošanai”</w:t>
+      <w:r w:rsidRPr="004C78AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="7BD58C2D" w14:textId="415FFCED" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="08D22634" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="00111582">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...34 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vadošās iestādes vadlīnijas “ES fondu 2021.-2027. gada un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas”, publicētas tīmekļa </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
-        <w:r w:rsidR="00EA6446" w:rsidRPr="00BF6F06">
+        <w:r w:rsidR="003E7E42" w:rsidRPr="004C78AD">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
-            <w:sz w:val="22"/>
-[...1 lines deleted...]
-            <w:lang w:val="lv-LV"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>vietnē</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="507EB04C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00111582">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="33E2837E" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="7B8CE1B3" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C78AD" w:rsidRDefault="00AA7988" w:rsidP="00111582">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:jc w:val="both"/>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="5702FCE9" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="00111582">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C78AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111582">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w14:paraId="1AF2B7E9" w14:textId="17602132" w:rsidR="003E7E42" w:rsidRPr="001E4C1A" w:rsidRDefault="00AA7988" w:rsidP="00485019">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023.gada 13.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4C1A" w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jūlija noteikumi Nr.408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4C1A" w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4C1A" w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="13">
+    <w:p w14:paraId="1FFDE2B5" w14:textId="7E121943" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="00485019">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023.gada 13.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4C1A" w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jūlija noteikumi Nr.408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4C1A" w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4C1A" w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4C1A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="14">
+    <w:p w14:paraId="030E6F7B" w14:textId="5451DA37" w:rsidR="003E7E42" w:rsidRPr="00F62AE4" w:rsidRDefault="00AA7988" w:rsidP="00F62AE4">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62AE4" w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="15">
+    <w:p w14:paraId="1095A54C" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="00F62AE4" w:rsidRDefault="00AA7988" w:rsidP="00F62AE4">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vadošās iestādes 3.02.2025. Vadlīnijas Eiropas Savienības fondu līdzfinansēto projektu riskos balstītām pārbaudēm 2021.-2027.gada plānošanas periodā</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="16">
+    <w:p w14:paraId="5C8299EC" w14:textId="1372266C" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="00F62AE4">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62AE4" w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F62AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="17">
+    <w:p w14:paraId="7BA2A13F" w14:textId="5657D3B6" w:rsidR="003E7E42" w:rsidRPr="004C2ACF" w:rsidRDefault="00AA7988" w:rsidP="00F841B9">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F841B9">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2ACF" w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="18">
+    <w:p w14:paraId="64093FB8" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C2ACF" w:rsidRDefault="00AA7988" w:rsidP="00F841B9">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Līgums par Eiropas Savienības darbību</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="19">
+    <w:p w14:paraId="4A8D4E0E" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="004C2ACF" w:rsidRDefault="00AA7988" w:rsidP="004C2ACF">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Iepirkumu uzraudzības biroja skaidrojums “Skaidrojums par priekšizpētes veikšanu paredzamās līgumcenas noteikšanai”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="20">
+    <w:p w14:paraId="570D9C87" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="004C2ACF">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004C2ACF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bijušais darbinieks šī līguma izpratnē ir darbinieks, kuram no darba tiesisko attiecību izbeigšanās dienas līdz paredzētajai uzņēmuma līguma noslēgšanai ir pagājuši mazāk kā divi gadi.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="21">
+    <w:p w14:paraId="06255214" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="002C008C" w:rsidRDefault="00AA7988" w:rsidP="00F06D94">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06D94">
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00F06D94">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 25.aprīļa noteikumi Nr.205 “Valsts budžeta līdzekļu plānošanas kārtība Eiropas Savienības fondu projektu īstenošanai un maksājumu veikšanai 2021.-2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="22">
+    <w:p w14:paraId="0153C717" w14:textId="77777777" w:rsidR="006B4E0F" w:rsidRPr="00BF6F06" w:rsidDel="006B4E0F" w:rsidRDefault="006B4E0F" w:rsidP="006B4E0F">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="52" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="lv-LV"/>
-[...312 lines deleted...]
-        <w:r w:rsidRPr="00BF6F06">
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="53" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z">
+        <w:r w:rsidRPr="00BF6F06" w:rsidDel="006B4E0F">
           <w:rPr>
             <w:rStyle w:val="Vresatsauce"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:footnoteRef/>
         </w:r>
-        <w:r w:rsidRPr="00BF6F06">
+        <w:r w:rsidRPr="00BF6F06" w:rsidDel="006B4E0F">
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:delText xml:space="preserve"> Ministru kabineta 2017. gada 28. februāra noteikumi Nr. 104 “Noteikumi par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem”</w:delText>
+          <w:delText xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:delText>
         </w:r>
       </w:del>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="21">
-    <w:p w14:paraId="3F6732DC" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+  <w:footnote w:id="23">
+    <w:p w14:paraId="06097482" w14:textId="77777777" w:rsidR="006B4E0F" w:rsidRPr="00BF6F06" w:rsidDel="006B4E0F" w:rsidRDefault="006B4E0F" w:rsidP="006B4E0F">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:del w:id="54" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="lv-LV"/>
-[...78 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="55" w:author="Andra Rūse" w:date="2025-12-11T15:10:00Z" w16du:dateUtc="2025-12-11T13:10:00Z">
+        <w:r w:rsidRPr="00BF6F06" w:rsidDel="006B4E0F">
+          <w:rPr>
+            <w:rStyle w:val="Vresatsauce"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00BF6F06" w:rsidDel="006B4E0F">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Pievienotās vērtības nodokļa likums</w:delText>
+        </w:r>
+      </w:del>
     </w:p>
   </w:footnote>
   <w:footnote w:id="24">
-    <w:p w14:paraId="2CD13384" w14:textId="47415529" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="0B79D0D4" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="002C008C">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C008C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.– 2027.gadam īstenošanai”, Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam īstenošanai”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="25">
-    <w:p w14:paraId="70B2093F" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="79B89276" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRPr="001C527E" w:rsidRDefault="00AA7988" w:rsidP="001C527E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C527E">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Pievienotās vērtības nodokļa likums</w:t>
+      <w:r w:rsidRPr="001C527E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="26">
-    <w:p w14:paraId="79199BDC" w14:textId="5BC4987D" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="165C81BF" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="001C527E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C527E">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.– 2027.gadam īstenošanai”, Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam īstenošanai”</w:t>
+      <w:r w:rsidRPr="001C527E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 2023. gada 25.aprīļa noteikumi Nr.205 “Valsts budžeta līdzekļu plānošanas kārtība Eiropas Savienības fondu projektu īstenošanai un maksājumu veikšanai 2021.-2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="27">
-    <w:p w14:paraId="667D4F5D" w14:textId="77777777" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="21E33608" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="0015791F">
+      <w:pPr>
+        <w:pStyle w:val="Vresteksts"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Vresatsauce"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015791F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MK 2023.gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="28">
+    <w:p w14:paraId="3E50F131" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="0015791F">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015791F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MK 2023.gada 13.jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="28">
-    <w:p w14:paraId="705A9A25" w14:textId="46BC6BF5" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+  <w:footnote w:id="29">
+    <w:p w14:paraId="5D250526" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="00D04D61">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> MK 2023.gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04D61">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="30">
-    <w:p w14:paraId="2EA17F6C" w14:textId="311354F3" w:rsidR="00EA6446" w:rsidRPr="00BF6F06" w:rsidRDefault="0020029C" w:rsidP="0020029C">
+    <w:p w14:paraId="02185304" w14:textId="77777777" w:rsidR="003E7E42" w:rsidRDefault="00AA7988" w:rsidP="001C5568">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BF6F06">
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...56 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF6F06">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="001C5568">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4749642B" w14:textId="77777777" w:rsidR="002C2D12" w:rsidRPr="005213D2" w:rsidRDefault="05137BA6" w:rsidP="05137BA6">
-[...20 lines deleted...]
-  <w:p w14:paraId="5191C0FA" w14:textId="6594AF45" w:rsidR="00FA122E" w:rsidRPr="005213D2" w:rsidRDefault="002C2D12" w:rsidP="005213D2">
+  <w:p w14:paraId="302D7E76" w14:textId="737B7298" w:rsidR="00477314" w:rsidRPr="00477314" w:rsidRDefault="00477314" w:rsidP="00477314">
     <w:pPr>
       <w:pStyle w:val="Galvene"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:lang w:val="lv-LV"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="005213D2">
+    <w:r w:rsidRPr="00477314">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-        <w:lang w:val="lv-LV"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Projektu iesniegumu atlases nolikumam</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00477314">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>. pielikums</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6D94CF90" w14:textId="754DEFEB" w:rsidR="00477314" w:rsidRPr="00477314" w:rsidRDefault="00477314" w:rsidP="00477314">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00477314">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Projektu iesniegumu atlases nolikuma</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="CF619E96"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="51045B4E"/>
+    <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="480" w:hanging="480"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1200" w:hanging="480"/>
+        <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1920" w:hanging="480"/>
+        <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2640" w:hanging="480"/>
+        <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3360" w:hanging="480"/>
+        <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4080" w:hanging="480"/>
+        <w:ind w:left="2736" w:hanging="936"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4800" w:hanging="480"/>
+        <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5520" w:hanging="480"/>
+        <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6240" w:hanging="480"/>
+        <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0000A990"/>
-[...75 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A99411"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -8037,2794 +6261,2261 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="162B2221"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A093911"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FB1CE3D2"/>
+    <w:tmpl w:val="0D7A8110"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="(%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:lvlText w:val="(%1.%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:strike/>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:lvlText w:val="(%1.%2)%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="(%1.%2)%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="233A2187"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="184C41CA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0426001F"/>
+    <w:tmpl w:val="639CAC24"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="(%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="500" w:hanging="500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="(%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="432"/>
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="(%1.%2.)%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1224" w:hanging="504"/>
-      </w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlText w:val="(%1.%2.)%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1728" w:hanging="648"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="792"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2736" w:hanging="936"/>
-      </w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="1080"/>
-      </w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3744" w:hanging="1224"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="1440"/>
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D992371"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE4EEAA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="580" w:hanging="580"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5AC3254B"/>
+    <w:nsid w:val="1F4F6417"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BDC24726"/>
+    <w:tmpl w:val="0CA697F6"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="500" w:hanging="500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="53355870">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DC84F93"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F8F45F38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="580" w:hanging="580"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61426D0D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="64D849A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2)%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7B433F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2B2ECA44"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="500" w:hanging="500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FE45616"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9FE8FBAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="630"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1.%2.)%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2059815547">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="673074462">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="633752253">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1080299048">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2070297268">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="632637720">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1042707255">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1739471727">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2092658028">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="832644593">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="593366675">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="532574484">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="575866631">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="552811061">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1673726452">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="781611732">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="792867392">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="888568688">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="250242483">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1565486136">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1524321886">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1672878753">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="885606713">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1268463696">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1664238589">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="637683154">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="975767969">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1043750395">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1972175388">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1683896496">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="864906639">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="349576368">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="521087106">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="978876210">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1490944637">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="745034407">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="978848485">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="107436669">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1246916839">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2099717017">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="40" w16cid:durableId="568149844">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1992177674">
+  <w:num w:numId="41" w16cid:durableId="625039927">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="587736284">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="2045011715">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="626594741">
-[...2197 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Andra Rūse">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::andra.ruse@cfla.gov.lv::e0971268-7a02-4c28-a0a4-f2c0356cf3b4"/>
   </w15:person>
+  <w15:person w15:author="Dagnija Burtniece-Pīlēna">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Dagnija.Burtniece@varam.gov.lv::cd63a1c5-ed5d-436a-b7d8-0c8e80ece4ac"/>
+  </w15:person>
+  <w15:person w15:author="Jānis Pērkons">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::janis.perkons@cfla.gov.lv::22863881-756f-49c2-9928-41750123440c"/>
+  </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="101"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00754C77"/>
-    <w:rsid w:val="00011C8B"/>
-    <w:rsid w:val="000623B0"/>
+    <w:rsid w:val="00037C47"/>
+    <w:rsid w:val="00041410"/>
+    <w:rsid w:val="00046E28"/>
+    <w:rsid w:val="00065EC0"/>
     <w:rsid w:val="00067801"/>
-    <w:rsid w:val="000A0D0F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="001A4C60"/>
+    <w:rsid w:val="00095FA2"/>
+    <w:rsid w:val="000B1D15"/>
+    <w:rsid w:val="000C52C7"/>
+    <w:rsid w:val="00111582"/>
+    <w:rsid w:val="001461C8"/>
+    <w:rsid w:val="0015791F"/>
+    <w:rsid w:val="00163E1E"/>
+    <w:rsid w:val="001A6738"/>
+    <w:rsid w:val="001B03F6"/>
+    <w:rsid w:val="001C527E"/>
+    <w:rsid w:val="001C5568"/>
+    <w:rsid w:val="001D42F4"/>
     <w:rsid w:val="001E2B18"/>
-    <w:rsid w:val="0020029C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002C2D12"/>
+    <w:rsid w:val="001E4C1A"/>
+    <w:rsid w:val="001F6E05"/>
+    <w:rsid w:val="00213352"/>
+    <w:rsid w:val="0023254A"/>
+    <w:rsid w:val="00266314"/>
+    <w:rsid w:val="00284F4A"/>
+    <w:rsid w:val="00296A93"/>
+    <w:rsid w:val="002A0B9B"/>
+    <w:rsid w:val="002C008C"/>
+    <w:rsid w:val="002C4C7C"/>
     <w:rsid w:val="002C5E4B"/>
-    <w:rsid w:val="002FB8C6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00347454"/>
+    <w:rsid w:val="002D710A"/>
+    <w:rsid w:val="002F60C0"/>
+    <w:rsid w:val="00306DEE"/>
+    <w:rsid w:val="00340B37"/>
+    <w:rsid w:val="00352262"/>
     <w:rsid w:val="00376657"/>
-    <w:rsid w:val="00381410"/>
+    <w:rsid w:val="0038227D"/>
     <w:rsid w:val="003978BF"/>
-    <w:rsid w:val="003B5504"/>
+    <w:rsid w:val="003A2BFD"/>
+    <w:rsid w:val="003E3CEB"/>
+    <w:rsid w:val="003E7E42"/>
     <w:rsid w:val="004162F8"/>
-    <w:rsid w:val="00423D87"/>
-    <w:rsid w:val="00424990"/>
+    <w:rsid w:val="004302B6"/>
     <w:rsid w:val="0043115A"/>
+    <w:rsid w:val="0043456B"/>
+    <w:rsid w:val="00446A03"/>
+    <w:rsid w:val="0046710D"/>
     <w:rsid w:val="00467B2F"/>
-    <w:rsid w:val="0047006D"/>
+    <w:rsid w:val="00477314"/>
+    <w:rsid w:val="00485019"/>
     <w:rsid w:val="004B158C"/>
-    <w:rsid w:val="004E29B3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00590D07"/>
+    <w:rsid w:val="004C2ACF"/>
+    <w:rsid w:val="004C78AD"/>
+    <w:rsid w:val="004D667B"/>
+    <w:rsid w:val="004E20DE"/>
+    <w:rsid w:val="004F1225"/>
+    <w:rsid w:val="005326E3"/>
+    <w:rsid w:val="00535996"/>
+    <w:rsid w:val="00567622"/>
     <w:rsid w:val="005972B9"/>
-    <w:rsid w:val="005A1CCA"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00666F9C"/>
+    <w:rsid w:val="005C5F13"/>
+    <w:rsid w:val="005D41D7"/>
+    <w:rsid w:val="005D5AA7"/>
+    <w:rsid w:val="005F758B"/>
+    <w:rsid w:val="006073A2"/>
+    <w:rsid w:val="00663458"/>
     <w:rsid w:val="00672385"/>
-    <w:rsid w:val="00687079"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00724E66"/>
+    <w:rsid w:val="00675F5F"/>
+    <w:rsid w:val="00695A8B"/>
+    <w:rsid w:val="006A4D3B"/>
+    <w:rsid w:val="006B4E0F"/>
+    <w:rsid w:val="006D486F"/>
+    <w:rsid w:val="0072558B"/>
+    <w:rsid w:val="00735A2F"/>
+    <w:rsid w:val="00746B81"/>
     <w:rsid w:val="00754C77"/>
     <w:rsid w:val="0076424E"/>
-    <w:rsid w:val="00780B7E"/>
+    <w:rsid w:val="00773C6C"/>
+    <w:rsid w:val="00774EA5"/>
     <w:rsid w:val="00784AE0"/>
-    <w:rsid w:val="00784D58"/>
-    <w:rsid w:val="00832A59"/>
+    <w:rsid w:val="0079289F"/>
+    <w:rsid w:val="007B2C11"/>
+    <w:rsid w:val="007D475E"/>
+    <w:rsid w:val="00826CF3"/>
     <w:rsid w:val="00853F7E"/>
-    <w:rsid w:val="0086449D"/>
-[...10 lines deleted...]
-    <w:rsid w:val="0097245B"/>
+    <w:rsid w:val="008F28E9"/>
+    <w:rsid w:val="00906665"/>
+    <w:rsid w:val="00940D30"/>
     <w:rsid w:val="0097455E"/>
     <w:rsid w:val="00974C1B"/>
-    <w:rsid w:val="00A04413"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A93820"/>
+    <w:rsid w:val="009D73F7"/>
+    <w:rsid w:val="00A24ED9"/>
+    <w:rsid w:val="00A26D58"/>
+    <w:rsid w:val="00A74623"/>
+    <w:rsid w:val="00A75240"/>
     <w:rsid w:val="00A93D87"/>
-    <w:rsid w:val="00A95327"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BF6F06"/>
+    <w:rsid w:val="00A96D34"/>
+    <w:rsid w:val="00AA7988"/>
+    <w:rsid w:val="00B0317A"/>
+    <w:rsid w:val="00B428EB"/>
+    <w:rsid w:val="00B714D3"/>
+    <w:rsid w:val="00B76EC4"/>
+    <w:rsid w:val="00B80D8B"/>
+    <w:rsid w:val="00BA5FDB"/>
+    <w:rsid w:val="00BD1E55"/>
+    <w:rsid w:val="00BD558E"/>
     <w:rsid w:val="00C01441"/>
-    <w:rsid w:val="00C36279"/>
+    <w:rsid w:val="00C231F4"/>
+    <w:rsid w:val="00C25DB7"/>
     <w:rsid w:val="00C37046"/>
-    <w:rsid w:val="00C419E9"/>
+    <w:rsid w:val="00C4532C"/>
+    <w:rsid w:val="00C57FEB"/>
     <w:rsid w:val="00C83189"/>
-    <w:rsid w:val="00CA6658"/>
-    <w:rsid w:val="00CA7B2E"/>
+    <w:rsid w:val="00C84CDF"/>
+    <w:rsid w:val="00CB5087"/>
+    <w:rsid w:val="00CE4BDF"/>
     <w:rsid w:val="00CF1609"/>
-    <w:rsid w:val="00D24672"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D70346"/>
+    <w:rsid w:val="00D04D61"/>
+    <w:rsid w:val="00D35158"/>
+    <w:rsid w:val="00D57763"/>
+    <w:rsid w:val="00D67D23"/>
     <w:rsid w:val="00D9031A"/>
-    <w:rsid w:val="00DC11D4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DF5111"/>
+    <w:rsid w:val="00DA76BA"/>
+    <w:rsid w:val="00DC2A9B"/>
+    <w:rsid w:val="00DF0BB9"/>
     <w:rsid w:val="00E028D0"/>
     <w:rsid w:val="00E27C46"/>
-    <w:rsid w:val="00E315A3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EC3387"/>
+    <w:rsid w:val="00E353D5"/>
+    <w:rsid w:val="00E73AE6"/>
+    <w:rsid w:val="00EA4DED"/>
+    <w:rsid w:val="00EA6926"/>
     <w:rsid w:val="00EC4F96"/>
     <w:rsid w:val="00EC5AF6"/>
-    <w:rsid w:val="00EC73FD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F42BC9"/>
+    <w:rsid w:val="00EE2537"/>
+    <w:rsid w:val="00F06D94"/>
+    <w:rsid w:val="00F3330D"/>
+    <w:rsid w:val="00F40A9D"/>
+    <w:rsid w:val="00F41E06"/>
+    <w:rsid w:val="00F5688F"/>
     <w:rsid w:val="00F606E0"/>
+    <w:rsid w:val="00F62AE4"/>
     <w:rsid w:val="00F73B7B"/>
-    <w:rsid w:val="00F80FAD"/>
-    <w:rsid w:val="00FA122E"/>
+    <w:rsid w:val="00F841B9"/>
+    <w:rsid w:val="00F85BB7"/>
+    <w:rsid w:val="00F86316"/>
+    <w:rsid w:val="00FA50B9"/>
     <w:rsid w:val="00FC4707"/>
-    <w:rsid w:val="00FE7C5D"/>
-[...23 lines deleted...]
-    <w:rsid w:val="7E9FD50F"/>
+    <w:rsid w:val="06B5D00E"/>
+    <w:rsid w:val="204AC7D8"/>
+    <w:rsid w:val="33A1B58C"/>
+    <w:rsid w:val="39DA936A"/>
+    <w:rsid w:val="468AD5F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="73F1EA3B"/>
-  <w15:docId w15:val="{AA9145B3-7645-402F-98F7-BA31BB362C70}"/>
+  <w14:docId w14:val="6358E4ED"/>
+  <w15:docId w15:val="{9D598FE0-C637-4B8F-9719-A0F2BAFF1550}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10931,51 +8622,50 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
@@ -11145,50 +8835,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00467B2F"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Pamatteksts"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
@@ -11324,51 +9015,50 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Parasts"/>
     <w:next w:val="Pamatteksts"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ParakstszemobjektaRakstz">
     <w:name w:val="Paraksts zem objekta Rakstz."/>
@@ -11985,135 +9675,184 @@
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
     <w:name w:val="ErrorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalTok">
     <w:name w:val="NormalTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Komentraatsauce">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="GalveneRakstz"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA122E"/>
+    <w:rsid w:val="00EE2537"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
     <w:name w:val="Galvene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Galvene"/>
-    <w:rsid w:val="00FA122E"/>
+    <w:rsid w:val="00EE2537"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Parasts"/>
     <w:link w:val="KjeneRakstz"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA122E"/>
+    <w:rsid w:val="00EE2537"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="Kjene"/>
-    <w:rsid w:val="00FA122E"/>
+    <w:rsid w:val="00EE2537"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
     </w:rPr>
-  </w:style>
-[...16 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
-    <w:rsid w:val="00FA122E"/>
+    <w:rsid w:val="00C25DB7"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:rsid w:val="004D667B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentratma">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F41E06"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F41E06"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/288730-sabiedrisko-pakalpojumu-sniedzeju-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/287760-publisko-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253451-pievienotas-vertibas-nodokla-likums" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/288730-sabiedrisko-pakalpojumu-sniedzeju-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/287760-publisko-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -12406,79 +10145,96 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70ce71153bee3b71918a281891b37a47" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -12502,50 +10258,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -12645,138 +10406,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF65C0F-0617-4ADC-A748-6874C25D3A7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4E7B97F-813C-4447-937C-08F876855F21}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69AAA455-F290-4A3A-BBD8-6DB797052886}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE382C2A-BBA0-452B-AB9A-469BC6C8F776}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>30</Pages>
-[...1 lines deleted...]
-  <Characters>23684</Characters>
+  <Pages>28</Pages>
+  <Words>7894</Words>
+  <Characters>58025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>130</Paragraphs>
+  <Lines>1017</Lines>
+  <Paragraphs>303</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>65104</CharactersWithSpaces>
+  <CharactersWithSpaces>65616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:subject/>
   <dc:creator>Andra Rūse</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
 </Properties>
 </file>