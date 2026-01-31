--- v0 (2025-10-31)
+++ v1 (2026-01-31)
@@ -1,5171 +1,13044 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="006E59AD" w14:textId="76F0FEEC" w:rsidR="00BC00AF" w:rsidRPr="00BC00AF" w:rsidRDefault="00BC00AF" w:rsidP="008A7A30">
-[...16 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="09F68B1D" w14:textId="2A2660B2" w:rsidR="00311966" w:rsidRPr="0007343D" w:rsidRDefault="00311966" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2472F94C" w14:textId="77777777" w:rsidR="00BC00AF" w:rsidRPr="00BC00AF" w:rsidRDefault="00BC00AF" w:rsidP="008A7A30">
-[...16 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1D585679" w14:textId="60FA1036" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F68B1D" w14:textId="2A2660B2" w:rsidR="00311966" w:rsidRDefault="00311966" w:rsidP="008A7A30"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6DC0443B" w14:textId="77777777" w:rsidR="003404A6" w:rsidRDefault="003404A6" w:rsidP="00EE7D85">
+    <w:p w14:paraId="744CC08E" w14:textId="3F83F8BA" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E9DC33" w14:textId="5AB16831" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62F70D92" w14:textId="3AD077DA" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DC0443B" w14:textId="77777777" w:rsidR="003404A6" w:rsidRPr="0007343D" w:rsidRDefault="003404A6" w:rsidP="00EE7D85">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C96209D" w14:textId="142BD8F8" w:rsidR="00014045" w:rsidRPr="00EE7D85" w:rsidRDefault="00C9745E" w:rsidP="00EE7D85">
+    <w:p w14:paraId="14460F39" w14:textId="77777777" w:rsidR="000D4E69" w:rsidRDefault="00C9745E" w:rsidP="00EE7D85">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Eiropas Savienības kohēzijas politikas programmas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C96209D" w14:textId="4AF42BED" w:rsidR="00014045" w:rsidRPr="00984E96" w:rsidRDefault="00C9745E" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021.–2027.</w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>gadam</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A65C1C4" w14:textId="7485E4E3" w:rsidR="0072085E" w:rsidRPr="00984E96" w:rsidRDefault="00014045" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2.2.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifiskā atbalsta mērķa </w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uzlabot dabas aizsardzību un bioloģisko daudzveidību, </w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>zaļo</w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> infrastruktūru, it īpaši pilsētvidē,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23109AF9" w14:textId="4FAAE09C" w:rsidR="00014045" w:rsidRPr="00984E96" w:rsidRDefault="00014045" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>un samazināt piesārņojumu</w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7C4A77" w14:textId="2CAEA26B" w:rsidR="00014045" w:rsidRPr="00984E96" w:rsidRDefault="00014045" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.3.3. pasākuma </w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="0009779D" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAB162E" w14:textId="20C3CE10" w:rsidR="00C9745E" w:rsidRPr="00984E96" w:rsidRDefault="00014045" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>projektu iesniegumu ceturtās atlases kārtas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EFA9B4" w14:textId="392DF139" w:rsidR="00DD417D" w:rsidRPr="00984E96" w:rsidRDefault="00DC1846" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>finanšu analīzes</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6371" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C959CC" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00D562C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tostarp </w:t>
+      </w:r>
+      <w:r w:rsidR="002559F3" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6371" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eņēmumu un izdevumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00142E04" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>pārbaude</w:t>
+      </w:r>
+      <w:r w:rsidR="00C959CC" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7EC6F6" w14:textId="62858943" w:rsidR="00C9745E" w:rsidRPr="00984E96" w:rsidRDefault="003C08B6" w:rsidP="00EE7D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aprēķinu </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1846" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>modeļa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9745E" w:rsidRPr="00984E96">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aizpildīšanas metodika</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E3AB57" w14:textId="77777777" w:rsidR="00576FB0" w:rsidRPr="0007343D" w:rsidRDefault="00576FB0" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D076F7" w14:textId="77777777" w:rsidR="000A19C4" w:rsidRPr="0007343D" w:rsidRDefault="000A19C4" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D2C807E" w14:textId="77777777" w:rsidR="000A19C4" w:rsidRPr="0007343D" w:rsidRDefault="000A19C4" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B4E6532" w14:textId="77777777" w:rsidR="000A19C4" w:rsidRPr="0007343D" w:rsidRDefault="000A19C4" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F85B0F1" w14:textId="77777777" w:rsidR="000561B6" w:rsidRPr="0007343D" w:rsidRDefault="000561B6" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA85F2E" w14:textId="77777777" w:rsidR="000A19C4" w:rsidRPr="0007343D" w:rsidRDefault="000A19C4" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="617B0171" w14:textId="77777777" w:rsidR="00334EB0" w:rsidRPr="0007343D" w:rsidRDefault="00334EB0" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BA42CB7" w14:textId="445452A7" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BBE4A73" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64463C15" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9DFC3B" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45728DD4" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66147BE7" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="111E5312" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C757584" w14:textId="354632BA" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="007D701F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE7D85">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>v. 1 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F443A2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00015E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>gadam</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F443A2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2.2.3.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002002C9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">specifiskā atbalsta mērķa </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F056EC" w14:textId="7A3B9FFC" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...400 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Satura rādītājs</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:id w:val="-1920314680"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="094A7C6A" w14:textId="29DB6B23" w:rsidR="00187FF4" w:rsidRPr="00820246" w:rsidRDefault="00187FF4" w:rsidP="00430718">
-[...2 lines deleted...]
-            <w:spacing w:before="0"/>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="14"/>
-              <w:szCs w:val="14"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="lv-LV"/>
             </w:rPr>
-          </w:pPr>
-[...620 lines deleted...]
-          <w:r>
+            <w:id w:val="776909482"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Table of Contents"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
-            <w:fldChar w:fldCharType="end"/>
-          </w:r>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:p w14:paraId="094A7C6A" w14:textId="29DB6B23" w:rsidR="00187FF4" w:rsidRPr="0007343D" w:rsidRDefault="00187FF4" w:rsidP="00430718">
+              <w:pPr>
+                <w:pStyle w:val="Saturardtjavirsraksts"/>
+                <w:spacing w:before="0"/>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+              </w:pPr>
+            </w:p>
+            <w:p w14:paraId="19DF5387" w14:textId="38FC758C" w:rsidR="00805F82" w:rsidRDefault="00187FF4">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="480"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="0007343D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="begin"/>
+              </w:r>
+              <w:r w:rsidRPr="0007343D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+              </w:r>
+              <w:r w:rsidRPr="0007343D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="separate"/>
+              </w:r>
+              <w:hyperlink w:anchor="_Toc216858529" w:history="1">
+                <w:r w:rsidR="00805F82" w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>1.</w:t>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidR="00805F82" w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Vispārīgā informācija</w:t>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858529 \h </w:instrText>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>3</w:t>
+                </w:r>
+                <w:r w:rsidR="00805F82">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="2794221C" w14:textId="0B58CDD5" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="720"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858530" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>1.1.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Normatīvo aktu bāze finanšu analīzes izstrādei</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858530 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>3</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="78ED4B42" w14:textId="01FE4A17" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="720"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858531" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>1.1.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Finanšu analīzes (ieņēmumu un izdevumu attiecības pārbaude) būtība un mērķi</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858531 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>3</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="426D20EE" w14:textId="2FF9D8E7" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="480"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858532" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Finanšu analīzes izstrāde un saturs</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858532 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>4</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="6F953156" w14:textId="1E88A614" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="720"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858533" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.1.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Vispārīgā informācija</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858533 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>4</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="49929924" w14:textId="1A5E703D" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="720"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858534" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Finanšu analīzes un </w:t>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>ieņēmumu un izdevumu attiecības pārbaudes aprēķinu izklājlapās norādāmā informācija</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858534 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>5</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="1809DF4F" w14:textId="73EF23E7" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858535" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.1.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Dati par projektu</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858535 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>5</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="4DC89C63" w14:textId="4C70D7CA" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858536" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.2.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Projekta investīciju izmaksas</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858536 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>7</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="24244EC5" w14:textId="441F6104" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858537" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.3.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Investīciju naudas plūsma bez projekta</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858537 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>8</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="1FEE9603" w14:textId="486E5B63" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858538" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.4.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Investīciju naudas plūsma ar projektu</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858538 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>9</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="1EFDBEA5" w14:textId="367A494B" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858539" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.5.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Ieņēmumu un izdevumu attiecības pārbaude</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858539 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>11</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="07877359" w14:textId="4195EBD8" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858540" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.6.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Projekta iesnieguma sadaļa “Finansējuma sadalījums pa avotiem”</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858540 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>12</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="7260C1AB" w14:textId="2653311B" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858541" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.7.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Projekta iesnieguma sadaļa “Projekta budžeta kopsavilkums”</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858541 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>13</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="04F2C100" w14:textId="02756A6F" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858542" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.8.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>MK noteikumu Nr.408 4.pielikums “Projekta izmaksu efektivitātes novērtējums”</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858542 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>13</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="6FE2C47C" w14:textId="6E659886" w:rsidR="00805F82" w:rsidRDefault="00805F82">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="960"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:noProof/>
+                  <w:kern w:val="2"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+              </w:pPr>
+              <w:hyperlink w:anchor="_Toc216858543" w:history="1">
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>2.2.9.</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:noProof/>
+                    <w:kern w:val="2"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                    <w:lang w:eastAsia="lv-LV"/>
+                    <w14:ligatures w14:val="standardContextual"/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r w:rsidRPr="006E2511">
+                  <w:rPr>
+                    <w:rStyle w:val="Hipersaite"/>
+                    <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>Pieņēmumi</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:tab/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGEREF _Toc216858543 \h </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="001E2298">
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:t>15</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:noProof/>
+                    <w:webHidden/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:hyperlink>
+            </w:p>
+            <w:p w14:paraId="49BCFC30" w14:textId="6998BEAF" w:rsidR="00242091" w:rsidRPr="0007343D" w:rsidRDefault="00187FF4" w:rsidP="00430718">
+              <w:pPr>
+                <w:pStyle w:val="Saturs1"/>
+                <w:tabs>
+                  <w:tab w:val="left" w:pos="480"/>
+                  <w:tab w:val="right" w:leader="dot" w:pos="9627"/>
+                </w:tabs>
+                <w:spacing w:after="0"/>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+              </w:pPr>
+              <w:r w:rsidRPr="0007343D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:fldChar w:fldCharType="end"/>
+              </w:r>
+            </w:p>
+          </w:sdtContent>
+        </w:sdt>
+        <w:p w14:paraId="63FED47A" w14:textId="63F1DB61" w:rsidR="00BC7971" w:rsidRPr="0007343D" w:rsidRDefault="00000000" w:rsidP="00430718">
+          <w:pPr>
+            <w:spacing w:after="0"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            </w:rPr>
+          </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="0AAE89E3" w14:textId="77777777" w:rsidR="002002C9" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
+    <w:p w14:paraId="0AAE89E3" w14:textId="77777777" w:rsidR="002002C9" w:rsidRPr="0007343D" w:rsidRDefault="002002C9" w:rsidP="008A7A30">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc488415866"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D2F88E" w14:textId="55BE9031" w:rsidR="0024051E" w:rsidRPr="00514729" w:rsidRDefault="0024051E" w:rsidP="009768BD">
+    <w:p w14:paraId="74D2F88E" w14:textId="55BE9031" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="009768BD">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc194087314"/>
-      <w:r w:rsidRPr="00514729">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216858529"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vispārīgā informācija</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="43EEE5C7" w14:textId="49D6E2D3" w:rsidR="00EC22D0" w:rsidRPr="008264B4" w:rsidRDefault="00EC22D0" w:rsidP="009768BD">
+    <w:p w14:paraId="1274B74B" w14:textId="3132D3C1" w:rsidR="006908EA" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="00447B69">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="633"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc488415867"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc216858530"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normatīvo aktu bāze </w:t>
+      </w:r>
+      <w:r w:rsidR="0093722E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>finanšu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analīzes izstrādei</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="42039E35" w14:textId="141442A7" w:rsidR="006908EA" w:rsidRPr="0007343D" w:rsidRDefault="001C3E96" w:rsidP="006908EA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Finanšu</w:t>
+      </w:r>
+      <w:r w:rsidR="006908EA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analīze ir izstrādāta, </w:t>
+      </w:r>
+      <w:r w:rsidR="006908EA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pamatojoties </w:t>
+      </w:r>
+      <w:r w:rsidR="006908EA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uz:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62811C79" w14:textId="5412CC07" w:rsidR="00096F87" w:rsidRPr="0007343D" w:rsidRDefault="00675EDC" w:rsidP="00096F87">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2023. gada 13. jūlija noteikumiem Nr. 408 "Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā"</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F87" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – MK noteikumi Nr.408)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0A9E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pieejami tīmekļa vietnē</w:t>
+      </w:r>
+      <w:r w:rsidR="00374863" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5465" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00374863" w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://likumi.lv/ta/id/343827</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009B5465" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F87" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2E48C5" w14:textId="33CCA63E" w:rsidR="00096F87" w:rsidRPr="0007343D" w:rsidRDefault="00FE5A21" w:rsidP="00096F87">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2025. gada 18. februāra noteikumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00194239" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. 107 "Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa "Uzlabot dabas aizsardzību un bioloģisko daudzveidību, "zaļo" infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu" 2.2.3.3. pasākuma "Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai"</w:t>
+      </w:r>
+      <w:r w:rsidR="003468EC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – 2.2.3.3. pasākums)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi"</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F87" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – SAM MK noteikumi)</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5465" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (pieejami tīmekļa vietnē</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2025" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5465" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="003F2025" w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://likumi.lv/ta/id/358754</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009B5465" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F87" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AA55E1" w14:textId="77777777" w:rsidR="00096F87" w:rsidRPr="0007343D" w:rsidRDefault="00096F87" w:rsidP="00096F87">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eiropas Komisijas izstrādātajām vadlīnijām “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Guide to Cost-Benefit Analysis of Investment Projects Economic appraisal tool for Cohesion Policy 2014 – 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” (pieejamas tīmekļa vietnē: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> );</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AD67F0" w14:textId="77777777" w:rsidR="00096F87" w:rsidRPr="0007343D" w:rsidRDefault="00096F87" w:rsidP="00096F87">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eiropas Komisijas ekonomiskā novērtējuma vadlīnijas “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Economic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Appraisal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vademecum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021-2027” (pieejama tīmekļa vietnē: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://ec.europa.eu/regional_policy/en/newsroom/news/2021/09/20-09-2021-project-selection-the-economic-appraisal-vademecum</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> );</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34793BCE" w14:textId="6EB1FFF5" w:rsidR="00096F87" w:rsidRPr="0007343D" w:rsidRDefault="00096F87" w:rsidP="00096F87">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KOMISIJAS REGULU (ES) Nr. 651/2014 (2014. gada 17. jūnijs), ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3626" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004077D7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(pieejama tīmekļa vietnē </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="005E3626" w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A32014R0651</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004077D7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B78511" w14:textId="77777777" w:rsidR="006908EA" w:rsidRPr="0007343D" w:rsidRDefault="006908EA" w:rsidP="007528B4">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43EEE5C7" w14:textId="49D6E2D3" w:rsidR="00EC22D0" w:rsidRPr="0007343D" w:rsidRDefault="00EC22D0" w:rsidP="009768BD">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="993" w:hanging="633"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc194087315"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc194087315"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc488415868"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc216858531"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Finanšu analīzes</w:t>
+      </w:r>
+      <w:r w:rsidR="00464335" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>analīzes</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> (ieņēmumu un izdevumu attiecības pārbaude)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (i</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> būtība</w:t>
+      </w:r>
+      <w:r w:rsidR="009601D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>eņēmumu un izdevumu attiecības pārbaude</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> mērķi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="567AA60D" w14:textId="098F60EB" w:rsidR="009801B2" w:rsidRPr="0007343D" w:rsidRDefault="00D34CEA" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Finanšu analīzes mērķis</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78" w:rsidRPr="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nodalīt projekta darbību rezultātā gūtos ieņēmumus no ieņēmumiem, kas tiek gūti pēc projekta darbību pabeigšanas un teritoriju pieņemšanas ekspluatācijā</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78" w:rsidRPr="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (uz kuriem attiecināms 50 </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procentu</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78" w:rsidRPr="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ierobežojums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00305AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00586E52" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši SAM</w:t>
+      </w:r>
+      <w:r w:rsidR="00430718" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00586E52" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6EB0" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>31. punktam</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="p31" w:history="1"/>
+      <w:r w:rsidR="00BA3AB4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00676FE0" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pārbaudīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0498C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosacījumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00676FE0" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vai </w:t>
+      </w:r>
+      <w:r w:rsidR="008971CE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projekta iesniedzēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0498C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008971CE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m un sadarbības partneriem (ja attiecināms), kuri nav saimnieciskās darbības veicēji, ieņēmumi projekta dzīves ciklā </w:t>
+      </w:r>
+      <w:r w:rsidR="000E309B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="001E658F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ēc investīciju ieviešanas perioda</w:t>
+      </w:r>
+      <w:r w:rsidR="001E658F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008971CE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ik gadu nepārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7A30" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008971CE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00D036FC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F896383" w14:textId="5C85BE55" w:rsidR="00944A9F" w:rsidRPr="0007343D" w:rsidRDefault="004A2A78" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sekojoši, š</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4F7D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īs pārbaudes mērķis ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00121A3F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pārliecināties</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4F7D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="009801B2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ar saimniecisku darbību nesaistīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1D55" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009801B2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekts</w:t>
+      </w:r>
+      <w:r w:rsidR="009801B2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tā dzīves </w:t>
+      </w:r>
+      <w:r w:rsidR="00545FB9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cikla </w:t>
+      </w:r>
+      <w:r w:rsidR="009801B2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1D55" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidR="009801B2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kļūst par projektu, kas saistīts ar saimniecisku darbību, kurai sniegtais atbalsts būtu kvalificējams kā komercdarbības atbalsts</w:t>
+      </w:r>
+      <w:r w:rsidR="00076035" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BB94F6" w14:textId="46F33783" w:rsidR="002F1F24" w:rsidRDefault="006C4152" w:rsidP="00006C96">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pārskats</w:t>
+      </w:r>
+      <w:r w:rsidR="00757048" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidR="00977A01" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4ABD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.2.3. pasākuma ceturtajā atlases kārtā ir jāveic </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4ABD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>finanšu analīze</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37C16" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017D6280" w14:textId="3AB1B294" w:rsidR="002F1F24" w:rsidRDefault="002F1F24" w:rsidP="00006C96">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51FDD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1AAB" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projektā</w:t>
+      </w:r>
+      <w:r w:rsidR="00167100" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0019735C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neskaitot projekta sadarbības partne</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5AB4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ra daļu</w:t>
+      </w:r>
+      <w:r w:rsidR="0019735C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuram tiek piemērots </w:t>
+      </w:r>
+      <w:r w:rsidR="00167100" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komercdarbības atbalsts, plānoti ieņēmumi.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4339" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76206" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja projektā tiek piesaistīts sadarbības partneris </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76206" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>atbilstoši SAMP MK noteikumu 29.</w:t>
+      </w:r>
+      <w:r w:rsidR="00014C2F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76206" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktam, kurš ir saimnieciskās darbības veicējs, ieņēmumu un izdevumu attiecības pārbaudē ir jānodala (nav jāiekļauj) projektā īstenotās sadarbības partnera aktivitātes, kurām sniegtais atbalsts kvalificējams kā komercdarbības atbalsts, nodrošinot, ka projekta iesniedzējam un pārējiem sadarbības partneriem (ja attiecināms), kuri nav saimnieciskās darbības veicēji, ieņēmumi projekta dzīves ciklā </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3B54" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>pēc investīciju ieviešanas perioda</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeb </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>projekta darbību pabeigšanas teritorijās un infrastruktūras pieņemšanas ekspluatācijā,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3B54" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76206" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ik gadu nepārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00014C2F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E76206" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B62D6D" w14:textId="4E1C9DD3" w:rsidR="00B56E11" w:rsidRDefault="002F1F24" w:rsidP="00006C96">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  ja </w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pirms</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60FF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju ieviešanas perioda beigām jeb</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekta darbību pabeigšanas un infrastruktūras pieņemšanas ekspluatācijā </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projekta darbību īstenošanas rezultātā tiek gūti ieņēmumi</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, piemēram</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78" w:rsidRPr="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, attīrot aizaugušas teritorijas no izveidojušās kokaugu un krūmu veģetācijas</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, tie jānorāda finanšu analīzē pie attiecīgā īstenošanas gada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9F9E7A" w14:textId="77777777" w:rsidR="002F1F24" w:rsidRPr="0007343D" w:rsidRDefault="002F1F24" w:rsidP="00006C96">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15EA7F62" w14:textId="501744DC" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="001C3E96" w:rsidP="00447B69">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> būtība</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc216858532"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Finanšu</w:t>
+      </w:r>
+      <w:r w:rsidR="0024051E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mērķi</w:t>
-[...513 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> analīzes</w:t>
+      </w:r>
+      <w:r w:rsidR="00C67772" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024051E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Finanšu analīzes</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>izstrāde un saturs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="7D38D18D" w14:textId="1946D5C6" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="00447B69">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="993" w:hanging="633"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aprēķinu izklājlapās norādāmā informācija</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc488415870"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc216858533"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Vispārīgā informācija</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="5EA7E929" w14:textId="0CB4F8F6" w:rsidR="00DA6ED6" w:rsidRPr="0007343D" w:rsidRDefault="00DA6ED6" w:rsidP="00DA6ED6">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk112683308"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc194087316"/>
+      <w:r w:rsidR="00D82C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00990763" w:rsidRPr="00D82C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inanšu analīzes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6764A" w:rsidRPr="00D82C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprēķinu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6764A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="00846F6F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>modeļa aizpildīšanas metodika</w:t>
+      </w:r>
+      <w:r w:rsidR="003110C3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="0014776A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>finanšu</w:t>
+      </w:r>
+      <w:r w:rsidR="003110C3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analīzes aprēķinu modelis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47E05" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pielāgo</w:t>
+      </w:r>
+      <w:r w:rsidR="007343E4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ts</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47E05" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projektu iesniegumu atlasei, ņemot vērā tā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B02E44" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mērķi, specifiku, plānotās darbības, izmaksu veidus un tml., lai padarītu </w:t>
+      </w:r>
+      <w:r w:rsidR="00395CD6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analīz</w:t>
+      </w:r>
+      <w:r w:rsidR="00846F6F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es aprēķinu modeļa aizpildīšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc iespējas ērtāku un vieglāk aizpildāmu projektu iesniedzējiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72A98" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA89FAF" w14:textId="005E3C24" w:rsidR="00DA6ED6" w:rsidRPr="0007343D" w:rsidRDefault="00395CD6" w:rsidP="00DA6ED6">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanšu </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analīzē aprēķini tiek veikti </w:t>
+      </w:r>
+      <w:r w:rsidR="00106EAC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ievērojot divas zīmes aiz komata</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un tās mērķis ir konstatēt, vai plānotie ieņēmumi no īstenotajām projekta aktivitātēm pārsniedz projekta aktivitāšu uzturēšanas izdevumus un nodrošina projekta ilgtspēju visā projekta dzīves cikla laikā, vienlaikus apliecinot Eiropas fonda</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD03CD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansējuma nepieciešamību. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6202FBF3" w14:textId="16E5BEF9" w:rsidR="00DA6ED6" w:rsidRPr="0007343D" w:rsidRDefault="00395CD6" w:rsidP="00DA6ED6">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanšu </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analīze sastāv no </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7D3C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007C32E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MS Excel izklājlapām, no kurām:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27889164" w14:textId="6E14FB14" w:rsidR="00DA6ED6" w:rsidRPr="0007343D" w:rsidRDefault="00DA6ED6" w:rsidP="00DA6ED6">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viena </w:t>
+      </w:r>
+      <w:r w:rsidR="00760A33" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izklāj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapa </w:t>
+      </w:r>
+      <w:r w:rsidR="00760A33" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Dati par projektu” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir titullapa ar informatīvu saturu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F074CCD" w14:textId="61A47D08" w:rsidR="00CF06D8" w:rsidRPr="0007343D" w:rsidRDefault="006E1DDF" w:rsidP="00DA6ED6">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk95467422"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piecas</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF06D8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izklāj</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lapas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF06D8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurās ievada </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00CF06D8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projekta</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44095" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF06D8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaksas sadalījumā pa gadiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8BD96F" w14:textId="3655C2D1" w:rsidR="00303C8A" w:rsidRPr="0007343D" w:rsidRDefault="00303C8A" w:rsidP="00303C8A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.1.A. Iesniedzējs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F96FF9" w14:textId="51C8E6F7" w:rsidR="00303C8A" w:rsidRPr="0007343D" w:rsidRDefault="00303C8A" w:rsidP="00303C8A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.2.1.A. Partneris-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D42A6B5" w14:textId="23517FCD" w:rsidR="00303C8A" w:rsidRPr="0007343D" w:rsidRDefault="00303C8A" w:rsidP="00303C8A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk95468974"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.2.2.A. Partneris-2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B2E67C" w14:textId="77777777" w:rsidR="00303C8A" w:rsidRPr="0007343D" w:rsidRDefault="00303C8A" w:rsidP="00303C8A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.3.1. Partneris-komersants-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB657F0" w14:textId="48220A97" w:rsidR="00303C8A" w:rsidRPr="0007343D" w:rsidRDefault="00303C8A" w:rsidP="00303C8A">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.3.2. Partneris-komersants-2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D7310E" w14:textId="0687CE1D" w:rsidR="00CF06D8" w:rsidRPr="0007343D" w:rsidRDefault="00CF06D8" w:rsidP="00CF06D8">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>divas izklājlapas, kurās ievada datus par projekta alternatīvām bez projekta un ar projektu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40851F69" w14:textId="61DBCDDC" w:rsidR="00CF06D8" w:rsidRPr="0007343D" w:rsidRDefault="00CF06D8" w:rsidP="00CF06D8">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. DL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>invest.n.pl.BEZ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0068792F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E12D610" w14:textId="77777777" w:rsidR="00CF06D8" w:rsidRPr="0007343D" w:rsidRDefault="00CF06D8" w:rsidP="00CF06D8">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. DL invest.n.pl.AR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9E9E4F" w14:textId="1A594D69" w:rsidR="00CF0E05" w:rsidRPr="0007343D" w:rsidRDefault="00706D8C" w:rsidP="00706D8C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vienlaikus izklājlapā </w:t>
+      </w:r>
+      <w:r w:rsidR="0023186A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. DL invest.n.pl.AR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0023186A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA331E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iestrādāts finanšu analīzes pārbaudes modulis</w:t>
+      </w:r>
+      <w:r w:rsidR="004C005F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Ieņēmumu un izdevumu attiecības pārbaude”</w:t>
+      </w:r>
+      <w:r w:rsidR="00663640" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas nodrošina SAM MK noteikumu </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="p31" w:history="1">
+        <w:r w:rsidR="00663640" w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>31.punkt</w:t>
+        </w:r>
+        <w:r w:rsidR="00C407C2" w:rsidRPr="0007343D">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ā</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00546C63" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00546C63" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>noteiktā nosacījuma</w:t>
+      </w:r>
+      <w:r w:rsidR="00663640" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaud</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C63" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="008B381B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="73171405" w14:textId="179AD133" w:rsidR="00DE4327" w:rsidRPr="0007343D" w:rsidRDefault="00DE4327" w:rsidP="00DE4327">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">trīs izklājlapas, kurās </w:t>
+      </w:r>
+      <w:r w:rsidR="0068792F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dati aprēķinās un ir izmantojami projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="005506AE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vei</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07ED2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dlapas sadaļas</w:t>
+      </w:r>
+      <w:r w:rsidR="0068792F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Finansē</w:t>
+      </w:r>
+      <w:r w:rsidR="000F064A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>juma sadalījums pa avotiem</w:t>
+      </w:r>
+      <w:r w:rsidR="0068792F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:r w:rsidR="000F064A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadaļas</w:t>
+      </w:r>
+      <w:r w:rsidR="0068792F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Projekta budžeta kopsavilkums” un pielikuma “Projekta izmaksu efektivitātes novērtēšana” aizpildīšanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55972E0E" w14:textId="0DB72D8E" w:rsidR="0068792F" w:rsidRPr="0007343D" w:rsidRDefault="0068792F" w:rsidP="0068792F">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>. DL PI</w:t>
+      </w:r>
+      <w:r w:rsidR="00E579CE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92DB5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>.plans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D85ED6" w14:textId="285E392B" w:rsidR="0068792F" w:rsidRPr="0007343D" w:rsidRDefault="0068792F" w:rsidP="0068792F">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>10. DL PI</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92DB5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Budz.kops</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C358826" w14:textId="06BA4D64" w:rsidR="00CF06D8" w:rsidRPr="0007343D" w:rsidRDefault="0068792F" w:rsidP="00DE4327">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nb-NO"/>
+        </w:rPr>
+        <w:t>11. DL 4.pielikums.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61224EA0" w14:textId="7E4F1FB8" w:rsidR="00037A55" w:rsidRPr="0007343D" w:rsidRDefault="00EC5B49" w:rsidP="009736D3">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viena izklājlapa “Pieņēmumi”, kurā </w:t>
+      </w:r>
+      <w:r w:rsidR="009736D3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norāda </w:t>
+      </w:r>
+      <w:r w:rsidR="00395CD6" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6764A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analīzes </w:t>
+      </w:r>
+      <w:r w:rsidR="009736D3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprēķinos izmantoto mainīgo aprēķinus un datus (piemēram finanšu analīzē ieņēmumu, darbības izmaksu, kredītmaksājumu un atlikušās vērtības aprēķinu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C61F23B" w14:textId="77777777" w:rsidR="009736D3" w:rsidRPr="0007343D" w:rsidRDefault="009736D3" w:rsidP="009736D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03CB34E1" w14:textId="141D4577" w:rsidR="00B6764A" w:rsidRPr="0007343D" w:rsidRDefault="000821A0" w:rsidP="0007343D">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc216858534"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanšu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6764A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>analīzes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81836" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2018" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00C55DE7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C55DE7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ieņēmumu un izdevumu attiecības pārbaudes</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2018" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6764A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>aprēķinu izklājlapās norādāmā informācija</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="5CE0F2EC" w14:textId="77777777" w:rsidR="00032684" w:rsidRPr="0007343D" w:rsidRDefault="00032684" w:rsidP="0007343D">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc194087317"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc216858535"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Dati par projektu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="1CE89F68" w14:textId="01B591D4" w:rsidR="00F8005E" w:rsidRPr="0007343D" w:rsidRDefault="00FB4FFF" w:rsidP="00FB4FFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī sadaļa attiecas gan uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA740F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analīzi gan uz ieņēmumu un izdevumu attiecības pārbaudi.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="6095"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="5239D952" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="5239D952" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="16A6E15F" w14:textId="77777777" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
+          <w:p w14:paraId="16A6E15F" w14:textId="77777777" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Izklājlapas pozīcijas nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B20BE86" w14:textId="77777777" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
+          <w:p w14:paraId="1B20BE86" w14:textId="77777777" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aizpildīšanas nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="48D4813E" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="48D4813E" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78150F55" w14:textId="5F9D8639" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="78150F55" w14:textId="5F9D8639" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniedzējs</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFA2118" w14:textId="0616F0F7" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="5AFA2118" w14:textId="0616F0F7" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Norāda projekta iesniedzēj</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="6AB2113E" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="6AB2113E" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6EF41A" w14:textId="7977BE37" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="1B6EF41A" w14:textId="7977BE37" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0EB9">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE0EB9">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniedzēj</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a veids:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A63563B" w14:textId="77777777" w:rsidR="00714F51" w:rsidRDefault="00D04C6F" w:rsidP="00823192">
+          <w:p w14:paraId="0A97555A" w14:textId="48767E04" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="00C4249D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C4249D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Izvēlnē izvēlas projekta iesniedzēja veidu</w:t>
-[...65 lines deleted...]
-              <w:t>izvēlas atbilstošo pasākuma atlases kārtu.</w:t>
+              <w:t>Ir norādīts projektu atlases kārtai atbilstošs projekta iesniedzēja veids.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="3C1B35B3" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="3C1B35B3" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42BDDEFD" w14:textId="2018DE88" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="42BDDEFD" w14:textId="2018DE88" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09206DA6" w14:textId="607AAC32" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="09206DA6" w14:textId="607AAC32" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Norāda projekta nosaukumu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="0F02A3A4" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="0F02A3A4" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AE7D6EF" w14:textId="13CA93EC" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="7AE7D6EF" w14:textId="13CA93EC" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Specifisk</w:t>
             </w:r>
-            <w:r w:rsidR="008575D3">
+            <w:r w:rsidR="008575D3" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta mērķ</w:t>
             </w:r>
-            <w:r w:rsidR="008575D3">
+            <w:r w:rsidR="008575D3" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a pasākums</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C6F">
+            <w:r w:rsidR="00D04C6F" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2D96E5" w14:textId="406A603C" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="00D04C6F" w:rsidP="00823192">
+          <w:p w14:paraId="2B2D96E5" w14:textId="39D337DA" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="00D04C6F" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Izvēlnē izvēlas projektam atbilstošu spe</w:t>
+              <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="00B27FAB">
+            <w:r w:rsidR="00F1645C" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>r norādīts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektam atbilstoš</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1645C" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> spe</w:t>
+            </w:r>
+            <w:r w:rsidR="00B27FAB" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>cifisk</w:t>
             </w:r>
-            <w:r w:rsidR="00D36D3D">
+            <w:r w:rsidR="00D36D3D" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
-            <w:r w:rsidR="00B27FAB">
+            <w:r w:rsidR="00B27FAB" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta mērķ</w:t>
             </w:r>
-            <w:r w:rsidR="00D36D3D">
+            <w:r w:rsidR="00D36D3D" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>a pasākumu</w:t>
+              <w:t>a pasākum</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1645C" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="630A4F2F" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="630A4F2F" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B48D387" w14:textId="647477FA" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="7B48D387" w14:textId="473FDD5E" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00B27FAB">
+            <w:r w:rsidR="00E67D13" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00B27FAB" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbības partneri</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33E7EA0A" w14:textId="5FD97F4C" w:rsidR="00F571CB" w:rsidRPr="00F571CB" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="33E7EA0A" w14:textId="5FD97F4C" w:rsidR="00F571CB" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Norāda </w:t>
             </w:r>
-            <w:r w:rsidR="00B27FAB">
+            <w:r w:rsidR="00B27FAB" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzēja sadarbības partnerus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="50AF2BB6" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="50AF2BB6" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D8C97D7" w14:textId="1A0F5342" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
+          <w:p w14:paraId="1D8C97D7" w14:textId="5F093741" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00B27FAB">
+            <w:r w:rsidR="00E67D13" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="005D2E15">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta </w:t>
             </w:r>
-            <w:r w:rsidR="00B27FAB">
+            <w:r w:rsidR="00B27FAB" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>uzsākšanas datums</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B45BE2">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A9DDCF" w14:textId="254A8219" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="00B27FAB" w:rsidP="00823192">
+          <w:p w14:paraId="35A9DDCF" w14:textId="254A8219" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="00B27FAB" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Izvēlnē izvēlas projekta uzsākšanas datumu mēnesi un gadu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="5ABA2DE1" w14:textId="77777777" w:rsidTr="00BD3A1E">
-[...136 lines deleted...]
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="60947529" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="60947529" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FEB5433" w14:textId="4108564D" w:rsidR="009E7D1D" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
+          <w:p w14:paraId="0FEB5433" w14:textId="3F7A827A" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B6A64">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00E86BE9">
+            <w:r w:rsidR="00E67D13" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B6A64">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="006B48B3">
+            <w:r w:rsidR="006B48B3" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pārskata periods (projekta dzīves cikls) (gadi):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75317E97" w14:textId="5D6FBDA4" w:rsidR="009E7D1D" w:rsidRDefault="00AF3B55" w:rsidP="00823192">
+          <w:p w14:paraId="75317E97" w14:textId="60C1EA9B" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="00AF3B55" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Norād</w:t>
             </w:r>
-            <w:r w:rsidR="000F7462">
+            <w:r w:rsidR="000F7462" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> projekta pārskata periodu atbilstoši</w:t>
+              <w:t xml:space="preserve"> projekta pārskata periodu </w:t>
             </w:r>
-            <w:r w:rsidR="00255EDC">
+            <w:r w:rsidR="00D600AD" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> SAM</w:t>
+              <w:t>SAM</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00D82C23">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00255EDC">
+            <w:r w:rsidR="005D2E15">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> MK noteikumu 23.3.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00255EDC" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>MK noteikumu 23.3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00255EDC">
+            <w:r w:rsidR="00255EDC" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>apakšpunktam. Projekta iesniedzējs var norādīt arī garāku termiņu par pamatojumu izmantojot</w:t>
+              <w:t>apakšpunktam</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D62846">
+            <w:r w:rsidR="00D600AD" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eiropas Komisijas </w:t>
+              <w:t xml:space="preserve"> vai</w:t>
             </w:r>
-            <w:r w:rsidR="0038409A" w:rsidRPr="00D62846">
+            <w:r w:rsidR="00255EDC" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>izstrādātajā</w:t>
+              <w:t xml:space="preserve"> arī </w:t>
             </w:r>
-            <w:r w:rsidR="0038409A">
+            <w:r w:rsidR="00D600AD" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>s</w:t>
+              <w:t xml:space="preserve">norāda </w:t>
             </w:r>
-            <w:r w:rsidR="0038409A" w:rsidRPr="00D62846">
+            <w:r w:rsidR="00255EDC" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vadlīnij</w:t>
+              <w:t xml:space="preserve">garāku termiņu </w:t>
             </w:r>
-            <w:r w:rsidR="0038409A">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>as</w:t>
+              <w:t>atbilstoši</w:t>
             </w:r>
-            <w:r w:rsidR="0038409A" w:rsidRPr="00D62846">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Eiropas Komisijas izstrādātajām </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C76C7">
+            <w:r w:rsidR="00D87221" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vadlīnijām </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Guide</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Cost-Benefit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Analysis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Investment</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projects</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Economic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>appraisal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tool</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Cohesion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Policy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00823192">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2014 – 2020</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C76C7">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">” (pieejamas tīmekļa vietnē: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="007630EA">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="0007343D">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00430718">
+            <w:r w:rsidR="00430718" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C76C7">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(42.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C76C7">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>lpp. 2.1.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C76C7">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tabulā))</w:t>
             </w:r>
-            <w:r w:rsidR="00504A07">
+            <w:r w:rsidR="00491BE7" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> vai sniedzot savu pamatojumu norādīt vēl citu</w:t>
+              <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00061326">
+            <w:r w:rsidR="00504A07" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai sniedzot pamatojumu</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36704" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007B06A8" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> norād</w:t>
+            </w:r>
+            <w:r w:rsidR="005D1960" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="007B06A8" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00504A07" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> citu</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36704" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00061326" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, garāku</w:t>
             </w:r>
-            <w:r w:rsidR="00504A07">
+            <w:r w:rsidR="00504A07" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> termiņu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="069C36D4" w14:textId="05E1009E" w:rsidR="00633FA7" w:rsidRDefault="00504A07" w:rsidP="00823192">
+          <w:p w14:paraId="069C36D4" w14:textId="78CDFB05" w:rsidR="00633FA7" w:rsidRPr="0007343D" w:rsidRDefault="00D87221" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Sekojoši p</w:t>
+              <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00633FA7">
+            <w:r w:rsidR="00633FA7" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>rojekta dzīves cikl</w:t>
+              <w:t xml:space="preserve">rojekta dzīves </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>a ilgums var būt garāks kā SAM</w:t>
+              <w:t xml:space="preserve">cikls </w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00504A07" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">P </w:t>
+              <w:t xml:space="preserve">var </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>MK noteikumos noteiktais</w:t>
+              <w:t>atšķirties</w:t>
             </w:r>
-            <w:r w:rsidR="00633FA7">
+            <w:r w:rsidR="00633FA7" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja </w:t>
             </w:r>
-            <w:r w:rsidR="00172D19">
+            <w:r w:rsidR="00172D19" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">tas ir pamatots </w:t>
             </w:r>
-            <w:r w:rsidR="00061326">
+            <w:r w:rsidR="00061326" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>finanšu</w:t>
             </w:r>
-            <w:r w:rsidR="00172D19">
+            <w:r w:rsidR="00172D19" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> analīzē.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2672FA9D" w14:textId="09977748" w:rsidR="00D33A8A" w:rsidRPr="00D33A8A" w:rsidRDefault="004E0E04" w:rsidP="00823192">
+          <w:p w14:paraId="2672FA9D" w14:textId="02FDE189" w:rsidR="00D33A8A" w:rsidRPr="0007343D" w:rsidRDefault="004E0E04" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Atbilstoši SAM</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> MK noteikumu </w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>23.3.</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>apakšpunktam</w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta dzīves cikl</w:t>
             </w:r>
-            <w:r w:rsidR="002A0EC6">
+            <w:r w:rsidR="002A0EC6" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">s </w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>aptver laiku no projekta darbību uzsākšanas un vienu no šādiem laikposmiem:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="730B14BF" w14:textId="3BEC7CFF" w:rsidR="00D33A8A" w:rsidRPr="00D33A8A" w:rsidRDefault="002A0EC6" w:rsidP="00823192">
+          <w:p w14:paraId="730B14BF" w14:textId="3BEC7CFF" w:rsidR="00D33A8A" w:rsidRPr="0007343D" w:rsidRDefault="002A0EC6" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vismaz 5</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>gadus pēc projekta noslēguma maksājuma veikšanas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5209E49E" w14:textId="05A86A45" w:rsidR="00D33A8A" w:rsidRPr="00B45BE2" w:rsidRDefault="002A0EC6" w:rsidP="00823192">
+          <w:p w14:paraId="5209E49E" w14:textId="05A86A45" w:rsidR="00D33A8A" w:rsidRPr="0007343D" w:rsidRDefault="002A0EC6" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vismaz 10</w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00D33A8A" w:rsidRPr="00D33A8A">
+            <w:r w:rsidR="00D33A8A" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>gadus pēc projekta noslēguma maksājuma veikšanas, ja projektā paredzēta infrastruktūras ierīkošana.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E7D1D" w:rsidRPr="003D30BD" w14:paraId="24C611F3" w14:textId="77777777" w:rsidTr="00BD3A1E">
+      <w:tr w:rsidR="009E7D1D" w:rsidRPr="0007343D" w14:paraId="24C611F3" w14:textId="77777777" w:rsidTr="00BD3A1E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5F9816" w14:textId="424AECBD" w:rsidR="009E7D1D" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
+          <w:p w14:paraId="3A5F9816" w14:textId="7617AF8C" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00D845F2">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B6A64">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1.1</w:t>
+              <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="006B48B3">
+            <w:r w:rsidR="00E67D13" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B6A64">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="000C4C22">
+            <w:r w:rsidR="000C4C22" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
-            <w:r w:rsidR="006B48B3">
+            <w:r w:rsidR="006B48B3" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>oteiktais ma</w:t>
             </w:r>
-            <w:r w:rsidR="00D2613E">
+            <w:r w:rsidR="00D2613E" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ksimālais</w:t>
             </w:r>
-            <w:r w:rsidR="006B48B3">
+            <w:r w:rsidR="006B48B3" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta īstenošanas ilgums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="005A56F1" w14:textId="187599F3" w:rsidR="009E7D1D" w:rsidRPr="00B45BE2" w:rsidRDefault="006B48B3" w:rsidP="00823192">
+          <w:p w14:paraId="005A56F1" w14:textId="71F41D66" w:rsidR="009E7D1D" w:rsidRPr="0007343D" w:rsidRDefault="006B48B3" w:rsidP="00823192">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B48B3">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izvēlnē izvēlas </w:t>
             </w:r>
-            <w:r w:rsidR="00823192">
+            <w:r w:rsidR="00821F75" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAM </w:t>
+              <w:t xml:space="preserve">projekta iesniedzēja pamatoto vai </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>SAM</w:t>
+            </w:r>
+            <w:r w:rsidR="00333138">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007343D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">MK noteikumos </w:t>
             </w:r>
-            <w:r w:rsidR="004F6137">
+            <w:r w:rsidR="004F6137" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>noteikto ma</w:t>
             </w:r>
-            <w:r w:rsidR="00C42903">
+            <w:r w:rsidR="00C42903" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ksimāli</w:t>
             </w:r>
-            <w:r w:rsidR="004F6137">
+            <w:r w:rsidR="004F6137" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> iespējamo </w:t>
             </w:r>
-            <w:r w:rsidRPr="006B48B3">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta </w:t>
             </w:r>
-            <w:r w:rsidR="004F6137">
+            <w:r w:rsidR="004F6137" w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>īstenošanas</w:t>
             </w:r>
-            <w:r w:rsidRPr="006B48B3">
+            <w:r w:rsidRPr="0007343D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> gadu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A52CF27" w14:textId="55E20394" w:rsidR="00037A55" w:rsidRDefault="00037A55" w:rsidP="00D845F2">
+    <w:p w14:paraId="7A52CF27" w14:textId="3D18B842" w:rsidR="00037A55" w:rsidRPr="0007343D" w:rsidRDefault="00037A55" w:rsidP="00D845F2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>Aizpildot izmaksu un ieguvumu analīzi, uzmanība ir jāpievērš tajā veiktajiem apzīmējumiem:</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aizpildot </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA740F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>finanšu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analīzi, uzmanība ir jāpievērš tajā veiktajiem apzīmējumiem:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4718472B" w14:textId="070C8143" w:rsidR="006B48B3" w:rsidRDefault="004F6137" w:rsidP="008A7A30">
+    <w:p w14:paraId="4718472B" w14:textId="070C8143" w:rsidR="006B48B3" w:rsidRPr="0007343D" w:rsidRDefault="004F6137" w:rsidP="008A7A30">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izklājlapu šūnās ar tumšo krāsojumu dati ir jānorāda projekta iesniedzējam, bet šūnās ar balto krāsojumu dati tiek aprēķināti automātiski</w:t>
       </w:r>
-      <w:r w:rsidR="00037A55">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00037A55" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C30C50" w14:textId="2CEB51DC" w:rsidR="004F6137" w:rsidRPr="008E0762" w:rsidRDefault="004F6137" w:rsidP="008A7A30">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="53C30C50" w14:textId="2CEB51DC" w:rsidR="004F6137" w:rsidRPr="0007343D" w:rsidRDefault="004F6137" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AB030E6" wp14:editId="3450C870">
             <wp:extent cx="5810250" cy="561975"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Picture 1" descr="Shape, rectangle&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Shape, rectangle&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5810250" cy="561975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086042C7" w14:textId="5D75CB87" w:rsidR="000B7F15" w:rsidRPr="00596D47" w:rsidRDefault="0039278C" w:rsidP="00D845F2">
+    <w:p w14:paraId="78FD5CF1" w14:textId="685D7C06" w:rsidR="00BA6FB9" w:rsidRPr="0007343D" w:rsidRDefault="009E7D1D" w:rsidP="00C44095">
+      <w:pPr>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343A34C8" w14:textId="7544BD8C" w:rsidR="0060686B" w:rsidRPr="0007343D" w:rsidRDefault="0060686B" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc194087318"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216858536"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ieņēmumu un izdevumu pārbaude (finanšu analīze)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Projekta </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16E23" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>investīciju izmaksas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="3C8BE997" w14:textId="37389554" w:rsidR="001D42E9" w:rsidRDefault="005E59DA" w:rsidP="008A7A30">
+    <w:p w14:paraId="24E774E9" w14:textId="58492625" w:rsidR="003F7DE7" w:rsidRPr="0007343D" w:rsidRDefault="008C5819" w:rsidP="003F7DE7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...94 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklāj</w:t>
+      </w:r>
+      <w:r w:rsidR="002D31BE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lapās</w:t>
+      </w:r>
+      <w:r w:rsidR="007D46B9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00566" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1.A. Iesniedzējs </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7DE7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiek norādīta informācija par projekta iesniedzēj</w:t>
+      </w:r>
+      <w:r w:rsidR="007D46B9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a (tiešās pārvaldes iestāde) projektā plānotajām investīciju izmaksām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7CD633" w14:textId="09493169" w:rsidR="003F7DE7" w:rsidRPr="0007343D" w:rsidRDefault="007D46B9" w:rsidP="007D46B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapā </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00566" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.2.1.A. Partneris-1</w:t>
+      </w:r>
+      <w:r w:rsidR="0071596A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un 1.2.2.A. Partneris-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00566" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623A40" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jāno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rāda informācija par projekta iesniedzēja sadarbības partnera, kas nav </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0972" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fiziska vai juridiska persona, kas veic saimniecisku darbību projekta īstenošanas teritorijās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) projektā plānotajām investīciju izmaksām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296EDBFD" w14:textId="50041C41" w:rsidR="00846997" w:rsidRPr="0007343D" w:rsidRDefault="00846997" w:rsidP="00846997">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapā 1.3.1. Partneris-komersants-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00623A40" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un .3.2. Partneris-komersants-2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623A40" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norāda informācija par projekta iesniedzēja sadarbības partneri, kas ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD62AC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fiziska vai juridiska persona</w:t>
+      </w:r>
+      <w:r w:rsidR="000000D4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas veic </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD62AC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A058B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saimniecisko darbību </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD62AC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskaņā ar SAM MK</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5258B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD62AC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="007973D4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD62AC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.apakšpunktu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5258B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projektā plānotajām investīciju izmaksām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D7477D" w14:textId="77777777" w:rsidR="00E9222B" w:rsidRPr="0007343D" w:rsidRDefault="00E9222B" w:rsidP="00E9222B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Investīciju izmaksas norāda kā pozitīvas vērtības (piemēram, 200 000,00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2A0E75" w14:textId="47322487" w:rsidR="000A36E7" w:rsidRPr="0007343D" w:rsidRDefault="000A36E7" w:rsidP="000A36E7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projekta iesniedzējam un sadarbības partneriem ir paredzētas atsevišķas izmaksu plūsmas, lai  aprēķinātu individuālos finansēšanas plānus sadalījumā pa </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1141" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komercdarbības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta veidiem un precīzi noteiktu finansējuma avotu sadalījumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D94B59" w14:textId="1105AA21" w:rsidR="000A36E7" w:rsidRPr="0007343D" w:rsidRDefault="000A36E7" w:rsidP="000A36E7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapā 1.1.A. Iesniedzējs</w:t>
+      </w:r>
+      <w:r w:rsidR="00342887" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1.2.1.A. Partneris-1 un 1.2.2.A. Partneris-2 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek norādīta informācija par projekta izmaksām darbībām, kas nekvalificējas kā </w:t>
+      </w:r>
+      <w:r w:rsidR="0067727E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komercdarbības</w:t>
+      </w:r>
+      <w:r w:rsidR="004D19CA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6380E559" w14:textId="47EEFAA3" w:rsidR="00846997" w:rsidRPr="0007343D" w:rsidRDefault="00846997" w:rsidP="000A36E7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapās 1.3.1. Partneris-komersants-1 un 1.3.2. Partneris-komersants-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiek norādīta informācija par projekta izmaksām darbībām, kas kvalificējas kā </w:t>
+      </w:r>
+      <w:r w:rsidR="0067727E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ko</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1777D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mercdarbības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsts (K</w:t>
+      </w:r>
+      <w:r w:rsidR="009E509B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>omisijas regulas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ES) Nr. 651/2014 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E534DB" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.pants</w:t>
+      </w:r>
+      <w:r w:rsidR="002870F7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, SAM MK noteikumu 42.p</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7E8D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unkts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15143B67" w14:textId="29454F2E" w:rsidR="00D929FD" w:rsidRPr="0007343D" w:rsidRDefault="00D929FD" w:rsidP="00D929FD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Projekta budžetam  ir piecpadsmit galvenās budžeta pozīcijas, kas ietver MK noteikumos noteiktās izmaksu pozīcijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43CAF" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (neaktuālās izmaksu pozīcijas ir paslēptas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Papildus katra budžeta pozīcija tiek iedalīta divās izmaksu grupās: projekta attiecināmās izmaksas un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ārpusprojekta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaksas sadalījumā pa gadiem, kuros tās tiks īstenotas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443792CB" w14:textId="4ABE6B0D" w:rsidR="00D929FD" w:rsidRPr="0007343D" w:rsidRDefault="00D929FD" w:rsidP="00D929FD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja izklājlapas katra gada kolonnā “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ārpusprojekta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmaksas” 1.-15. izmaksu pozīcijā ir ietverts PVN, tad tā katra gada kopsummu norāda </w:t>
+      </w:r>
+      <w:r w:rsidR="0014566A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.rindā “t.sk.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02DF5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PVN”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23074E50" w14:textId="29E6F722" w:rsidR="00D929FD" w:rsidRPr="0007343D" w:rsidRDefault="00CD7B3A" w:rsidP="00D929FD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapās 1.3.1. Partneris-komersants-1 un 1.3.2. Partneris-komersants-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapas C kolonnā</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0A93" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (oranžajā šūnā)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Maksimālā ES fondu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līdzfin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. atbalsta likme (%)” </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB653F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47B59" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iespēja norādīt </w:t>
+      </w:r>
+      <w:r w:rsidR="00E972DC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SAM </w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MK noteikum</w:t>
+      </w:r>
+      <w:r w:rsidR="00E972DC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u 52.punktā</w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E972DC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksimāl</w:t>
+      </w:r>
+      <w:r w:rsidR="00E972DC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ES fondu finansējuma atbalsta likm</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6DEA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00F01569" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6DEA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F01569" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>70%, 80% vai 85%</w:t>
+      </w:r>
+      <w:r w:rsidR="00D929FD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D71F3C" w14:textId="34BA7D48" w:rsidR="00C83B08" w:rsidRDefault="004A6450" w:rsidP="008A7A30">
+    <w:p w14:paraId="7D9B32F9" w14:textId="0D04C66B" w:rsidR="00BB0872" w:rsidRPr="0007343D" w:rsidRDefault="00BB0872" w:rsidP="00BB0872">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...174 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapās 1.2.1.A. Partneris-1</w:t>
+      </w:r>
+      <w:r w:rsidR="002159B1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.2.2.A. Partneris-2</w:t>
+      </w:r>
+      <w:r w:rsidR="002159B1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Izklājlapās 1.3.1. Partneris-komersants-1 un 1.3.2. Partneris-komersants-2</w:t>
+      </w:r>
+      <w:r w:rsidR="002159B1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.rindā ir jānorāda informācija par sadarbības partneri izvēlnēs izvēloties atbilstošu sadarbības partneri (šūna C3), tā veidu (šūna H3)</w:t>
+      </w:r>
+      <w:r w:rsidR="003851A4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C93F60" w14:textId="03147825" w:rsidR="001B2090" w:rsidRDefault="006055CB" w:rsidP="008A7A30">
+    <w:p w14:paraId="7126EE91" w14:textId="09C13D7E" w:rsidR="00BB0872" w:rsidRPr="0007343D" w:rsidRDefault="00600352" w:rsidP="002D31BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...248 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00600352">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>1.</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63C12F1B" wp14:editId="62BC7269">
-[...2 lines deleted...]
-            <wp:docPr id="1994071021" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, programmatūra, paralēls&#10;&#10;Mākslīgā intelekta ģenerētais saturs var būt nepareizs."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5560D134" wp14:editId="0C7A8DDF">
+            <wp:extent cx="6119495" cy="1537335"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:docPr id="1420019774" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1994071021" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, programmatūra, paralēls&#10;&#10;Mākslīgā intelekta ģenerētais saturs var būt nepareizs."/>
+                    <pic:cNvPr id="1420019774" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6119495" cy="4892675"/>
+                      <a:ext cx="6119495" cy="1537335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395E5787" w14:textId="0F653969" w:rsidR="0060686B" w:rsidRPr="00596D47" w:rsidRDefault="0060686B" w:rsidP="00BD3A1E">
+    <w:p w14:paraId="363070D9" w14:textId="49FEB1A7" w:rsidR="002B625D" w:rsidRPr="0007343D" w:rsidRDefault="002B625D" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Norādot šajās izklājlapās informāciju par projekta budžetu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A34773" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jāpārliecinās, ka tā atbilst projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB319D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sadaļai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Projekta budžeta kopsavilkums” un “Projekta budžeta kopsavilkuma pielikums” (ja attiecināms)</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3EFE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kā arī projekta iesnieguma sadaļā “Projekta īstenošanas laika grafiks” norādītajam projekta investīciju ieviešanas laika grafikam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C666FA" w14:textId="77777777" w:rsidR="00476670" w:rsidRPr="0007343D" w:rsidRDefault="00476670" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29C606FE" w14:textId="56BC7C81" w:rsidR="00BA6FB9" w:rsidRPr="0007343D" w:rsidRDefault="00BA6FB9" w:rsidP="00596D47">
       <w:pPr>
         <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc194087319"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc216858537"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Investīciju naudas plūsma bez projekta</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="1C49A237" w14:textId="397859A8" w:rsidR="004914B1" w:rsidRPr="0007343D" w:rsidRDefault="004914B1" w:rsidP="004914B1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapā “2. DL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>invest.n.pl.BEZ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” norāda </w:t>
+      </w:r>
+      <w:r w:rsidR="00D34C87" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudas plūsmu situācijā bez projekta. Projekta iesniedzējs aizpilda tās rindas, kur rodas vai nu ieņēmumi, vai iz</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maksas ievērojot nozarei atbilstošu pārskata periodu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BFF343" w14:textId="270BBCDA" w:rsidR="008C3B1D" w:rsidRPr="0007343D" w:rsidRDefault="008C3B1D" w:rsidP="004914B1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapa “2. DL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>invest.n.pl.BEZ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” ir sadalīta </w:t>
+      </w:r>
+      <w:r w:rsidR="0057041A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s daļās: “Ieņēmumi BEZ projekta”</w:t>
+      </w:r>
+      <w:r w:rsidR="0057041A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Darbības izmaksas BEZ projekta”</w:t>
+      </w:r>
+      <w:r w:rsidR="0057041A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un “Neto naudas plūsma”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E89AF4" w14:textId="0C105675" w:rsidR="008C3B1D" w:rsidRPr="0007343D" w:rsidRDefault="0022408E" w:rsidP="004914B1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.d</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aļā “Ieņēmumi BEZ projekta” projekta iesniedzējs norāda plānotos ieņēmumus, dalot tos atsevišķi pa ieņēmumu </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pozīcijām</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Ieņēmumus rēķina projekta iesniegšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46466" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gada cenās (piemēram, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00372348" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.gada cenās</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46466" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un tiem klāt nerēķina </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46466" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar inflāciju saistītu </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3B1D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadārdzinājumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46466" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ieņēmumus norāda kā pozitīvas vērtības (piemēram, </w:t>
+      </w:r>
+      <w:r w:rsidR="00411470" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>000,00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005C8CF5" w14:textId="26638B49" w:rsidR="00581AFC" w:rsidRPr="0007343D" w:rsidRDefault="0022408E" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.d</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aļā “Darbības izmaksas BEZ projekta” projekta iesniedzējs norāda darbības izmaksas, dalot tos atsevišķi pa izmaksu pozīcijām. Iz</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maksas</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rēķina projekta iesniegšanas gada cenās (piemēram, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00372348" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.gada cenās) un tiem klāt nerēķina ar inflāciju saistītu sadārdzinājumu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izmaksas norāda kā negatīvas vērtības (ar – zīmi, piemēram, -4000,00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A5954F" w14:textId="0E139EE9" w:rsidR="00001531" w:rsidRPr="0007343D" w:rsidRDefault="00001531" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Norādot datus ir jānodala ieņēmumi un darbības izmaksas darbībām, kas kvalificējas kā komercdarbības atbalsts (KOMISIJAS REGULAS (ES) Nr. 651/2014 45.pants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02918470" w14:textId="7A3D7B06" w:rsidR="00411470" w:rsidRPr="0007343D" w:rsidRDefault="00411470" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Naudas plūsmas pozīcijas tiek norādītas izklājlapā “3. DL invest.n.pl.AR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.” kolonnā “C”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2DD31E" w14:textId="7A14B5F9" w:rsidR="00D15786" w:rsidRPr="0007343D" w:rsidRDefault="00D15786" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ieņēmumiem un darbības izmaksām ir jābūt pamatotām ar datiem un aprēķiniem, to aprēķinus norādot izklājlapā “Pieņēmumi”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DD423D" w14:textId="4CCB1805" w:rsidR="000F5D15" w:rsidRPr="0007343D" w:rsidRDefault="0022408E" w:rsidP="002D31BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.d</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aļu “Neto naudas plūsma” projekta iesniedzējs neaizpilda, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95F5A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jo </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tajā automātiski ģenerējas iznākums</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ņemot vērā norādītos ieņēmumus un izmaksas</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ja ir pozitīvs iznākums attiecīgajā gadā, tad projekta iesniedzējam ir līdzekļu pārpalikums (peļņa), savukārt, ja ir negatīvs iznākums attiecīgajā gadā, tad projekta iesniedzējam ir līdzekļu iztrūkums (zaudējumi), jeb kārtējie ieņēmumi nesedz kārtēj</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s iz</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maksa</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53272" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EE274C" w14:textId="4D74A823" w:rsidR="00BA6FB9" w:rsidRPr="0007343D" w:rsidRDefault="008C4545" w:rsidP="00596D47">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc216858538"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Investīciju naudas plūsma ar projektu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="1EB94FC5" w14:textId="71761443" w:rsidR="00E6581F" w:rsidRPr="0007343D" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapā “3. DL invest.n.pl.AR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.” norāda projekta naudas plūsmu situācijā ar projektu. Projekta iesniedzējs aizpilda tās rindas, kur rodas vai nu ieņēmumi, vai izmaksas ievērojot nozarei atbilstošu pārskata periodu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4635EFCA" w14:textId="3A6C4728" w:rsidR="00E6581F" w:rsidRPr="0007343D" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk95915372"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapa </w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“3. DL invest.n.pl.AR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir sadalīta </w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piecās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daļās: “Ieņēmumi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, “Darbības izmaksas </w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, “Investīciju izmaksas”, “Projekta atlikusī vērtība”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Neto naudas plūsma”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3CED34" w14:textId="4F153C07" w:rsidR="00E6581F" w:rsidRPr="0007343D" w:rsidRDefault="0022408E" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aļā “Ieņēmumi </w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” projekta iesniedzējs norāda plānotos ieņēmumus, dalot tos atsevišķi pa ieņēmumu pozīcijām</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un norādot ieņēmumu pozīcijas nosaukumu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ieņēmumus rēķina projekta iesniegšanas gada cenās (piemēram, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00372348" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada cenās) un tiem klāt nerēķina ar inflāciju saistītu sadārdzinājumu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ieņēmumus norāda kā pozitīvas vērtības (piemēram, 2000,00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E91B8C1" w14:textId="095DDE9A" w:rsidR="0064187F" w:rsidRPr="0007343D" w:rsidRDefault="0022408E" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aļā “Darbības izmaksas </w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” projekta iesniedzējs norāda darbības </w:t>
+      </w:r>
+      <w:r w:rsidR="0064187F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un investīciju aizstāšanas </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmaksas, dalot tos atsevišķi pa izmaksu pozīcijām</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un norādot izmaksu pozīcijas nosaukumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Iz</w:t>
+      </w:r>
+      <w:r w:rsidR="009B297A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maksa</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s rēķina projekta iesniegšanas gada cenās (piemēram, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00372348" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada cenās) un tiem klāt nerēķina ar inflāciju saistītu sadārdzinājumu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izmaksas norāda kā negatīvas vērtības (ar – zīmi, piemēram, -4000,00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9EF06C" w14:textId="235A3986" w:rsidR="0064187F" w:rsidRPr="0007343D" w:rsidRDefault="0064187F" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investīciju aizstāšanas izmaksas norāda, ja projektā iegādāto investīciju ekonomiski derīgais izmantošanas laiks ir īsāks par </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA740F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analīzes aprēķinos piemērojamo pārskata periodu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A7A87F" w14:textId="727F6DA9" w:rsidR="0022408E" w:rsidRPr="0007343D" w:rsidRDefault="00436503" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ieņēmumus un izmaksas norāda tajos pārskata perioda gados, kuros tās var tikt plānotas ņemot vērā projekta investīciju ieviešanas periodu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DECD234" w14:textId="06B3B1A7" w:rsidR="0022408E" w:rsidRPr="0007343D" w:rsidRDefault="0022408E" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.daļu “Investīciju izmaksas” projekta iesniedzējs neaizpilda, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95F5A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tajā automātiski ģenerējas iznākums, ņemot vērā </w:t>
+      </w:r>
+      <w:r w:rsidR="009650BA" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izklājlapās par projekta budžetu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norādītās projekta investīciju izmaksas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F478FCF" w14:textId="1FCF5406" w:rsidR="00C16C58" w:rsidRPr="0007343D" w:rsidRDefault="00C16C58" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.daļā “Projekta atlikusī vērtība” projekta iesniedzējs pārskata perioda pēdējā gadā norāda projekta atlikušo vērtību. Ja projektā tiek īstenotas darbības ar dažādiem pārskata periodiem, tad projekta atlikušo vērtību norāda katras projekta darbības pārskata perioda pēdējā gadā.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Projekta atlikušo vērību norāda kā pozitīvu vērtību (piemēram, 80 000,00).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764A7BAB" w14:textId="77777777" w:rsidR="00094834" w:rsidRPr="0007343D" w:rsidRDefault="00094834" w:rsidP="00094834">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja projektā no iegādātajiem pamatlīdzekļiem ir plānoti ieņēmumi, tad to investīciju atlikušo vērtību nosaka attiecībā uz projekta aktīviem, kuri ir saistīti ar neto ieņēmumu gūšanu, kuru saimnieciskais mūžs pārsniedz pārskata periodu, to atlikušo vērtību nosaka aprēķinot darbības atlikušo darbības gadu naudas plūsmu neto pašreizējo vērtību. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227750D3" w14:textId="77777777" w:rsidR="00094834" w:rsidRPr="0007343D" w:rsidRDefault="00094834" w:rsidP="00094834">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja projektā no iegādātajiem pamatlīdzekļiem netiek gūti neto ieņēmumi tad izmanto atlikušās vērtības aprēķināšanas metodi pamatojoties uz standarta grāmatvedības nolietojuma formulu vai ņemot vērā pamatlīdzekļa atlikušo tirgus vērtību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC98522" w14:textId="77777777" w:rsidR="007C07DA" w:rsidRPr="0007343D" w:rsidRDefault="007C07DA" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Norādot datus ir jānodala ieņēmumi un darbības izmaksas, kas kvalificējas kā komercdarbības atbalsts (KOMISIJAS REGULAS (ES) Nr. 651/2014 45.pants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B821BF6" w14:textId="5DA94E50" w:rsidR="00A6136A" w:rsidRPr="0007343D" w:rsidRDefault="00A6136A" w:rsidP="00A6136A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>investīciju izmaksu ieviešanas periodā projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">plānots gūt </w:t>
+      </w:r>
+      <w:r w:rsidR="006C127C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ieņēmumus tie ir jānodala no pārējiem ieņēmumiem norādot tos izklājlapas sadaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ieņēmumi (Investīciju ieviešanas periodā):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7977AF90" w14:textId="7C6D4098" w:rsidR="00A6136A" w:rsidRPr="0007343D" w:rsidRDefault="003A3E6C" w:rsidP="00A6136A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A3E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0654016E" wp14:editId="4D15B858">
+            <wp:extent cx="6119495" cy="2253615"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1084467813" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1084467813" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="2253615"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F97299C" w14:textId="77777777" w:rsidR="00A6136A" w:rsidRPr="0007343D" w:rsidRDefault="00A6136A" w:rsidP="00A6136A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65244114" w14:textId="5D6F0C3C" w:rsidR="00A6136A" w:rsidRPr="0007343D" w:rsidRDefault="00A6136A" w:rsidP="00A6136A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>investīciju ieviešanas periodā projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir  plānotas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000430ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>darbības izmaksas kuras nav ietvertas projektā plānotajās investīciju izmaksās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tās ir jānodala no pārējām darbības izmaksām norādot tās izklājlapas sadaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Darbības izmaksas (Investīciju ieviešanas periodā):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE17C66" w14:textId="63485CF7" w:rsidR="00A6136A" w:rsidRPr="0007343D" w:rsidRDefault="00E31DAF" w:rsidP="00A6136A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E31DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A2350FC" wp14:editId="5EEC26CB">
+            <wp:extent cx="6119495" cy="2344420"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1551627544" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1551627544" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="2344420"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776E309D" w14:textId="77777777" w:rsidR="00A6136A" w:rsidRPr="0007343D" w:rsidRDefault="00A6136A" w:rsidP="00A6136A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja investīciju izmaksu ieviešanas periodā projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi veidojas neto ieņēmumi, tad par neto ieņēmumu daļu tiek samazināta ES fondu līdzfinansējuma likme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9C8120" w14:textId="20DDF33F" w:rsidR="00E6581F" w:rsidRPr="0007343D" w:rsidRDefault="00E6581F" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ieņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbības izmaksām</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un projekta atlikušai vērtībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir jābūt pamatotām ar datiem un aprēķiniem, to aprēķinus norādot izklājlapā “Pieņēmumi”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5512A082" w14:textId="1692E014" w:rsidR="00E6581F" w:rsidRPr="0007343D" w:rsidRDefault="00B95F5A" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aļu “Neto naudas plūsma” projekta iesniedzējs neaizpilda, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jo </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tajā automātiski ģenerējas iznākums, ņemot vērā norādītos ieņēmumus un izmaksas: ja ir pozitīvs iznākums attiecīgajā gadā, tad projekta iesniedzējam ir līdzekļu pārpalikums (peļņa), savukārt, ja ir negatīvs iznākums attiecīgajā gadā, tad projekta iesniedzējam ir līdzekļu iztrūkums (zaudējumi), jeb kārtējie ieņēmumi nesedz kārtēj</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s iz</w:t>
+      </w:r>
+      <w:r w:rsidR="002A78FE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maksas</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6581F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C00B00" w14:textId="015158DB" w:rsidR="004710D1" w:rsidRPr="0007343D" w:rsidRDefault="006347CA" w:rsidP="004710D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ne vēlāk kā p</w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irms pēdējā maksājuma pieprasījuma sagatavošanas finansējuma saņēmējam ir pienākums atkārtoti pārskatīt </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA740F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analīzē sniegto informāciju par </w:t>
+      </w:r>
+      <w:r w:rsidR="004F042F" w:rsidRPr="004F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieņēmumiem un darbības izmaksām </w:t>
+      </w:r>
+      <w:r w:rsidR="004F042F" w:rsidRPr="002D40D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(ja tās nav ietvertas projektā plānotajās investīciju izmaksās)</w:t>
+      </w:r>
+      <w:r w:rsidR="004F042F" w:rsidRPr="004F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projektā vai</w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi </w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pret projekta investīciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00814194">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ieviešanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00814194" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>periodā</w:t>
+      </w:r>
+      <w:r w:rsidR="00814194">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeb projekta darbību īstenošanas rezultātā</w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> faktiski gūtajiem neto ieņēmumiem, rezultātā (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0571E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ja attiecināms</w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>) koriģējot</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, jeb samazinot</w:t>
+      </w:r>
+      <w:r w:rsidR="004710D1" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ES fondu līdzfinansējuma likmi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235F800C" w14:textId="77777777" w:rsidR="004710D1" w:rsidRPr="0007343D" w:rsidRDefault="004710D1" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="086042C7" w14:textId="407219C6" w:rsidR="000B7F15" w:rsidRPr="0007343D" w:rsidRDefault="0039278C" w:rsidP="0007343D">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc194087318"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc216858539"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ieņēmumu un izdevumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D07903" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>attiecības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārbaude</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="0BA244AD" w14:textId="592CFAD7" w:rsidR="00985E8C" w:rsidRPr="0007343D" w:rsidRDefault="00985E8C" w:rsidP="00E6581F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šī sadaļa attiecas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4FFF" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA740F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analīzi</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4FFF" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gan uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ieņēmumu un izdevumu attiecības pārbaudi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8BE997" w14:textId="37389554" w:rsidR="001D42E9" w:rsidRPr="0007343D" w:rsidRDefault="005E59DA" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="008D06BD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inanšu anal</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60AFC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>īzes izklājlapā “</w:t>
+      </w:r>
+      <w:r w:rsidR="008D06BD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. DL invest.n.pl.AR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D06BD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D06BD" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” un </w:t>
+      </w:r>
+      <w:r w:rsidR="00C170B3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieņēmumu un izdevumu attiecības pārbaudes </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60AFC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izklājlapā “Ieņēmumi un izdevumi”</w:t>
+      </w:r>
+      <w:r w:rsidR="00037AE7" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norāda</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5F60" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbības ieņēmumus un izmaksas</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4288" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sadalījumā pa gadiem</w:t>
+      </w:r>
+      <w:r w:rsidR="001655D2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00823192" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001655D2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attēls)</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4288" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D71F3C" w14:textId="34BA7D48" w:rsidR="00C83B08" w:rsidRPr="0007343D" w:rsidRDefault="004A6450" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lai </w:t>
+      </w:r>
+      <w:r w:rsidR="004B43C3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ieņēmumu un izdevumu pārbaude tiktu veikta korekti</w:t>
+      </w:r>
+      <w:r w:rsidR="00740B8C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, katrā ieņēmumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00536D4B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izdevumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00740B8C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ailē</w:t>
+      </w:r>
+      <w:r w:rsidR="00536D4B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jānorāda ieņēmumi vai izdevumi par </w:t>
+      </w:r>
+      <w:r w:rsidR="00707268" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsevišķ</w:t>
+      </w:r>
+      <w:r w:rsidR="003A66AB" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ām projekta darbībām. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1021" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tas nodrošinās</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D47" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> korektu pārbaudi</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1021" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D47" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1021" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ieņēmumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00181C40" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izdevumi</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1021" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:r w:rsidR="00181C40" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecīgās infrastruktūras </w:t>
+      </w:r>
+      <w:r w:rsidR="00743679" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">objekta </w:t>
+      </w:r>
+      <w:r w:rsidR="00181C40" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">netiks </w:t>
+      </w:r>
+      <w:r w:rsidR="00743679" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskaitīti</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0C3D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>citas infrastruktūras objekta ieņēmumiem un izdevumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7D47" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C93F60" w14:textId="0250A85A" w:rsidR="001B2090" w:rsidRPr="0007343D" w:rsidRDefault="006055CB" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pēc ieņēmumu un izdevumu ievades pārbaudes rezultāts ir nolasāms automātiski</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2417C" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (attēlā </w:t>
+      </w:r>
+      <w:r w:rsidR="001570F8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">52.-55. </w:t>
+      </w:r>
+      <w:r w:rsidR="00733EF0" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rinda)</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2090" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C275383" w14:textId="412C96B1" w:rsidR="006055CB" w:rsidRPr="0007343D" w:rsidRDefault="001B2090" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja rezultāts iekrāsojas zaļā krāsā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8001A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001570F8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tas norāda uz to ka ieņēmumu nav vai arī </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8001A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosacījums </w:t>
+      </w:r>
+      <w:r w:rsidR="001570F8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par ieņēmumiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8001A" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir izpildīts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D5EEBD" w14:textId="46E0893C" w:rsidR="00B4296F" w:rsidRPr="0007343D" w:rsidRDefault="001A71C6" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ja rezultāts iekrāsojas sarkanā krāsā, nosacījums nav izpildīts</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CCE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un parādīsies brīdinājuma uzraksts “</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CCE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ieņēmumi projekta dzīves ciklā </w:t>
+      </w:r>
+      <w:r w:rsidR="001570F8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc investīciju ieviešanas perioda </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CCE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nevienā gadā nedrīkst pārsniegt 50</w:t>
+      </w:r>
+      <w:r w:rsidR="001570F8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CCE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="001570F8" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbībām kas nav saistītas ar komercdarbības atbalstu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CCE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4CCE" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7456E281" w14:textId="03E8977D" w:rsidR="008E38E3" w:rsidRPr="0007343D" w:rsidRDefault="008E38E3" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Projekts nevar tikt apstiprināts</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0C8B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ja nosacījums nav ievērots.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EAFD64" w14:textId="30274AC1" w:rsidR="001655D2" w:rsidRPr="0007343D" w:rsidRDefault="001655D2" w:rsidP="00BD3A1E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B53E2" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attēls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFD2187" w14:textId="582B6618" w:rsidR="004F4288" w:rsidRDefault="00E169B6" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E169B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13F89D68" wp14:editId="600BC1AD">
+            <wp:extent cx="6119495" cy="3846195"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:docPr id="439908048" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="439908048" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="3846195"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A5D6A6" w14:textId="77777777" w:rsidR="00F52724" w:rsidRPr="0007343D" w:rsidRDefault="00F52724" w:rsidP="008A7A30">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B48CD54" w14:textId="2F734DF5" w:rsidR="00432136" w:rsidRPr="0007343D" w:rsidRDefault="00432136" w:rsidP="00EC33FC">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc216858540"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00433B0E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sadaļa “Finansējuma sadalījums pa avotiem”</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="70C32497" w14:textId="13EAE9AA" w:rsidR="00C73ABA" w:rsidRPr="0007343D" w:rsidRDefault="00D84C82" w:rsidP="00D84C82">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk96430696"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapā “9. DL PI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D2E7D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fin.plans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” tiek aprēķināts gan projekta </w:t>
+      </w:r>
+      <w:r w:rsidR="00925AFC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kopējais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansēšanas plāns kas atbilst projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0F1F" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadaļai “Finansējuma sadalījums pa avotiem”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, gan arī individuālie </w:t>
+      </w:r>
+      <w:r w:rsidR="00925AFC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansēšanas plāni sadalījumā pa sadarbības partneriem un projektā plānotajiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00103A1B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komercdarbības</w:t>
+      </w:r>
+      <w:r w:rsidR="00925AFC" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta veidiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w14:paraId="0931B699" w14:textId="6238D3AD" w:rsidR="00925AFC" w:rsidRPr="0007343D" w:rsidRDefault="00925AFC" w:rsidP="00925AFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šūnā “A5” projekta iesniedzējs norāda atbilstošu ES fondu līdzfinansējuma avotu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C35C55" w14:textId="7A10E58B" w:rsidR="00990122" w:rsidRPr="0007343D" w:rsidRDefault="00990122" w:rsidP="00925AFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja projektā aprēķinātais ES fondu līdzfinansējums ir lielāks par pieejamo ES fondu līdzfinansējuma apmēru, pieejamais ES fondu līdzfinansējuma apmērs jānorāda šūnā “B19” un </w:t>
+      </w:r>
+      <w:r w:rsidR="00E369B4" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analīzes modelis automātiski aprēķinās ES fondu līdzfinansējumu proporcionāli sākotnēji aprēķinātajam ES fondu līdzfinansējumam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A90880" w14:textId="530C65C3" w:rsidR="00EF7BE3" w:rsidRPr="0007343D" w:rsidRDefault="00EF7BE3" w:rsidP="00925AFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jāpārliecinās lai izklājlapā “9. DL PI</w:t>
+      </w:r>
+      <w:r w:rsidR="00A057F5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A057F5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fin.plans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” aprēķinātais projekta kopējais finansēšanas plāns  atbilst projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1959" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadaļai “Finansējuma sadalījums pa avotiem”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75669982" w14:textId="77777777" w:rsidR="00EF7BE3" w:rsidRDefault="00EF7BE3" w:rsidP="00925AFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7870E8C6" w14:textId="77777777" w:rsidR="00BB7079" w:rsidRDefault="00BB7079" w:rsidP="00925AFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398F431F" w14:textId="77777777" w:rsidR="00BB7079" w:rsidRPr="0007343D" w:rsidRDefault="00BB7079" w:rsidP="00925AFC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B62DAEE" w14:textId="1DA8C242" w:rsidR="00432136" w:rsidRPr="0007343D" w:rsidRDefault="00432136" w:rsidP="00EC33FC">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc216858541"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10BE3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sadaļa “Projekta budžeta kopsavilkums”</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="41966CD3" w14:textId="75089D0B" w:rsidR="00DB1761" w:rsidRPr="0007343D" w:rsidRDefault="00DB1761" w:rsidP="00DB1761">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapā “10. DL PI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006B6F4B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Budz.kops</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006B6F4B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” tiek aprēķināts projekta kopējais budžeta kopsavilkums kas atbilst projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6F4B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadaļai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Projekta budžeta kopsavilkums”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01746C50" w14:textId="4290D7F8" w:rsidR="00DB1761" w:rsidRPr="0007343D" w:rsidRDefault="005F04B3" w:rsidP="00DB1761">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informāciju par</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1761" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta budžeta izmaksu pozīcijām un izmaksām </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1761" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta iesniedzējs neaizpilda, jo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tajās</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1761" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> automātiski ģenerējas iznākums, ņemot vērā izklājlapās par projekta budžetu norādītās projekta investīciju izmaksas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BA24A1" w14:textId="218A08F0" w:rsidR="005F04B3" w:rsidRPr="0007343D" w:rsidRDefault="005F04B3" w:rsidP="00DB1761">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Projekta iesniedzējs pārbauda kolonnā “G” aprēķināto PVN apmēru un to salīdzina ar projekta iesnieguma 3. pielikumu “Projekta budžeta kopsavilkums” un nepie</w:t>
+      </w:r>
+      <w:r w:rsidR="00870FE0" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ciešamības gadījumā precizē to.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF9A2CE" w14:textId="3EB21BC3" w:rsidR="00DB1761" w:rsidRPr="0007343D" w:rsidRDefault="00870FE0" w:rsidP="00870FE0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jāpārliecinās lai izklājlapā “10. DL PI</w:t>
+      </w:r>
+      <w:r w:rsidR="00D348C5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D348C5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Budz.kops</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D348C5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” aprēķinātais projekta kopējais budžeta kopsavilkums  atbilst projekta iesnieguma</w:t>
+      </w:r>
+      <w:r w:rsidR="00D348C5" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9743D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadaļai “Projekta budžeta kopsavilkums”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDCB6C6" w14:textId="77777777" w:rsidR="00870FE0" w:rsidRPr="0007343D" w:rsidRDefault="00870FE0" w:rsidP="00870FE0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5408E2BA" w14:textId="61CE5ABB" w:rsidR="0060686B" w:rsidRPr="0007343D" w:rsidRDefault="00D348C5" w:rsidP="00EC33FC">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc216858542"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MK </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2AE3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>noteikumu Nr.408</w:t>
+      </w:r>
+      <w:r w:rsidR="0060686B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2AE3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="0060686B" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums “Projekta izmaksu efektivitātes novērtējums”</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="155155FA" w14:textId="1BDB9CC1" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Hlk96432576"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izklājlapā “11. DL 4.pielikums” ir ietverta veidlapa “Projekta izmaksu efektivitātes novērtējums” atbilstoši MK noteikumu Nr.408 4.pielikumam, kurā tiek aprēķināti projekta finanšu un ekonomiskās analīzes dati.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="5911" w:tblpY="79"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="515"/>
+        <w:gridCol w:w="276"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B50372" w:rsidRPr="0007343D" w14:paraId="16C09940" w14:textId="77777777" w:rsidTr="00BF0667">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5C1329" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00BF0667">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="235806B4" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00BF0667">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0305F625" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00BF0667">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75C412BE" w14:textId="50EB0AF1" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ar aizpildīšanai paredzēto lauku tonējumu:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B15" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norādītie lauki ir papildus aizpildāmie lauki. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E10029F" w14:textId="5899364D" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Laukos, kuros nav oranžais tonējums, vērtības tiek aprēķinātas automātiski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47419ADA" w14:textId="46AE5FDA" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sadaļas “I. Finanšu analīze” 1.punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7401" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.attēls) “Dati, galvenie pieņēmumi un makroekonomiskie parametri, kas tika izmantoti, lai veiktu analīzi. Galvenie secinājumi no finanšu analīzes, tostarp finanšu stabilitātes analīzes rezultāti, lai pierādītu, ka projekts nākotnē nenonāks finanšu grūtībās” jānorāda:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305095C2" w14:textId="069F2770" w:rsidR="0021109C" w:rsidRPr="0007343D" w:rsidRDefault="0021109C" w:rsidP="003C6B15">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADE783C" w14:textId="429F5E20" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00FD0958" w:rsidP="00B50372">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B50372" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.attēls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B763E0" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44FB4324" wp14:editId="764B9697">
+            <wp:extent cx="6119495" cy="1814195"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1997508689" name="Picture 1997508689" descr="Attēls, kurā ir teksts, ekrānuzņēmums, fonts, rinda&#10;&#10;Apraksts ģenerēts automātiski"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1997508689" name="Attēls 1" descr="Attēls, kurā ir teksts, ekrānuzņēmums, fonts, rinda&#10;&#10;Apraksts ģenerēts automātiski"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="1814195"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7F4631" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plānotā projekta raksturojums, projekta mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B49A06" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Esošās situācijas raksturojums;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598591F3" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Informācija par alternatīvām, to izvēles procesu, detalizēta informācija par izvēlēto alternatīvu(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>situācijas apraksts ar projektu / bez projekta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743CF2D6" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ar projektu saistītās veiktās priekšizpētes (ja tādas ir veiktas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613CFA98" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kādi makroekonomiskie rādītāji ir izmantoti finanšu analīzē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6686FC" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aprēķinu periodu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275575B9" w14:textId="115B54E0" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidR="008536E3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ņēmumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00204EC9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izmaksu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> raksturojums, aprēķinu gaitā iegūtu rezultātu detalizēts apraksts (kāds ir aprēķinos noteiktais FNPV(k), FRR(k), FNPV(c); FRR(c), kāda ir aprēķinātā SAM līdzfinansējuma likme % un euro un kāda ir aprēķinātā uzkrātā neto naudas plūsma, kā arī to ko no šiem rezultātiem var secināt) un aprēķinos izmantoto pieņēmumu raksturojums.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1491FD92" w14:textId="77777777" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sadaļu var papildināt arī ar citu atbilstošu un ar projektu saistītu informāciju, pēc projekta iesniedzēja ieskatiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4B8F15" w14:textId="35ED7D20" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00B50372" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sadaļas “I. Finanšu analīze” 2.punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0958" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.attēls) “Galvenie elementi un parametri, ko izmanto IIA finanšu analīzei” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un 3.punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Finanšu analīzes galvenie rādītāji saskaņā ar IIA dokumentu” aprēķini notiek automatizēti. Papildus informācijas ievade nav nepieciešama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABC010B" w14:textId="22B8A046" w:rsidR="00EF14EA" w:rsidRPr="0007343D" w:rsidRDefault="00EF14EA" w:rsidP="003C6B15">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19BCE176" w14:textId="7CA0B59A" w:rsidR="00B50372" w:rsidRPr="0007343D" w:rsidRDefault="00FD0958" w:rsidP="00B50372">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1545"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B50372" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.attēls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF983A8" w14:textId="77777777" w:rsidR="008C232A" w:rsidRDefault="008C232A" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E22349E" w14:textId="30F2CEEF" w:rsidR="00B50372" w:rsidRDefault="00411893" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AD9E30F" wp14:editId="6E8467C4">
+            <wp:extent cx="6119495" cy="3590925"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="1128788629" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1128788629" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId25"/>
+                    <a:srcRect b="31603"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="3590925"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23309F5A" w14:textId="77777777" w:rsidR="00F50915" w:rsidRDefault="00F50915" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1AAEE7" w14:textId="77777777" w:rsidR="00F50915" w:rsidRDefault="00F50915" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F3F6EF" w14:textId="77777777" w:rsidR="00F50915" w:rsidRPr="0007343D" w:rsidRDefault="00F50915" w:rsidP="00B50372">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="395E5787" w14:textId="0F653969" w:rsidR="0060686B" w:rsidRPr="0007343D" w:rsidRDefault="0060686B" w:rsidP="0007343D">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc194087319"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc216858543"/>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pieņēmumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="1CB6B215" w14:textId="04639087" w:rsidR="0024051E" w:rsidRPr="00E11084" w:rsidRDefault="00E60F3C" w:rsidP="00E11084">
+    <w:p w14:paraId="6DD4125E" w14:textId="11191A07" w:rsidR="00FB4FFF" w:rsidRPr="0007343D" w:rsidRDefault="00FB4FFF" w:rsidP="00FB4FFF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šī sadaļa attiecas gan uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00C308F9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finanšu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>analīzi gan uz ieņēmumu un izdevumu attiecības pārbaudi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DCDF0A" w14:textId="1E6E80B1" w:rsidR="00E8243F" w:rsidRPr="0007343D" w:rsidRDefault="00E60F3C" w:rsidP="00E60F3C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izklājlapā “Pieņēmumi” </w:t>
+      </w:r>
+      <w:r w:rsidR="006F4B3D" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nav uzstādīta šūnu aizsardzība un šajā izklājlapā norāda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C308F9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>finanšu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analīzes aprēķinos izmantoto mainīgo aprēķinus un datus (piemēram</w:t>
+      </w:r>
+      <w:r w:rsidR="008536E3" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finanšu analīzē ieņēmumu, darbības izmaksu</w:t>
+      </w:r>
+      <w:r w:rsidR="0002245E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un atlikušās vērtības aprēķinu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C308F9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3584CCE8" w14:textId="1A9B3466" w:rsidR="00B21FE9" w:rsidRPr="0007343D" w:rsidRDefault="006347CA" w:rsidP="00B21FE9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ne vēlāk kā p</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irms pēdējā maksājuma pieprasījuma sagatavošanas finansējuma saņēmējam, ir pienākums atkārtoti pārskatīt un </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">precizēt </w:t>
+      </w:r>
+      <w:r w:rsidR="008536E3" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>finanšu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60F3C" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analīzē </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sniegto </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informāciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neto </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ieņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB19AB" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kas gūti investīciju ieviešanas periodā jeb īstenojot projekta darbības</w:t>
+      </w:r>
+      <w:r w:rsidR="002A69FE" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbības izmaksām </w:t>
+      </w:r>
+      <w:r w:rsidR="00855850" w:rsidRPr="00855850">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ja šīs izmaksas nav ietvertas projektā plānotajās investīciju izmaksās)</w:t>
+      </w:r>
+      <w:r w:rsidR="00855850">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F4B3D" w:rsidRPr="006F4B3D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7B49" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="00C62637">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pret </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>darbību īstenošanas rezultātā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21FE9" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> faktiski gūtajiem neto ieņēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42D02" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, rezultātā (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0571E" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ja attiecināms</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42D02" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>) koriģējot</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50915">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, jeb samazinot</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42D02" w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ES fondu līdzfinansējuma likmi.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0024051E" w:rsidRPr="00E11084" w:rsidSect="00882610">
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="4466C448" w14:textId="77777777" w:rsidR="00B21FE9" w:rsidRPr="0007343D" w:rsidRDefault="00B21FE9" w:rsidP="00E60F3C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D3EA75A" w14:textId="6E9AE504" w:rsidR="006A65B2" w:rsidRPr="0007343D" w:rsidRDefault="00C42D02" w:rsidP="00C42D02">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3870"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0007343D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2584877B" w14:textId="684E3E3E" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB6B215" w14:textId="5761C26A" w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidRDefault="0024051E" w:rsidP="00E11084">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0024051E" w:rsidRPr="0007343D" w:rsidSect="000D4E69">
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:headerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E4BCCC8" w14:textId="77777777" w:rsidR="003476C4" w:rsidRDefault="003476C4" w:rsidP="00185ABD">
+    <w:p w14:paraId="6AAE6173" w14:textId="77777777" w:rsidR="00C02242" w:rsidRDefault="00C02242" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66BD1E08" w14:textId="77777777" w:rsidR="003476C4" w:rsidRDefault="003476C4" w:rsidP="00185ABD">
+    <w:p w14:paraId="508B5176" w14:textId="77777777" w:rsidR="00C02242" w:rsidRDefault="00C02242" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="354EA5C7" w14:textId="77777777" w:rsidR="003476C4" w:rsidRDefault="003476C4">
+    <w:p w14:paraId="0373FFE1" w14:textId="77777777" w:rsidR="00C02242" w:rsidRDefault="00C02242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5195,50 +13068,56 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="610482945"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="757B3F77" w14:textId="28CB16AE" w:rsidR="00E2476B" w:rsidRDefault="00E2476B">
         <w:pPr>
           <w:pStyle w:val="Kjene"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
@@ -5254,77 +13133,129 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2A02004C" w14:textId="77777777" w:rsidR="00E2476B" w:rsidRDefault="00E2476B">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FE28AFD" w14:textId="77777777" w:rsidR="003476C4" w:rsidRDefault="003476C4" w:rsidP="00185ABD">
+    <w:p w14:paraId="7B8AF091" w14:textId="77777777" w:rsidR="00C02242" w:rsidRDefault="00C02242" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77A841C0" w14:textId="77777777" w:rsidR="003476C4" w:rsidRDefault="003476C4" w:rsidP="00185ABD">
+    <w:p w14:paraId="3E085597" w14:textId="77777777" w:rsidR="00C02242" w:rsidRDefault="00C02242" w:rsidP="00185ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55F364FA" w14:textId="77777777" w:rsidR="003476C4" w:rsidRDefault="003476C4">
+    <w:p w14:paraId="02F69BE2" w14:textId="77777777" w:rsidR="00C02242" w:rsidRDefault="00C02242">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58AB8C59" w14:textId="77777777" w:rsidR="000D4E69" w:rsidRPr="000D4E69" w:rsidRDefault="000D4E69" w:rsidP="000D4E69">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000D4E69">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>4. pielikums</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4834257F" w14:textId="77777777" w:rsidR="000D4E69" w:rsidRPr="000D4E69" w:rsidRDefault="000D4E69" w:rsidP="000D4E69">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000D4E69">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Projektu iesniegumu atlases nolikumam</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4090F389" w14:textId="77777777" w:rsidR="000D4E69" w:rsidRDefault="000D4E69">
+    <w:pPr>
+      <w:pStyle w:val="Galvene"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001F4D41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E386CBA"/>
     <w:lvl w:ilvl="0" w:tplc="BB764814">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6995,50 +14926,163 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32C2EE50"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="25FEF71C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AC8CEE8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0AA47668">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D1FE79DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DA8A7A54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="737A7F20">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4F32BA32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="91F60146">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="35D81070">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34C05861"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8EAB0B4"/>
     <w:lvl w:ilvl="0" w:tplc="8594F2D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9C52786E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7107,51 +15151,51 @@
     <w:lvl w:ilvl="7" w:tplc="0A58367E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E09C5986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="396F15D3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6236363E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7228,51 +15272,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403B61BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A48DAB8"/>
     <w:lvl w:ilvl="0" w:tplc="9E6054EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F2C63192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7368,51 +15412,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B79ED698" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Corbel" w:hAnsi="Corbel" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44715AD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF3E2B0E"/>
     <w:lvl w:ilvl="0" w:tplc="84A63648">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="minorBidi" w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7458,51 +15502,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45F76133"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="572C972E"/>
     <w:lvl w:ilvl="0" w:tplc="6E80BC72">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="131C9978">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7571,51 +15615,51 @@
     <w:lvl w:ilvl="7" w:tplc="987413A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76983B24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47013CCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F626B582"/>
     <w:lvl w:ilvl="0" w:tplc="F10CE50E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -7660,51 +15704,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49E81CC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69100E30"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7773,51 +15817,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C1916A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F90D972"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7886,51 +15930,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D5A3345"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37201DD2"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7999,51 +16043,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E8E5633"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="49827138"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="735" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8112,51 +16156,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54F20E70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="261AFC80"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8225,51 +16269,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="561772DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2CA085FC"/>
     <w:lvl w:ilvl="0" w:tplc="04260017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8311,51 +16355,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F38294F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E56EB1C"/>
     <w:lvl w:ilvl="0" w:tplc="04260017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -8400,51 +16444,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="619A2E7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4882AF0"/>
     <w:lvl w:ilvl="0" w:tplc="8F5084E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="11F8B774">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8513,51 +16557,51 @@
     <w:lvl w:ilvl="7" w:tplc="42C28AAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B6CC0AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62580E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="925C4DC8"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8626,51 +16670,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62EF3F31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2F4512E"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8739,51 +16783,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="644748F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCD2BC68"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8825,51 +16869,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E894286"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0308B054"/>
     <w:lvl w:ilvl="0" w:tplc="04260011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -8914,51 +16958,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72AD1682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70CCB83C"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9027,51 +17071,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2C1AC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F67C834E"/>
     <w:lvl w:ilvl="0" w:tplc="04260017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9113,51 +17157,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B8C766A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9529A4A"/>
     <w:lvl w:ilvl="0" w:tplc="04260017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A71E98B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -9205,51 +17249,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DD52961"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4042B5C0"/>
     <w:lvl w:ilvl="0" w:tplc="025CC0D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CFB0136A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9322,857 +17366,1279 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7CB48332" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1503202967">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1270818606">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="591204900">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="707146550">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="755633820">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2023360103">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="914702335">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1963681624">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="877935930">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="909194905">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1393381677">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="732898767">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="975640806">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1175219341">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="362680649">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="482114575">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1233662820">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="241643840">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="506335436">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="451361071">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1512908835">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1176265156">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2139374051">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1287077257">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="249124429">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1486318711">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="956182188">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1279340824">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="279342845">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1096167445">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1795126406">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="986977415">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1961449759">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="441807719">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1938096616">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="78715946">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="602611275">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="660694274">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1919707149">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="2082369746">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="840389061">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="101"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0024051E"/>
+    <w:rsid w:val="000000D4"/>
+    <w:rsid w:val="000005DA"/>
+    <w:rsid w:val="00001531"/>
     <w:rsid w:val="000045F9"/>
+    <w:rsid w:val="00004E52"/>
     <w:rsid w:val="00005817"/>
     <w:rsid w:val="00006C96"/>
+    <w:rsid w:val="000101F0"/>
+    <w:rsid w:val="00011F4D"/>
     <w:rsid w:val="00014045"/>
     <w:rsid w:val="00014C2F"/>
+    <w:rsid w:val="00015E89"/>
+    <w:rsid w:val="0001719E"/>
+    <w:rsid w:val="00020761"/>
     <w:rsid w:val="00020EFB"/>
+    <w:rsid w:val="0002245E"/>
+    <w:rsid w:val="00022848"/>
     <w:rsid w:val="00022F98"/>
+    <w:rsid w:val="00024841"/>
     <w:rsid w:val="000251DB"/>
     <w:rsid w:val="00031397"/>
     <w:rsid w:val="00031792"/>
     <w:rsid w:val="00032684"/>
     <w:rsid w:val="000337D8"/>
     <w:rsid w:val="00036C48"/>
     <w:rsid w:val="00036E18"/>
     <w:rsid w:val="00037A55"/>
     <w:rsid w:val="00037AE7"/>
+    <w:rsid w:val="000430ED"/>
+    <w:rsid w:val="00055248"/>
     <w:rsid w:val="000561B6"/>
     <w:rsid w:val="00061326"/>
     <w:rsid w:val="00064110"/>
     <w:rsid w:val="000651D3"/>
     <w:rsid w:val="000656C3"/>
+    <w:rsid w:val="000700F8"/>
+    <w:rsid w:val="00071AEF"/>
+    <w:rsid w:val="0007343D"/>
     <w:rsid w:val="00074331"/>
     <w:rsid w:val="00074955"/>
+    <w:rsid w:val="00075948"/>
     <w:rsid w:val="00076035"/>
+    <w:rsid w:val="00076ED5"/>
+    <w:rsid w:val="00081053"/>
+    <w:rsid w:val="000821A0"/>
     <w:rsid w:val="00082C91"/>
     <w:rsid w:val="00084BF1"/>
+    <w:rsid w:val="00085536"/>
     <w:rsid w:val="0009039F"/>
     <w:rsid w:val="000919AE"/>
     <w:rsid w:val="00092F0C"/>
     <w:rsid w:val="00094834"/>
     <w:rsid w:val="000959AB"/>
+    <w:rsid w:val="00095B2D"/>
     <w:rsid w:val="00096DAD"/>
     <w:rsid w:val="00096F87"/>
     <w:rsid w:val="0009779D"/>
     <w:rsid w:val="000A1021"/>
     <w:rsid w:val="000A13CA"/>
     <w:rsid w:val="000A19C4"/>
     <w:rsid w:val="000A26E3"/>
     <w:rsid w:val="000A36E7"/>
+    <w:rsid w:val="000A737A"/>
     <w:rsid w:val="000B17A2"/>
+    <w:rsid w:val="000B6B76"/>
     <w:rsid w:val="000B7F15"/>
     <w:rsid w:val="000C4C22"/>
     <w:rsid w:val="000D33E6"/>
+    <w:rsid w:val="000D4E69"/>
     <w:rsid w:val="000D7414"/>
     <w:rsid w:val="000D7EC4"/>
     <w:rsid w:val="000E0CF0"/>
     <w:rsid w:val="000E1D75"/>
     <w:rsid w:val="000E2256"/>
     <w:rsid w:val="000E23A3"/>
+    <w:rsid w:val="000E309B"/>
     <w:rsid w:val="000E5C0C"/>
     <w:rsid w:val="000F0356"/>
     <w:rsid w:val="000F064A"/>
+    <w:rsid w:val="000F3227"/>
     <w:rsid w:val="000F4170"/>
     <w:rsid w:val="000F5D15"/>
     <w:rsid w:val="000F7462"/>
     <w:rsid w:val="00102054"/>
     <w:rsid w:val="00103A1B"/>
     <w:rsid w:val="00106EAC"/>
+    <w:rsid w:val="0010733C"/>
+    <w:rsid w:val="00110CDC"/>
+    <w:rsid w:val="00111773"/>
+    <w:rsid w:val="00112E06"/>
+    <w:rsid w:val="0011349E"/>
     <w:rsid w:val="00115EE6"/>
     <w:rsid w:val="00115FD0"/>
     <w:rsid w:val="001178AF"/>
     <w:rsid w:val="00121A3F"/>
+    <w:rsid w:val="001220AA"/>
     <w:rsid w:val="001302F4"/>
     <w:rsid w:val="00130607"/>
+    <w:rsid w:val="00131BFB"/>
+    <w:rsid w:val="00142E04"/>
     <w:rsid w:val="0014566A"/>
+    <w:rsid w:val="00145B8F"/>
+    <w:rsid w:val="0014776A"/>
+    <w:rsid w:val="0015363A"/>
+    <w:rsid w:val="001570F8"/>
+    <w:rsid w:val="0016254D"/>
+    <w:rsid w:val="00164D6F"/>
     <w:rsid w:val="001655D2"/>
+    <w:rsid w:val="00165D0D"/>
     <w:rsid w:val="00167100"/>
     <w:rsid w:val="00172D19"/>
     <w:rsid w:val="001751FF"/>
     <w:rsid w:val="00180DE9"/>
     <w:rsid w:val="00181293"/>
     <w:rsid w:val="001812D6"/>
     <w:rsid w:val="00181C40"/>
     <w:rsid w:val="00183B8C"/>
     <w:rsid w:val="00185ABD"/>
     <w:rsid w:val="00187FF4"/>
+    <w:rsid w:val="001900B1"/>
     <w:rsid w:val="00194239"/>
     <w:rsid w:val="0019735C"/>
+    <w:rsid w:val="00197B1B"/>
+    <w:rsid w:val="001A3BDC"/>
     <w:rsid w:val="001A71C6"/>
     <w:rsid w:val="001B14D1"/>
+    <w:rsid w:val="001B1A87"/>
     <w:rsid w:val="001B1AAB"/>
     <w:rsid w:val="001B2090"/>
+    <w:rsid w:val="001B41AA"/>
+    <w:rsid w:val="001B4EA5"/>
     <w:rsid w:val="001B500B"/>
+    <w:rsid w:val="001C1319"/>
+    <w:rsid w:val="001C3E96"/>
+    <w:rsid w:val="001C63AF"/>
+    <w:rsid w:val="001C65B0"/>
     <w:rsid w:val="001D0E86"/>
     <w:rsid w:val="001D2493"/>
     <w:rsid w:val="001D42E9"/>
     <w:rsid w:val="001D7536"/>
     <w:rsid w:val="001D78B4"/>
+    <w:rsid w:val="001E0003"/>
     <w:rsid w:val="001E0E3D"/>
+    <w:rsid w:val="001E2298"/>
     <w:rsid w:val="001E53F3"/>
+    <w:rsid w:val="001E589F"/>
     <w:rsid w:val="001E58BB"/>
     <w:rsid w:val="001E5E78"/>
+    <w:rsid w:val="001E6365"/>
+    <w:rsid w:val="001E658F"/>
     <w:rsid w:val="001F0EF3"/>
     <w:rsid w:val="001F3D86"/>
+    <w:rsid w:val="001F5FE6"/>
     <w:rsid w:val="002002C9"/>
+    <w:rsid w:val="00204EC9"/>
     <w:rsid w:val="002068C2"/>
+    <w:rsid w:val="002068CB"/>
     <w:rsid w:val="00207D69"/>
     <w:rsid w:val="0021109C"/>
+    <w:rsid w:val="00211729"/>
+    <w:rsid w:val="0021284C"/>
+    <w:rsid w:val="002159B1"/>
     <w:rsid w:val="00221B5B"/>
+    <w:rsid w:val="00223C54"/>
     <w:rsid w:val="0022408E"/>
+    <w:rsid w:val="00227E22"/>
     <w:rsid w:val="0023186A"/>
+    <w:rsid w:val="00236030"/>
+    <w:rsid w:val="0023669E"/>
     <w:rsid w:val="0024051E"/>
     <w:rsid w:val="00241D65"/>
+    <w:rsid w:val="00242091"/>
+    <w:rsid w:val="00243E9B"/>
     <w:rsid w:val="00245582"/>
     <w:rsid w:val="00247E75"/>
+    <w:rsid w:val="00251BB6"/>
     <w:rsid w:val="00251CC4"/>
     <w:rsid w:val="002559F3"/>
     <w:rsid w:val="00255EDC"/>
+    <w:rsid w:val="00256043"/>
     <w:rsid w:val="0026260B"/>
+    <w:rsid w:val="00262FD5"/>
     <w:rsid w:val="0026450F"/>
     <w:rsid w:val="0026566F"/>
     <w:rsid w:val="00266C9E"/>
     <w:rsid w:val="00266FC1"/>
     <w:rsid w:val="002727D7"/>
     <w:rsid w:val="00276FAB"/>
+    <w:rsid w:val="002870F7"/>
     <w:rsid w:val="00287279"/>
+    <w:rsid w:val="00287C4A"/>
     <w:rsid w:val="002938DC"/>
     <w:rsid w:val="002A0EC6"/>
     <w:rsid w:val="002A63AF"/>
     <w:rsid w:val="002A69FE"/>
     <w:rsid w:val="002A78FE"/>
     <w:rsid w:val="002B625D"/>
     <w:rsid w:val="002C1141"/>
     <w:rsid w:val="002C2E53"/>
+    <w:rsid w:val="002C3C8C"/>
     <w:rsid w:val="002C4446"/>
     <w:rsid w:val="002C5DBF"/>
+    <w:rsid w:val="002D0C5C"/>
     <w:rsid w:val="002D31BE"/>
+    <w:rsid w:val="002D40D7"/>
     <w:rsid w:val="002D5207"/>
+    <w:rsid w:val="002E1C4A"/>
+    <w:rsid w:val="002F1F24"/>
     <w:rsid w:val="002F3463"/>
     <w:rsid w:val="002F6607"/>
     <w:rsid w:val="002F6989"/>
     <w:rsid w:val="00303C8A"/>
+    <w:rsid w:val="00305AF6"/>
     <w:rsid w:val="00306D78"/>
+    <w:rsid w:val="00307DEA"/>
     <w:rsid w:val="003110C3"/>
     <w:rsid w:val="00311966"/>
+    <w:rsid w:val="00311A37"/>
+    <w:rsid w:val="00312DC1"/>
     <w:rsid w:val="00314781"/>
     <w:rsid w:val="00330C1A"/>
+    <w:rsid w:val="0033118B"/>
+    <w:rsid w:val="00333138"/>
+    <w:rsid w:val="0033401C"/>
     <w:rsid w:val="00334B31"/>
     <w:rsid w:val="00334EB0"/>
     <w:rsid w:val="003401D6"/>
     <w:rsid w:val="003404A6"/>
     <w:rsid w:val="00342887"/>
+    <w:rsid w:val="003468EC"/>
     <w:rsid w:val="003476C4"/>
+    <w:rsid w:val="003518BD"/>
     <w:rsid w:val="00354092"/>
     <w:rsid w:val="00361FAC"/>
+    <w:rsid w:val="00362261"/>
     <w:rsid w:val="003647A3"/>
+    <w:rsid w:val="00365514"/>
+    <w:rsid w:val="00365A85"/>
     <w:rsid w:val="00372348"/>
     <w:rsid w:val="00374863"/>
     <w:rsid w:val="0038409A"/>
     <w:rsid w:val="00384276"/>
     <w:rsid w:val="003851A4"/>
     <w:rsid w:val="0038523B"/>
     <w:rsid w:val="00386DD2"/>
+    <w:rsid w:val="00387296"/>
     <w:rsid w:val="0039278C"/>
+    <w:rsid w:val="00395CD6"/>
     <w:rsid w:val="003A1E5C"/>
+    <w:rsid w:val="003A20ED"/>
+    <w:rsid w:val="003A3E6C"/>
     <w:rsid w:val="003A4339"/>
+    <w:rsid w:val="003A4D70"/>
     <w:rsid w:val="003A66AB"/>
+    <w:rsid w:val="003B3637"/>
+    <w:rsid w:val="003B4421"/>
     <w:rsid w:val="003B53E2"/>
     <w:rsid w:val="003C08B6"/>
+    <w:rsid w:val="003C4D4E"/>
+    <w:rsid w:val="003C6498"/>
+    <w:rsid w:val="003C6B15"/>
     <w:rsid w:val="003C72AF"/>
     <w:rsid w:val="003D09CB"/>
     <w:rsid w:val="003D1F6A"/>
+    <w:rsid w:val="003D44B5"/>
     <w:rsid w:val="003E0E15"/>
+    <w:rsid w:val="003E570E"/>
     <w:rsid w:val="003E5AB0"/>
     <w:rsid w:val="003E6371"/>
     <w:rsid w:val="003F2025"/>
+    <w:rsid w:val="003F2BF7"/>
     <w:rsid w:val="003F5191"/>
     <w:rsid w:val="003F65C4"/>
     <w:rsid w:val="003F7DE7"/>
     <w:rsid w:val="004077D7"/>
+    <w:rsid w:val="00407BCD"/>
     <w:rsid w:val="00411470"/>
+    <w:rsid w:val="00411893"/>
     <w:rsid w:val="00413C2E"/>
+    <w:rsid w:val="00414F79"/>
+    <w:rsid w:val="00416B46"/>
+    <w:rsid w:val="0041787C"/>
     <w:rsid w:val="004201D0"/>
     <w:rsid w:val="00422CDD"/>
     <w:rsid w:val="00430718"/>
     <w:rsid w:val="00432136"/>
     <w:rsid w:val="00433B0E"/>
     <w:rsid w:val="00434A93"/>
     <w:rsid w:val="00436503"/>
     <w:rsid w:val="00437B81"/>
     <w:rsid w:val="00447B69"/>
+    <w:rsid w:val="00455E3D"/>
     <w:rsid w:val="00460C1E"/>
     <w:rsid w:val="00464335"/>
+    <w:rsid w:val="004664AA"/>
+    <w:rsid w:val="004710D1"/>
     <w:rsid w:val="00471188"/>
     <w:rsid w:val="0047138D"/>
     <w:rsid w:val="00476670"/>
     <w:rsid w:val="00476A7A"/>
+    <w:rsid w:val="00480DFA"/>
     <w:rsid w:val="004818C0"/>
     <w:rsid w:val="0048675D"/>
+    <w:rsid w:val="00487F34"/>
     <w:rsid w:val="004914B1"/>
+    <w:rsid w:val="0049169F"/>
+    <w:rsid w:val="00491BE7"/>
+    <w:rsid w:val="00493829"/>
+    <w:rsid w:val="004A2A78"/>
     <w:rsid w:val="004A3F66"/>
     <w:rsid w:val="004A4029"/>
     <w:rsid w:val="004A6057"/>
+    <w:rsid w:val="004A617A"/>
     <w:rsid w:val="004A6450"/>
     <w:rsid w:val="004A6E5F"/>
     <w:rsid w:val="004B00CB"/>
     <w:rsid w:val="004B3472"/>
     <w:rsid w:val="004B3EF7"/>
     <w:rsid w:val="004B40FB"/>
     <w:rsid w:val="004B43C3"/>
+    <w:rsid w:val="004B6EB0"/>
     <w:rsid w:val="004C005F"/>
     <w:rsid w:val="004C4147"/>
     <w:rsid w:val="004D0C3D"/>
     <w:rsid w:val="004D19CA"/>
     <w:rsid w:val="004D3A72"/>
     <w:rsid w:val="004D60EB"/>
     <w:rsid w:val="004E0E04"/>
     <w:rsid w:val="004E602B"/>
+    <w:rsid w:val="004F042F"/>
+    <w:rsid w:val="004F143C"/>
     <w:rsid w:val="004F4288"/>
     <w:rsid w:val="004F6137"/>
+    <w:rsid w:val="00501902"/>
     <w:rsid w:val="00504A07"/>
+    <w:rsid w:val="00505D93"/>
+    <w:rsid w:val="0051276C"/>
     <w:rsid w:val="005134A6"/>
     <w:rsid w:val="00513CEE"/>
     <w:rsid w:val="00514729"/>
+    <w:rsid w:val="00520D2D"/>
     <w:rsid w:val="00522F1A"/>
     <w:rsid w:val="00530ADB"/>
+    <w:rsid w:val="00534D9C"/>
     <w:rsid w:val="00536D4B"/>
+    <w:rsid w:val="00537E32"/>
+    <w:rsid w:val="00540BA0"/>
+    <w:rsid w:val="00544EEA"/>
     <w:rsid w:val="00545FB9"/>
     <w:rsid w:val="00546C63"/>
     <w:rsid w:val="005506AE"/>
+    <w:rsid w:val="0055210B"/>
     <w:rsid w:val="00554468"/>
+    <w:rsid w:val="005567A9"/>
+    <w:rsid w:val="00560B6E"/>
     <w:rsid w:val="00561DFA"/>
+    <w:rsid w:val="00564838"/>
+    <w:rsid w:val="00567EB0"/>
     <w:rsid w:val="0057041A"/>
     <w:rsid w:val="00570B6A"/>
+    <w:rsid w:val="00573D58"/>
     <w:rsid w:val="00574CB4"/>
     <w:rsid w:val="005767D2"/>
     <w:rsid w:val="00576FB0"/>
     <w:rsid w:val="00581AFC"/>
+    <w:rsid w:val="00581CAF"/>
     <w:rsid w:val="00582CA9"/>
+    <w:rsid w:val="005844E1"/>
     <w:rsid w:val="00586E52"/>
     <w:rsid w:val="00590253"/>
     <w:rsid w:val="00591D84"/>
     <w:rsid w:val="00596D47"/>
     <w:rsid w:val="00597C63"/>
     <w:rsid w:val="005A041E"/>
+    <w:rsid w:val="005A058B"/>
     <w:rsid w:val="005A0A9E"/>
     <w:rsid w:val="005A47B9"/>
     <w:rsid w:val="005A53CF"/>
     <w:rsid w:val="005B4EEF"/>
+    <w:rsid w:val="005B5527"/>
+    <w:rsid w:val="005C150B"/>
+    <w:rsid w:val="005C396F"/>
     <w:rsid w:val="005C45CA"/>
     <w:rsid w:val="005C7D27"/>
+    <w:rsid w:val="005D1960"/>
+    <w:rsid w:val="005D2E15"/>
+    <w:rsid w:val="005D41E0"/>
     <w:rsid w:val="005E1AB4"/>
     <w:rsid w:val="005E2AE3"/>
     <w:rsid w:val="005E3626"/>
     <w:rsid w:val="005E59DA"/>
     <w:rsid w:val="005F04B3"/>
     <w:rsid w:val="005F274F"/>
+    <w:rsid w:val="00600352"/>
+    <w:rsid w:val="0060114A"/>
     <w:rsid w:val="00603662"/>
+    <w:rsid w:val="006041A9"/>
+    <w:rsid w:val="006054E7"/>
     <w:rsid w:val="006055CB"/>
     <w:rsid w:val="0060686B"/>
     <w:rsid w:val="00606E8C"/>
     <w:rsid w:val="006128A5"/>
     <w:rsid w:val="006141DB"/>
+    <w:rsid w:val="00615F9D"/>
+    <w:rsid w:val="00616EC2"/>
     <w:rsid w:val="006214EC"/>
     <w:rsid w:val="00623A40"/>
     <w:rsid w:val="00633F94"/>
     <w:rsid w:val="00633FA7"/>
+    <w:rsid w:val="006347CA"/>
     <w:rsid w:val="00635E27"/>
+    <w:rsid w:val="00636396"/>
+    <w:rsid w:val="00636D8E"/>
+    <w:rsid w:val="00637F26"/>
     <w:rsid w:val="0064187F"/>
     <w:rsid w:val="0064192E"/>
     <w:rsid w:val="0064361B"/>
     <w:rsid w:val="006572D1"/>
     <w:rsid w:val="006620F6"/>
+    <w:rsid w:val="00662A06"/>
     <w:rsid w:val="00663640"/>
+    <w:rsid w:val="0067056E"/>
+    <w:rsid w:val="00670E63"/>
+    <w:rsid w:val="00672356"/>
     <w:rsid w:val="00675EDC"/>
     <w:rsid w:val="006761DB"/>
     <w:rsid w:val="006768F1"/>
     <w:rsid w:val="00676FE0"/>
     <w:rsid w:val="0067727E"/>
     <w:rsid w:val="00680C1F"/>
+    <w:rsid w:val="00681B51"/>
+    <w:rsid w:val="00682F43"/>
+    <w:rsid w:val="00683BF9"/>
     <w:rsid w:val="00685C4A"/>
     <w:rsid w:val="00686F1A"/>
     <w:rsid w:val="0068792F"/>
     <w:rsid w:val="006908EA"/>
+    <w:rsid w:val="00690B08"/>
+    <w:rsid w:val="0069432C"/>
     <w:rsid w:val="00694ECE"/>
+    <w:rsid w:val="00696946"/>
     <w:rsid w:val="00696D7F"/>
+    <w:rsid w:val="006976E3"/>
     <w:rsid w:val="006A65B2"/>
+    <w:rsid w:val="006B394A"/>
     <w:rsid w:val="006B48B3"/>
+    <w:rsid w:val="006B6E84"/>
     <w:rsid w:val="006B6F4B"/>
+    <w:rsid w:val="006B79E0"/>
+    <w:rsid w:val="006C127C"/>
+    <w:rsid w:val="006C18C8"/>
+    <w:rsid w:val="006C1C3E"/>
+    <w:rsid w:val="006C3198"/>
     <w:rsid w:val="006C35F5"/>
+    <w:rsid w:val="006C3B54"/>
     <w:rsid w:val="006C4152"/>
+    <w:rsid w:val="006C4528"/>
     <w:rsid w:val="006C7056"/>
+    <w:rsid w:val="006D0261"/>
     <w:rsid w:val="006D0884"/>
     <w:rsid w:val="006D147B"/>
+    <w:rsid w:val="006D2D78"/>
+    <w:rsid w:val="006D486F"/>
     <w:rsid w:val="006D6E34"/>
     <w:rsid w:val="006D7629"/>
     <w:rsid w:val="006E1DDF"/>
+    <w:rsid w:val="006E4F44"/>
+    <w:rsid w:val="006F2018"/>
     <w:rsid w:val="006F293A"/>
     <w:rsid w:val="006F4B3D"/>
     <w:rsid w:val="006F4F65"/>
     <w:rsid w:val="006F7401"/>
+    <w:rsid w:val="006F74DF"/>
+    <w:rsid w:val="00704139"/>
+    <w:rsid w:val="007054A6"/>
     <w:rsid w:val="00706D8C"/>
     <w:rsid w:val="00707268"/>
     <w:rsid w:val="00712756"/>
     <w:rsid w:val="00712A03"/>
+    <w:rsid w:val="00714CAA"/>
     <w:rsid w:val="00714F51"/>
     <w:rsid w:val="0071596A"/>
+    <w:rsid w:val="0072003F"/>
     <w:rsid w:val="0072085E"/>
     <w:rsid w:val="00724068"/>
     <w:rsid w:val="00727B2E"/>
+    <w:rsid w:val="007327D3"/>
     <w:rsid w:val="00733371"/>
     <w:rsid w:val="00733EF0"/>
     <w:rsid w:val="007343E4"/>
     <w:rsid w:val="00735C02"/>
     <w:rsid w:val="00740B8C"/>
+    <w:rsid w:val="00740F1C"/>
     <w:rsid w:val="00743679"/>
     <w:rsid w:val="007528B4"/>
+    <w:rsid w:val="00754F3F"/>
     <w:rsid w:val="00757048"/>
     <w:rsid w:val="00760A33"/>
     <w:rsid w:val="00764C79"/>
     <w:rsid w:val="0076658E"/>
     <w:rsid w:val="007705DB"/>
+    <w:rsid w:val="00772460"/>
+    <w:rsid w:val="00773FC9"/>
     <w:rsid w:val="007771F7"/>
+    <w:rsid w:val="0078223C"/>
+    <w:rsid w:val="00785A36"/>
     <w:rsid w:val="00785A42"/>
     <w:rsid w:val="00790623"/>
     <w:rsid w:val="007959A3"/>
     <w:rsid w:val="00796626"/>
+    <w:rsid w:val="007973D4"/>
     <w:rsid w:val="007A3C44"/>
+    <w:rsid w:val="007A4815"/>
     <w:rsid w:val="007A7D3C"/>
+    <w:rsid w:val="007B06A8"/>
     <w:rsid w:val="007B0D01"/>
+    <w:rsid w:val="007B0F73"/>
+    <w:rsid w:val="007B6460"/>
+    <w:rsid w:val="007B64AF"/>
     <w:rsid w:val="007C06C8"/>
+    <w:rsid w:val="007C07DA"/>
+    <w:rsid w:val="007C32E8"/>
+    <w:rsid w:val="007C6C56"/>
+    <w:rsid w:val="007C717B"/>
     <w:rsid w:val="007D04C0"/>
+    <w:rsid w:val="007D1584"/>
     <w:rsid w:val="007D46B9"/>
     <w:rsid w:val="007D5496"/>
     <w:rsid w:val="007D701F"/>
     <w:rsid w:val="007D7C96"/>
+    <w:rsid w:val="007E1C48"/>
+    <w:rsid w:val="007E4061"/>
     <w:rsid w:val="007F3A4F"/>
     <w:rsid w:val="007F3EFE"/>
     <w:rsid w:val="0080155B"/>
     <w:rsid w:val="00804143"/>
     <w:rsid w:val="008055C0"/>
+    <w:rsid w:val="00805F82"/>
+    <w:rsid w:val="00811F8E"/>
+    <w:rsid w:val="00814194"/>
+    <w:rsid w:val="008141DD"/>
+    <w:rsid w:val="008152A7"/>
+    <w:rsid w:val="00817070"/>
     <w:rsid w:val="00820246"/>
+    <w:rsid w:val="00821B4E"/>
+    <w:rsid w:val="00821F75"/>
     <w:rsid w:val="00823192"/>
+    <w:rsid w:val="0082422B"/>
     <w:rsid w:val="0082504C"/>
+    <w:rsid w:val="008256B7"/>
     <w:rsid w:val="008264B4"/>
+    <w:rsid w:val="0082652C"/>
     <w:rsid w:val="00830E5A"/>
+    <w:rsid w:val="00831706"/>
     <w:rsid w:val="00832348"/>
+    <w:rsid w:val="0083338A"/>
+    <w:rsid w:val="008347FD"/>
     <w:rsid w:val="00837728"/>
     <w:rsid w:val="008417F8"/>
     <w:rsid w:val="00842B38"/>
     <w:rsid w:val="0084491B"/>
+    <w:rsid w:val="00844978"/>
     <w:rsid w:val="008456DE"/>
     <w:rsid w:val="00846997"/>
     <w:rsid w:val="00846F6F"/>
+    <w:rsid w:val="00850217"/>
+    <w:rsid w:val="00851A24"/>
+    <w:rsid w:val="008536E3"/>
+    <w:rsid w:val="00854F0B"/>
+    <w:rsid w:val="00855850"/>
     <w:rsid w:val="008575D3"/>
+    <w:rsid w:val="00860C4D"/>
     <w:rsid w:val="00862976"/>
     <w:rsid w:val="00863302"/>
     <w:rsid w:val="00865E0E"/>
     <w:rsid w:val="00870FE0"/>
     <w:rsid w:val="00874AC8"/>
     <w:rsid w:val="00882610"/>
     <w:rsid w:val="00883451"/>
+    <w:rsid w:val="008839C3"/>
     <w:rsid w:val="00884C2C"/>
     <w:rsid w:val="008971CE"/>
+    <w:rsid w:val="008A0BCD"/>
     <w:rsid w:val="008A1959"/>
     <w:rsid w:val="008A26AB"/>
+    <w:rsid w:val="008A3D16"/>
+    <w:rsid w:val="008A4FDC"/>
     <w:rsid w:val="008A70E3"/>
     <w:rsid w:val="008A7A30"/>
     <w:rsid w:val="008A7D47"/>
     <w:rsid w:val="008B1802"/>
+    <w:rsid w:val="008B37ED"/>
     <w:rsid w:val="008B381B"/>
     <w:rsid w:val="008B55BF"/>
     <w:rsid w:val="008B5DB3"/>
+    <w:rsid w:val="008C232A"/>
     <w:rsid w:val="008C3B1D"/>
+    <w:rsid w:val="008C3D90"/>
     <w:rsid w:val="008C4545"/>
     <w:rsid w:val="008C5819"/>
     <w:rsid w:val="008D00A6"/>
     <w:rsid w:val="008D06BD"/>
+    <w:rsid w:val="008D1E3C"/>
     <w:rsid w:val="008D2E7D"/>
     <w:rsid w:val="008D4FCC"/>
     <w:rsid w:val="008E0762"/>
     <w:rsid w:val="008E0C8B"/>
     <w:rsid w:val="008E38E3"/>
     <w:rsid w:val="008E7ED8"/>
     <w:rsid w:val="008F00E9"/>
+    <w:rsid w:val="008F1023"/>
+    <w:rsid w:val="008F1CB9"/>
+    <w:rsid w:val="008F3904"/>
+    <w:rsid w:val="009002BB"/>
     <w:rsid w:val="00904558"/>
+    <w:rsid w:val="009141EE"/>
+    <w:rsid w:val="00922DFD"/>
     <w:rsid w:val="00925AFC"/>
     <w:rsid w:val="00925BDE"/>
+    <w:rsid w:val="00927AFC"/>
+    <w:rsid w:val="009368B7"/>
+    <w:rsid w:val="0093722E"/>
     <w:rsid w:val="0094491C"/>
     <w:rsid w:val="00944A9F"/>
     <w:rsid w:val="009504F0"/>
     <w:rsid w:val="0095198C"/>
+    <w:rsid w:val="009527AB"/>
+    <w:rsid w:val="00953438"/>
     <w:rsid w:val="009557A6"/>
+    <w:rsid w:val="00955DAD"/>
     <w:rsid w:val="00956326"/>
     <w:rsid w:val="00957348"/>
     <w:rsid w:val="009601A3"/>
     <w:rsid w:val="009601D1"/>
     <w:rsid w:val="00960CD6"/>
     <w:rsid w:val="00961561"/>
     <w:rsid w:val="00964CCB"/>
     <w:rsid w:val="009650BA"/>
+    <w:rsid w:val="00967140"/>
     <w:rsid w:val="00967ADA"/>
     <w:rsid w:val="009706A3"/>
+    <w:rsid w:val="0097154C"/>
     <w:rsid w:val="009736D3"/>
     <w:rsid w:val="009768BD"/>
     <w:rsid w:val="00977A01"/>
     <w:rsid w:val="009801B2"/>
+    <w:rsid w:val="00981509"/>
+    <w:rsid w:val="00981F70"/>
+    <w:rsid w:val="00984E96"/>
+    <w:rsid w:val="00985E8C"/>
+    <w:rsid w:val="009871D1"/>
     <w:rsid w:val="00987670"/>
+    <w:rsid w:val="00990087"/>
     <w:rsid w:val="00990122"/>
     <w:rsid w:val="00990763"/>
+    <w:rsid w:val="00993F86"/>
+    <w:rsid w:val="00997DC7"/>
+    <w:rsid w:val="009A0321"/>
+    <w:rsid w:val="009A1898"/>
     <w:rsid w:val="009A5683"/>
+    <w:rsid w:val="009B0803"/>
     <w:rsid w:val="009B297A"/>
     <w:rsid w:val="009B5465"/>
     <w:rsid w:val="009C11AB"/>
+    <w:rsid w:val="009C2C82"/>
+    <w:rsid w:val="009C2EA1"/>
     <w:rsid w:val="009C5E1F"/>
     <w:rsid w:val="009C64D4"/>
     <w:rsid w:val="009D4F7D"/>
     <w:rsid w:val="009D58AC"/>
     <w:rsid w:val="009D7428"/>
+    <w:rsid w:val="009D7D9A"/>
     <w:rsid w:val="009E4F65"/>
+    <w:rsid w:val="009E509B"/>
+    <w:rsid w:val="009E7B49"/>
     <w:rsid w:val="009E7D1D"/>
     <w:rsid w:val="009F60AC"/>
     <w:rsid w:val="00A0367A"/>
+    <w:rsid w:val="00A04012"/>
     <w:rsid w:val="00A057F5"/>
+    <w:rsid w:val="00A07721"/>
     <w:rsid w:val="00A10BE3"/>
     <w:rsid w:val="00A13555"/>
     <w:rsid w:val="00A13F49"/>
     <w:rsid w:val="00A16B82"/>
+    <w:rsid w:val="00A17C92"/>
     <w:rsid w:val="00A23B21"/>
     <w:rsid w:val="00A245D5"/>
+    <w:rsid w:val="00A24B17"/>
     <w:rsid w:val="00A34773"/>
     <w:rsid w:val="00A35D5B"/>
+    <w:rsid w:val="00A361E4"/>
+    <w:rsid w:val="00A36704"/>
     <w:rsid w:val="00A44EF6"/>
     <w:rsid w:val="00A4502C"/>
     <w:rsid w:val="00A46785"/>
     <w:rsid w:val="00A51FDD"/>
     <w:rsid w:val="00A53272"/>
+    <w:rsid w:val="00A53D94"/>
     <w:rsid w:val="00A558CD"/>
     <w:rsid w:val="00A6088E"/>
     <w:rsid w:val="00A60D67"/>
+    <w:rsid w:val="00A6136A"/>
     <w:rsid w:val="00A626DE"/>
     <w:rsid w:val="00A6384B"/>
     <w:rsid w:val="00A6747C"/>
     <w:rsid w:val="00A70758"/>
     <w:rsid w:val="00A74011"/>
     <w:rsid w:val="00A75B00"/>
+    <w:rsid w:val="00A77397"/>
     <w:rsid w:val="00A823A0"/>
+    <w:rsid w:val="00A83D76"/>
     <w:rsid w:val="00A8751A"/>
     <w:rsid w:val="00A90C57"/>
     <w:rsid w:val="00A92DB5"/>
+    <w:rsid w:val="00A94F68"/>
+    <w:rsid w:val="00A971CF"/>
     <w:rsid w:val="00AA0FE8"/>
     <w:rsid w:val="00AA1614"/>
+    <w:rsid w:val="00AA636E"/>
     <w:rsid w:val="00AA6DCC"/>
     <w:rsid w:val="00AB0CBF"/>
     <w:rsid w:val="00AB2D4F"/>
+    <w:rsid w:val="00AB6B40"/>
+    <w:rsid w:val="00AB728E"/>
     <w:rsid w:val="00AB7375"/>
+    <w:rsid w:val="00AC1788"/>
     <w:rsid w:val="00AC42BB"/>
+    <w:rsid w:val="00AC6DEA"/>
     <w:rsid w:val="00AD1BBB"/>
+    <w:rsid w:val="00AD3156"/>
+    <w:rsid w:val="00AD5D19"/>
     <w:rsid w:val="00AD6EAD"/>
     <w:rsid w:val="00AE3DFB"/>
     <w:rsid w:val="00AE5549"/>
     <w:rsid w:val="00AF3989"/>
+    <w:rsid w:val="00AF3AB4"/>
     <w:rsid w:val="00AF3B55"/>
     <w:rsid w:val="00AF4465"/>
     <w:rsid w:val="00AF4CCE"/>
     <w:rsid w:val="00AF501E"/>
     <w:rsid w:val="00AF5F60"/>
+    <w:rsid w:val="00B00436"/>
     <w:rsid w:val="00B01771"/>
     <w:rsid w:val="00B02E44"/>
     <w:rsid w:val="00B03F42"/>
     <w:rsid w:val="00B062A4"/>
+    <w:rsid w:val="00B21FE9"/>
     <w:rsid w:val="00B25985"/>
+    <w:rsid w:val="00B2632B"/>
     <w:rsid w:val="00B27FAB"/>
+    <w:rsid w:val="00B3077C"/>
     <w:rsid w:val="00B326E7"/>
+    <w:rsid w:val="00B32737"/>
+    <w:rsid w:val="00B32B9C"/>
+    <w:rsid w:val="00B32CAF"/>
     <w:rsid w:val="00B400E0"/>
     <w:rsid w:val="00B4252C"/>
     <w:rsid w:val="00B4296F"/>
     <w:rsid w:val="00B4356F"/>
+    <w:rsid w:val="00B446D0"/>
     <w:rsid w:val="00B50372"/>
     <w:rsid w:val="00B50C41"/>
     <w:rsid w:val="00B5258B"/>
     <w:rsid w:val="00B536C2"/>
     <w:rsid w:val="00B54513"/>
     <w:rsid w:val="00B56E11"/>
+    <w:rsid w:val="00B57817"/>
     <w:rsid w:val="00B6764A"/>
     <w:rsid w:val="00B71C94"/>
     <w:rsid w:val="00B8001A"/>
     <w:rsid w:val="00B81836"/>
     <w:rsid w:val="00B928ED"/>
+    <w:rsid w:val="00B9416E"/>
     <w:rsid w:val="00B9486A"/>
     <w:rsid w:val="00B95F5A"/>
+    <w:rsid w:val="00B96628"/>
+    <w:rsid w:val="00B973EC"/>
+    <w:rsid w:val="00BA1B33"/>
     <w:rsid w:val="00BA3AB4"/>
     <w:rsid w:val="00BA6FB9"/>
     <w:rsid w:val="00BB0872"/>
     <w:rsid w:val="00BB2E45"/>
     <w:rsid w:val="00BB319D"/>
+    <w:rsid w:val="00BB7079"/>
     <w:rsid w:val="00BC00AF"/>
+    <w:rsid w:val="00BC080D"/>
+    <w:rsid w:val="00BC28A6"/>
     <w:rsid w:val="00BC7971"/>
     <w:rsid w:val="00BD03CD"/>
     <w:rsid w:val="00BD3A1E"/>
     <w:rsid w:val="00BD3F2A"/>
+    <w:rsid w:val="00BD64F9"/>
+    <w:rsid w:val="00BF0972"/>
     <w:rsid w:val="00BF1140"/>
+    <w:rsid w:val="00BF1370"/>
+    <w:rsid w:val="00BF14AC"/>
     <w:rsid w:val="00BF4388"/>
+    <w:rsid w:val="00BF5E8C"/>
+    <w:rsid w:val="00BF70CB"/>
     <w:rsid w:val="00BF73CA"/>
+    <w:rsid w:val="00C02242"/>
+    <w:rsid w:val="00C024AB"/>
+    <w:rsid w:val="00C051D1"/>
+    <w:rsid w:val="00C0571E"/>
+    <w:rsid w:val="00C075C9"/>
     <w:rsid w:val="00C1129F"/>
     <w:rsid w:val="00C16A60"/>
     <w:rsid w:val="00C16C58"/>
+    <w:rsid w:val="00C170B3"/>
+    <w:rsid w:val="00C308F9"/>
+    <w:rsid w:val="00C32E79"/>
     <w:rsid w:val="00C407C2"/>
+    <w:rsid w:val="00C40A5B"/>
+    <w:rsid w:val="00C4249D"/>
     <w:rsid w:val="00C42903"/>
+    <w:rsid w:val="00C42D02"/>
     <w:rsid w:val="00C44095"/>
+    <w:rsid w:val="00C44689"/>
+    <w:rsid w:val="00C451F2"/>
     <w:rsid w:val="00C47CF8"/>
     <w:rsid w:val="00C47E05"/>
     <w:rsid w:val="00C50612"/>
+    <w:rsid w:val="00C509F9"/>
     <w:rsid w:val="00C5372D"/>
+    <w:rsid w:val="00C55DE7"/>
     <w:rsid w:val="00C610B9"/>
+    <w:rsid w:val="00C6227B"/>
+    <w:rsid w:val="00C62637"/>
     <w:rsid w:val="00C63582"/>
     <w:rsid w:val="00C65427"/>
     <w:rsid w:val="00C67772"/>
     <w:rsid w:val="00C72D33"/>
+    <w:rsid w:val="00C73558"/>
     <w:rsid w:val="00C73A3D"/>
     <w:rsid w:val="00C73ABA"/>
     <w:rsid w:val="00C742A4"/>
     <w:rsid w:val="00C81106"/>
+    <w:rsid w:val="00C8248F"/>
     <w:rsid w:val="00C83B08"/>
     <w:rsid w:val="00C934A6"/>
+    <w:rsid w:val="00C959CC"/>
     <w:rsid w:val="00C9745E"/>
+    <w:rsid w:val="00CA5A2B"/>
+    <w:rsid w:val="00CA6859"/>
     <w:rsid w:val="00CA79BA"/>
     <w:rsid w:val="00CB0150"/>
+    <w:rsid w:val="00CB1D33"/>
     <w:rsid w:val="00CB25AA"/>
+    <w:rsid w:val="00CB532B"/>
     <w:rsid w:val="00CB625D"/>
     <w:rsid w:val="00CC0143"/>
     <w:rsid w:val="00CC0C49"/>
     <w:rsid w:val="00CC0F1F"/>
+    <w:rsid w:val="00CD0416"/>
+    <w:rsid w:val="00CD3F4D"/>
+    <w:rsid w:val="00CD7B3A"/>
     <w:rsid w:val="00CE00D0"/>
     <w:rsid w:val="00CE153F"/>
     <w:rsid w:val="00CE51EE"/>
     <w:rsid w:val="00CE6ABC"/>
     <w:rsid w:val="00CF06D8"/>
     <w:rsid w:val="00CF0E05"/>
     <w:rsid w:val="00CF64F4"/>
+    <w:rsid w:val="00D02DF5"/>
     <w:rsid w:val="00D036FC"/>
     <w:rsid w:val="00D0498C"/>
     <w:rsid w:val="00D04C6F"/>
+    <w:rsid w:val="00D07903"/>
     <w:rsid w:val="00D07ED2"/>
+    <w:rsid w:val="00D10B89"/>
+    <w:rsid w:val="00D14057"/>
     <w:rsid w:val="00D15786"/>
+    <w:rsid w:val="00D15E2F"/>
     <w:rsid w:val="00D16823"/>
+    <w:rsid w:val="00D1732B"/>
     <w:rsid w:val="00D22402"/>
     <w:rsid w:val="00D2417C"/>
     <w:rsid w:val="00D24F7D"/>
     <w:rsid w:val="00D2613E"/>
+    <w:rsid w:val="00D300B7"/>
     <w:rsid w:val="00D33A8A"/>
     <w:rsid w:val="00D33F30"/>
     <w:rsid w:val="00D348C5"/>
     <w:rsid w:val="00D34C87"/>
+    <w:rsid w:val="00D34C8C"/>
     <w:rsid w:val="00D34CEA"/>
     <w:rsid w:val="00D36D3D"/>
     <w:rsid w:val="00D37C16"/>
+    <w:rsid w:val="00D41016"/>
+    <w:rsid w:val="00D421EA"/>
     <w:rsid w:val="00D43CAF"/>
+    <w:rsid w:val="00D452FC"/>
     <w:rsid w:val="00D45622"/>
     <w:rsid w:val="00D46466"/>
+    <w:rsid w:val="00D47930"/>
+    <w:rsid w:val="00D5155A"/>
     <w:rsid w:val="00D52E96"/>
+    <w:rsid w:val="00D562C3"/>
+    <w:rsid w:val="00D600AD"/>
     <w:rsid w:val="00D72A98"/>
+    <w:rsid w:val="00D73135"/>
     <w:rsid w:val="00D77CA0"/>
     <w:rsid w:val="00D80145"/>
+    <w:rsid w:val="00D81332"/>
+    <w:rsid w:val="00D82C1D"/>
+    <w:rsid w:val="00D82C23"/>
     <w:rsid w:val="00D845F2"/>
     <w:rsid w:val="00D84C82"/>
+    <w:rsid w:val="00D8695F"/>
+    <w:rsid w:val="00D87221"/>
     <w:rsid w:val="00D929FD"/>
+    <w:rsid w:val="00DA04C8"/>
     <w:rsid w:val="00DA3FAA"/>
     <w:rsid w:val="00DA6ED6"/>
     <w:rsid w:val="00DB1761"/>
+    <w:rsid w:val="00DB19AB"/>
+    <w:rsid w:val="00DC0A6E"/>
     <w:rsid w:val="00DC1846"/>
     <w:rsid w:val="00DC2E65"/>
     <w:rsid w:val="00DC3806"/>
     <w:rsid w:val="00DD2BF0"/>
     <w:rsid w:val="00DD2CAB"/>
     <w:rsid w:val="00DD417D"/>
     <w:rsid w:val="00DD59BA"/>
     <w:rsid w:val="00DD62AC"/>
     <w:rsid w:val="00DE2440"/>
     <w:rsid w:val="00DE4327"/>
     <w:rsid w:val="00DF5219"/>
+    <w:rsid w:val="00DF5512"/>
+    <w:rsid w:val="00E03260"/>
+    <w:rsid w:val="00E076DC"/>
     <w:rsid w:val="00E11084"/>
+    <w:rsid w:val="00E169B6"/>
     <w:rsid w:val="00E16E23"/>
     <w:rsid w:val="00E1777D"/>
+    <w:rsid w:val="00E2018C"/>
+    <w:rsid w:val="00E236CF"/>
     <w:rsid w:val="00E2476B"/>
+    <w:rsid w:val="00E24A28"/>
+    <w:rsid w:val="00E31DAF"/>
+    <w:rsid w:val="00E3347C"/>
+    <w:rsid w:val="00E369B4"/>
     <w:rsid w:val="00E36D0F"/>
+    <w:rsid w:val="00E4445F"/>
+    <w:rsid w:val="00E455C7"/>
+    <w:rsid w:val="00E47B59"/>
     <w:rsid w:val="00E534DB"/>
     <w:rsid w:val="00E579CE"/>
     <w:rsid w:val="00E60F3C"/>
+    <w:rsid w:val="00E60FF8"/>
+    <w:rsid w:val="00E62F39"/>
     <w:rsid w:val="00E638A0"/>
     <w:rsid w:val="00E63FEC"/>
     <w:rsid w:val="00E6581F"/>
+    <w:rsid w:val="00E67D13"/>
+    <w:rsid w:val="00E71786"/>
     <w:rsid w:val="00E75DBC"/>
     <w:rsid w:val="00E76206"/>
     <w:rsid w:val="00E80235"/>
     <w:rsid w:val="00E8243F"/>
     <w:rsid w:val="00E8306E"/>
+    <w:rsid w:val="00E84041"/>
     <w:rsid w:val="00E86BE9"/>
     <w:rsid w:val="00E918DA"/>
     <w:rsid w:val="00E9222B"/>
     <w:rsid w:val="00E95688"/>
+    <w:rsid w:val="00E972DC"/>
     <w:rsid w:val="00EA331E"/>
     <w:rsid w:val="00EB0CB2"/>
+    <w:rsid w:val="00EB19D7"/>
     <w:rsid w:val="00EB1BA3"/>
     <w:rsid w:val="00EB1C4F"/>
+    <w:rsid w:val="00EB2596"/>
     <w:rsid w:val="00EC01EE"/>
     <w:rsid w:val="00EC0651"/>
     <w:rsid w:val="00EC22D0"/>
+    <w:rsid w:val="00EC2422"/>
     <w:rsid w:val="00EC33FC"/>
     <w:rsid w:val="00EC5B49"/>
     <w:rsid w:val="00ED00CC"/>
     <w:rsid w:val="00ED1D55"/>
+    <w:rsid w:val="00ED4ABD"/>
+    <w:rsid w:val="00ED58D4"/>
+    <w:rsid w:val="00EE61F4"/>
     <w:rsid w:val="00EE7D85"/>
+    <w:rsid w:val="00EF05B5"/>
     <w:rsid w:val="00EF14EA"/>
+    <w:rsid w:val="00EF204D"/>
     <w:rsid w:val="00EF4558"/>
     <w:rsid w:val="00EF6A81"/>
+    <w:rsid w:val="00EF6AF1"/>
     <w:rsid w:val="00EF7BE3"/>
     <w:rsid w:val="00F00566"/>
+    <w:rsid w:val="00F01569"/>
+    <w:rsid w:val="00F01AA2"/>
     <w:rsid w:val="00F01F25"/>
+    <w:rsid w:val="00F03F79"/>
+    <w:rsid w:val="00F07985"/>
+    <w:rsid w:val="00F12154"/>
     <w:rsid w:val="00F14849"/>
+    <w:rsid w:val="00F1645C"/>
+    <w:rsid w:val="00F2566C"/>
+    <w:rsid w:val="00F26A2E"/>
     <w:rsid w:val="00F2781D"/>
+    <w:rsid w:val="00F34D57"/>
     <w:rsid w:val="00F351B6"/>
     <w:rsid w:val="00F36F51"/>
     <w:rsid w:val="00F404C1"/>
     <w:rsid w:val="00F42274"/>
+    <w:rsid w:val="00F42B8A"/>
     <w:rsid w:val="00F42BC9"/>
     <w:rsid w:val="00F43CA4"/>
+    <w:rsid w:val="00F443A2"/>
+    <w:rsid w:val="00F50504"/>
+    <w:rsid w:val="00F50915"/>
+    <w:rsid w:val="00F52724"/>
     <w:rsid w:val="00F571CB"/>
     <w:rsid w:val="00F60AFC"/>
+    <w:rsid w:val="00F702DC"/>
+    <w:rsid w:val="00F75015"/>
+    <w:rsid w:val="00F8005E"/>
     <w:rsid w:val="00F80A79"/>
     <w:rsid w:val="00F82E04"/>
+    <w:rsid w:val="00F8541F"/>
     <w:rsid w:val="00F85701"/>
+    <w:rsid w:val="00F96F8A"/>
     <w:rsid w:val="00F9743D"/>
     <w:rsid w:val="00FA49BD"/>
+    <w:rsid w:val="00FA740F"/>
     <w:rsid w:val="00FB4F61"/>
+    <w:rsid w:val="00FB4FFF"/>
     <w:rsid w:val="00FB5AB4"/>
+    <w:rsid w:val="00FB653F"/>
+    <w:rsid w:val="00FB6C09"/>
+    <w:rsid w:val="00FB772A"/>
     <w:rsid w:val="00FB789B"/>
+    <w:rsid w:val="00FB7E8D"/>
+    <w:rsid w:val="00FC0913"/>
+    <w:rsid w:val="00FD053E"/>
     <w:rsid w:val="00FD0958"/>
     <w:rsid w:val="00FD32CC"/>
+    <w:rsid w:val="00FD356F"/>
     <w:rsid w:val="00FD4015"/>
+    <w:rsid w:val="00FD5642"/>
+    <w:rsid w:val="00FE1650"/>
     <w:rsid w:val="00FE555F"/>
     <w:rsid w:val="00FE5A21"/>
+    <w:rsid w:val="00FE7840"/>
     <w:rsid w:val="00FE7F5F"/>
+    <w:rsid w:val="00FF0A93"/>
     <w:rsid w:val="00FF6700"/>
+    <w:rsid w:val="3A28BA84"/>
     <w:rsid w:val="3CFC4486"/>
     <w:rsid w:val="6D606809"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0280F78D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E71961EF-CAEB-46F6-A7C2-9F417F4CDF42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -11394,51 +19860,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1087187550">
           <w:marLeft w:val="1267"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/358754" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/358754" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/358754" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/358754" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A32014R0651" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/regional_policy/en/newsroom/news/2021/09/20-09-2021-project-selection-the-economic-appraisal-vademecum" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11709,89 +20175,99 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70ce71153bee3b71918a281891b37a47" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -11815,50 +20291,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -11958,126 +20439,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85DFB448-9B11-40C6-ABC1-2EAB6ADB4A51}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66E335C9-AFB9-484F-937F-F23CEB70B5E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85DFB448-9B11-40C6-ABC1-2EAB6ADB4A51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3127F501-4C0F-4B46-AFB1-000E62F54B9A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0F7D436-A174-44AD-A5BC-ED12BF2C81EA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6F29482-84A4-4FF1-9615-8A593C6E78F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2415</Characters>
+  <Pages>15</Pages>
+  <Words>3255</Words>
+  <Characters>23179</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>463</Lines>
+  <Paragraphs>204</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6637</CharactersWithSpaces>
+  <CharactersWithSpaces>26230</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>524309</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://op.europa.eu/en/publication-detail/-/publication/120c6fcc-3841-4596-9256-4fd709c49ae4</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>327683</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -12210,27 +20698,30 @@
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jānis Pērkons</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
 </Properties>
 </file>