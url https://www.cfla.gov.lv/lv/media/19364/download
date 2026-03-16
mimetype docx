--- v0 (2025-10-30)
+++ v1 (2026-03-16)
@@ -1,218 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B4597EC" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="424BDFEE">
+    <w:p w14:paraId="2B4597EC" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00101DE5" w:rsidRDefault="000D7736" w:rsidP="424BDFEE">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="06CC2C7B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>APSTIPRINU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E20A7C" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="009077C4">
+    <w:p w14:paraId="27E20A7C" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00101DE5" w:rsidRDefault="000D7736" w:rsidP="009077C4">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4303FD1A" w14:textId="50E428F9" w:rsidR="000D7736" w:rsidRDefault="00384D0E" w:rsidP="009077C4">
+    <w:p w14:paraId="4303FD1A" w14:textId="50E428F9" w:rsidR="000D7736" w:rsidRPr="00101DE5" w:rsidRDefault="00384D0E" w:rsidP="009077C4">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="000D7736" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000D7736" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojektu atlases departamenta direktore</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3430666E" w14:textId="77777777" w:rsidR="00EF479C" w:rsidRPr="00BC022F" w:rsidRDefault="00EF479C" w:rsidP="009077C4">
+    <w:p w14:paraId="3430666E" w14:textId="77777777" w:rsidR="00EF479C" w:rsidRPr="00101DE5" w:rsidRDefault="00EF479C" w:rsidP="009077C4">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="183594BD" w14:textId="1884DCD1" w:rsidR="00202C7E" w:rsidRPr="005F226A" w:rsidRDefault="00202C7E" w:rsidP="005F226A">
+    <w:p w14:paraId="183594BD" w14:textId="1884DCD1" w:rsidR="00202C7E" w:rsidRPr="00101DE5" w:rsidRDefault="00202C7E" w:rsidP="005F226A">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(elektroniskais paraksts) </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB6E45">
+      <w:r w:rsidRPr="00101DE5">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Abu-Junese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3710E133" w14:textId="4E6DBBE3" w:rsidR="000D7736" w:rsidRPr="00064C89" w:rsidRDefault="00202C7E" w:rsidP="00064C89">
+    <w:p w14:paraId="3710E133" w14:textId="4E6DBBE3" w:rsidR="000D7736" w:rsidRPr="00101DE5" w:rsidRDefault="00202C7E" w:rsidP="00064C89">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (datums skatāms laika zīmogā)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9C37EC" w14:textId="266806D2" w:rsidR="007E5686" w:rsidRPr="00BC022F" w:rsidRDefault="007E5686" w:rsidP="00FA4DAC">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D9C37EC" w14:textId="266806D2" w:rsidR="007E5686" w:rsidRPr="00101DE5" w:rsidRDefault="007E5686" w:rsidP="00FA4DAC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00BC022F" w:rsidRDefault="00CD49EF" w:rsidP="0098459D">
+    <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00101DE5" w:rsidRDefault="00CD49EF" w:rsidP="0098459D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF374B9" wp14:editId="743A40A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>339725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2677795" cy="1476375"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="9525"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1618416861" name="Group 1618416861"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
@@ -316,11971 +323,12388 @@
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata r:id="rId13" o:title="" croptop="5084f" cropbottom="4164f" cropleft="4802f"/>
                 </v:shape>
                 <v:shape id="Picture 2" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CD3802" w14:textId="6860A7FB" w:rsidR="00A47B24" w:rsidRPr="0065021D" w:rsidRDefault="00A47B24" w:rsidP="00CD49EF">
+    <w:p w14:paraId="21CD3802" w14:textId="6860A7FB" w:rsidR="00A47B24" w:rsidRPr="00101DE5" w:rsidRDefault="00A47B24" w:rsidP="00CD49EF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F388C24" w14:textId="0773C83B" w:rsidR="008E6F2E" w:rsidRPr="00BC022F" w:rsidRDefault="00D667C4" w:rsidP="00002644">
+    <w:p w14:paraId="5F388C24" w14:textId="0773C83B" w:rsidR="008E6F2E" w:rsidRPr="00101DE5" w:rsidRDefault="00D667C4" w:rsidP="00002644">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:eastAsia="lv-LV"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
-      <w:r w:rsidR="005934C1">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005934C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00002644">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">gadam </w:t>
       </w:r>
-      <w:r w:rsidR="00002644" w:rsidRPr="00002644">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2.2.3.</w:t>
       </w:r>
-      <w:r w:rsidR="005934C1">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005934C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00002644">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">specifiskā atbalsta mērķa </w:t>
       </w:r>
-      <w:r w:rsidR="00002644">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>“Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo” infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” 2.2.3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="005934C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo” infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">pasākuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.2.3.3.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>“Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai”</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4CA0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> (turpmāk</w:t>
+      </w:r>
+      <w:r w:rsidR="005934C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pasākuma </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4CA0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>“Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai”</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>– pasākums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (turpmāk</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7AF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F2E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>– pasākums)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">rojektu iesniegumu </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4CA0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">trešās </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F2E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">atlases </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">rojektu iesniegumu </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>kārtas</w:t>
+      </w:r>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">trešās </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6F2E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">atlases </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>nolikums</w:t>
+      </w:r>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>kārtas</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E6F2E" w:rsidRPr="23F7370D">
-[...25 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>(turpmāk – nolikums)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="2580"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C92860" w:rsidRPr="00BC022F" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="02521DEE">
+      <w:tr w:rsidR="00C92860" w:rsidRPr="00101DE5" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="02521DEE">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00BC022F" w:rsidRDefault="00C92860" w:rsidP="0098459D">
+          <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00101DE5" w:rsidRDefault="00C92860" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC022F">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Specifiskā atbalsta mērķa vai pasākuma īstenošanu reglamentējošie </w:t>
             </w:r>
-            <w:r w:rsidR="003F2B2B" w:rsidRPr="00BC022F">
+            <w:r w:rsidR="003F2B2B" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC022F">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>inistru kabineta noteikumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1F501DD1" w14:textId="0FCF420E" w:rsidR="00C92860" w:rsidRPr="00BC022F" w:rsidRDefault="00E94356" w:rsidP="002314E6">
+          <w:p w14:paraId="1F501DD1" w14:textId="0FCF420E" w:rsidR="00C92860" w:rsidRPr="00101DE5" w:rsidRDefault="00E94356" w:rsidP="002314E6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ministru kabineta </w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025.</w:t>
             </w:r>
-            <w:r w:rsidR="008258C2" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008258C2" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="002314E6" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="002314E6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00D667C4" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00D667C4" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>februāra</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikum</w:t>
             </w:r>
-            <w:r w:rsidR="00D917B5" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00D917B5" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId15">
-              <w:r w:rsidR="3D8B657C" w:rsidRPr="66830B7A">
+              <w:r w:rsidR="3D8B657C" w:rsidRPr="00101DE5">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Nr.</w:t>
               </w:r>
-              <w:r w:rsidR="5BA65577" w:rsidRPr="66830B7A">
+              <w:r w:rsidR="5BA65577" w:rsidRPr="00101DE5">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
-              <w:r w:rsidR="102F619C" w:rsidRPr="66830B7A">
+              <w:r w:rsidR="102F619C" w:rsidRPr="00101DE5">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>107</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C92860" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="002314E6" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="002314E6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Eiropas </w:t>
             </w:r>
-            <w:r w:rsidR="002314E6" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="002314E6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
             </w:r>
-            <w:r w:rsidR="008258C2" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008258C2" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="002314E6" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="002314E6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>gadam 2.2.3.</w:t>
             </w:r>
-            <w:r w:rsidR="008258C2" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008258C2" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="002314E6" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="002314E6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>specifiskā atbalsta mērķa “Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo” infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” 2.2.3.3.</w:t>
             </w:r>
-            <w:r w:rsidR="008258C2" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008258C2" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="002314E6" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="002314E6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi</w:t>
             </w:r>
-            <w:r w:rsidR="00AC3737" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00AC3737" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(turpmāk</w:t>
             </w:r>
-            <w:r w:rsidR="008258C2" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008258C2" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>SAM</w:t>
             </w:r>
-            <w:r w:rsidR="5718145F" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="5718145F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MK noteikumi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00167064" w:rsidRPr="00BC022F" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="02521DEE">
+      <w:tr w:rsidR="00167064" w:rsidRPr="00101DE5" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="02521DEE">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00BC022F" w:rsidRDefault="00167064" w:rsidP="0098459D">
+          <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00101DE5" w:rsidRDefault="00167064" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC022F">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Finanšu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9DF8A5" w14:textId="5048FB38" w:rsidR="00002644" w:rsidRPr="00227718" w:rsidRDefault="000A4CA0" w:rsidP="009168B7">
+          <w:p w14:paraId="3F9DF8A5" w14:textId="7882A5A5" w:rsidR="00002644" w:rsidRPr="00101DE5" w:rsidRDefault="000A4CA0" w:rsidP="009168B7">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1F38DE3D">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pasākuma </w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">trešajai atlases kārtai pieejamais kopējais attiecināmais finansējums ir </w:t>
+              <w:t>trešajai atlases kārtai pieejamais kopējais attiecināmais finansējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="1F38DE3D">
+            <w:ins w:id="0" w:author="Linda Broliša" w:date="2026-02-19T10:35:00Z" w16du:dateUtc="2026-02-19T08:35:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ne mazāks kā</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>18 823 530</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="1F38DE3D">
+            <w:ins w:id="1" w:author="Linda Broliša" w:date="2026-02-19T10:32:00Z" w16du:dateUtc="2026-02-19T08:32:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>16 470</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="2" w:author="Linda Broliša" w:date="2026-02-19T10:35:00Z" w16du:dateUtc="2026-02-19T08:35:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="3" w:author="Linda Broliša" w:date="2026-02-19T10:32:00Z" w16du:dateUtc="2026-02-19T08:32:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>589</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="4" w:author="Linda Broliša" w:date="2026-02-19T10:35:00Z" w16du:dateUtc="2026-02-19T08:35:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="1F38DE3D">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, tai skaitā Eiropas Reģionālās attīstības fonda (turpmāk – ERAF) finansējums </w:t>
             </w:r>
-            <w:r w:rsidRPr="1F38DE3D">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>16 000 000</w:t>
+              <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="1F38DE3D">
+            <w:ins w:id="5" w:author="Linda Broliša" w:date="2026-02-19T10:33:00Z" w16du:dateUtc="2026-02-19T08:33:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>4</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> 000 000</w:t>
+            </w:r>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="1F38DE3D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidR="00002644" w:rsidRPr="1F38DE3D">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, nacionālais līdzfinansējums, ko veido </w:t>
             </w:r>
-            <w:r w:rsidRPr="1F38DE3D">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>valsts budžeta līdzfinansējums</w:t>
             </w:r>
-            <w:r w:rsidR="006D2911" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="006D2911" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, kas nepārsniedz</w:t>
             </w:r>
-            <w:r w:rsidR="009168B7">
+            <w:r w:rsidR="009168B7" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="1F38DE3D">
+            <w:ins w:id="6" w:author="Linda Broliša" w:date="2026-02-19T10:34:00Z" w16du:dateUtc="2026-02-19T08:34:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>2 470</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="7" w:author="Linda Broliša" w:date="2026-02-19T10:37:00Z" w16du:dateUtc="2026-02-19T08:37:00Z">
+              <w:r w:rsidR="00503F5A" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="8" w:author="Linda Broliša" w:date="2026-02-19T10:34:00Z" w16du:dateUtc="2026-02-19T08:34:00Z">
+              <w:r w:rsidR="00A26EDE" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>589</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="9" w:author="Linda Broliša" w:date="2026-02-19T10:37:00Z" w16du:dateUtc="2026-02-19T08:37:00Z">
+              <w:r w:rsidR="00503F5A" w:rsidRPr="00101DE5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00002644" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidR="00BE5553">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BE5553" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="13DCFD4A" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="13DCFD4A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> kā arī pašvaldības budžeta vai privātais līdzfinansējums, </w:t>
             </w:r>
-            <w:r w:rsidR="005A7F28">
+            <w:r w:rsidR="005A7F28" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja</w:t>
             </w:r>
-            <w:r w:rsidR="009168B7">
+            <w:r w:rsidR="009168B7" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="13DCFD4A" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="13DCFD4A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>projekta īstenošanā kā sadarbības partneris tiek piesaistīta pašvaldība, tās iestāde, pašvaldības kapitālsabiedrība,</w:t>
+              <w:t xml:space="preserve">projekta īstenošanā kā sadarbības partneris tiek piesaistīta pašvaldība, tās iestāde, pašvaldības </w:t>
             </w:r>
-            <w:r w:rsidR="008E213A">
+            <w:r w:rsidR="13DCFD4A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>kapitālsabiedrība,</w:t>
+            </w:r>
+            <w:r w:rsidR="008E213A" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="13DCFD4A" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="13DCFD4A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">fiziska vai juridiska persona saskaņā ar </w:t>
             </w:r>
-            <w:r w:rsidR="008E213A" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008E213A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>SAM</w:t>
             </w:r>
-            <w:r w:rsidR="23D3EB49" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="23D3EB49" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="008E213A">
+            <w:r w:rsidR="008E213A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> MK</w:t>
             </w:r>
-            <w:r w:rsidR="13DCFD4A" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="13DCFD4A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikumu 21.1.2., 21.1.3. un 21.1.4.</w:t>
             </w:r>
-            <w:r w:rsidR="0029121A">
+            <w:r w:rsidR="0029121A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="13DCFD4A" w:rsidRPr="1F38DE3D">
+            <w:r w:rsidR="13DCFD4A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>apakšpunktu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25A227D1" w14:textId="240BB191" w:rsidR="009B7786" w:rsidRDefault="000319E3" w:rsidP="00404D9B">
+          <w:p w14:paraId="25A227D1" w14:textId="240BB191" w:rsidR="009B7786" w:rsidRPr="00101DE5" w:rsidRDefault="000319E3" w:rsidP="00404D9B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
-            <w:r w:rsidR="009B7786" w:rsidRPr="009B7786">
+            <w:r w:rsidR="009B7786" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ienam projekta iesniegumam nav noteikts minimālais attiecināmo izmaksu apmērs.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E29C570" w14:textId="5E035A31" w:rsidR="00AA6E1D" w:rsidRPr="006D2911" w:rsidRDefault="00AA6E1D" w:rsidP="00AA6E1D">
+          <w:p w14:paraId="6E29C570" w14:textId="5E035A31" w:rsidR="00AA6E1D" w:rsidRPr="00101DE5" w:rsidRDefault="00AA6E1D" w:rsidP="00AA6E1D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Maksimālais ERAF finansējums nepārsniedz 85 % no </w:t>
             </w:r>
-            <w:r w:rsidR="008C7631" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="008C7631" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kopējām attiecināmajām izmaksām, vienlaikus ievērojot SAM</w:t>
             </w:r>
-            <w:r w:rsidR="4A5F24BA" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="4A5F24BA" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> MK noteikumu</w:t>
             </w:r>
-            <w:r w:rsidR="00600CC9" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00600CC9" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>52. punkta</w:t>
             </w:r>
-            <w:r w:rsidR="00600CC9" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00600CC9" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">nosacījumus, </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>valsts budžeta līdzfinansējums nepārsniedz –</w:t>
             </w:r>
-            <w:r w:rsidR="00C10653" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00C10653" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="00790B7E" w:rsidRPr="64E9B031">
+            <w:r w:rsidR="00790B7E" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">%, </w:t>
             </w:r>
-            <w:r w:rsidRPr="64E9B031">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>bet pašvaldību budžeta vai privātais līdzfinansējums ir vismaz 15 % no projekta kopējām attiecināmām izmaksām.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75DB9BDD" w14:textId="07EEB0B6" w:rsidR="00470818" w:rsidRPr="00BC022F" w:rsidRDefault="00470818" w:rsidP="0098459D">
+          <w:p w14:paraId="75DB9BDD" w14:textId="07EEB0B6" w:rsidR="00470818" w:rsidRPr="00101DE5" w:rsidRDefault="00470818" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D2911">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izmaksas ir attiecināmas, ja tās ir radušās </w:t>
             </w:r>
-            <w:r w:rsidR="00A724A7">
+            <w:r w:rsidR="00A724A7" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>sākot</w:t>
             </w:r>
-            <w:r w:rsidR="00EE6B8B">
+            <w:r w:rsidR="00EE6B8B" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar</w:t>
             </w:r>
-            <w:r w:rsidRPr="006D2911">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0018099F" w:rsidRPr="006D2911">
+            <w:r w:rsidR="0018099F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="006A04A6">
+            <w:r w:rsidR="006A04A6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24. </w:t>
             </w:r>
-            <w:r w:rsidR="0018099F" w:rsidRPr="006D2911">
+            <w:r w:rsidR="0018099F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="006A04A6">
+            <w:r w:rsidR="006A04A6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1. janvār</w:t>
             </w:r>
-            <w:r w:rsidR="00EE6B8B">
+            <w:r w:rsidR="00EE6B8B" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="00023E1F">
+            <w:r w:rsidR="00023E1F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
-            <w:r w:rsidR="00D54A41">
+            <w:r w:rsidR="00D54A41" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00A9108D">
+            <w:r w:rsidR="00A9108D" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Projekta darbības nevar būt pabeigtas pirms projekta iesnieguma iesniegšanas </w:t>
             </w:r>
-            <w:r w:rsidR="00A9108D" w:rsidRPr="000C5E68">
+            <w:r w:rsidR="00F80A60" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta darbības nevar būt pabeigtas pirms projekta iesnieguma iesniegšanas </w:t>
+              <w:t xml:space="preserve">Centrālajā finanšu un līgumu aģentūrā (turpmāk – </w:t>
             </w:r>
-            <w:r w:rsidR="00F80A60" w:rsidRPr="00F80A60">
+            <w:r w:rsidR="00A9108D" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>sadarbības iestād</w:t>
             </w:r>
-            <w:r w:rsidR="00F80A60">
+            <w:r w:rsidR="00F80A60" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>e)</w:t>
             </w:r>
-            <w:r w:rsidR="00A9108D" w:rsidRPr="000C5E68">
+            <w:r w:rsidR="00A9108D" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101F04" w:rsidRPr="00BC022F" w14:paraId="3F4FBAFA" w14:textId="77777777" w:rsidTr="02521DEE">
+      <w:tr w:rsidR="00101F04" w:rsidRPr="00101DE5" w14:paraId="3F4FBAFA" w14:textId="77777777" w:rsidTr="02521DEE">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="301592D6" w14:textId="0619FEDE" w:rsidR="00101F04" w:rsidRPr="00BC022F" w:rsidRDefault="00101F04" w:rsidP="0098459D">
+          <w:p w14:paraId="301592D6" w14:textId="0619FEDE" w:rsidR="00101F04" w:rsidRPr="00101DE5" w:rsidRDefault="00101F04" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC022F">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Komercdarbības atbalsta veidi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="46AEE9E4" w14:textId="2CCB9D4D" w:rsidR="00101F04" w:rsidRPr="00383B81" w:rsidRDefault="00E16B48" w:rsidP="009A72AB">
+          <w:p w14:paraId="46AEE9E4" w14:textId="2CCB9D4D" w:rsidR="00101F04" w:rsidRPr="00101DE5" w:rsidRDefault="00E16B48" w:rsidP="009A72AB">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00383B81">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Komercdarbības atbalstu</w:t>
             </w:r>
-            <w:r w:rsidR="00861C2B">
+            <w:r w:rsidR="00861C2B" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00861C2B" w:rsidRPr="008E57BB">
+            <w:r w:rsidR="00861C2B" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sadarbības partnerim</w:t>
             </w:r>
-            <w:r w:rsidR="00757159">
+            <w:r w:rsidR="00757159" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>, kurš ir fiziska vai juridiska persona</w:t>
             </w:r>
-            <w:r w:rsidRPr="00383B81">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0092122F" w:rsidRPr="00383B81">
+            <w:r w:rsidR="0092122F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>SAM</w:t>
             </w:r>
-            <w:r w:rsidR="00C4352F">
+            <w:r w:rsidR="00C4352F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="0092122F" w:rsidRPr="00383B81">
+            <w:r w:rsidR="0092122F" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00383B81">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>MK noteikumu ietvaros piešķir saskaņā ar</w:t>
             </w:r>
-            <w:r w:rsidR="009A72AB" w:rsidRPr="00383B81">
+            <w:r w:rsidR="009A72AB" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00101F04" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Eiropas Komisijas 2014.</w:t>
             </w:r>
-            <w:r w:rsidR="00A91981" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00A91981" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00101F04" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>gada 17.</w:t>
             </w:r>
-            <w:r w:rsidR="00A91981" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00A91981" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00101F04" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">jūnija </w:t>
             </w:r>
-            <w:r w:rsidR="00A91981" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00A91981" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidR="00101F04" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">egulas (ES) </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidR="00101F04" w:rsidRPr="66830B7A">
+              <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
-                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>651/2014</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00101F04" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> , ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108.</w:t>
             </w:r>
-            <w:r w:rsidR="00A91981" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00A91981" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00101F04" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00101F04" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>pantu</w:t>
             </w:r>
-            <w:r w:rsidR="00CB7B32" w:rsidRPr="00383B81">
+            <w:r w:rsidR="00CB7B32" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00435B10">
+            <w:r w:rsidR="00435B10" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>45</w:t>
             </w:r>
-            <w:r w:rsidR="00FF6012">
+            <w:r w:rsidR="00FF6012" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="009525AE">
+            <w:r w:rsidR="009525AE" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00FF6012">
+            <w:r w:rsidR="00FF6012" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve">panta </w:t>
             </w:r>
-            <w:r w:rsidR="00435B10">
+            <w:r w:rsidR="00435B10" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FF6012">
+            <w:r w:rsidR="00FF6012" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="009525AE">
+            <w:r w:rsidR="009525AE" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00FF6012">
+            <w:r w:rsidR="00FF6012" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>punkta “</w:t>
             </w:r>
-            <w:r w:rsidR="00E81AE7">
+            <w:r w:rsidR="00E81AE7" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidR="00FF6012">
+            <w:r w:rsidR="00FF6012" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>” apakšpunkt</w:t>
             </w:r>
-            <w:r w:rsidR="00653F12">
+            <w:r w:rsidR="00653F12" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00046E2E">
+            <w:r w:rsidR="00046E2E" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B634BA">
+            <w:r w:rsidR="00B634BA" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>atbalsts</w:t>
             </w:r>
-            <w:r w:rsidR="005845C2">
+            <w:r w:rsidR="005845C2" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve">, ja </w:t>
             </w:r>
-            <w:r w:rsidR="00FD42F5">
+            <w:r w:rsidR="00FD42F5" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>ievēroti SAM</w:t>
             </w:r>
-            <w:r w:rsidR="001B2EA4">
+            <w:r w:rsidR="001B2EA4" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00FD42F5">
+            <w:r w:rsidR="00FD42F5" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> MK noteikumu 49.</w:t>
             </w:r>
-            <w:r w:rsidR="00016972">
+            <w:r w:rsidR="00016972" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00FD42F5">
+            <w:r w:rsidR="00FD42F5" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>punkta nosacījumi</w:t>
             </w:r>
-            <w:r w:rsidR="00B43F9E">
+            <w:r w:rsidR="00B43F9E" w:rsidRPr="00101DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0127A" w:rsidRPr="00BC022F" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="02521DEE">
+      <w:tr w:rsidR="00D0127A" w:rsidRPr="00101DE5" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="02521DEE">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="23D9BE9B" w14:textId="77777777" w:rsidR="00D0127A" w:rsidRPr="00BC022F" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
+          <w:p w14:paraId="23D9BE9B" w14:textId="77777777" w:rsidR="00D0127A" w:rsidRPr="00101DE5" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC022F">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projektu iesni</w:t>
             </w:r>
-            <w:r w:rsidR="00743768" w:rsidRPr="00BC022F">
+            <w:r w:rsidR="00743768" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>egumu atlases īstenošanas veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7371F44E" w14:textId="6E15BB5E" w:rsidR="00D0127A" w:rsidRPr="00FE48EA" w:rsidRDefault="00346120" w:rsidP="0098459D">
+          <w:p w14:paraId="7371F44E" w14:textId="6E15BB5E" w:rsidR="00D0127A" w:rsidRPr="00101DE5" w:rsidRDefault="00346120" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE48EA">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ierobežota</w:t>
             </w:r>
-            <w:r w:rsidR="00D0127A" w:rsidRPr="00FE48EA">
+            <w:r w:rsidR="00D0127A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D0127A" w:rsidRPr="00FE48EA">
+            <w:r w:rsidR="00D0127A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projektu iesniegumu atlase</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0127A" w:rsidRPr="00BC022F" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="02521DEE">
+      <w:tr w:rsidR="00D0127A" w:rsidRPr="00101DE5" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="02521DEE">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2C3FFF" w14:textId="33796C42" w:rsidR="00D0127A" w:rsidRPr="00BC022F" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
+          <w:p w14:paraId="6F2C3FFF" w14:textId="33796C42" w:rsidR="00D0127A" w:rsidRPr="00101DE5" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC022F">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesnieguma iesniegšanas termiņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA017E5" w14:textId="1A5E69D1" w:rsidR="00D0127A" w:rsidRPr="00DE506E" w:rsidRDefault="00D0127A" w:rsidP="02521DEE">
+          <w:p w14:paraId="0FA017E5" w14:textId="1A5E69D1" w:rsidR="00D0127A" w:rsidRPr="00101DE5" w:rsidRDefault="00D0127A" w:rsidP="02521DEE">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE506E">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:r w:rsidR="00114CE9" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00114CE9" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE506E">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="00086D21" w:rsidRPr="0057412D">
+            <w:r w:rsidR="00086D21" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
-            <w:r w:rsidR="00AB2939" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00AB2939" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00862CD0" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00862CD0" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>marta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="330E3E69" w:rsidR="00D0127A" w:rsidRPr="00DE506E" w:rsidRDefault="004D7AF0" w:rsidP="0098459D">
+          <w:p w14:paraId="0BC16238" w14:textId="330E3E69" w:rsidR="00D0127A" w:rsidRPr="00101DE5" w:rsidRDefault="004D7AF0" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE506E">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidR="00D0127A" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00D0127A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">īdz </w:t>
             </w:r>
-            <w:r w:rsidR="00114CE9" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00114CE9" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00AF66E3" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00AF66E3" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00114CE9" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00114CE9" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>. </w:t>
             </w:r>
-            <w:r w:rsidR="00D0127A" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00D0127A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="007472C6" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="007472C6" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00810A9A" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00810A9A" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00AF66E3" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00AF66E3" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>. decembrim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053179D" w:rsidRPr="00BC022F" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="02521DEE">
+      <w:tr w:rsidR="0053179D" w:rsidRPr="00101DE5" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="02521DEE">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9FE417" w14:textId="68C7E6DA" w:rsidR="0053179D" w:rsidRPr="00FE48EA" w:rsidRDefault="0053179D" w:rsidP="0053179D">
+          <w:p w14:paraId="0E9FE417" w14:textId="68C7E6DA" w:rsidR="0053179D" w:rsidRPr="00101DE5" w:rsidRDefault="0053179D" w:rsidP="0053179D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE48EA">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Termiņš projekta iesnieguma iesniegšanai priekšizskatīšanā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26FE0AD7" w14:textId="1E112DC1" w:rsidR="0053179D" w:rsidRPr="00DE506E" w:rsidRDefault="0053179D" w:rsidP="02521DEE">
+          <w:p w14:paraId="26FE0AD7" w14:textId="1E112DC1" w:rsidR="0053179D" w:rsidRPr="00101DE5" w:rsidRDefault="0053179D" w:rsidP="02521DEE">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE506E">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:r w:rsidR="00114CE9" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00114CE9" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE506E">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="0036744D" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="0036744D" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00AF66E3" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00AF66E3" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00AB2939" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00AB2939" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00AF66E3" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00AF66E3" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>aprī</w:t>
             </w:r>
-            <w:r w:rsidR="00495A7D" w:rsidRPr="00DE506E">
+            <w:r w:rsidR="00495A7D" w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF2B4B1" w14:textId="6646E354" w:rsidR="0053179D" w:rsidRPr="00DE506E" w:rsidRDefault="00EF5174" w:rsidP="0053179D">
+          <w:p w14:paraId="7AF2B4B1" w14:textId="6646E354" w:rsidR="0053179D" w:rsidRPr="00101DE5" w:rsidRDefault="00EF5174" w:rsidP="0053179D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DE506E">
+            <w:r w:rsidRPr="00101DE5">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ne vēlāk kā trīs nedēļas pirms katra plānotā projekta iesnieguma iesniegšanas beigu termiņa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AEDD0DA" w14:textId="2C0AAA9A" w:rsidR="005F2FFD" w:rsidRPr="00BC022F" w:rsidRDefault="00C87C2E" w:rsidP="008E3FE4">
+    <w:p w14:paraId="3AEDD0DA" w14:textId="2C0AAA9A" w:rsidR="005F2FFD" w:rsidRPr="00101DE5" w:rsidRDefault="00C87C2E" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Prasības projekta iesniedzējam</w:t>
       </w:r>
-      <w:r w:rsidR="007C2284" w:rsidRPr="00BC022F">
+      <w:r w:rsidR="007C2284" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF2018">
+      <w:r w:rsidR="00BF2018" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>un sadarbības partnerim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03BC4C01" w14:textId="76B88BCD" w:rsidR="0094762B" w:rsidRPr="00C72999" w:rsidRDefault="0094762B" w:rsidP="00F00EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="03BC4C01" w14:textId="76B88BCD" w:rsidR="0094762B" w:rsidRPr="00101DE5" w:rsidRDefault="0094762B" w:rsidP="00F00EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="437"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējs atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="008B5C2A" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="008B5C2A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="008B5C2A" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="008B5C2A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="00446C6A" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00446C6A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>20.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007B3C0D" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="007B3C0D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00C72999" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00C72999" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>apakš</w:t>
       </w:r>
-      <w:r w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>punktam ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00446C6A" w:rsidRPr="00891D92">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00446C6A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Dabas</w:t>
       </w:r>
-      <w:r w:rsidR="00446C6A" w:rsidRPr="004162A4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00446C6A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> aizsardzības pārvalde (turpmāk</w:t>
       </w:r>
-      <w:r w:rsidR="00BB6179">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00BB6179" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008B5C2A" w:rsidRPr="004162A4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="008B5C2A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00446C6A" w:rsidRPr="004162A4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="00446C6A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> DAP</w:t>
       </w:r>
-      <w:r w:rsidR="008B5C2A" w:rsidRPr="004162A4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidR="008B5C2A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C292B4" w14:textId="2A1723CB" w:rsidR="00C92860" w:rsidRPr="004162A4" w:rsidRDefault="00CA7F6B" w:rsidP="00F00EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="75C292B4" w14:textId="2A1723CB" w:rsidR="00C92860" w:rsidRPr="00101DE5" w:rsidRDefault="00CA7F6B" w:rsidP="00F00EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00942C59" w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00942C59" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00942C59" w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00942C59" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="00472D26" w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00472D26" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>21. punktam projekta iesniedzējs</w:t>
       </w:r>
-      <w:r w:rsidR="00D00C55" w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D00C55" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, slēdzot </w:t>
       </w:r>
-      <w:r w:rsidR="00F05838" w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F05838" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rakstisku sadarbības līgumu</w:t>
       </w:r>
-      <w:r w:rsidR="005E5084" w:rsidRPr="008656F0">
-[...2 lines deleted...]
-      <w:r w:rsidR="000B28CB">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par pušu pienākumiem, tiesībām un atbildību projekta mērķa un </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>rādītāju sasniegšanā</w:t>
+      </w:r>
+      <w:r w:rsidR="000B28CB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005E5084" w:rsidRPr="008656F0">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="005E5084" w:rsidRPr="008656F0">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu 46.</w:t>
       </w:r>
-      <w:r w:rsidR="00284408">
+      <w:r w:rsidR="00284408" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>punktā</w:t>
       </w:r>
-      <w:r w:rsidR="00AB00B8">
+      <w:r w:rsidR="00AB00B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>minēto prasību nodrošināšanā</w:t>
       </w:r>
-      <w:r w:rsidR="000B28CB">
+      <w:r w:rsidR="000B28CB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00971E2A">
+      <w:r w:rsidR="00971E2A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">ievērojot </w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>normatīv</w:t>
       </w:r>
-      <w:r w:rsidR="00BE7A08">
+      <w:r w:rsidR="00BE7A08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> akt</w:t>
       </w:r>
-      <w:r w:rsidR="00BE7A08">
+      <w:r w:rsidR="00BE7A08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> par kārtību, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.</w:t>
       </w:r>
-      <w:r w:rsidR="00D37D7A">
+      <w:r w:rsidR="00D37D7A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D37D7A">
+      <w:r w:rsidR="00D37D7A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>2027.</w:t>
       </w:r>
-      <w:r w:rsidR="00AB00B8">
+      <w:r w:rsidR="00AB00B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005E5084">
+      <w:r w:rsidR="005E5084" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>gada plānošanas periodā</w:t>
       </w:r>
-      <w:r w:rsidR="007B2ACA">
+      <w:r w:rsidR="007B2ACA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">, var piesaistīt </w:t>
       </w:r>
-      <w:r w:rsidR="002B0F0B">
+      <w:r w:rsidR="002B0F0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="000C0F3F">
+      <w:r w:rsidR="000C0F3F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>adarbības partner</w:t>
       </w:r>
-      <w:r w:rsidR="006C3858">
+      <w:r w:rsidR="006C3858" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidR="00C92860" w:rsidRPr="66830B7A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C92860" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF6F6FC" w14:textId="63BF1C61" w:rsidR="004162A4" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5FF6F6FC" w14:textId="63BF1C61" w:rsidR="004162A4" w:rsidRPr="00101DE5" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>valsts tiešās pārvaldes iestād</w:t>
       </w:r>
-      <w:r w:rsidR="004162A4">
+      <w:r w:rsidR="004162A4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">, kuras valdījumā vai turējumā ir nekustamais īpašums, kas atrodas </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="006145EF">
-        <w:rPr>
+      <w:r w:rsidR="006145EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">2000 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">teritorijā vai tai piegulošā teritorijā un kuras uzdevumos ietilpst </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="006145EF">
-        <w:rPr>
+      <w:r w:rsidR="006145EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> teritoriju apsaimniekošana, pārvaldība vai aizsardzība;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44113871" w14:textId="60CC56F4" w:rsidR="004162A4" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="44113871" w14:textId="60CC56F4" w:rsidR="004162A4" w:rsidRPr="00101DE5" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>pašvaldīb</w:t>
       </w:r>
-      <w:r w:rsidR="004162A4">
+      <w:r w:rsidR="004162A4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> vai tās iestād</w:t>
       </w:r>
-      <w:r w:rsidR="004162A4">
+      <w:r w:rsidR="004162A4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">, kuras īpašumā, turējumā vai valdījumā atrodas nekustamais īpašums </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="006145EF">
+      <w:r w:rsidR="006145EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">2000 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teritorijā vai tai piegulošā teritorijā un kuras uzdevumos ietilpst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="006145EF">
-        <w:rPr>
+      <w:r w:rsidR="006145EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">2000 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>teritoriju apsaimniekošana, pārvaldība vai aizsardzība;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A02071B" w14:textId="3032CB03" w:rsidR="00834136" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3A02071B" w14:textId="3032CB03" w:rsidR="00834136" w:rsidRPr="00101DE5" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>valsts vai pašvaldības kapitālsabiedrīb</w:t>
       </w:r>
-      <w:r w:rsidR="004162A4">
+      <w:r w:rsidR="004162A4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">, kuras īpašumā vai valdījumā ir nekustamais īpašums, kas atrodas </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="006145EF">
-        <w:rPr>
+      <w:r w:rsidR="006145EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004162A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">2000 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>teritorijā vai tai piegulošā teritorijā, ja kapitālsabiedrībai deleģētajos pārvaldes uzdevumos ietilpst šo īpašumu apsaimniekošana, pārvaldība vai aizsardzība;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13127EB8" w14:textId="309B2E59" w:rsidR="006A173E" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="13127EB8" w14:textId="309B2E59" w:rsidR="006A173E" w:rsidRPr="00101DE5" w:rsidRDefault="006A173E" w:rsidP="00F00EAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>fizisk</w:t>
       </w:r>
-      <w:r w:rsidR="00834136">
+      <w:r w:rsidR="00834136" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> vai juridisk</w:t>
       </w:r>
-      <w:r w:rsidR="00834136">
+      <w:r w:rsidR="00834136" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> person</w:t>
       </w:r>
-      <w:r w:rsidR="00834136">
+      <w:r w:rsidR="00834136" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">, kuras īpašumā, turējumā vai valdījumā ir nekustamais īpašums, kas atrodas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00834136">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="006145EF">
-        <w:rPr>
+      <w:r w:rsidR="006145EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00834136">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">2000 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>teritorijā vai tai piegulošā teritorijā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B452386" w14:textId="304F39D2" w:rsidR="00A7104B" w:rsidRPr="00BC022F" w:rsidRDefault="00A7104B" w:rsidP="008E3FE4">
+    <w:p w14:paraId="6B452386" w14:textId="304F39D2" w:rsidR="00A7104B" w:rsidRPr="00101DE5" w:rsidRDefault="00A7104B" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Atbalstāmās darbības un izmaksas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68907D36" w14:textId="1D6D0339" w:rsidR="001D501E" w:rsidRDefault="00D008AF" w:rsidP="00C76C4F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="68907D36" w14:textId="481CE4EB" w:rsidR="001D501E" w:rsidRPr="00101DE5" w:rsidRDefault="00D008AF" w:rsidP="00C76C4F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D008AF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasākuma trešās atlases kārtas projektu īsteno </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D528D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Natura 2000</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Natura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D43A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> teritoriju tīklā iekļaut</w:t>
       </w:r>
-      <w:r w:rsidR="00B5330D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B5330D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ajās</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D008AF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> īpaši aizsargājamās dabas teritorij</w:t>
       </w:r>
-      <w:r w:rsidR="000B47AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000B47AB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D008AF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F255B7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F255B7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D008AF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijā, kurām ir spēkā esošs dabas aizsardzības plāns </w:t>
       </w:r>
-      <w:r w:rsidR="00EB1B56">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EB1B56" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D008AF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kurās var veikt Eiropas Savienības nozīmes sugu un biotopu aizsardzības darbības atbilstoši spēkā esošam sugu vai biotopu aizsardzības plānam, un tām piegulošas teritorijas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E23D699" w14:textId="706848B8" w:rsidR="007F07C3" w:rsidRDefault="000736F6" w:rsidP="00D66DCD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3E23D699" w14:textId="706848B8" w:rsidR="007F07C3" w:rsidRPr="00101DE5" w:rsidRDefault="000736F6" w:rsidP="00D66DCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000736F6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projektu īstenošanas laikā nepiemēro </w:t>
       </w:r>
-      <w:r w:rsidR="00D41795">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D41795" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="003A2730">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003A2730" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>olikuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="000736F6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3.</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000736F6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>punktā</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>punktā minētās prasības par spēkā esošiem dabas aizsardzības plāniem šādos gadījumos</w:t>
+      </w:r>
+      <w:r w:rsidR="00552817" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8D065E" w14:textId="01CC904F" w:rsidR="00552817" w:rsidRDefault="006B2BBF" w:rsidP="00D66DCD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="2A8D065E" w14:textId="01CC904F" w:rsidR="00552817" w:rsidRPr="00101DE5" w:rsidRDefault="006B2BBF" w:rsidP="00D66DCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1475"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B2BBF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ja projekta iesnieguma apstiprināšanas laikā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D66DCD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="00D41795">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D41795" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D66DCD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B2BBF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> teritorijai nav spēkā esoša dabas aizsardzības</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> teritorijai nav spēkā esoša dabas aizsardzības plāna, bet ir uzsākta jauna dabas aizsardzības plāna izstrāde, projektā var veikt darbības tikai biotopu un sugu dzīvotņu atjaunošanai un labvēlīga aizsardzības stāvokļa nodrošināšanai, neietverot būvniecības darbības, izņemot SAM</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>plāna, bet ir uzsākta jauna dabas aizsardzības plāna izstrāde, projektā var veikt darbības tikai biotopu un sugu</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> MK noteikumu 4.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D2024" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>dzīvotņu atjaunošanai un labvēlīga aizsardzības stāvokļa nodrošināšanai, neietverot būvniecības darbības,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>punktā</w:t>
+      </w:r>
+      <w:r w:rsidR="0098577D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">izņemot </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> 33.6. un 33.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>SAM</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>P</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>apakšpunkt</w:t>
+      </w:r>
+      <w:r w:rsidR="0098577D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> noteikumu 4.2.</w:t>
-[...89 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> minētās darbības;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470BB71E" w14:textId="1FC8C6FF" w:rsidR="006B2BBF" w:rsidRPr="00D66DCD" w:rsidRDefault="00953778" w:rsidP="00D66DCD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="470BB71E" w14:textId="1FC8C6FF" w:rsidR="006B2BBF" w:rsidRPr="00101DE5" w:rsidRDefault="00953778" w:rsidP="00D66DCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1475"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953778">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ja projekta iesnieguma apstiprināšanas laikā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D66DCD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="00D41795">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D41795" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D66DCD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953778">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> teritorijai nav spēkā esoša dabas aizsardzības plāna, bet ir uzsākta jauna dabas aizsardzības plāna izstrāde, projektā var veikt darbības biotopu un sugu dzīvotņu atjaunošanai un labvēlīga aizsardzības stāvokļa nodrošināšanai saskaņā ar būvprojektiem, kuri apstiprināti, pirms iepriekšējais dabas aizsardzības plāns zaudējis spēku un būvprojekti darbību īstenošanas</w:t>
-[...19 lines deleted...]
-        <w:t>brīdī ir spēkā esoši.</w:t>
+        <w:t xml:space="preserve"> teritorijai nav spēkā esoša dabas aizsardzības plāna, bet ir uzsākta jauna dabas aizsardzības plāna izstrāde, projektā var veikt darbības biotopu un sugu dzīvotņu atjaunošanai un labvēlīga aizsardzības stāvokļa nodrošināšanai saskaņā ar būvprojektiem, kuri apstiprināti, pirms iepriekšējais dabas aizsardzības plāns zaudējis spēku un būvprojekti darbību īstenošanas brīdī ir spēkā esoši.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5670B2A1" w14:textId="75C44632" w:rsidR="00600C91" w:rsidRPr="0092706F" w:rsidRDefault="00F926EA" w:rsidP="00404D9B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5670B2A1" w14:textId="75C44632" w:rsidR="00600C91" w:rsidRPr="00101DE5" w:rsidRDefault="00F926EA" w:rsidP="00404D9B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pasākuma trešās atlases kārtas</w:t>
       </w:r>
-      <w:r w:rsidR="00600C91" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00600C91" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ietvaros ir atbalstāmas darbības, kas noteiktas SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00600C91" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00600C91" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK </w:t>
-[...13 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> MK noteikumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00544186" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="003D3FA2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D3FA2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00544186" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00544186" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A14138" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A14138" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>punktā</w:t>
       </w:r>
-      <w:r w:rsidR="005C412A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005C412A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A14138" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A14138" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
-      <w:r w:rsidR="0052667B" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0052667B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>tā</w:t>
       </w:r>
-      <w:r w:rsidR="00E914B7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E914B7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="0052667B" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0052667B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> plāno atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="005F7897">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005F7897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">4., </w:t>
       </w:r>
-      <w:r w:rsidR="00544186" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00544186" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="003D3FA2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D3FA2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00544186" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00544186" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004B22BD" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B22BD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un 34.</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00600C91" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00600C91" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>punktā</w:t>
       </w:r>
-      <w:r w:rsidR="004B22BD" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B22BD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktajam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C81BA82" w14:textId="05C5EADF" w:rsidR="00600C91" w:rsidRPr="0092706F" w:rsidRDefault="00600C91" w:rsidP="00905B2F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3C81BA82" w14:textId="05C5EADF" w:rsidR="00600C91" w:rsidRPr="00101DE5" w:rsidRDefault="00600C91" w:rsidP="00905B2F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniegumā plāno izmaksas atbilstoši SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="004D0348" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004D0348" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">35., 36., 37., 38., </w:t>
       </w:r>
-      <w:r w:rsidR="00353187" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00353187" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>39., 40.</w:t>
       </w:r>
-      <w:r w:rsidR="005C0BDA" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005C0BDA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41. </w:t>
       </w:r>
-      <w:r w:rsidR="00BF45C6" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BF45C6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un 42</w:t>
       </w:r>
-      <w:r w:rsidR="00BF45C6" w:rsidRPr="008E3FE4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BF45C6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="009052BD" w:rsidRPr="008E3FE4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009052BD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pu</w:t>
       </w:r>
-      <w:r w:rsidR="009052BD" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009052BD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>nktiem</w:t>
       </w:r>
-      <w:r w:rsidR="00670CCB" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00670CCB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CDC634B" w14:textId="2BF00C99" w:rsidR="00EA036C" w:rsidRPr="0092706F" w:rsidRDefault="00EA036C" w:rsidP="00EA036C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="2CDC634B" w14:textId="3E46F97F" w:rsidR="00EA036C" w:rsidRPr="00101DE5" w:rsidRDefault="00EA036C" w:rsidP="00EA036C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projektu īsteno </w:t>
       </w:r>
-      <w:r w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ne ilgāk kā līdz 2029. gada 31. decembrim atbilstoši SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006F6AD4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F6AD4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="00CE2F4F" w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE2F4F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>43</w:t>
       </w:r>
-      <w:r w:rsidRPr="0092706F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>. punktam.</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B12AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>punktam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3755D05D" w14:textId="77777777" w:rsidR="00A91081" w:rsidRPr="00A91081" w:rsidRDefault="003F58E2" w:rsidP="003F58E2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3755D05D" w14:textId="77777777" w:rsidR="00A91081" w:rsidRPr="00101DE5" w:rsidRDefault="003F58E2" w:rsidP="003F58E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Izmaksu plānošanā jāņem vērā</w:t>
       </w:r>
-      <w:r w:rsidR="00870CB8">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00870CB8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652F931A" w14:textId="2E41A4AF" w:rsidR="00E708D5" w:rsidRPr="00D77B8E" w:rsidRDefault="00E708D5" w:rsidP="008E3FE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="652F931A" w14:textId="2E41A4AF" w:rsidR="00E708D5" w:rsidRPr="00101DE5" w:rsidRDefault="00E708D5" w:rsidP="008E3FE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu ministrijas </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Finanšu ministrijas 2023. gada 25. septembra vadlīnijas Nr. 1.2. “Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77B8E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>2023. gada 25. septembra vadlīnijas Nr. 1.2. “Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>2027. gada plānošanas periodā”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>2027. gada plānošanas periodā”</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158FDB51" w14:textId="14D0267C" w:rsidR="008836AA" w:rsidRPr="008B4121" w:rsidRDefault="008836AA" w:rsidP="008E3FE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="158FDB51" w14:textId="14D0267C" w:rsidR="008836AA" w:rsidRPr="00101DE5" w:rsidRDefault="008836AA" w:rsidP="008E3FE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu ministrijas </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Finanšu ministrijas 2023. gada 27. februāra metodika Nr. 4.1. “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
+      </w:r>
+      <w:r w:rsidR="00664708" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>2023. gada 27. februāra metodika Nr. 4.1. “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>gadam īstenošanai”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidR="004F3B8C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t> </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E12686" w14:textId="60925A5E" w:rsidR="008836AA" w:rsidRPr="00E53BF2" w:rsidRDefault="00E53BF2" w:rsidP="00E53BF2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="61E12686" w14:textId="60925A5E" w:rsidR="008836AA" w:rsidRPr="00101DE5" w:rsidRDefault="00E53BF2" w:rsidP="00E53BF2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3318923A">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Finanšu ministrijas 2024. gada 2. aprīļa metodika Nr. 4.7. “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība”</w:t>
       </w:r>
-      <w:r w:rsidR="00C13F19">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13F19" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="3318923A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un Eiropas Savienības kohēzijas politikas programmas 2021.-2027. gadam īstenošanai</w:t>
       </w:r>
-      <w:r w:rsidRPr="3318923A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidRPr="3318923A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51642327" w14:textId="5F0F7CF3" w:rsidR="00693EE8" w:rsidRPr="00BC022F" w:rsidRDefault="00693EE8" w:rsidP="008E3FE4">
+    <w:p w14:paraId="51642327" w14:textId="5F0F7CF3" w:rsidR="00693EE8" w:rsidRPr="00101DE5" w:rsidRDefault="00693EE8" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301CA7D4" w14:textId="027F9644" w:rsidR="00054609" w:rsidRPr="00D71BD6" w:rsidRDefault="00540EA0" w:rsidP="00D71BD6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="301CA7D4" w14:textId="027F9644" w:rsidR="00054609" w:rsidRPr="00101DE5" w:rsidRDefault="00540EA0" w:rsidP="00D71BD6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējs </w:t>
       </w:r>
-      <w:r w:rsidR="00144BEF" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00144BEF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pasākuma trešās </w:t>
       </w:r>
-      <w:r w:rsidR="001515A4" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001515A4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">kārtas </w:t>
       </w:r>
-      <w:r w:rsidR="00854A45" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00854A45" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ietvaros var iesniegt vairākus projektu iesniegumus un vienā projekta iesniegumā var iekļaut darbības vienā vai vairākās</w:t>
       </w:r>
-      <w:r w:rsidR="00455861" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00455861" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00854A45" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00854A45" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="00D21630" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D21630" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00854A45" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00854A45" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
-      <w:r w:rsidR="00455861" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00455861" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00854A45" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00854A45" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>teritorijās</w:t>
       </w:r>
-      <w:r w:rsidR="009E24C5" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009E24C5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244CE557" w14:textId="5BEBC242" w:rsidR="00003B5A" w:rsidRPr="00D71BD6" w:rsidRDefault="00C00C5C" w:rsidP="00D71BD6">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="244CE557" w14:textId="5BEBC242" w:rsidR="00003B5A" w:rsidRPr="00101DE5" w:rsidRDefault="00C00C5C" w:rsidP="00D71BD6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00003B5A" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00003B5A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>SAM</w:t>
       </w:r>
-      <w:r w:rsidR="00336BFB" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00336BFB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00003B5A" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00003B5A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="00C65BC8" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C65BC8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>25. punkt</w:t>
       </w:r>
-      <w:r w:rsidR="00CD75D4" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CD75D4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
-      <w:r w:rsidR="00DB5910" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB5910" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, ja </w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs </w:t>
       </w:r>
-      <w:r w:rsidR="00423B26" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00423B26" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">trešās </w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atlases kārtas ietvaros plāno iesniegt vairākus projektu iesniegumus, tas nodrošina, ka visi projekti kopā </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7924" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EF7924" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nodrošina</w:t>
       </w:r>
-      <w:r w:rsidR="003B1D83" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003B1D83" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> trešajai</w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atlases kārtai noteiktos SAM</w:t>
       </w:r>
-      <w:r w:rsidR="00336BFB" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00336BFB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="003B1D83" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003B1D83" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā</w:t>
       </w:r>
-      <w:r w:rsidR="003B1D83" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003B1D83" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>minētos iznākuma rādītājus un nepārsniedz SAM</w:t>
       </w:r>
-      <w:r w:rsidR="00336BFB" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00336BFB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="00B020F6" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B020F6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00755BD9" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00755BD9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minēto finansējuma apjomu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A23686E" w14:textId="240D3CD6" w:rsidR="00C91F98" w:rsidRPr="00C91F98" w:rsidRDefault="00C91F98" w:rsidP="00C91F98">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3A23686E" w14:textId="240D3CD6" w:rsidR="00C91F98" w:rsidRPr="00101DE5" w:rsidRDefault="00C91F98" w:rsidP="00C91F98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C91F98">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniegumu iesniedz Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – </w:t>
       </w:r>
-      <w:r w:rsidR="00006390">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00006390" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portāls)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C91F98">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00C91F98">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://projekti.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C91F98">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ja nepieciešams labot, anulēt vai piešķirt </w:t>
       </w:r>
-      <w:r w:rsidR="008F63B8">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008F63B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portāla</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C91F98">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> e-vides lietotāja tiesības, projekta iesniedzējs iesniedz lietotāju tiesību veidlapu atbilstoši tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00C91F98">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C91F98">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FB1771" w14:textId="2A7D9C33" w:rsidR="000203A1" w:rsidRPr="00BC022F" w:rsidRDefault="00184A1C" w:rsidP="00CA463A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="21FB1771" w14:textId="2A7D9C33" w:rsidR="000203A1" w:rsidRPr="00101DE5" w:rsidRDefault="00184A1C" w:rsidP="00CA463A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidR="00CE1E23" w:rsidRPr="001D3727">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CE1E23" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>aizpilda projekta iesnieguma datu laukus un pi</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="001D3727">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C5742" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>evieno</w:t>
       </w:r>
-      <w:r w:rsidR="008945CD" w:rsidRPr="001D3727">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="008945CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> šādus</w:t>
       </w:r>
-      <w:r w:rsidR="007A390F" w:rsidRPr="001D3727">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="007A390F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B73DE1" w:rsidRPr="001D3727">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B73DE1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dokument</w:t>
       </w:r>
-      <w:r w:rsidR="008945CD" w:rsidRPr="001D3727">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="008945CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidR="00B73DE1" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B73DE1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358BDF3B" w14:textId="224F2DC2" w:rsidR="003D3DC9" w:rsidRDefault="003D3DC9" w:rsidP="00D66DCD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="358BDF3B" w14:textId="224F2DC2" w:rsidR="003D3DC9" w:rsidRPr="00101DE5" w:rsidRDefault="003D3DC9" w:rsidP="00D66DCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta budžeta (projekta iesnieguma sadaļā “Projekta budžeta kopsavilkums”) norādīto izmaksu apmēru pamatojošie dokumenti, izņemot izmaksas, kas tiek segtas, piemērojot izmaksu vienoto likmi un vienas vienības izmaksu likmi. Informāciju var pamatot ar, piemēram, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, provizorisku tirgus izpēti, noslēgtiem nodomu protokoliem vai līgumiem (ja attiecināms), u.c. informāciju;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="341ADC8E" w14:textId="4F2B5279" w:rsidR="006039F2" w:rsidRPr="008E3FE4" w:rsidRDefault="006039F2" w:rsidP="006039F2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="341ADC8E" w14:textId="4F2B5279" w:rsidR="006039F2" w:rsidRPr="00101DE5" w:rsidRDefault="006039F2" w:rsidP="006039F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>informācija par projekta īstenošanas teritorijām “Ieguldījumu teritorijas –</w:t>
       </w:r>
-      <w:r w:rsidR="008B108B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B108B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006039F2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="009D561B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009D561B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006039F2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E3FE4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> teritorijas, kur plānots veikt darbības (atlases nolikuma 2. pielikums):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058BFE98" w14:textId="42BFDA60" w:rsidR="006039F2" w:rsidRPr="008E3FE4" w:rsidRDefault="006039F2" w:rsidP="008E3FE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="058BFE98" w14:textId="42BFDA60" w:rsidR="006039F2" w:rsidRPr="00101DE5" w:rsidRDefault="006039F2" w:rsidP="008E3FE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1843" w:hanging="737"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izklājlapa “Teritoriju sadalījums” 1. tabula “Informāciju par visām projekta iesniegumā norādītājām ieguldījumu teritorijām”;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B2B9E0" w14:textId="1F21C41F" w:rsidR="006039F2" w:rsidRPr="008E3FE4" w:rsidRDefault="006039F2" w:rsidP="008E3FE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="66B2B9E0" w14:textId="4D0F8E1F" w:rsidR="006039F2" w:rsidRPr="00101DE5" w:rsidRDefault="006039F2" w:rsidP="008E3FE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1843" w:hanging="737"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>izklājlapa “Princips “piesārņotājs maksā”” 2. tabula “Pamatojošā informācija par projekta īstenošanas teritorijām, kas tiek uzskatītas par kūdras ieguves vietām” un tajā minētie obligāti pievienojamie dokumenti, (attiecināms, ja 1. tabulas H kolonnā ievadītas projekta īstenošanas teritorijas, kas tiek uzskatītas par vēsturiskām kūdras ieguves vietām).</w:t>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>izklājlapa “Princips “piesārņotājs maksā”” 2. tabula “Pamatojošā informācija par projekta īstenošanas teritorijām, kas tiek uzskatītas par kūdras ieguves vietām” un tajā minētie obligāti pievienojamie dokumenti, (attiecināms, ja 1. tabulas H kolonnā ievadītas projekta īstenošanas teritorijas, kas tiek uzskatītas par vēsturiskām kūdras ieguves vietām)</w:t>
+      </w:r>
+      <w:r w:rsidR="0027747D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261714A5" w14:textId="01928D7D" w:rsidR="00CE35FD" w:rsidRPr="00CE35FD" w:rsidRDefault="00CE35FD" w:rsidP="00B8446B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="261714A5" w14:textId="01928D7D" w:rsidR="00CE35FD" w:rsidRPr="00101DE5" w:rsidRDefault="00CE35FD" w:rsidP="00B8446B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>līgums par savstarpējo sadarbību projekta īstenošanas laikā, ievērojot Ministru kabineta 2023.</w:t>
       </w:r>
-      <w:r w:rsidR="009A62C8" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A62C8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>gada 13.</w:t>
       </w:r>
-      <w:r w:rsidR="009A62C8" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A62C8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jūlija noteikumos Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="009A62C8" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A62C8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–</w:t>
       </w:r>
-      <w:r w:rsidR="00B8446B" w:rsidRPr="008E3FE4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B8446B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2027.</w:t>
       </w:r>
-      <w:r w:rsidR="009A62C8" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A62C8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>gada plānošanas periodā”</w:t>
       </w:r>
-      <w:r w:rsidR="00A31C0A" w:rsidRPr="0053261D">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A31C0A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktās minimālās prasības par informāciju, kas finansējuma saņēmējam jāiekļauj sadarbības līgumā (attiecināms, ja projektā tiek piesaistīts sadarbības partneris);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750200B8" w14:textId="328F1BE6" w:rsidR="004271A6" w:rsidRDefault="004271A6" w:rsidP="00D66DCD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="750200B8" w14:textId="328F1BE6" w:rsidR="004271A6" w:rsidRPr="00101DE5" w:rsidRDefault="004271A6" w:rsidP="00D66DCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izmaksu un ieguvumu analīze atbilstoši nolikuma 3.</w:t>
       </w:r>
-      <w:r w:rsidR="00A96927">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A96927" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004271A6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikuma formai</w:t>
       </w:r>
-      <w:r w:rsidR="003304BB">
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003304BB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (attiecināms,</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0C10" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja projekta kopējās attiecināmās izmaksas ir lielākas par 1 000 000 </w:t>
       </w:r>
-      <w:r w:rsidR="005F0C10" w:rsidRPr="0091779E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005F0C10" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidR="0077364B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0077364B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004271A6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B65D902" w14:textId="3A225562" w:rsidR="0077364B" w:rsidRPr="004271A6" w:rsidRDefault="00255269" w:rsidP="00D66DCD">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6B65D902" w14:textId="3A225562" w:rsidR="0077364B" w:rsidRPr="00101DE5" w:rsidRDefault="00255269" w:rsidP="00D66DCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>finanšu ana</w:t>
       </w:r>
-      <w:r w:rsidR="006F7989">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F7989" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">līze atbilstoši nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00A96927">
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A96927" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>4. pielikuma formai (attiecināms, ja projekta kopējās attiecināmās izmaksas ir mazākas par 1 000 000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96927" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidR="00A96927" w:rsidRPr="00622225">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A96927" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ieskaitot)</w:t>
       </w:r>
-      <w:r w:rsidR="00C14F9A" w:rsidRPr="00622225">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C14F9A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
-      <w:r w:rsidR="001C1C55" w:rsidRPr="001C1C55">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="001C1C55" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="414142"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C1C55" w:rsidRPr="00622225">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C1C55" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumā ir norādīts un tiek paredzēts, ka </w:t>
       </w:r>
-      <w:r w:rsidR="0046396E" w:rsidRPr="00622225">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0046396E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta dzīves ciklā </w:t>
       </w:r>
-      <w:r w:rsidR="001C1C55" w:rsidRPr="00622225">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C1C55" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>tiks gūti ieņēmumi</w:t>
       </w:r>
-      <w:r w:rsidR="00A96927">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A96927" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0046396E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0046396E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016FFD4E" w14:textId="0507E637" w:rsidR="00765BD2" w:rsidRPr="0052712E" w:rsidRDefault="0052712E" w:rsidP="00FA74D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="016FFD4E" w14:textId="0507E637" w:rsidR="00765BD2" w:rsidRPr="00101DE5" w:rsidRDefault="0052712E" w:rsidP="00FA74D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dokumenti, kas apliecina</w:t>
       </w:r>
-      <w:r w:rsidR="00850F33" w:rsidRPr="00FA74D2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00850F33" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C17DC5" w:rsidRPr="008E3FE4">
-[...22 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C17DC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ka nekustamais īpašums, kurā tiks veiktas projektā paredzētās darbības, ir projekta iesniedzēja vai sadarbības partnera (ja attiecināms) īpašumā, valdījumā vai turējumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17DC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
-      <w:r w:rsidR="00C17DC5" w:rsidRPr="00FA74D2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C17DC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C57413" w:rsidRPr="00FA74D2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C57413" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta īstenošanas laikā un projekta dzīves cikla laikā</w:t>
       </w:r>
-      <w:r w:rsidR="00FA74D2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA74D2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55139EB0" w14:textId="77777777" w:rsidR="00FD5C96" w:rsidRDefault="00E53938" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="55139EB0" w14:textId="77777777" w:rsidR="00FD5C96" w:rsidRPr="00101DE5" w:rsidRDefault="00E53938" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pašvaldības izsniegtu pierādāmu dokumentālu informāciju par </w:t>
       </w:r>
-      <w:r w:rsidR="00071504">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00071504" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>degrad</w:t>
       </w:r>
-      <w:r w:rsidR="00EC716A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EC716A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ētas </w:t>
       </w:r>
-      <w:r w:rsidR="00D91E4E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D91E4E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ekosistēmas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E53938">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> degradācijas kritērijiem</w:t>
       </w:r>
-      <w:r w:rsidR="00C07C3E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C07C3E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (attiecināms, ja </w:t>
       </w:r>
-      <w:r w:rsidR="00F576EA" w:rsidRPr="00F576EA">
-[...13 lines deleted...]
-        <w:t>);</w:t>
+      <w:r w:rsidR="00F576EA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta īstenošanas teritorijā ir degradēta ekosistēma, kas ir (vēsturiski pamesta derīgo izrakteņu ieguves vieta vai invazīvo sugu izplatības teritorija), kas nav arī ES nozīmes biotops vai sugu dzīvotne un par to nav atrodama pierādāma informācija par tās statusu publisko reģistros);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E134DC6" w14:textId="1A91F035" w:rsidR="00FF669E" w:rsidRDefault="003D2C89" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5E134DC6" w14:textId="75278F46" w:rsidR="00FF669E" w:rsidRPr="00101DE5" w:rsidRDefault="003D2C89" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pamatojums zemes iegādes cenai atbilstoši Latvijas Nekustamā īpašuma tirgus statistikai (attiecināms, ja projektā tiek plānota </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75A06" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>zemes iegāde atbilstoši SAMP MK noteikumu 33.12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75A06" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>apakšpunktam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00B75A06">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B75A06" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617CB236" w14:textId="39E1B891" w:rsidR="00FD5C96" w:rsidRPr="0004099B" w:rsidRDefault="00FD5C96" w:rsidP="0004099B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="617CB236" w14:textId="39E1B891" w:rsidR="00FD5C96" w:rsidRPr="00101DE5" w:rsidRDefault="00FD5C96" w:rsidP="0004099B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>deklarācija par komercsabiedrības atbilstību mazajai (sīkajai) vai vidējai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5C96">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5C96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">komercsabiedrībai </w:t>
       </w:r>
-      <w:r w:rsidR="0004099B" w:rsidRPr="00FD5C96">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="0004099B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(atlases nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00E8642D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00E8642D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="0004099B" w:rsidRPr="00FD5C96">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="0004099B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. pielikums</w:t>
       </w:r>
-      <w:r w:rsidR="00E8642D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00E8642D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0004099B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>attiecināms, ja projektā tiek piesaistīts sadarbības partneris</w:t>
       </w:r>
-      <w:r w:rsidRPr="0004099B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="003C35B8" w:rsidRPr="0004099B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="003C35B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B359BF" w14:textId="62D9B402" w:rsidR="00645587" w:rsidRPr="00FD5C96" w:rsidRDefault="002E1678" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="35B359BF" w14:textId="62D9B402" w:rsidR="00645587" w:rsidRPr="00101DE5" w:rsidRDefault="002E1678" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības partnera apliecinājums par informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēmā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5C96">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(atlases nolikuma 6. pielikums</w:t>
       </w:r>
-      <w:r w:rsidR="00E8642D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00E8642D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E8642D" w:rsidRPr="00E8642D">
-[...25 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00E8642D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecināms, ja projektā tiek piesaistīts sadarbības partneris)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548B15A5" w14:textId="0EE091E1" w:rsidR="00E36509" w:rsidRPr="00FD5C96" w:rsidRDefault="00E87749" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="548B15A5" w14:textId="253DEC47" w:rsidR="00E36509" w:rsidRPr="00101DE5" w:rsidRDefault="00E87749" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00645587" w:rsidRPr="00DE506E">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00645587" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pliecinājums par sadarbības partnera ja tas ir saimnieciskas darbības veicējs projekta īstenošanas teritorijā atbilstoši SAMP MK noteikumu 29.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00645587" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punktam saņemto un plānoto komercdarbības atbalstu (atlases nolikuma 7. pielikums</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8642D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E8642D" w:rsidRPr="00E8642D">
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E8642D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecināms, ja projektā tiek piesaistīts sadarbības partneris</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A87526" w:rsidRPr="00DE506E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A87526" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F61EF59" w14:textId="0A774206" w:rsidR="00E36509" w:rsidRPr="00FD5C96" w:rsidRDefault="00E36509" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7F61EF59" w14:textId="0A774206" w:rsidR="00E36509" w:rsidRPr="00101DE5" w:rsidRDefault="00E36509" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apliecinājums, ka sadarbības partneris neatbilst grūtībās nonākuša saimnieciskās darbības veicēja pazīmēm (atlases nolikuma 8. pielikums</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3BEF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00E8642D">
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecināms, ja projektā tiek piesaistīts sadarbības partneris</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87526" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17829ED4" w14:textId="3A420C6E" w:rsidR="002E1678" w:rsidRDefault="00A87526" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="17829ED4" w14:textId="3A420C6E" w:rsidR="002E1678" w:rsidRPr="00101DE5" w:rsidRDefault="00A87526" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apliecinājums, ka sadarbības partneris neīstenos SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006020E7" w:rsidRPr="00FD5C96">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="006020E7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD5C96">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu 49.6., 49.7., 49.8., un 49.9. apakšpunktos minētās darbības (atlases nolikuma 9. pielikums</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3BEF">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00E8642D">
-[...25 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00BA3BEF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecināms, ja projektā tiek piesaistīts sadarbības partneris)</w:t>
+      </w:r>
+      <w:r w:rsidR="000808A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D293BD" w14:textId="7FF8BAB1" w:rsidR="0030252E" w:rsidRPr="00FD5C96" w:rsidRDefault="0030252E" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="53D293BD" w14:textId="7FF8BAB1" w:rsidR="0030252E" w:rsidRPr="00101DE5" w:rsidRDefault="0030252E" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>projekta iesnieguma sadaļu vai pielikumu tulkojums (attiecināms, ja kāda no projekta iesnieguma sadaļām vai pielikumiem nav valsts valodā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507A8FE7" w14:textId="77777777" w:rsidR="0030252E" w:rsidRPr="00FD5C96" w:rsidRDefault="0030252E" w:rsidP="00FD5C96">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="507A8FE7" w14:textId="77777777" w:rsidR="0030252E" w:rsidRPr="00101DE5" w:rsidRDefault="0030252E" w:rsidP="00FD5C96">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>citi dokumenti, ja tādi nepieciešami, lai pilnvērtīgi pamatotu projektā plānotās darbības un izmaksas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A81AF97" w14:textId="4ABAA4B9" w:rsidR="00CF6E17" w:rsidRPr="00B91768" w:rsidRDefault="1E477A8E" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7A81AF97" w14:textId="4ABAA4B9" w:rsidR="00CF6E17" w:rsidRPr="00101DE5" w:rsidRDefault="1E477A8E" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="445D3849" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="445D3849" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ā atsauces uz</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pielikum</w:t>
       </w:r>
-      <w:r w:rsidR="445D3849" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="445D3849" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
-      <w:r w:rsidR="7F828B8C" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="7F828B8C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda precīzi, nodrošinot to identificējam</w:t>
       </w:r>
-      <w:r w:rsidR="281F401B" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="281F401B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ību.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="08EF4D21" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="08EF4D21" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Papildus minētajiem pielikumiem projekta iesniedzējs var pievienot citus dokumentus, kurus uzskata par nepieciešamiem projekta iesnieguma kvalitatīvai izvērtēšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6361378F" w14:textId="6621229E" w:rsidR="00313A5B" w:rsidRPr="00B91768" w:rsidRDefault="00313F21" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6361378F" w14:textId="6621229E" w:rsidR="00313A5B" w:rsidRPr="00101DE5" w:rsidRDefault="00313F21" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Lai kvalitatīv</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6161" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FF6161" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i aizpildītu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6161" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FF6161" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="005C4725" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="005C4725" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmanto projekta iesnieguma aizpildīšanas metodiku (</w:t>
       </w:r>
-      <w:r w:rsidR="00134340" w:rsidRPr="00B91768">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00134340" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="7454FBAA" w:rsidRPr="00313A5B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="7454FBAA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="1DBD8783" w:rsidRPr="00313A5B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1DBD8783" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004C37AF" w:rsidRPr="00313A5B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C37AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00313A5B">
-[...9 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pielikums).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7051C9" w14:textId="6AD2ACAE" w:rsidR="00636A89" w:rsidRPr="00313A5B" w:rsidRDefault="00636A89" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="2D7051C9" w14:textId="6AD2ACAE" w:rsidR="00636A89" w:rsidRPr="00101DE5" w:rsidRDefault="00636A89" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Informācija par aktuālajiem makroekonomiskajiem pieņēmumiem un prognozēm</w:t>
       </w:r>
-      <w:r w:rsidR="004469DA" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="004469DA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, ko projekta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidR="000A6B93" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="000A6B93" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izmanto</w:t>
+      </w:r>
+      <w:r w:rsidR="2298BD75" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sagatavojot projekta iesniegumu, pieejama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...24 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00DC3D3E" w:rsidRPr="00313A5B">
+        <w:r w:rsidR="00DC3D3E" w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F5670D" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F5670D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE335CF" w14:textId="6E43698D" w:rsidR="00446CC4" w:rsidRPr="00BC022F" w:rsidRDefault="3AEC74B1" w:rsidP="003C35B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="1EE335CF" w14:textId="6E43698D" w:rsidR="00446CC4" w:rsidRPr="00101DE5" w:rsidRDefault="3AEC74B1" w:rsidP="003C35B8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="1B389443" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1B389443" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavo latviešu valodā. Ja kāda no projekta iesnieguma sadaļām vai pielikumiem ir citā valodā, </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atbilstoši</w:t>
       </w:r>
-      <w:r w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="08FF6078" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="08FF6078" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Valsts</w:t>
       </w:r>
-      <w:r w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> valodas likum</w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>am pievieno Ministru kabineta 2000.</w:t>
       </w:r>
-      <w:r w:rsidR="36509AE9" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="36509AE9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gada 22.</w:t>
       </w:r>
-      <w:r w:rsidR="36509AE9" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="36509AE9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>augusta noteikumu Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="36509AE9" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="36509AE9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">291 “Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā” </w:t>
       </w:r>
-      <w:r w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>noteiktajā kārtībā</w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai notariāli apliecinātu tulkojumu valsts valodā</w:t>
       </w:r>
-      <w:r w:rsidR="6DE0719E" w:rsidRPr="5A139258">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="6DE0719E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BD4AD8" w14:textId="57496A7C" w:rsidR="00411490" w:rsidRPr="00BC022F" w:rsidRDefault="00030AA6" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="68BD4AD8" w14:textId="57496A7C" w:rsidR="00411490" w:rsidRPr="00101DE5" w:rsidRDefault="00030AA6" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
-      <w:r w:rsidR="00313F21" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">a iesniegumā summas norāda </w:t>
       </w:r>
-      <w:r w:rsidR="00313F21" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidR="00313F21" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar precizitāti līdz </w:t>
       </w:r>
-      <w:r w:rsidR="00660A2C">
-[...33 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00660A2C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">diviem </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7526" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cipariem </w:t>
+      </w:r>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aiz komata.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40019846" w14:textId="3686EB0B" w:rsidR="001306D9" w:rsidRPr="00D71BD6" w:rsidRDefault="0042748D" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="40019846" w14:textId="3686EB0B" w:rsidR="001306D9" w:rsidRPr="00101DE5" w:rsidRDefault="0042748D" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="0072213C" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0072213C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz līdz projektu iesniegumu iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="00CD335B" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CD335B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> beigu </w:t>
       </w:r>
-      <w:r w:rsidR="00CD335B" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CD335B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183B9305" w14:textId="1BC29D7C" w:rsidR="001306D9" w:rsidRPr="00D71BD6" w:rsidRDefault="002B6657" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="183B9305" w14:textId="1BC29D7C" w:rsidR="001306D9" w:rsidRPr="00101DE5" w:rsidRDefault="002B6657" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts pēc projektu iesniegumu iesniegšanas </w:t>
       </w:r>
-      <w:r w:rsidR="00404D7C" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00404D7C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu datuma, tas netiek vērtēts. </w:t>
       </w:r>
-      <w:r w:rsidR="00313A5B" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313A5B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>adarbības iestāde par to informē projekta iesniedzēju</w:t>
       </w:r>
-      <w:r w:rsidR="0013188F" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0013188F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22452EA0" w14:textId="5AACEA5A" w:rsidR="008E372B" w:rsidRDefault="68672EE0" w:rsidP="00E74B3E">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējam pēc projekta iesnieguma </w:t>
       </w:r>
-      <w:r w:rsidR="2EAD6D44" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="2EAD6D44" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="106D7AB6" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="106D7AB6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības iestādē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek </w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nosūtīt</w:t>
       </w:r>
-      <w:r w:rsidR="00086513" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00086513" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00701FCF" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00701FCF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>automātiski sagatavot</w:t>
       </w:r>
-      <w:r w:rsidR="00086513" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00086513" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
-      <w:r w:rsidR="00086513" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00086513" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>lektroniskā</w:t>
       </w:r>
-      <w:r w:rsidR="00C53E25" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C53E25" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>past</w:t>
       </w:r>
-      <w:r w:rsidR="00C53E25" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C53E25" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a vēstule</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="00D71BD6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="06B31755" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesnieguma iesniegšanu</w:t>
       </w:r>
-      <w:r w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AECE2A7" w14:textId="6B9D8479" w:rsidR="008E372B" w:rsidRPr="00BC022F" w:rsidRDefault="00A111C6" w:rsidP="008E3FE4">
+    <w:p w14:paraId="38E0A162" w14:textId="77777777" w:rsidR="007F2661" w:rsidRPr="00101DE5" w:rsidRDefault="007F2661" w:rsidP="007F2661">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="454" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AECE2A7" w14:textId="6B9D8479" w:rsidR="008E372B" w:rsidRPr="00101DE5" w:rsidRDefault="00A111C6" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Konsultatīvais atbalsts</w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5">
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ierobežotā</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5A92">
+      <w:r w:rsidR="00BF5A92" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlasē</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E33464" w14:textId="36A76007" w:rsidR="009D55CA" w:rsidRPr="00301A57" w:rsidRDefault="008E372B" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="66E33464" w14:textId="36A76007" w:rsidR="009D55CA" w:rsidRPr="00101DE5" w:rsidRDefault="008E372B" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Ref120492295"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
-      <w:r w:rsidR="003006B8" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="003006B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="009D55CA" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="009D55CA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, sagatavojot </w:t>
       </w:r>
-      <w:r w:rsidR="00A749C2" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00A749C2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumu, var saņemt sadarbības iestādes konsultatīvo atbalstu </w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>projekta ies</w:t>
       </w:r>
-      <w:r w:rsidR="009D55CA" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="009D55CA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ieguma </w:t>
       </w:r>
-      <w:r w:rsidR="00912EA6" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00912EA6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sagatavo</w:t>
       </w:r>
-      <w:r w:rsidR="009D55CA" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="009D55CA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>šana</w:t>
       </w:r>
-      <w:r w:rsidR="00A749C2" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00A749C2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="003E43EE" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="003E43EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00782546" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00782546" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">vienu reizi </w:t>
       </w:r>
-      <w:r w:rsidR="003E43EE" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="003E43EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>iesniedzot projekta iesniegumu priekšizskatīšan</w:t>
       </w:r>
-      <w:r w:rsidR="00732ED1" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00732ED1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ai </w:t>
       </w:r>
-      <w:r w:rsidR="00184A1C" w:rsidRPr="00234F1A">
-        <w:rPr>
+      <w:r w:rsidR="00184A1C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidR="3BB3D2F8" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="3BB3D2F8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00184A1C" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="00184A1C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E064A6" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="00E064A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sākot ar 2025.</w:t>
       </w:r>
-      <w:r w:rsidR="0067669F" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="0067669F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E064A6" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="00E064A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidR="00441C4A">
-        <w:rPr>
+      <w:r w:rsidR="00441C4A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00A34AAC" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="00A34AAC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0067669F" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="0067669F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A34AAC" w:rsidRPr="008E3FE4">
-        <w:rPr>
+      <w:r w:rsidR="00A34AAC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>aprīli</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="003F25AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, bet</w:t>
       </w:r>
-      <w:r w:rsidR="00301A57">
-[...15 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+      <w:r w:rsidR="00301A57" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne vēlāk kā trīs nedēļas pirms katra plānotā projekta iesnieguma iesniegšanas beigu termiņa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7369B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
-      <w:r w:rsidR="00F7369B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F7369B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760F9B36" w14:textId="331FDEFF" w:rsidR="00F714F3" w:rsidRPr="00F714F3" w:rsidRDefault="00723777" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="760F9B36" w14:textId="331FDEFF" w:rsidR="00F714F3" w:rsidRPr="00101DE5" w:rsidRDefault="00723777" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Ref191891536"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums iesniegts priekšizskatīšanai, sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="5A48BF7D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0011203A" w:rsidRPr="00336699">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0011203A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>desmit</w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="00336699">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbdienu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="5A48BF7D">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izskata </w:t>
+      </w:r>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priekšizskatīšanai saņemto projekta iesniegumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00184A1C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projektu portāla </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7526" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>e-</w:t>
+      </w:r>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>vidē</w:t>
+      </w:r>
+      <w:r w:rsidR="0071311F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="5A48BF7D">
-[...22 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sniedz </w:t>
+      </w:r>
+      <w:r w:rsidR="00774218" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>viedokli par projekta iesniegumā norādītās informācijas atbilstību</w:t>
+      </w:r>
+      <w:r w:rsidR="00130DEE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SAM</w:t>
+      </w:r>
+      <w:r w:rsidR="0002542E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00774218" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK noteikumu un</w:t>
+      </w:r>
+      <w:r w:rsidR="00886C91" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> š</w:t>
+      </w:r>
+      <w:r w:rsidR="0053706B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6B33" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00774218" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nolikuma prasībām</w:t>
+      </w:r>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D922F7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja atlases nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref172292401 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006F3BFE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00611092" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0082272F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0067669F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D922F7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētā vērtēšanas komisija ir izveidota līdz projekta iesnieguma iesniegšanai priekšizskatīšanā, atbildīgās iestādes un nozares ministrijas pārstāvji, kuri norīkoti darbam vērtēšanas komisijā, var iesaistīties priekšizskatīšanai iesniegtā projekta iesnieguma izskatīšanā. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Priekšizskatīšanā sniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="007D412F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>jam</w:t>
+      </w:r>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7FE8C409" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>vērtēšanas komisijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>viedokli</w:t>
+      </w:r>
+      <w:r w:rsidR="00024BE0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00024BE0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidR="00184A1C" w:rsidRPr="5A48BF7D">
-[...92 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>komentāriem</w:t>
+      </w:r>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir rekomendējošs raksturs</w:t>
+      </w:r>
+      <w:r w:rsidR="00D30F5A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="5A48BF7D">
-[...194 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="1B21F831" w14:textId="2A0482B3" w:rsidR="00CA463A" w:rsidRPr="00CA463A" w:rsidRDefault="00690AC3" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="1B21F831" w14:textId="2A0482B3" w:rsidR="00CA463A" w:rsidRPr="00101DE5" w:rsidRDefault="00690AC3" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc priekšizskatīšanas </w:t>
       </w:r>
-      <w:r w:rsidR="00652D3A" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00652D3A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesnie</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dzējam ir tiesības precizēt projekta iesniegumu,</w:t>
       </w:r>
-      <w:r w:rsidR="00FA76F6" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA76F6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ievērojot projektu iesniegumu iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="43EA71AF" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="43EA71AF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> beigu </w:t>
       </w:r>
-      <w:r w:rsidR="64CDA24E" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="64CDA24E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumu</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B75B470" w14:textId="1A4E9282" w:rsidR="00916ED5" w:rsidRPr="00970461" w:rsidRDefault="00970461" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3B75B470" w14:textId="6AD69B8C" w:rsidR="00916ED5" w:rsidRPr="00101DE5" w:rsidRDefault="00970461" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120490924"/>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120490924"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja pēc projekta iesnieguma iesniegšanas sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="0008339D">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0008339D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="00970461">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumā konstatē tehniskas neprecizitātes vai tādas nepilnības, ko var novērst līdz </w:t>
       </w:r>
-      <w:r w:rsidR="00F34F43" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F34F43" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490735 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="006F3BFE" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006F3BFE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C52D41">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C52D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00C52D41">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C52D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490735 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C52D41">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C52D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C52D41">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C52D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C52D41">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C52D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidR="00C52D41">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C52D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0067669F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0067669F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00995218" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
-      <w:r w:rsidR="00582061" w:rsidRPr="00C03790">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00582061" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>noteiktā</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>noteiktā lēmuma pieņemšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> lēmuma pieņemšanai</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34F43" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>sadarbības iestāde</w:t>
+      </w:r>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>sadarbības iestāde</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00187AE8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Projektu portālā </w:t>
+      </w:r>
+      <w:r w:rsidR="00582061" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Projektu portālā </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">ziņojuma </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2AE4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ziņojuma </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>veidā informē</w:t>
+      </w:r>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>veidā informē</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2AE4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="58A8C74D" w14:textId="23DA5577" w:rsidR="001F6058" w:rsidRPr="000E2F4C" w:rsidRDefault="48D7B61A" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="58A8C74D" w14:textId="23DA5577" w:rsidR="001F6058" w:rsidRPr="00101DE5" w:rsidRDefault="48D7B61A" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Ref120491921"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref172292878"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="4F1684EB" w:rsidRPr="037071D3">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="4F1684EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ēc</w:t>
       </w:r>
-      <w:r w:rsidR="7DCC3368" w:rsidRPr="037071D3">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="7DCC3368" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> šī</w:t>
+      </w:r>
+      <w:r w:rsidR="277144E6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nolikuma</w:t>
+      </w:r>
+      <w:r w:rsidR="4F1684EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="7DCC3368" w:rsidRPr="000E2F4C">
-[...19 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F829EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00F829EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref120490924 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CA463A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F829EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F829EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00611092" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="00F829EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00F829EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="4F1684EB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā norādītās informācijas saņemšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta iesniedzējam ir</w:t>
+      </w:r>
+      <w:r w:rsidR="415B8946" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="000E2F4C">
-[...63 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesības </w:t>
+      </w:r>
+      <w:r w:rsidR="701A7D08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sadarbības iestādes noteiktajā termiņā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>precizēt projekta iesniegumu, nemainot to pēc būtības</w:t>
+      </w:r>
+      <w:r w:rsidR="701A7D08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...64 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="77B2BBFA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pēc precizējumu veikšanas </w:t>
+      </w:r>
+      <w:r w:rsidR="51CC502C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00187AE8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Projektu portālā</w:t>
+      </w:r>
+      <w:r w:rsidR="51CC502C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...36 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="69EC6F73" w14:textId="5806D672" w:rsidR="002927C4" w:rsidRDefault="006204AD" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="69EC6F73" w14:textId="5BB7D4B6" w:rsidR="002927C4" w:rsidRPr="00101DE5" w:rsidRDefault="006204AD" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
-      <w:r w:rsidR="006D2D4B" w:rsidRPr="000E2F4C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006D2D4B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī </w:t>
       </w:r>
-      <w:r w:rsidR="00920415" w:rsidRPr="000E2F4C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00920415" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref191891536 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E23094">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E23094" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E23094">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E23094" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490924 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E23094">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E23094" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E23094" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E23094">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E23094" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="00E23094">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E23094" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00BC64AE" w:rsidRPr="000E2F4C">
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC64AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. punktā minētajā ziņojumā norādītā </w:t>
+      </w:r>
+      <w:r w:rsidR="003842C3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izpildes</w:t>
       </w:r>
-      <w:r w:rsidR="00BC64AE" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC64AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E7299C" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7299C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="00BC64AE" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC64AE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003309DA" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003309DA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vērtēšanas komisija</w:t>
       </w:r>
-      <w:r w:rsidR="006507F9" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006507F9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izvērtē projekta iesniegumu un sniedz </w:t>
       </w:r>
-      <w:r w:rsidR="00421071" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00421071" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atzinumu </w:t>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120491269 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="249C5527">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007C7713" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007C7713" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. nodaļā no</w:t>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD22A0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">teiktajā kārtībā. Gadījumā, ja projekta iesniegums nav atkārtoti iesniegts šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB4214" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DB4214">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB4214" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref172292878 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB4214">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB4214" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00DB4214">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00DB4214" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00611092">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00611092" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB4214" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD22A0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="249C5527">
-[...18 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD22A0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā noteiktajā kārtībā, komisija vērtē projekta iesniegum</w:t>
+      </w:r>
+      <w:r w:rsidR="489965A3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD22A0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sākotnēji iesniegtās informācijas apjomā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0B9A16" w14:textId="195DAA7C" w:rsidR="009B5CD7" w:rsidRPr="00B54A16" w:rsidRDefault="00916ED5" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4E0B9A16" w14:textId="36682FF2" w:rsidR="009B5CD7" w:rsidRPr="00101DE5" w:rsidRDefault="00916ED5" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
-      <w:r w:rsidR="00D25D08" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D25D08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="007F3C5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007F3C5C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="007F3C5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007F3C5C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120492295 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="007F3C5C">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007F3C5C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="007F3C5C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="007F3C5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007F3C5C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="007F3C5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007F3C5C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā</w:t>
       </w:r>
-      <w:r w:rsidR="00B54A16" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B54A16" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktā termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B71BB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006B71BB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>beigām</w:t>
       </w:r>
-      <w:r w:rsidR="00C93001">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C93001" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0056546E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0056546E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490924 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CA463A" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA463A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="4FDBDE5C">
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0056546E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0056546E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00611092" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00611092" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0056546E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="008B722A" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B722A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minētajā ziņojumā norādītā termiņ</w:t>
       </w:r>
-      <w:r w:rsidR="000E103D" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000E103D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="008B722A" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B722A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
-      <w:r w:rsidR="00B54A16" w:rsidRPr="4FDBDE5C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B54A16" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00BC022F" w:rsidRDefault="00A01D52" w:rsidP="008E3FE4">
+    <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00101DE5" w:rsidRDefault="00A01D52" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Ref120491269"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="7E6D0089" w14:textId="1391FA33" w:rsidR="00CD3EC8" w:rsidRPr="00A61645" w:rsidRDefault="00D537C1" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7E6D0089" w14:textId="56042AFC" w:rsidR="00CD3EC8" w:rsidRPr="00101DE5" w:rsidRDefault="00D537C1" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Ref172292401"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
-      <w:r w:rsidR="00CC10BB" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CC10BB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ar rīkojumu izveido </w:t>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības fondu 2021.</w:t>
       </w:r>
-      <w:r w:rsidR="00CA463A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA463A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00711EC7" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00711EC7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00CA463A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA463A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2027.</w:t>
       </w:r>
-      <w:r w:rsidR="00CA463A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA463A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">gada plānošanas perioda vadības likuma </w:t>
       </w:r>
-      <w:r w:rsidR="003C2265" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003C2265" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>(turpmāk</w:t>
       </w:r>
-      <w:r w:rsidR="00DE74A5">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DE74A5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003C2265" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003C2265" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">– Likums) </w:t>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref191891536 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="004E4A77">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004E4A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. panta prasībām atbilstošu </w:t>
       </w:r>
-      <w:r w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projektu iesniegumu vērtēšanas komisiju (turpmāk</w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>– vērtēšanas komisija)</w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, vērtēšanas komisijas sastāva izveidē ievērojot </w:t>
       </w:r>
-      <w:r w:rsidR="00614668" w:rsidRPr="148606EB">
+      <w:r w:rsidR="00614668" w:rsidRPr="00101DE5">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">likuma “Par interešu konflikta novēršanu valsts amatpersonu darbībā” un </w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Regulas 20</w:t>
       </w:r>
-      <w:r w:rsidR="003C2CBE">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003C2CBE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="003C2CBE">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003C2CBE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2509</w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61.</w:t>
       </w:r>
-      <w:r w:rsidR="00402F7A" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00402F7A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
-      <w:r w:rsidRPr="148606EB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00CD3EC8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD3EC8" w:rsidRPr="7D7A9D85">
-        <w:rPr>
+      <w:r w:rsidR="00CD3EC8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas locekļi projektu iesniegumu vērtēšanā piedalās šādā apjomā:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BA8CB1" w14:textId="77777777" w:rsidR="00CD3EC8" w:rsidRPr="00DE506E" w:rsidRDefault="00CD3EC8" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="36BA8CB1" w14:textId="77777777" w:rsidR="00CD3EC8" w:rsidRPr="00101DE5" w:rsidRDefault="00CD3EC8" w:rsidP="009442C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>vienotie kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB44522" w14:textId="77777777" w:rsidR="00CD3EC8" w:rsidRPr="00DE506E" w:rsidRDefault="00CD3EC8" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="2DB44522" w14:textId="77777777" w:rsidR="00CD3EC8" w:rsidRPr="00101DE5" w:rsidRDefault="00CD3EC8" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473A255F" w14:textId="4B74125F" w:rsidR="00D537C1" w:rsidRPr="00CD3EC8" w:rsidRDefault="00CD3EC8" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="473A255F" w14:textId="4B74125F" w:rsidR="00D537C1" w:rsidRPr="00101DE5" w:rsidRDefault="00CD3EC8" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12545E31" w14:textId="765EA20F" w:rsidR="00D537C1" w:rsidRPr="007F263F" w:rsidRDefault="00D537C1" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="12545E31" w14:textId="765EA20F" w:rsidR="00D537C1" w:rsidRPr="00101DE5" w:rsidRDefault="00D537C1" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisijas locekļi ir atbildīgi par projektu iesniegumu savlaicīgu, objektīvu un rūpīgu izvērtēšanu atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00D03AB3" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Latvijas Republikas un Eiropas Savienības normatīvajiem aktiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kā arī </w:t>
       </w:r>
-      <w:r w:rsidR="00D03AB3" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
-      <w:r w:rsidR="003D7C86" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D7C86" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbildīgi </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
-      <w:r w:rsidR="008B1741" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B1741" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">objektivitātes un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>konfidencialitātes ievērošanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE35DCD" w14:textId="77777777" w:rsidR="005457E7" w:rsidRDefault="00B60437" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="1BE35DCD" w14:textId="77777777" w:rsidR="005457E7" w:rsidRPr="00101DE5" w:rsidRDefault="00B60437" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Ref120520594"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00ED50C7" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00ED50C7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ērtēšanas komisija pēc projektu iesniegumu iesniegšanas vērtē projektu iesniegumus saskaņā ar projektu iesniegumu vērtēšanas kritērijiem, ievērojot projektu iesniegumu vērtēšanas kritēriju piemērošanas metodikā noteikto </w:t>
       </w:r>
-      <w:r w:rsidR="0043459A" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0043459A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00B12208" w:rsidRPr="00B12208">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B12208" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00863AC3" w:rsidRPr="00B12208">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00863AC3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AF29FF" w:rsidRPr="00863AC3">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AF29FF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0043459A" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0043459A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums) un</w:t>
       </w:r>
-      <w:r w:rsidR="00D537C1" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005922B8">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005922B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Projektu portālā</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Projektu portālā </w:t>
+      </w:r>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aizpildot projekt</w:t>
       </w:r>
-      <w:r w:rsidR="00485091" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00485091" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00D537C1" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="00485091" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00485091" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00D537C1" w:rsidRPr="2623F50C">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="373EF6E2" w14:textId="5546E59B" w:rsidR="001B7BC7" w:rsidRPr="005457E7" w:rsidRDefault="27F7F099" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="373EF6E2" w14:textId="5546E59B" w:rsidR="001B7BC7" w:rsidRPr="00101DE5" w:rsidRDefault="27F7F099" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pirms</w:t>
       </w:r>
-      <w:r w:rsidR="16799EEC" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="16799EEC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šī</w:t>
       </w:r>
-      <w:r w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120520594 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="009A2E32" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A2E32" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00611092" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00611092" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A84BE6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="64AAF8A7" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="64AAF8A7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktā noteiktās vērtēšanas uzsākšanas komisija pārbauda </w:t>
       </w:r>
-      <w:r w:rsidR="00D611F2" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D611F2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības partnera, ja tāds projektā ir paredzēts,</w:t>
       </w:r>
-      <w:r w:rsidR="237E6C11" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="237E6C11" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="10C97420" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="10C97420" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atbilstību</w:t>
       </w:r>
-      <w:r w:rsidR="40D4580A" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="40D4580A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Likuma 22. pantā noteiktajiem izslēgšanas noteikumiem</w:t>
       </w:r>
-      <w:r w:rsidR="591ADAEE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="591ADAEE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, ievērojot MK noteikumos Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00BA775F" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BA775F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> 408</w:t>
       </w:r>
-      <w:r w:rsidR="00702951" w:rsidRPr="002A6EE7">
-        <w:rPr>
+      <w:r w:rsidR="00702951" w:rsidRPr="00515A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
-      <w:r w:rsidR="591ADAEE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="591ADAEE" w:rsidRPr="00515A8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="591ADAEE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>noteikto kārtību,</w:t>
+      </w:r>
+      <w:r w:rsidR="40D4580A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="591ADAEE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="591ADAEE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un veic</w:t>
       </w:r>
-      <w:r w:rsidR="591ADAEE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="591ADAEE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6B556D70" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="6B556D70" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības partnera, ja tāds projektā ir paredzēts, </w:t>
       </w:r>
-      <w:r w:rsidR="40D4580A" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="40D4580A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pārbaudi atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
-      <w:r w:rsidR="40D4580A" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="40D4580A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="40D4580A" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="40D4580A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> pantam</w:t>
       </w:r>
-      <w:r w:rsidR="1202C425" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="1202C425" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="299B8616" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="299B8616" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniedzējs atbilst kādam no minētajos normatīvajos aktos noteiktajiem </w:t>
       </w:r>
-      <w:r w:rsidR="7FCC9A89" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="7FCC9A89" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nosacījumiem, lai projekta iesniedzēju izslēgtu no dalības projektu iesniegumu atlasē, </w:t>
       </w:r>
-      <w:r w:rsidR="2F4CCA31" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="2F4CCA31" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>projekta iesniegums uzskatāms par noraidītu.</w:t>
       </w:r>
-      <w:r w:rsidR="006821A5" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="006821A5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D611F2" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D611F2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r w:rsidR="00F55825" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F55825" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniedzējs neatbilst, taču</w:t>
       </w:r>
-      <w:r w:rsidR="00D611F2" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D611F2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
-      <w:r w:rsidR="004857B6" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="004857B6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">adarbības partneris atbilst kādam no minētajos normatīvajos aktos noteiktajiem nosacījumiem, </w:t>
       </w:r>
-      <w:r w:rsidR="009F6FDD" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009F6FDD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>projekta iesniegums nav uzskatāms par noraidītu,</w:t>
       </w:r>
-      <w:r w:rsidR="00F61530" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F61530" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> bet šī nolikuma</w:t>
       </w:r>
-      <w:r w:rsidR="00F070EE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F070EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F070EE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F070EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00F070EE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F070EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120491837 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00EF5F16" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EF5F16" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F070EE" w:rsidRPr="005457E7">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F070EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00F070EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00611092" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00611092" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
-      <w:r w:rsidR="00F070EE" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F070EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00EF5F16" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EF5F16" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidR="00F61530" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F61530" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
-      <w:r w:rsidR="00C54F08" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C54F08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">noteiktajā </w:t>
       </w:r>
-      <w:r w:rsidR="00A231BF" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A231BF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lēmumā</w:t>
       </w:r>
-      <w:r w:rsidR="00C54F08" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C54F08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iekļauj nosacījumu izslēgt attiecīgo </w:t>
       </w:r>
-      <w:r w:rsidR="0041408B" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="0041408B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības </w:t>
       </w:r>
-      <w:r w:rsidR="00C54F08" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C54F08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">partneri no </w:t>
       </w:r>
-      <w:r w:rsidR="00FA1D08" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA1D08" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dalības projektā</w:t>
       </w:r>
-      <w:r w:rsidR="00EF5F16" w:rsidRPr="005457E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EF5F16" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCBB967" w14:textId="6EBE6234" w:rsidR="0020379A" w:rsidRPr="00BC022F" w:rsidRDefault="34A7FB25" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7DCBB967" w14:textId="6EBE6234" w:rsidR="0020379A" w:rsidRPr="00101DE5" w:rsidRDefault="34A7FB25" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Ref120489080"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē</w:t>
       </w:r>
-      <w:r w:rsidR="39D19A50" w:rsidRPr="4C0F5136">
-[...13 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="39D19A50" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visi balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, vispirms izvērtējot visus neprecizējamos un pēc tam</w:t>
       </w:r>
-      <w:r w:rsidR="003B6BC1" w:rsidRPr="4C0F5136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003B6BC1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4C0F5136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>– precizējamos kritērijus šādā secībā:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="2E3CECE5" w14:textId="23B11477" w:rsidR="0020379A" w:rsidRPr="006D7A77" w:rsidRDefault="00DB6821" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="2E3CECE5" w14:textId="23B11477" w:rsidR="0020379A" w:rsidRPr="00101DE5" w:rsidRDefault="00DB6821" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>vienotie kritēriji</w:t>
       </w:r>
-      <w:r w:rsidR="00120C15">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00120C15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720C01FA" w14:textId="5B6ADB17" w:rsidR="0020379A" w:rsidRPr="006D7A77" w:rsidRDefault="00DB6821" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="720C01FA" w14:textId="5B6ADB17" w:rsidR="0020379A" w:rsidRPr="00101DE5" w:rsidRDefault="00DB6821" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji</w:t>
       </w:r>
-      <w:r w:rsidR="00E32EBE" w:rsidRPr="4C0F5136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E32EBE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3646BD65" w14:textId="2D63F499" w:rsidR="0020379A" w:rsidRPr="006D7A77" w:rsidRDefault="00DB6821" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3646BD65" w14:textId="2D63F499" w:rsidR="0020379A" w:rsidRPr="00101DE5" w:rsidRDefault="00DB6821" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>specifiskie atbilstības kritēriji</w:t>
       </w:r>
-      <w:r w:rsidR="006D7A77" w:rsidRPr="4C0F5136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="006D7A77" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00BC022F" w:rsidRDefault="00D537C1" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00101DE5" w:rsidRDefault="00D537C1" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120491837"/>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref120491837"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
-      <w:r w:rsidR="00C62E95" w:rsidRPr="00BC022F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C62E95" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="33F4E69C" w14:textId="77777777" w:rsidR="000427D6" w:rsidRPr="000427D6" w:rsidRDefault="00F31B42" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="33F4E69C" w14:textId="77777777" w:rsidR="000427D6" w:rsidRPr="00101DE5" w:rsidRDefault="00F31B42" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Ref120491666"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
+      </w:r>
+      <w:r w:rsidR="005922B8" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidR="00D537C1" w:rsidRPr="5097D2DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="6F5A0551" w14:textId="04AE7616" w:rsidR="00BE6B7F" w:rsidRPr="000427D6" w:rsidRDefault="00BE6B7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6F5A0551" w14:textId="04AE7616" w:rsidR="00BE6B7F" w:rsidRPr="00101DE5" w:rsidRDefault="00BE6B7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00E242E0" w:rsidRPr="000427D6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E242E0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>33</w:t>
       </w:r>
-      <w:r w:rsidRPr="000427D6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minētajā gadījumā vērtēšanas komisijas balsstiesīgie locekļi projektam noteikto nosacījumu izpildes izvērtēšanā un kritēriju pārvērtēšanā iesaistās nolikuma 2</w:t>
       </w:r>
-      <w:r w:rsidR="00E242E0" w:rsidRPr="000427D6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E242E0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="000427D6">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā noteiktajā apjomā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00BC022F" w:rsidRDefault="0093766F" w:rsidP="008E3FE4">
+    <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00101DE5" w:rsidRDefault="0093766F" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
-      <w:r w:rsidR="001A2736" w:rsidRPr="00BC022F">
+      <w:r w:rsidR="001A2736" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
-      <w:r w:rsidR="007A6511" w:rsidRPr="00BC022F">
+      <w:r w:rsidR="007A6511" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E93123" w14:textId="4093DE11" w:rsidR="0093766F" w:rsidRPr="00BC022F" w:rsidRDefault="00000595" w:rsidP="00E74B3E">
+    <w:p w14:paraId="59E93123" w14:textId="4093DE11" w:rsidR="0093766F" w:rsidRPr="00101DE5" w:rsidRDefault="00000595" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Ref120490735"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="002A370A">
+      <w:r w:rsidR="002A370A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">adarbības iestāde, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
-      <w:r w:rsidR="0093766F">
+      <w:r w:rsidR="0093766F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>(turpmāk</w:t>
       </w:r>
-      <w:r w:rsidR="003B6BC1">
+      <w:r w:rsidR="003B6BC1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0093766F">
+      <w:r w:rsidR="0093766F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>– lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00BC022F" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
+    <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00101DE5" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Ref120521412"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00BC022F" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
+    <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00101DE5" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Ref120521415"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00BC022F" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
+    <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00101DE5" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73320236" w14:textId="0B680401" w:rsidR="000F07BB" w:rsidRPr="00AE133D" w:rsidRDefault="006E1557" w:rsidP="00E74B3E">
+    <w:p w14:paraId="73320236" w14:textId="0B680401" w:rsidR="000F07BB" w:rsidRPr="00101DE5" w:rsidRDefault="006E1557" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lēmumu </w:t>
       </w:r>
-      <w:r w:rsidR="00A47BBD">
+      <w:r w:rsidR="00A47BBD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">pieņem </w:t>
       </w:r>
-      <w:r w:rsidR="00AA47BE" w:rsidRPr="00D22484">
+      <w:r w:rsidR="00AA47BE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>trīs</w:t>
       </w:r>
-      <w:r w:rsidR="0032320D">
+      <w:r w:rsidR="0032320D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E3FE4">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> laikā pēc projektu iesniegumu iesniegšanas.</w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>mēnešu laikā pēc projektu iesniegumu iesniegšanas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017AD60E" w14:textId="2421284E" w:rsidR="004D7C6B" w:rsidRPr="003B31A9" w:rsidRDefault="23EA3721" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="017AD60E" w14:textId="5E636799" w:rsidR="004D7C6B" w:rsidRPr="00101DE5" w:rsidRDefault="23EA3721" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Pirms nolikuma</w:t>
       </w:r>
-      <w:r w:rsidR="521EB46B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="521EB46B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00127CC5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00127CC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00127CC5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00127CC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521412 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00127CC5">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00127CC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00127CC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00127CC5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00127CC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>35.1</w:t>
       </w:r>
-      <w:r w:rsidR="00127CC5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00127CC5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="521EB46B" w:rsidRPr="008E21CE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="521EB46B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000B7D80">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="000B7D80" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="521EB46B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="521EB46B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>apakš</w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>punktā noteiktā</w:t>
       </w:r>
-      <w:r w:rsidR="521EB46B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="521EB46B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> lēmuma pieņemšanas vai </w:t>
       </w:r>
-      <w:r w:rsidR="00A81F15">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A81F15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A81F15">
-[...1 lines deleted...]
-          <w:rStyle w:val="Komentraatsauce"/>
+      <w:r w:rsidR="00A81F15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521487 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A81F15">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A81F15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A81F15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A81F15">
-[...1 lines deleted...]
-          <w:rStyle w:val="Komentraatsauce"/>
+      <w:r w:rsidR="00A81F15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>40.1</w:t>
       </w:r>
-      <w:r w:rsidR="00A81F15">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A81F15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00D72D00">
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D72D00" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00197D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="521EB46B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunktā noteiktā atzinuma izdošanas sadarbības iestāde atkārtoti </w:t>
       </w:r>
-      <w:r w:rsidR="00A43C2C" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A43C2C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">pārbauda </w:t>
       </w:r>
-      <w:r w:rsidR="00A900D0" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A900D0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sadarbības partnera, ja tāds projektā ir paredzēts,</w:t>
       </w:r>
-      <w:r w:rsidR="00AA52AD" w:rsidRPr="003A1D57">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AA52AD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atbilstību Likuma 22. pantā noteiktajiem izslēgšanas noteikumiem, ievērojot MK noteikumos Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00945422" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00945422" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> 408</w:t>
       </w:r>
-      <w:r w:rsidR="00AE133D" w:rsidRPr="6DAE71B2">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AE133D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikto kārtību, un veic </w:t>
       </w:r>
-      <w:r w:rsidR="0D8258EF" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="0D8258EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sadarbības partnera</w:t>
       </w:r>
-      <w:r w:rsidR="007B29B3" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="007B29B3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, ja tāds projektā ir paredzēts,</w:t>
       </w:r>
-      <w:r w:rsidR="0D8258EF" w:rsidRPr="009E1030">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="0D8258EF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pārbaudi atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> pantam.</w:t>
       </w:r>
-      <w:r w:rsidR="00525CAD" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00525CAD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
-      <w:r w:rsidR="00BA2BCD" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BA2BCD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">pirms </w:t>
       </w:r>
-      <w:r w:rsidR="00392B07">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00392B07">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521487 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DA09D4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DA09D4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00392B07">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00392B07">
-[...13 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>40.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00985CBA" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00985CBA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00392B07">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00392B07" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC707B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC707B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunktā noteiktā </w:t>
       </w:r>
-      <w:r w:rsidR="00985CBA" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00985CBA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atzinuma</w:t>
       </w:r>
-      <w:r w:rsidR="00BC707B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC707B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00985CBA" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00985CBA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>izdošanas</w:t>
       </w:r>
-      <w:r w:rsidR="00BC707B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC707B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A900D0" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A900D0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sadarbības partneri</w:t>
       </w:r>
-      <w:r w:rsidR="00BC707B" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC707B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="007B29B3" w:rsidRPr="004A0D7E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="007B29B3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...19 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilst kādam no minētajos normatīvajos aktos noteiktajiem nosacījumiem, projekta iesniegums </w:t>
+      </w:r>
+      <w:r w:rsidR="00B522DE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nav </w:t>
       </w:r>
-      <w:r w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>uzskatāms par noraidītu</w:t>
       </w:r>
-      <w:r w:rsidR="00B522DE" w:rsidRPr="00321A96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B522DE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B27652" w:rsidRPr="00321A96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B27652" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>bet šī nolikuma</w:t>
       </w:r>
-      <w:r w:rsidR="02117895" w:rsidRPr="6DAE71B2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="02117895" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A64CD" w:rsidRPr="00724807">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="008A64CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="008A64CD" w:rsidRPr="00724807">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="008A64CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521487 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BC1CA3" w:rsidRPr="00724807">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC1CA3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="008A64CD" w:rsidRPr="00724807">
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="008A64CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="008A64CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00321A96" w:rsidRPr="00724807">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00321A96" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>40.1</w:t>
       </w:r>
-      <w:r w:rsidR="008A64CD" w:rsidRPr="00724807">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="008A64CD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00B27652" w:rsidRPr="00724807">
+      <w:r w:rsidR="00B27652" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00321A96" w:rsidRPr="00321A96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00321A96" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> apakš</w:t>
       </w:r>
-      <w:r w:rsidR="00B27652" w:rsidRPr="00321A96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B27652" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>punktā noteiktajā atzinumā iekļauj nosacījumu izslēgt attiecīgo sadarbības partneri no dalības projekt</w:t>
       </w:r>
-      <w:r w:rsidR="00321A96" w:rsidRPr="00321A96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00321A96" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidR="00F45412" w:rsidRPr="00321A96">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F45412" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237CDED1" w14:textId="570CB542" w:rsidR="00E00D8D" w:rsidRPr="00BC022F" w:rsidRDefault="00E860CF" w:rsidP="00E74B3E">
+    <w:p w14:paraId="237CDED1" w14:textId="570CB542" w:rsidR="00E00D8D" w:rsidRPr="00101DE5" w:rsidRDefault="00E860CF" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta </w:t>
       </w:r>
-      <w:r w:rsidR="0072213C">
+      <w:r w:rsidR="0072213C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">iesnieguma </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">apstiprināšanu </w:t>
       </w:r>
-      <w:r w:rsidR="001F518A">
+      <w:r w:rsidR="001F518A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> pieņem, ja</w:t>
       </w:r>
-      <w:r w:rsidR="00D03AB3" w:rsidRPr="009930F5">
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E00D8D" w:rsidRPr="00BC022F">
+      <w:r w:rsidR="00E00D8D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>projekta iesniegums atbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF2D09B" w14:textId="003CAB75" w:rsidR="00E860CF" w:rsidRPr="00BC022F" w:rsidRDefault="00250E1E" w:rsidP="00E74B3E">
+    <w:p w14:paraId="6AF2D09B" w14:textId="003CAB75" w:rsidR="00E860CF" w:rsidRPr="00101DE5" w:rsidRDefault="00250E1E" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu pieņem, ja projekta iesniedzējam nepieciešams veikt sadarbības iestādes noteiktās darbības, lai projekta iesniegums pilnībā atbilstu projektu iesniegumu vērtēšanas kritērijiem un projektu varētu atbilstoši īstenot.</w:t>
       </w:r>
-      <w:r w:rsidR="001E4627">
+      <w:r w:rsidR="001E4627" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Ja projekta iesniegums ir apstiprināts ar nosacījumu, projekta iesniedzējs veic tikai darbības, kuras ir noteiktas lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu, nemainot projekta iesniegumu pēc būtības.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08DBB484" w14:textId="0F4BD8E1" w:rsidR="009930F5" w:rsidRPr="00E52178" w:rsidRDefault="00A053E0" w:rsidP="003F0BB6">
+    <w:p w14:paraId="08DBB484" w14:textId="0F4BD8E1" w:rsidR="009930F5" w:rsidRPr="00101DE5" w:rsidRDefault="00A053E0" w:rsidP="003F0BB6">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="426" w:firstLine="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Lēmumu par projekta</w:t>
       </w:r>
-      <w:r w:rsidR="00060FFB">
+      <w:r w:rsidR="00060FFB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> iesnieguma</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> noraidīšanu </w:t>
       </w:r>
-      <w:r w:rsidR="00A47BBD">
+      <w:r w:rsidR="00A47BBD" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">pieņem, ja </w:t>
       </w:r>
-      <w:r w:rsidR="009930F5">
+      <w:r w:rsidR="009930F5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>projekta iesniedzējs nav uzaicināts iesniegt projekta iesniegumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174DCF20" w14:textId="1344F7A9" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="008C6C65" w:rsidP="00E74B3E">
+    <w:p w14:paraId="174DCF20" w14:textId="1344F7A9" w:rsidR="008C6C65" w:rsidRPr="00101DE5" w:rsidRDefault="008C6C65" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Ref191891833"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Ja projekta iesniegums ir apstiprināts ar nosacījumu, pēc precizētā projekta iesnieguma iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="00E349B9">
-[...20 lines deleted...]
-      <w:r w:rsidR="00E349B9">
+      <w:r w:rsidR="00E349B9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vērtēšanas komisija vērtē projekta iesniegumu. Ja tiek konstatēta kāda no lēmumā noteiktajiem nosacījumiem neizpilde vai ja projekta iesniedzēja iesniegtās vai vērtēšanas komisijai pieejamās informācijas dēļ projekta iesniegums neatbilst kādam projektu iesniegumu vērtēšanas kritērijiem, precizētā </w:t>
+      </w:r>
+      <w:r w:rsidR="00E349B9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>neturpina. P</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>projekta iesnieguma vērtēšanu neturpina. P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>amatojoties uz vērtēšanas komisijas atzinumu par nosacījumu izpildi vai neizpildi, sadarbības iestāde izdod</w:t>
       </w:r>
-      <w:r w:rsidR="009E55B3">
+      <w:r w:rsidR="009E55B3" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="008C6C65" w:rsidP="00E74B3E">
+    <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00101DE5" w:rsidRDefault="008C6C65" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Ref120521487"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="38783DE3" w14:textId="5110EC40" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="009E55B3" w:rsidP="00E74B3E">
+    <w:p w14:paraId="38783DE3" w14:textId="5110EC40" w:rsidR="008C6C65" w:rsidRPr="00101DE5" w:rsidRDefault="009E55B3" w:rsidP="00E74B3E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
-      <w:r w:rsidR="008C6C65" w:rsidRPr="00BC022F">
+      <w:r w:rsidR="008C6C65" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
       </w:r>
-      <w:r w:rsidR="00E349B9">
+      <w:r w:rsidR="00E349B9" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">vai vērtēšanas komisijai pieejamās </w:t>
       </w:r>
-      <w:r w:rsidR="008C6C65" w:rsidRPr="00BC022F">
+      <w:r w:rsidR="008C6C65" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327368D3" w14:textId="35CFD3B1" w:rsidR="00E225A8" w:rsidRPr="00BC022F" w:rsidRDefault="005A65DD" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="327368D3" w14:textId="35CFD3B1" w:rsidR="00E225A8" w:rsidRPr="00101DE5" w:rsidRDefault="005A65DD" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi sadarbības iestāde sagatavo elektroniska </w:t>
       </w:r>
-      <w:r w:rsidR="00767AAC" w:rsidRPr="2C1C31AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00767AAC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dokumenta formātā</w:t>
       </w:r>
-      <w:r w:rsidR="00767AAC" w:rsidRPr="2C1C31AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00767AAC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2C1C31AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par </w:t>
       </w:r>
-      <w:r w:rsidR="007111BC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007111BC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vienošanās</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C1718A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2C1C31AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>slēgšanas procedūru.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537366BC" w14:textId="7342A59A" w:rsidR="00211D41" w:rsidRPr="00D02F39" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="537366BC" w14:textId="7342A59A" w:rsidR="00211D41" w:rsidRPr="00101DE5" w:rsidRDefault="0093766F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Informāciju par </w:t>
       </w:r>
-      <w:r w:rsidR="009E0969" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="009E0969" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apstiprināto projekta iesniegumu</w:t>
       </w:r>
-      <w:r w:rsidR="003F63A7" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F63A7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="54CB2501" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="54CB2501" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="003F63A7" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F63A7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">publicē </w:t>
       </w:r>
-      <w:r w:rsidR="00700F0A" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00700F0A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tīmekļa vietnē</w:t>
       </w:r>
-      <w:r w:rsidR="00211D41" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00211D41" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
-        <w:r w:rsidR="00211D41" w:rsidRPr="00D02F39">
+        <w:r w:rsidR="00211D41" w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00103090" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00103090" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="004E3E56" w:rsidRPr="00BC022F" w:rsidRDefault="0014261A" w:rsidP="008E3FE4">
+    <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="004E3E56" w:rsidRPr="00101DE5" w:rsidRDefault="0014261A" w:rsidP="008E3FE4">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC022F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Papildu informācija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEBC798" w14:textId="32D0D347" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4AEBC798" w14:textId="32D0D347" w:rsidR="00402A7F" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2C1C31AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5254F8DF" w14:textId="74C49CD7" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5254F8DF" w14:textId="74C49CD7" w:rsidR="00402A7F" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">sūtīt uz tīmekļa vietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidR="48A6FB23" w:rsidRPr="5097D2DC">
+        <w:r w:rsidR="48A6FB23" w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/2-2-3-3-k-3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CA5F7D" w:rsidRPr="00024D30">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00CA5F7D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
-        <w:r w:rsidR="009E55B3" w:rsidRPr="00E625CD">
+        <w:r w:rsidR="009E55B3" w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
             <w:i/>
             <w:iCs/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>pasts@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="5AFD7AA2">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai</w:t>
       </w:r>
-      <w:r w:rsidR="0021653E">
-        <w:rPr>
+      <w:r w:rsidR="0021653E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DC5702" w14:textId="6BCBF951" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="20DC5702" w14:textId="6BCBF951" w:rsidR="00402A7F" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērsties </w:t>
       </w:r>
-      <w:r w:rsidR="009E5AFF" w:rsidRPr="6E8310AD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="009E5AFF" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E8310AD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Klientu apkalpošanas centrā (Meistaru ielā 10, Rīgā, vai zvanot pa tālruni </w:t>
       </w:r>
-      <w:r w:rsidR="00524B9B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00524B9B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>+371</w:t>
       </w:r>
-      <w:r w:rsidR="00F21DB1">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00F21DB1" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="2D1D59C7" w:rsidRPr="6E8310AD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="2D1D59C7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>22099777</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E8310AD">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4002B2F4" w14:textId="5E8AFBE7" w:rsidR="00402A7F" w:rsidRPr="004C7CD6" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4002B2F4" w14:textId="5E8AFBE7" w:rsidR="00402A7F" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējs jautājumus par konkrēto projektu iesniegumu atlasi iesniedz ne vēlāk kā </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7205" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00FE7205" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divas </w:t>
       </w:r>
-      <w:r w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darbdienas līdz projektu iesniegumu iesniegšanas </w:t>
       </w:r>
-      <w:r w:rsidR="0FBA395F" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="0FBA395F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
-      <w:r w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu </w:t>
       </w:r>
-      <w:r w:rsidR="481D1306" w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="481D1306" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
-      <w:r w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42982291" w14:textId="77777777" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="42982291" w14:textId="77777777" w:rsidR="00402A7F" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2C1C31AB">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbildes</w:t>
       </w:r>
-      <w:r w:rsidRPr="2C1C31AB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem tiks nosūtītas elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656AEC0E" w14:textId="6BBC4CB8" w:rsidR="00402A7F" w:rsidRPr="00731BBA" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="656AEC0E" w14:textId="6BBC4CB8" w:rsidR="00402A7F" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais atbalsts par projekta iesnieguma aizpildīšanu </w:t>
       </w:r>
-      <w:r w:rsidR="00355466">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00355466" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projektu portāla </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e-vidē tiek sniegts </w:t>
       </w:r>
-      <w:r w:rsidR="000E31F7" w:rsidRPr="23F7370D">
-        <w:rPr>
+      <w:r w:rsidR="000E31F7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
-      <w:r w:rsidRPr="23F7370D">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> oficiālajā darba laikā, aizpildot pieteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="4B34EFC4">
-        <w:rPr>
+      <w:r w:rsidR="4B34EFC4" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BC7FBB5" wp14:editId="50EAB300">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BC7FBB5" wp14:editId="410E4937">
             <wp:extent cx="114151" cy="121285"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="964020630" name="Picture 964020630"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 964020630"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="114151" cy="121285"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="23F7370D">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, rakstot uz </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
-        <w:r w:rsidRPr="00E625CD">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vis@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="23F7370D">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai zvanot uz 20003306.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F447F57" w14:textId="77777777" w:rsidR="00891D92" w:rsidRPr="00891D92" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4F447F57" w14:textId="77777777" w:rsidR="00891D92" w:rsidRPr="00101DE5" w:rsidRDefault="00402A7F" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">Aktuālā informācija par projektu iesniegumu atlasi </w:t>
       </w:r>
-      <w:r w:rsidR="0BC00C7B">
+      <w:r w:rsidR="0BC00C7B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">un atbildes uz biežāk uzdotajiem jautājumiem </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>ir pieejama</w:t>
       </w:r>
-      <w:r w:rsidR="59F3CEBA">
+      <w:r w:rsidR="59F3CEBA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> tīmekļa vietn</w:t>
       </w:r>
-      <w:r w:rsidR="007B0B2C">
+      <w:r w:rsidR="007B0B2C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">ē </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:r w:rsidR="5E5100AD" w:rsidRPr="00024D30">
+        <w:r w:rsidR="5E5100AD" w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
-            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/2-2-3-3-k-3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E74DFC">
+      <w:r w:rsidR="00E74DFC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DC6700" w14:textId="77777777" w:rsidR="00891D92" w:rsidRPr="00891D92" w:rsidRDefault="00635412" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="60DC6700" w14:textId="77777777" w:rsidR="00891D92" w:rsidRPr="00101DE5" w:rsidRDefault="00635412" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00074FC8">
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>Vienošanās</w:t>
       </w:r>
-      <w:r w:rsidR="00402A7F" w:rsidRPr="00074FC8">
+      <w:r w:rsidR="00402A7F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> par projekta īstenošanu projekta teksts </w:t>
       </w:r>
-      <w:r w:rsidRPr="00074FC8">
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>vienošanās</w:t>
       </w:r>
-      <w:r w:rsidR="00402A7F" w:rsidRPr="00074FC8">
+      <w:r w:rsidR="00402A7F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> slēgšanas procesā var tikt precizēts atbilstoši projekta specifikai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397D67ED" w14:textId="0DADD54B" w:rsidR="001C2119" w:rsidRPr="00891D92" w:rsidRDefault="00EE455A" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="397D67ED" w14:textId="0DADD54B" w:rsidR="001C2119" w:rsidRPr="00101DE5" w:rsidRDefault="00EE455A" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00074FC8">
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar </w:t>
       </w:r>
-      <w:r w:rsidR="009946CB" w:rsidRPr="00074FC8">
+      <w:r w:rsidR="009946CB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00074FC8">
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>ikuma 2</w:t>
       </w:r>
-      <w:r w:rsidR="008D7FDE" w:rsidRPr="00074FC8">
+      <w:r w:rsidR="008D7FDE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00074FC8">
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008D7FDE" w:rsidRPr="00074FC8">
+      <w:r w:rsidR="008D7FDE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00074FC8">
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">pantu </w:t>
       </w:r>
-      <w:r w:rsidR="001C2119" w:rsidRPr="00074FC8">
+      <w:r w:rsidR="001C2119" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>sadarbības iestāde ir tiesīga pieņemt lēmumu, ar kuru nosaka</w:t>
       </w:r>
-      <w:r w:rsidR="001C2119" w:rsidRPr="00891D92">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C2119" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aizliegumu fiziskajai vai juridiskajai personai vai personai, kura ir attiecīgās juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB57500" w14:textId="681F39A1" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3AB57500" w14:textId="681F39A1" w:rsidR="001C2119" w:rsidRPr="00101DE5" w:rsidRDefault="001C2119" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma novērtēšanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A12DAF3" w14:textId="6CBCE895" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="3A12DAF3" w14:textId="6CBCE895" w:rsidR="001C2119" w:rsidRPr="00101DE5" w:rsidRDefault="001C2119" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no </w:t>
       </w:r>
-      <w:r w:rsidR="00635412">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00635412" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienošanās</w:t>
       </w:r>
-      <w:r w:rsidRPr="23F7370D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030AFB06" w14:textId="6FEEDFF6" w:rsidR="00250B8A" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="00E74B3E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="030AFB06" w14:textId="6FEEDFF6" w:rsidR="00250B8A" w:rsidRPr="00101DE5" w:rsidRDefault="001C2119" w:rsidP="00E74B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00D66DCD" w:rsidRDefault="00C70414" w:rsidP="008E3FE4">
+    <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00101DE5" w:rsidRDefault="00C70414" w:rsidP="008E3FE4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D66DCD">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pielikumi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7682E6CE" w14:textId="3B7F1C87" w:rsidR="00E9233F" w:rsidRPr="00E9233F" w:rsidRDefault="00D71526" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="7682E6CE" w14:textId="11239D39" w:rsidR="00E9233F" w:rsidRPr="00101DE5" w:rsidRDefault="00D71526" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="01A001B5" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="01A001B5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesnieguma aizpildīšanas metodika</w:t>
       </w:r>
-      <w:r w:rsidR="5A3669CA" w:rsidRPr="00E9233F">
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="5A3669CA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0329D" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="5A3669CA" w:rsidRPr="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uz</w:t>
+      </w:r>
+      <w:r w:rsidR="01A001B5" w:rsidRPr="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0329D" w:rsidRPr="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidR="00B0329D" w:rsidRPr="00E9233F">
-[...10 lines deleted...]
-        <w:t>lapām.</w:t>
+      <w:r w:rsidR="00A91AFC" w:rsidRPr="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="01A001B5" w:rsidRPr="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lapām</w:t>
+      </w:r>
+      <w:r w:rsidR="01A001B5" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B52C56" w14:textId="729D2981" w:rsidR="00382270" w:rsidRPr="00382270" w:rsidRDefault="001F2114" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="06B52C56" w14:textId="729D2981" w:rsidR="00382270" w:rsidRPr="00101DE5" w:rsidRDefault="001F2114" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ieguldījumu teritorijas</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Natura</w:t>
       </w:r>
-      <w:r w:rsidR="001630E7" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001630E7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> teritorijas, kur plānots veikt darbības</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MS Excel</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> datne)</w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E28AB76" w14:textId="3B81095B" w:rsidR="00E9233F" w:rsidRPr="00E9233F" w:rsidRDefault="00052866" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="0E28AB76" w14:textId="3B81095B" w:rsidR="00E9233F" w:rsidRPr="00101DE5" w:rsidRDefault="00052866" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00F8481C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F8481C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ielikums</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A07BA0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A07BA0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīzes modelis (</w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MS Excel</w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> datne).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACDE627" w14:textId="1CAC16DD" w:rsidR="00E9233F" w:rsidRPr="00E9233F" w:rsidRDefault="00832E44" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="6ACDE627" w14:textId="1CAC16DD" w:rsidR="00E9233F" w:rsidRPr="00101DE5" w:rsidRDefault="00832E44" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="004C6C72" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C6C72" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ielikums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Finanšu</w:t>
       </w:r>
-      <w:r w:rsidR="004C6C72" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C6C72" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> analīzes </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">aprēķina </w:t>
       </w:r>
-      <w:r w:rsidR="004C6C72" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C6C72" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>modelis (</w:t>
       </w:r>
-      <w:r w:rsidR="004C6C72" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C6C72" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MS Excel</w:t>
       </w:r>
-      <w:r w:rsidR="004C6C72" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C6C72" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> datne).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F81214" w14:textId="25773F8E" w:rsidR="00E9233F" w:rsidRPr="00E9233F" w:rsidRDefault="00364594" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="43F81214" w14:textId="25773F8E" w:rsidR="00E9233F" w:rsidRPr="00101DE5" w:rsidRDefault="00364594" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> Izmaksu un ieguvumu analīzes aprēķinu modeļa un finanšu analīzes ieņēmumu un izdevumu pārbaudei) aprēķinu modeļa aizpildīšanas metodika uz 21</w:t>
       </w:r>
-      <w:r w:rsidR="00435E15" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00435E15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F86897" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F86897" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>lapas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5921A3B6" w14:textId="5CE4541A" w:rsidR="008146DC" w:rsidRDefault="001522E7" w:rsidP="008146DC">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="5921A3B6" w14:textId="7A51F997" w:rsidR="008146DC" w:rsidRPr="00101DE5" w:rsidRDefault="001522E7" w:rsidP="008146DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="003F3A04" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003F3A04" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="001C66ED" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C66ED" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="001C66ED" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C66ED" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinājums par sadarbību, ja projekts tiek apstiprināts, un par informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēmā</w:t>
       </w:r>
-      <w:r w:rsidR="003D1579">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D1579" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> uz 2 lapām</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> uz 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1579" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>lapām</w:t>
+      </w:r>
+      <w:r w:rsidR="001C66ED" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2229477B" w14:textId="60773B0F" w:rsidR="00E9233F" w:rsidRPr="008146DC" w:rsidRDefault="00117AA4" w:rsidP="008146DC">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="2229477B" w14:textId="60773B0F" w:rsidR="00E9233F" w:rsidRPr="00101DE5" w:rsidRDefault="00117AA4" w:rsidP="008146DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="00D40716" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D40716" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="001C66ED" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001C66ED" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Apliecinājums par sadarbības partnera saņemto un plānoto komercdarbības atbalstu</w:t>
       </w:r>
-      <w:r w:rsidR="00247271" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00247271" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00873FB0" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00873FB0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>uz 1 lapas</w:t>
       </w:r>
-      <w:r w:rsidR="00E9233F" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E9233F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164FDC7A" w14:textId="4EBE5124" w:rsidR="008146DC" w:rsidRDefault="00017925">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="164FDC7A" w14:textId="16BA9A38" w:rsidR="008146DC" w:rsidRPr="00101DE5" w:rsidRDefault="00017925">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00466808" w:rsidRPr="008146DC">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00466808" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ielikums.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25CF2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinājums</w:t>
       </w:r>
-      <w:r w:rsidR="0004548C" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0004548C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, ka</w:t>
       </w:r>
-      <w:r w:rsidR="00AB16A6" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AB16A6" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A8015D" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A8015D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības partner</w:t>
       </w:r>
-      <w:r w:rsidR="0004548C" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0004548C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A8015D" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A8015D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F87AF7" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87AF7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>saimnieciskās darbības</w:t>
       </w:r>
-      <w:r w:rsidR="0004548C" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0004548C" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> veicējs neatbilst</w:t>
       </w:r>
-      <w:r w:rsidR="00844999" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00844999" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> grūtībās nonākuša saimnieciskās darbības veicēja pazīmēm</w:t>
       </w:r>
-      <w:r w:rsidR="00985F8A" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00985F8A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz </w:t>
       </w:r>
-      <w:r w:rsidR="00F52F8B">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F52F8B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00985F8A" w:rsidRPr="008146DC">
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00985F8A" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>lap</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F8B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ām</w:t>
       </w:r>
-      <w:r w:rsidR="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008146DC" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0D6CE8" w14:textId="763BA086" w:rsidR="00905E6D" w:rsidRPr="00E8270D" w:rsidRDefault="00017925">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="4A0D6CE8" w14:textId="14B9B75F" w:rsidR="00905E6D" w:rsidRPr="00101DE5" w:rsidRDefault="00017925">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pielikums.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56FDB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinājums</w:t>
       </w:r>
-      <w:r w:rsidR="00E82895" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E82895" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, ka sadarbības partneris neīstenos SAM</w:t>
       </w:r>
-      <w:r w:rsidR="006020E7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="006020E7" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00E82895" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E82895" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK </w:t>
       </w:r>
-      <w:r w:rsidR="00137939" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00137939" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteikumu 49.6., 49.7., 49.8., un 49.9.</w:t>
       </w:r>
-      <w:r w:rsidR="00BA49BA" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BA49BA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00137939" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00137939" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktos minētās darbības</w:t>
       </w:r>
-      <w:r w:rsidR="00873FB0" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00873FB0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz 1 lapas</w:t>
       </w:r>
-      <w:r w:rsidR="00905E6D" w:rsidRPr="008146DC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00905E6D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B3AC27" w14:textId="59838F23" w:rsidR="00E8270D" w:rsidRPr="00E8270D" w:rsidRDefault="00E8270D" w:rsidP="00E8270D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="24B3AC27" w14:textId="5E361F85" w:rsidR="00E8270D" w:rsidRPr="00101DE5" w:rsidRDefault="00E8270D" w:rsidP="00E8270D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> uz 10 lapām;</w:t>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pielikums.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Deklarācija par komercsabiedrības atbilstību mazajai (sīkajai) vai vidējai komercsabiedrībai uz 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>lapām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610973F6" w14:textId="1A212828" w:rsidR="00E9233F" w:rsidRPr="00E9233F" w:rsidRDefault="00E9233F" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="610973F6" w14:textId="1A212828" w:rsidR="00E9233F" w:rsidRPr="00101DE5" w:rsidRDefault="00E9233F" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00BE3E1D" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BE3E1D" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kritēriji un to</w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piemērošanas metodika uz </w:t>
       </w:r>
-      <w:r w:rsidR="00F52F8B" w:rsidRPr="00E9233F">
-[...17 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F52F8B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F8B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00F65336" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F65336" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390CE193" w14:textId="1AAF9D87" w:rsidR="005145AD" w:rsidRPr="00E9233F" w:rsidRDefault="004463CF" w:rsidP="00E9233F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Sarakstarindkopa"/>
+    <w:p w14:paraId="390CE193" w14:textId="1AAF9D87" w:rsidR="005145AD" w:rsidRPr="00101DE5" w:rsidRDefault="004463CF" w:rsidP="00E9233F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>pielikums.</w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vienošanās </w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>par projekta īstenošanu</w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00C83E6A">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekts uz</w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:r w:rsidR="000F48EE" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="000F48EE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00435E15" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00435E15" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E7193F" w:rsidRPr="00E9233F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7193F" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794DF8D3" w14:textId="77777777" w:rsidR="001625D0" w:rsidRDefault="001625D0" w:rsidP="006F29D5">
+    <w:p w14:paraId="794DF8D3" w14:textId="77777777" w:rsidR="001625D0" w:rsidRPr="00101DE5" w:rsidRDefault="001625D0" w:rsidP="006F29D5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70858142" w14:textId="5F707BE5" w:rsidR="006F29D5" w:rsidRPr="00101DE5" w:rsidRDefault="006F29D5" w:rsidP="006F29D5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>A. Rūse, 27027524</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F91CA63" w14:textId="571AC99A" w:rsidR="009F6EF1" w:rsidRPr="000E691C" w:rsidRDefault="34C1DC31" w:rsidP="002E3142">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...32 lines deleted...]
-      </w:pPr>
       <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="000E691C">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>andra.ruse@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="000E691C" w:rsidSect="008E3FE4">
       <w:headerReference w:type="default" r:id="rId27"/>
-      <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29F94616" w14:textId="77777777" w:rsidR="006025B7" w:rsidRDefault="006025B7">
+    <w:p w14:paraId="42DFA5EE" w14:textId="77777777" w:rsidR="005B613E" w:rsidRDefault="005B613E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B89B417" w14:textId="77777777" w:rsidR="006025B7" w:rsidRDefault="006025B7">
+    <w:p w14:paraId="69CDD03A" w14:textId="77777777" w:rsidR="005B613E" w:rsidRDefault="005B613E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C50AD9E" w14:textId="77777777" w:rsidR="006025B7" w:rsidRDefault="006025B7" w:rsidP="00152F67"/>
+    <w:p w14:paraId="5D89C191" w14:textId="77777777" w:rsidR="005B613E" w:rsidRDefault="005B613E" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Walbaum Display SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -12313,927 +12737,913 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27867801" w14:textId="77777777" w:rsidR="006025B7" w:rsidRDefault="006025B7" w:rsidP="00F25516">
+    <w:p w14:paraId="4F68D13D" w14:textId="77777777" w:rsidR="005B613E" w:rsidRDefault="005B613E" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EA1921F" w14:textId="77777777" w:rsidR="006025B7" w:rsidRDefault="006025B7" w:rsidP="00F25516">
+    <w:p w14:paraId="61B8C0C3" w14:textId="77777777" w:rsidR="005B613E" w:rsidRDefault="005B613E" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DA373D7" w14:textId="77777777" w:rsidR="006025B7" w:rsidRDefault="006025B7" w:rsidP="00152F67"/>
+    <w:p w14:paraId="1C5F728C" w14:textId="77777777" w:rsidR="005B613E" w:rsidRDefault="005B613E" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="5EBA37FF" w14:textId="415C5975" w:rsidR="00023E1F" w:rsidRDefault="00023E1F" w:rsidP="00023E1F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="5EBA37FF" w14:textId="415C5975" w:rsidR="00023E1F" w:rsidRPr="00101DE5" w:rsidRDefault="00023E1F" w:rsidP="00023E1F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
-[...5 lines deleted...]
-      <w:r w:rsidR="0002542E">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Ja tiek piesaistīts SAM</w:t>
+      </w:r>
+      <w:r w:rsidR="0002542E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="009B729B">
-[...5 lines deleted...]
-      <w:r w:rsidR="009B729B">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK noteikumu 29. punktā minētais sadarbības partneris, projekta izmaksas ir attiecināmas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35522" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sākot ar </w:t>
+      </w:r>
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>2024.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>gada 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>janvār</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF68FA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši Eiropas Komisijas 2014.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>gada 17.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>jūnija Regulas (ES) Nr. 651/2014,</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
-[...17 lines deleted...]
-      <w:r w:rsidR="00152BF0">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BF0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
-[...2 lines deleted...]
-      <w:r w:rsidR="00152BF0">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>pantu, 6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00244ED0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
-[...8 lines deleted...]
-      <w:r w:rsidR="00152BF0">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>panta 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00244ED0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
-[...29 lines deleted...]
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve">punkta </w:t>
       </w:r>
-      <w:r w:rsidR="00244ED0">
+      <w:r w:rsidR="00244ED0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00244ED0">
+      <w:r w:rsidR="00244ED0" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>” </w:t>
       </w:r>
-      <w:r w:rsidR="009B729B" w:rsidRPr="000C5E68">
+      <w:r w:rsidR="009B729B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>apakšpunktam, kurš nosaka stimulējošās ietekmes izņēmumu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="2FE09CB9" w14:textId="77777777" w:rsidR="00E708D5" w:rsidRPr="00E53BF2" w:rsidRDefault="00E708D5" w:rsidP="00E708D5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="2FE09CB9" w14:textId="77777777" w:rsidR="00E708D5" w:rsidRPr="00101DE5" w:rsidRDefault="00E708D5" w:rsidP="00E708D5">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E53BF2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Vadlīnijas pieejamas </w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vadlīnijas pieejamas </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="00E53BF2">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E53BF2">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hipersaite"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="4ADD76D6" w14:textId="77777777" w:rsidR="008836AA" w:rsidRPr="00E53BF2" w:rsidRDefault="008836AA" w:rsidP="008836AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="4ADD76D6" w14:textId="77777777" w:rsidR="008836AA" w:rsidRPr="00101DE5" w:rsidRDefault="008836AA" w:rsidP="008836AA">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E53BF2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Metodika pieejama </w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Metodika pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="00E53BF2">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E53BF2">
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="22D1F540" w14:textId="77777777" w:rsidR="00E53BF2" w:rsidRPr="00E53BF2" w:rsidRDefault="00E53BF2" w:rsidP="00E53BF2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E53BF2">
-[...1 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E53BF2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Vadlīnijas pieejamas </w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vadlīnijas pieejamas </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
-        <w:r w:rsidRPr="00E53BF2">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E53BF2">
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="47DC8B06" w14:textId="77777777" w:rsidR="00A31C0A" w:rsidRPr="007923F5" w:rsidRDefault="00A31C0A" w:rsidP="00A31C0A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="47DC8B06" w14:textId="77777777" w:rsidR="00A31C0A" w:rsidRPr="00101DE5" w:rsidRDefault="00A31C0A" w:rsidP="00A31C0A">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="008E3FE4">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pieejami </w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pieejami </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="008E3FE4">
+        <w:r w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/343827</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008E3FE4">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hipersaite"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="4BEAD549" w14:textId="10BEB121" w:rsidR="00C17DC5" w:rsidRPr="00511D99" w:rsidRDefault="00C17DC5" w:rsidP="00B91768">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="66DE622B" w14:textId="4F86FA4B" w:rsidR="00F7369B" w:rsidRDefault="00F7369B" w:rsidP="00F7369B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="66DE622B" w14:textId="4F86FA4B" w:rsidR="00F7369B" w:rsidRPr="00101DE5" w:rsidRDefault="00F7369B" w:rsidP="00F7369B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> iesniegšanas priekšizskatīšanā termiņu.</w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nosūtot uzaicinājumu iesniegt projektu iesniegumus, sadarbības iestāde nosaka projekta iesniegumu iesniegšanas un projekta iesniegumu iesniegšanas priekšizskatīšanā termiņu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="321F8AFC" w14:textId="5C60780C" w:rsidR="00FB4B0B" w:rsidRPr="00A914FE" w:rsidRDefault="00FB4B0B" w:rsidP="00557B7B">
+    <w:p w14:paraId="321F8AFC" w14:textId="5C60780C" w:rsidR="00FB4B0B" w:rsidRPr="00101DE5" w:rsidRDefault="00FB4B0B" w:rsidP="00557B7B">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A914FE">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00A914FE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas Parlamenta un Padomes </w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="00A914FE">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. gada </w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="00A914FE">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>23. septembra Regula</w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ES, Euratom) </w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="00A914FE">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2024/2509</w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam</w:t>
       </w:r>
-      <w:r w:rsidR="009F439B">
-        <w:rPr>
+      <w:r w:rsidR="009F439B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3678">
-        <w:rPr>
+      <w:r w:rsidR="00BC3678" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(pārstrādāta redakcija)</w:t>
       </w:r>
-      <w:r w:rsidR="00BC3678" w:rsidRPr="00A914FE">
-        <w:rPr>
+      <w:r w:rsidR="00BC3678" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A914FE" w:rsidRPr="00A914FE">
-        <w:rPr>
+      <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00A914FE" w:rsidRPr="00A47F9F">
+        <w:r w:rsidR="00A914FE" w:rsidRPr="00101DE5">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="57DFA17B" w14:textId="2B86603C" w:rsidR="00702951" w:rsidRPr="00D611F2" w:rsidRDefault="00702951" w:rsidP="00557B7B">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00702951">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00702951">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministru kabineta </w:t>
       </w:r>
-      <w:r w:rsidR="002F44E2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F44E2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2023.</w:t>
       </w:r>
-      <w:r w:rsidR="00557B7B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00557B7B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F44E2" w:rsidRPr="005F226A">
-        <w:rPr>
+      <w:r w:rsidR="002F44E2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidR="002F44E2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F44E2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
-      <w:r w:rsidR="00557B7B">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="00557B7B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F44E2">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F44E2" w:rsidRPr="00F22538">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>jūlija</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F22538">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E2" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> 408</w:t>
       </w:r>
-      <w:r w:rsidR="00781BFB" w:rsidRPr="00781BFB">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00781BFB" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidR="00E47719" w:rsidRPr="00E47719">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E47719" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
       </w:r>
-      <w:r w:rsidR="00D96CCA">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D96CCA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E47719" w:rsidRPr="00E47719">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E47719" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>gada plānošanas periodā</w:t>
       </w:r>
-      <w:r w:rsidR="00D96CCA">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D96CCA" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="3E494BFD" w14:textId="317D3461" w:rsidR="00AE133D" w:rsidRPr="005A2556" w:rsidRDefault="00AE133D" w:rsidP="00557B7B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="3E494BFD" w14:textId="317D3461" w:rsidR="00AE133D" w:rsidRPr="00101DE5" w:rsidRDefault="00AE133D" w:rsidP="00557B7B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00702951">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ministru kabineta </w:t>
+      </w:r>
+      <w:r w:rsidR="00945422" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00557B7B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>gada</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56D2E" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00144B8B">
-[...27 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00945422" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="00557B7B" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02F39">
-[...29 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00945422" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jūlija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikumi Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00945422" w:rsidRPr="00D02F39">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00945422" w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">408 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02F39">
-[...32 lines deleted...]
-        <w:t>”.</w:t>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="2A9ACFEE" w14:textId="77777777" w:rsidR="00E7193F" w:rsidRPr="00214F24" w:rsidRDefault="00E7193F" w:rsidP="008E3FE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Vresteksts"/>
+    <w:p w14:paraId="2A9ACFEE" w14:textId="77777777" w:rsidR="00E7193F" w:rsidRPr="00101DE5" w:rsidRDefault="00E7193F" w:rsidP="008E3FE4">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="Vresatsauce"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Vienošanās par projekta īstenošanu tiek parakstī</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        <w:t xml:space="preserve">Vienošanās par projekta īstenošanu tiek parakstīta Projektu portālā un netiek noformēta atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota Vienošanās par projekta īstenošanu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>ta</w:t>
-[...63 lines deleted...]
-        </w:rPr>
         <w:t>standartformas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="249C5527">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r w:rsidRPr="00101DE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7EEEB220" w14:textId="1E27595D" w:rsidR="00763C7B" w:rsidRPr="005D0A7D" w:rsidRDefault="00763C7B" w:rsidP="005D0A7D">
+      <w:p w14:paraId="7EEEB220" w14:textId="1E27595D" w:rsidR="00763C7B" w:rsidRPr="000F234F" w:rsidRDefault="00763C7B" w:rsidP="005D0A7D">
         <w:pPr>
-          <w:pStyle w:val="Galvene"/>
+          <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00880274">
+        <w:r w:rsidRPr="000F234F">
           <w:rPr>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00880274">
+        <w:r w:rsidRPr="000F234F">
           <w:rPr>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00880274">
+        <w:r w:rsidRPr="000F234F">
           <w:rPr>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000E2D63">
+        <w:r w:rsidR="000E2D63" w:rsidRPr="000F234F">
           <w:rPr>
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="000E2D63">
+        <w:r w:rsidRPr="000F234F">
           <w:rPr>
-            <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:rFonts w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="053E46F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8489B72"/>
     <w:lvl w:ilvl="0" w:tplc="F2DEB822">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="705"/>
       </w:pPr>
       <w:rPr>
@@ -14999,53 +15409,61 @@
   <w:num w:numId="12" w16cid:durableId="241372254">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="242764789">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1065488155">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1226919146">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="51008362">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1264265698">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2082098853">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Linda Broliša">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::linda.brolisa@cfla.gov.lv::06b756c8-7be6-4c9b-87e3-f5093d34754a"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
@@ -15202,58 +15620,60 @@
     <w:rsid w:val="000D500A"/>
     <w:rsid w:val="000D528D"/>
     <w:rsid w:val="000D5DCC"/>
     <w:rsid w:val="000D723F"/>
     <w:rsid w:val="000D7736"/>
     <w:rsid w:val="000D7D1C"/>
     <w:rsid w:val="000D7DA7"/>
     <w:rsid w:val="000E0C43"/>
     <w:rsid w:val="000E103D"/>
     <w:rsid w:val="000E1448"/>
     <w:rsid w:val="000E2049"/>
     <w:rsid w:val="000E23EA"/>
     <w:rsid w:val="000E2D63"/>
     <w:rsid w:val="000E2DB3"/>
     <w:rsid w:val="000E2F4C"/>
     <w:rsid w:val="000E3050"/>
     <w:rsid w:val="000E313A"/>
     <w:rsid w:val="000E31F7"/>
     <w:rsid w:val="000E38A2"/>
     <w:rsid w:val="000E691C"/>
     <w:rsid w:val="000E71B7"/>
     <w:rsid w:val="000F07BB"/>
     <w:rsid w:val="000F0DE1"/>
     <w:rsid w:val="000F1405"/>
     <w:rsid w:val="000F1E2D"/>
+    <w:rsid w:val="000F234F"/>
     <w:rsid w:val="000F28D3"/>
     <w:rsid w:val="000F4732"/>
     <w:rsid w:val="000F48EE"/>
     <w:rsid w:val="000F4B63"/>
     <w:rsid w:val="000F586E"/>
     <w:rsid w:val="000F7D48"/>
     <w:rsid w:val="00100728"/>
     <w:rsid w:val="00101D1D"/>
+    <w:rsid w:val="00101DE5"/>
     <w:rsid w:val="00101F04"/>
     <w:rsid w:val="00103090"/>
     <w:rsid w:val="00104010"/>
     <w:rsid w:val="001055E1"/>
     <w:rsid w:val="001064F0"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001115F5"/>
     <w:rsid w:val="00111EFD"/>
     <w:rsid w:val="0011203A"/>
     <w:rsid w:val="00112152"/>
     <w:rsid w:val="00112308"/>
     <w:rsid w:val="00112952"/>
     <w:rsid w:val="0011360D"/>
     <w:rsid w:val="001137F2"/>
     <w:rsid w:val="00113CA9"/>
     <w:rsid w:val="00114608"/>
     <w:rsid w:val="00114B82"/>
     <w:rsid w:val="00114CE9"/>
     <w:rsid w:val="001150D2"/>
     <w:rsid w:val="0011592D"/>
     <w:rsid w:val="00115A49"/>
     <w:rsid w:val="00116295"/>
     <w:rsid w:val="00117AA4"/>
     <w:rsid w:val="00120C15"/>
     <w:rsid w:val="001215AE"/>
@@ -15324,50 +15744,51 @@
     <w:rsid w:val="00177745"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="00183ADA"/>
     <w:rsid w:val="00183E0B"/>
     <w:rsid w:val="00184A1C"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="00186A25"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="00187AE8"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="00191D94"/>
     <w:rsid w:val="001931FB"/>
     <w:rsid w:val="00193C5A"/>
     <w:rsid w:val="00193D63"/>
     <w:rsid w:val="00193DAD"/>
     <w:rsid w:val="00193DC6"/>
     <w:rsid w:val="001943B6"/>
     <w:rsid w:val="00195421"/>
     <w:rsid w:val="00195776"/>
     <w:rsid w:val="00196D30"/>
     <w:rsid w:val="00196D54"/>
+    <w:rsid w:val="00197D70"/>
     <w:rsid w:val="001A05D7"/>
     <w:rsid w:val="001A13E2"/>
     <w:rsid w:val="001A2736"/>
     <w:rsid w:val="001A3840"/>
     <w:rsid w:val="001A43FB"/>
     <w:rsid w:val="001A655D"/>
     <w:rsid w:val="001B04C4"/>
     <w:rsid w:val="001B0BC2"/>
     <w:rsid w:val="001B2689"/>
     <w:rsid w:val="001B28A9"/>
     <w:rsid w:val="001B2C8B"/>
     <w:rsid w:val="001B2DE0"/>
     <w:rsid w:val="001B2EA4"/>
     <w:rsid w:val="001B3422"/>
     <w:rsid w:val="001B38AC"/>
     <w:rsid w:val="001B41EF"/>
     <w:rsid w:val="001B57D6"/>
     <w:rsid w:val="001B5AB1"/>
     <w:rsid w:val="001B77E9"/>
     <w:rsid w:val="001B7BC7"/>
     <w:rsid w:val="001C09A9"/>
     <w:rsid w:val="001C1168"/>
     <w:rsid w:val="001C15D4"/>
     <w:rsid w:val="001C1A87"/>
     <w:rsid w:val="001C1C55"/>
@@ -15486,50 +15907,51 @@
     <w:rsid w:val="00250E1E"/>
     <w:rsid w:val="00252A22"/>
     <w:rsid w:val="00252E4C"/>
     <w:rsid w:val="002533D1"/>
     <w:rsid w:val="00254159"/>
     <w:rsid w:val="00254E27"/>
     <w:rsid w:val="00255269"/>
     <w:rsid w:val="002553C4"/>
     <w:rsid w:val="0025675F"/>
     <w:rsid w:val="00256F0E"/>
     <w:rsid w:val="0025754F"/>
     <w:rsid w:val="002607BA"/>
     <w:rsid w:val="00261387"/>
     <w:rsid w:val="00264C06"/>
     <w:rsid w:val="0026560A"/>
     <w:rsid w:val="00265F6E"/>
     <w:rsid w:val="00266A93"/>
     <w:rsid w:val="00267553"/>
     <w:rsid w:val="00270FA1"/>
     <w:rsid w:val="002722CC"/>
     <w:rsid w:val="00272BA0"/>
     <w:rsid w:val="00275639"/>
     <w:rsid w:val="00275995"/>
     <w:rsid w:val="00275CF6"/>
     <w:rsid w:val="00277321"/>
+    <w:rsid w:val="0027747D"/>
     <w:rsid w:val="0027767F"/>
     <w:rsid w:val="002815A6"/>
     <w:rsid w:val="002817B1"/>
     <w:rsid w:val="00281ED6"/>
     <w:rsid w:val="00282566"/>
     <w:rsid w:val="00282730"/>
     <w:rsid w:val="00282F37"/>
     <w:rsid w:val="00283CBD"/>
     <w:rsid w:val="00283D9C"/>
     <w:rsid w:val="00284408"/>
     <w:rsid w:val="002862F7"/>
     <w:rsid w:val="002869CD"/>
     <w:rsid w:val="00287997"/>
     <w:rsid w:val="00287FDE"/>
     <w:rsid w:val="00290A2A"/>
     <w:rsid w:val="00290B97"/>
     <w:rsid w:val="00290F6D"/>
     <w:rsid w:val="0029121A"/>
     <w:rsid w:val="002919A5"/>
     <w:rsid w:val="002927C4"/>
     <w:rsid w:val="002928EA"/>
     <w:rsid w:val="00292EA6"/>
     <w:rsid w:val="0029301D"/>
     <w:rsid w:val="00293274"/>
     <w:rsid w:val="00293E12"/>
@@ -15902,50 +16324,51 @@
     <w:rsid w:val="00476E1F"/>
     <w:rsid w:val="00482C98"/>
     <w:rsid w:val="00482D63"/>
     <w:rsid w:val="00484753"/>
     <w:rsid w:val="00485091"/>
     <w:rsid w:val="004857B6"/>
     <w:rsid w:val="004904B5"/>
     <w:rsid w:val="00490637"/>
     <w:rsid w:val="00491131"/>
     <w:rsid w:val="00494350"/>
     <w:rsid w:val="00495A7D"/>
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004960CA"/>
     <w:rsid w:val="00497048"/>
     <w:rsid w:val="004974D0"/>
     <w:rsid w:val="004A0D7E"/>
     <w:rsid w:val="004A20F0"/>
     <w:rsid w:val="004A2728"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004A3EAA"/>
     <w:rsid w:val="004A4B09"/>
     <w:rsid w:val="004A4DCC"/>
     <w:rsid w:val="004A6768"/>
     <w:rsid w:val="004A764E"/>
     <w:rsid w:val="004B101D"/>
+    <w:rsid w:val="004B12AE"/>
     <w:rsid w:val="004B17A6"/>
     <w:rsid w:val="004B1E14"/>
     <w:rsid w:val="004B20D5"/>
     <w:rsid w:val="004B20FA"/>
     <w:rsid w:val="004B22BD"/>
     <w:rsid w:val="004B2FEB"/>
     <w:rsid w:val="004B34F5"/>
     <w:rsid w:val="004B3C4A"/>
     <w:rsid w:val="004B453C"/>
     <w:rsid w:val="004B56A5"/>
     <w:rsid w:val="004B788C"/>
     <w:rsid w:val="004B79A6"/>
     <w:rsid w:val="004C1F9C"/>
     <w:rsid w:val="004C2582"/>
     <w:rsid w:val="004C2AE4"/>
     <w:rsid w:val="004C37AF"/>
     <w:rsid w:val="004C3C94"/>
     <w:rsid w:val="004C5F7B"/>
     <w:rsid w:val="004C6C72"/>
     <w:rsid w:val="004C7F24"/>
     <w:rsid w:val="004D0348"/>
     <w:rsid w:val="004D08FA"/>
     <w:rsid w:val="004D45A8"/>
     <w:rsid w:val="004D46FF"/>
     <w:rsid w:val="004D5026"/>
@@ -15960,58 +16383,60 @@
     <w:rsid w:val="004E0B13"/>
     <w:rsid w:val="004E10E2"/>
     <w:rsid w:val="004E2C19"/>
     <w:rsid w:val="004E32C2"/>
     <w:rsid w:val="004E3E56"/>
     <w:rsid w:val="004E402D"/>
     <w:rsid w:val="004E4A77"/>
     <w:rsid w:val="004E7231"/>
     <w:rsid w:val="004F005C"/>
     <w:rsid w:val="004F015B"/>
     <w:rsid w:val="004F061C"/>
     <w:rsid w:val="004F0D37"/>
     <w:rsid w:val="004F1B0A"/>
     <w:rsid w:val="004F1F7C"/>
     <w:rsid w:val="004F38C3"/>
     <w:rsid w:val="004F3B8C"/>
     <w:rsid w:val="004F451B"/>
     <w:rsid w:val="004F4B51"/>
     <w:rsid w:val="004F530D"/>
     <w:rsid w:val="004F5A73"/>
     <w:rsid w:val="004F759B"/>
     <w:rsid w:val="004F7916"/>
     <w:rsid w:val="00500DA3"/>
     <w:rsid w:val="00501B7F"/>
     <w:rsid w:val="00501EF4"/>
+    <w:rsid w:val="00503F5A"/>
     <w:rsid w:val="00505479"/>
     <w:rsid w:val="00506153"/>
     <w:rsid w:val="00511539"/>
     <w:rsid w:val="00511DAB"/>
     <w:rsid w:val="00513BCE"/>
     <w:rsid w:val="00513E6C"/>
     <w:rsid w:val="005145AD"/>
     <w:rsid w:val="005150C3"/>
+    <w:rsid w:val="00515A8E"/>
     <w:rsid w:val="00515B1C"/>
     <w:rsid w:val="0051780A"/>
     <w:rsid w:val="00517E15"/>
     <w:rsid w:val="0052180D"/>
     <w:rsid w:val="00522975"/>
     <w:rsid w:val="005246B9"/>
     <w:rsid w:val="00524B9B"/>
     <w:rsid w:val="00525794"/>
     <w:rsid w:val="00525CAD"/>
     <w:rsid w:val="0052667B"/>
     <w:rsid w:val="0052712E"/>
     <w:rsid w:val="0052740C"/>
     <w:rsid w:val="005278C3"/>
     <w:rsid w:val="005301F2"/>
     <w:rsid w:val="0053179D"/>
     <w:rsid w:val="00531F24"/>
     <w:rsid w:val="005323DF"/>
     <w:rsid w:val="00532A98"/>
     <w:rsid w:val="00533221"/>
     <w:rsid w:val="00534FD3"/>
     <w:rsid w:val="00535249"/>
     <w:rsid w:val="00535A0A"/>
     <w:rsid w:val="00535F93"/>
     <w:rsid w:val="0053706B"/>
     <w:rsid w:val="00540EA0"/>
@@ -16068,50 +16493,51 @@
     <w:rsid w:val="00590183"/>
     <w:rsid w:val="005922B8"/>
     <w:rsid w:val="0059268A"/>
     <w:rsid w:val="00592AE0"/>
     <w:rsid w:val="005934C1"/>
     <w:rsid w:val="00593C80"/>
     <w:rsid w:val="00594244"/>
     <w:rsid w:val="00595021"/>
     <w:rsid w:val="005A1C4D"/>
     <w:rsid w:val="005A2519"/>
     <w:rsid w:val="005A2556"/>
     <w:rsid w:val="005A2566"/>
     <w:rsid w:val="005A2F9B"/>
     <w:rsid w:val="005A3434"/>
     <w:rsid w:val="005A65DD"/>
     <w:rsid w:val="005A7F28"/>
     <w:rsid w:val="005B0831"/>
     <w:rsid w:val="005B19A3"/>
     <w:rsid w:val="005B24DE"/>
     <w:rsid w:val="005B363D"/>
     <w:rsid w:val="005B3E80"/>
     <w:rsid w:val="005B4B71"/>
     <w:rsid w:val="005B4DBA"/>
     <w:rsid w:val="005B4F3E"/>
     <w:rsid w:val="005B5462"/>
+    <w:rsid w:val="005B613E"/>
     <w:rsid w:val="005B79D7"/>
     <w:rsid w:val="005C0366"/>
     <w:rsid w:val="005C0840"/>
     <w:rsid w:val="005C0BDA"/>
     <w:rsid w:val="005C1703"/>
     <w:rsid w:val="005C2085"/>
     <w:rsid w:val="005C3100"/>
     <w:rsid w:val="005C31DB"/>
     <w:rsid w:val="005C345C"/>
     <w:rsid w:val="005C3496"/>
     <w:rsid w:val="005C34DD"/>
     <w:rsid w:val="005C39A4"/>
     <w:rsid w:val="005C3C1E"/>
     <w:rsid w:val="005C412A"/>
     <w:rsid w:val="005C4412"/>
     <w:rsid w:val="005C4725"/>
     <w:rsid w:val="005C47BB"/>
     <w:rsid w:val="005C5A9C"/>
     <w:rsid w:val="005C7D80"/>
     <w:rsid w:val="005D07FB"/>
     <w:rsid w:val="005D0A7D"/>
     <w:rsid w:val="005D0C6A"/>
     <w:rsid w:val="005D1567"/>
     <w:rsid w:val="005D20C4"/>
     <w:rsid w:val="005D2D4E"/>
@@ -16435,50 +16861,51 @@
     <w:rsid w:val="00784CE6"/>
     <w:rsid w:val="00786059"/>
     <w:rsid w:val="007877D7"/>
     <w:rsid w:val="0079094B"/>
     <w:rsid w:val="00790A97"/>
     <w:rsid w:val="00790B7E"/>
     <w:rsid w:val="00791620"/>
     <w:rsid w:val="00791C1B"/>
     <w:rsid w:val="007923F5"/>
     <w:rsid w:val="007926ED"/>
     <w:rsid w:val="00792F17"/>
     <w:rsid w:val="0079389F"/>
     <w:rsid w:val="00795D94"/>
     <w:rsid w:val="00795EB9"/>
     <w:rsid w:val="00796C8C"/>
     <w:rsid w:val="00797480"/>
     <w:rsid w:val="00797776"/>
     <w:rsid w:val="007A12FD"/>
     <w:rsid w:val="007A354D"/>
     <w:rsid w:val="007A36DA"/>
     <w:rsid w:val="007A390F"/>
     <w:rsid w:val="007A3E26"/>
     <w:rsid w:val="007A5937"/>
     <w:rsid w:val="007A6511"/>
     <w:rsid w:val="007A68DE"/>
+    <w:rsid w:val="007A6FEA"/>
     <w:rsid w:val="007A6FEF"/>
     <w:rsid w:val="007B076A"/>
     <w:rsid w:val="007B0B2C"/>
     <w:rsid w:val="007B1075"/>
     <w:rsid w:val="007B1E81"/>
     <w:rsid w:val="007B1EDB"/>
     <w:rsid w:val="007B271D"/>
     <w:rsid w:val="007B2812"/>
     <w:rsid w:val="007B29B3"/>
     <w:rsid w:val="007B2A0E"/>
     <w:rsid w:val="007B2ACA"/>
     <w:rsid w:val="007B2B5A"/>
     <w:rsid w:val="007B3C0D"/>
     <w:rsid w:val="007B40CE"/>
     <w:rsid w:val="007B5495"/>
     <w:rsid w:val="007B570B"/>
     <w:rsid w:val="007B5D99"/>
     <w:rsid w:val="007B6460"/>
     <w:rsid w:val="007B667F"/>
     <w:rsid w:val="007B746A"/>
     <w:rsid w:val="007B76CE"/>
     <w:rsid w:val="007B76F8"/>
     <w:rsid w:val="007C003D"/>
     <w:rsid w:val="007C072D"/>
     <w:rsid w:val="007C0A40"/>
@@ -16487,50 +16914,51 @@
     <w:rsid w:val="007C716C"/>
     <w:rsid w:val="007C730C"/>
     <w:rsid w:val="007C7602"/>
     <w:rsid w:val="007C7713"/>
     <w:rsid w:val="007D065F"/>
     <w:rsid w:val="007D16A6"/>
     <w:rsid w:val="007D1747"/>
     <w:rsid w:val="007D22D0"/>
     <w:rsid w:val="007D2E8F"/>
     <w:rsid w:val="007D3587"/>
     <w:rsid w:val="007D412F"/>
     <w:rsid w:val="007D4494"/>
     <w:rsid w:val="007D5EF6"/>
     <w:rsid w:val="007D70F7"/>
     <w:rsid w:val="007E185F"/>
     <w:rsid w:val="007E3406"/>
     <w:rsid w:val="007E3FBB"/>
     <w:rsid w:val="007E3FF6"/>
     <w:rsid w:val="007E50D1"/>
     <w:rsid w:val="007E5686"/>
     <w:rsid w:val="007E6F70"/>
     <w:rsid w:val="007E7546"/>
     <w:rsid w:val="007F07C3"/>
     <w:rsid w:val="007F12AC"/>
     <w:rsid w:val="007F263F"/>
+    <w:rsid w:val="007F2661"/>
     <w:rsid w:val="007F26A1"/>
     <w:rsid w:val="007F2CC0"/>
     <w:rsid w:val="007F3C5C"/>
     <w:rsid w:val="007F65FC"/>
     <w:rsid w:val="007F7320"/>
     <w:rsid w:val="00800E44"/>
     <w:rsid w:val="00801D60"/>
     <w:rsid w:val="00802697"/>
     <w:rsid w:val="008038D3"/>
     <w:rsid w:val="00803F23"/>
     <w:rsid w:val="00804C25"/>
     <w:rsid w:val="00804F20"/>
     <w:rsid w:val="00805BA7"/>
     <w:rsid w:val="0080603A"/>
     <w:rsid w:val="008066C6"/>
     <w:rsid w:val="00806836"/>
     <w:rsid w:val="00806E02"/>
     <w:rsid w:val="00810350"/>
     <w:rsid w:val="0081041C"/>
     <w:rsid w:val="0081093E"/>
     <w:rsid w:val="0081094F"/>
     <w:rsid w:val="00810A9A"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="008127C6"/>
     <w:rsid w:val="00812885"/>
@@ -16708,50 +17136,51 @@
     <w:rsid w:val="00923075"/>
     <w:rsid w:val="0092327E"/>
     <w:rsid w:val="009234E0"/>
     <w:rsid w:val="00926114"/>
     <w:rsid w:val="00926A84"/>
     <w:rsid w:val="00926B80"/>
     <w:rsid w:val="0092706F"/>
     <w:rsid w:val="00927112"/>
     <w:rsid w:val="00927526"/>
     <w:rsid w:val="009301BC"/>
     <w:rsid w:val="009310C4"/>
     <w:rsid w:val="00931558"/>
     <w:rsid w:val="00931EA7"/>
     <w:rsid w:val="00932234"/>
     <w:rsid w:val="00933F5D"/>
     <w:rsid w:val="009344CC"/>
     <w:rsid w:val="00934B59"/>
     <w:rsid w:val="0093766F"/>
     <w:rsid w:val="0094020E"/>
     <w:rsid w:val="00940316"/>
     <w:rsid w:val="00940771"/>
     <w:rsid w:val="00940DA7"/>
     <w:rsid w:val="00942C59"/>
     <w:rsid w:val="00943415"/>
     <w:rsid w:val="00943418"/>
+    <w:rsid w:val="009442C8"/>
     <w:rsid w:val="009445B4"/>
     <w:rsid w:val="00945422"/>
     <w:rsid w:val="009458F8"/>
     <w:rsid w:val="00945D73"/>
     <w:rsid w:val="00946F71"/>
     <w:rsid w:val="0094762B"/>
     <w:rsid w:val="0094779E"/>
     <w:rsid w:val="00951578"/>
     <w:rsid w:val="009525AE"/>
     <w:rsid w:val="00952879"/>
     <w:rsid w:val="00953778"/>
     <w:rsid w:val="00954834"/>
     <w:rsid w:val="00954AE4"/>
     <w:rsid w:val="0095584B"/>
     <w:rsid w:val="00955BB4"/>
     <w:rsid w:val="00961024"/>
     <w:rsid w:val="00961FF7"/>
     <w:rsid w:val="00962EE1"/>
     <w:rsid w:val="00963CB3"/>
     <w:rsid w:val="0096530C"/>
     <w:rsid w:val="00965B65"/>
     <w:rsid w:val="0096739E"/>
     <w:rsid w:val="0096745E"/>
     <w:rsid w:val="00970461"/>
     <w:rsid w:val="009706F2"/>
@@ -16871,111 +17300,114 @@
     <w:rsid w:val="00A0439F"/>
     <w:rsid w:val="00A04B72"/>
     <w:rsid w:val="00A053E0"/>
     <w:rsid w:val="00A06E79"/>
     <w:rsid w:val="00A07BA0"/>
     <w:rsid w:val="00A07BDE"/>
     <w:rsid w:val="00A1003A"/>
     <w:rsid w:val="00A11013"/>
     <w:rsid w:val="00A111C6"/>
     <w:rsid w:val="00A125E1"/>
     <w:rsid w:val="00A14138"/>
     <w:rsid w:val="00A149A6"/>
     <w:rsid w:val="00A151EE"/>
     <w:rsid w:val="00A15256"/>
     <w:rsid w:val="00A15AB2"/>
     <w:rsid w:val="00A17954"/>
     <w:rsid w:val="00A2028E"/>
     <w:rsid w:val="00A20C6A"/>
     <w:rsid w:val="00A213EF"/>
     <w:rsid w:val="00A231BF"/>
     <w:rsid w:val="00A24441"/>
     <w:rsid w:val="00A247D1"/>
     <w:rsid w:val="00A24DA8"/>
     <w:rsid w:val="00A25CF2"/>
     <w:rsid w:val="00A2602C"/>
+    <w:rsid w:val="00A26EDE"/>
     <w:rsid w:val="00A300B3"/>
     <w:rsid w:val="00A3013D"/>
     <w:rsid w:val="00A31C0A"/>
     <w:rsid w:val="00A3213C"/>
     <w:rsid w:val="00A32448"/>
     <w:rsid w:val="00A326C5"/>
     <w:rsid w:val="00A3403C"/>
     <w:rsid w:val="00A34558"/>
     <w:rsid w:val="00A3488F"/>
     <w:rsid w:val="00A34AAC"/>
     <w:rsid w:val="00A35838"/>
     <w:rsid w:val="00A407F6"/>
     <w:rsid w:val="00A40A8A"/>
     <w:rsid w:val="00A421EF"/>
     <w:rsid w:val="00A43B5E"/>
     <w:rsid w:val="00A43C2C"/>
     <w:rsid w:val="00A44C96"/>
     <w:rsid w:val="00A47B24"/>
     <w:rsid w:val="00A47BBD"/>
     <w:rsid w:val="00A47F9F"/>
     <w:rsid w:val="00A5131B"/>
     <w:rsid w:val="00A5225F"/>
     <w:rsid w:val="00A54454"/>
     <w:rsid w:val="00A54C76"/>
     <w:rsid w:val="00A6159A"/>
     <w:rsid w:val="00A61C32"/>
     <w:rsid w:val="00A6204D"/>
     <w:rsid w:val="00A63413"/>
     <w:rsid w:val="00A6343E"/>
     <w:rsid w:val="00A63CAE"/>
     <w:rsid w:val="00A63CDD"/>
     <w:rsid w:val="00A66C51"/>
     <w:rsid w:val="00A66D03"/>
     <w:rsid w:val="00A66D68"/>
     <w:rsid w:val="00A7104B"/>
     <w:rsid w:val="00A713A4"/>
     <w:rsid w:val="00A7190F"/>
     <w:rsid w:val="00A720BF"/>
     <w:rsid w:val="00A724A7"/>
     <w:rsid w:val="00A749C2"/>
     <w:rsid w:val="00A74B78"/>
+    <w:rsid w:val="00A754FD"/>
     <w:rsid w:val="00A758E0"/>
     <w:rsid w:val="00A75F05"/>
     <w:rsid w:val="00A76ED0"/>
     <w:rsid w:val="00A775C1"/>
     <w:rsid w:val="00A80048"/>
     <w:rsid w:val="00A8015D"/>
     <w:rsid w:val="00A81F15"/>
     <w:rsid w:val="00A83847"/>
     <w:rsid w:val="00A84BE6"/>
     <w:rsid w:val="00A863C3"/>
     <w:rsid w:val="00A870E4"/>
     <w:rsid w:val="00A87197"/>
     <w:rsid w:val="00A87454"/>
     <w:rsid w:val="00A87526"/>
     <w:rsid w:val="00A900D0"/>
     <w:rsid w:val="00A91081"/>
     <w:rsid w:val="00A9108D"/>
     <w:rsid w:val="00A91392"/>
     <w:rsid w:val="00A914FE"/>
     <w:rsid w:val="00A91981"/>
+    <w:rsid w:val="00A91AFC"/>
     <w:rsid w:val="00A922D1"/>
     <w:rsid w:val="00A92B58"/>
     <w:rsid w:val="00A93DBC"/>
     <w:rsid w:val="00A93E7C"/>
     <w:rsid w:val="00A9451A"/>
     <w:rsid w:val="00A96202"/>
     <w:rsid w:val="00A96702"/>
     <w:rsid w:val="00A96927"/>
     <w:rsid w:val="00A96EBC"/>
     <w:rsid w:val="00A9717F"/>
     <w:rsid w:val="00AA0F7B"/>
     <w:rsid w:val="00AA1B48"/>
     <w:rsid w:val="00AA228D"/>
     <w:rsid w:val="00AA2531"/>
     <w:rsid w:val="00AA3CA3"/>
     <w:rsid w:val="00AA46CE"/>
     <w:rsid w:val="00AA479D"/>
     <w:rsid w:val="00AA47BE"/>
     <w:rsid w:val="00AA52AD"/>
     <w:rsid w:val="00AA5DF8"/>
     <w:rsid w:val="00AA6727"/>
     <w:rsid w:val="00AA68D5"/>
     <w:rsid w:val="00AA6A32"/>
     <w:rsid w:val="00AA6E1D"/>
     <w:rsid w:val="00AA75A7"/>
@@ -17381,50 +17813,51 @@
     <w:rsid w:val="00D22484"/>
     <w:rsid w:val="00D224DF"/>
     <w:rsid w:val="00D224E5"/>
     <w:rsid w:val="00D23B0E"/>
     <w:rsid w:val="00D24141"/>
     <w:rsid w:val="00D250F2"/>
     <w:rsid w:val="00D25483"/>
     <w:rsid w:val="00D258CB"/>
     <w:rsid w:val="00D25D08"/>
     <w:rsid w:val="00D27584"/>
     <w:rsid w:val="00D27F77"/>
     <w:rsid w:val="00D305F1"/>
     <w:rsid w:val="00D30AD1"/>
     <w:rsid w:val="00D30B61"/>
     <w:rsid w:val="00D30F5A"/>
     <w:rsid w:val="00D32C37"/>
     <w:rsid w:val="00D32EE9"/>
     <w:rsid w:val="00D346E0"/>
     <w:rsid w:val="00D36FDA"/>
     <w:rsid w:val="00D37D7A"/>
     <w:rsid w:val="00D40716"/>
     <w:rsid w:val="00D40F2B"/>
     <w:rsid w:val="00D41795"/>
     <w:rsid w:val="00D42A0B"/>
     <w:rsid w:val="00D42FFD"/>
+    <w:rsid w:val="00D43A5C"/>
     <w:rsid w:val="00D442FC"/>
     <w:rsid w:val="00D44AFB"/>
     <w:rsid w:val="00D4676B"/>
     <w:rsid w:val="00D47124"/>
     <w:rsid w:val="00D47C49"/>
     <w:rsid w:val="00D47E01"/>
     <w:rsid w:val="00D50379"/>
     <w:rsid w:val="00D51588"/>
     <w:rsid w:val="00D526BD"/>
     <w:rsid w:val="00D536A7"/>
     <w:rsid w:val="00D537C1"/>
     <w:rsid w:val="00D5477E"/>
     <w:rsid w:val="00D54A41"/>
     <w:rsid w:val="00D5545C"/>
     <w:rsid w:val="00D56D2E"/>
     <w:rsid w:val="00D56FA0"/>
     <w:rsid w:val="00D57CD5"/>
     <w:rsid w:val="00D57F0A"/>
     <w:rsid w:val="00D611F2"/>
     <w:rsid w:val="00D63A3D"/>
     <w:rsid w:val="00D63B55"/>
     <w:rsid w:val="00D6448A"/>
     <w:rsid w:val="00D65029"/>
     <w:rsid w:val="00D652CF"/>
     <w:rsid w:val="00D6547A"/>
@@ -17664,50 +18097,51 @@
     <w:rsid w:val="00E914B7"/>
     <w:rsid w:val="00E917D2"/>
     <w:rsid w:val="00E9233F"/>
     <w:rsid w:val="00E94356"/>
     <w:rsid w:val="00E9472B"/>
     <w:rsid w:val="00E95168"/>
     <w:rsid w:val="00E96601"/>
     <w:rsid w:val="00E97D57"/>
     <w:rsid w:val="00EA01BD"/>
     <w:rsid w:val="00EA036C"/>
     <w:rsid w:val="00EA0DB3"/>
     <w:rsid w:val="00EA2AF0"/>
     <w:rsid w:val="00EA3373"/>
     <w:rsid w:val="00EA3B28"/>
     <w:rsid w:val="00EA552A"/>
     <w:rsid w:val="00EA5A45"/>
     <w:rsid w:val="00EA5D1D"/>
     <w:rsid w:val="00EA7192"/>
     <w:rsid w:val="00EA75F0"/>
     <w:rsid w:val="00EB1A7B"/>
     <w:rsid w:val="00EB1B56"/>
     <w:rsid w:val="00EB2397"/>
     <w:rsid w:val="00EB2F71"/>
     <w:rsid w:val="00EB3B6F"/>
     <w:rsid w:val="00EB440C"/>
+    <w:rsid w:val="00EB4FDD"/>
     <w:rsid w:val="00EB5937"/>
     <w:rsid w:val="00EB622A"/>
     <w:rsid w:val="00EB63B3"/>
     <w:rsid w:val="00EB6A3E"/>
     <w:rsid w:val="00EB6FAC"/>
     <w:rsid w:val="00EB7127"/>
     <w:rsid w:val="00EC1259"/>
     <w:rsid w:val="00EC129C"/>
     <w:rsid w:val="00EC2345"/>
     <w:rsid w:val="00EC2987"/>
     <w:rsid w:val="00EC45DE"/>
     <w:rsid w:val="00EC58DB"/>
     <w:rsid w:val="00EC5B89"/>
     <w:rsid w:val="00EC716A"/>
     <w:rsid w:val="00ED17C5"/>
     <w:rsid w:val="00ED28AE"/>
     <w:rsid w:val="00ED3C6F"/>
     <w:rsid w:val="00ED3D0B"/>
     <w:rsid w:val="00ED50C7"/>
     <w:rsid w:val="00ED5205"/>
     <w:rsid w:val="00ED6368"/>
     <w:rsid w:val="00ED6ADA"/>
     <w:rsid w:val="00ED6CC8"/>
     <w:rsid w:val="00ED6DBA"/>
     <w:rsid w:val="00ED6FD7"/>
@@ -17759,69 +18193,72 @@
     <w:rsid w:val="00F0364D"/>
     <w:rsid w:val="00F03A95"/>
     <w:rsid w:val="00F04053"/>
     <w:rsid w:val="00F041A7"/>
     <w:rsid w:val="00F04F28"/>
     <w:rsid w:val="00F05442"/>
     <w:rsid w:val="00F057A9"/>
     <w:rsid w:val="00F05838"/>
     <w:rsid w:val="00F0662E"/>
     <w:rsid w:val="00F06757"/>
     <w:rsid w:val="00F06CAF"/>
     <w:rsid w:val="00F06E06"/>
     <w:rsid w:val="00F070EE"/>
     <w:rsid w:val="00F07B50"/>
     <w:rsid w:val="00F1087E"/>
     <w:rsid w:val="00F11139"/>
     <w:rsid w:val="00F11683"/>
     <w:rsid w:val="00F1363F"/>
     <w:rsid w:val="00F1435D"/>
     <w:rsid w:val="00F16269"/>
     <w:rsid w:val="00F17552"/>
     <w:rsid w:val="00F17C61"/>
     <w:rsid w:val="00F17FB7"/>
     <w:rsid w:val="00F2115F"/>
     <w:rsid w:val="00F21DB1"/>
+    <w:rsid w:val="00F22538"/>
     <w:rsid w:val="00F22DD6"/>
     <w:rsid w:val="00F24754"/>
     <w:rsid w:val="00F24EEF"/>
     <w:rsid w:val="00F24F16"/>
     <w:rsid w:val="00F25516"/>
     <w:rsid w:val="00F255B7"/>
     <w:rsid w:val="00F25C36"/>
     <w:rsid w:val="00F25DC3"/>
     <w:rsid w:val="00F2639F"/>
     <w:rsid w:val="00F309FE"/>
     <w:rsid w:val="00F317C7"/>
     <w:rsid w:val="00F31B42"/>
     <w:rsid w:val="00F31BAB"/>
     <w:rsid w:val="00F31EE7"/>
     <w:rsid w:val="00F3222C"/>
     <w:rsid w:val="00F32B14"/>
     <w:rsid w:val="00F32F13"/>
+    <w:rsid w:val="00F34D8C"/>
     <w:rsid w:val="00F34F43"/>
     <w:rsid w:val="00F354EB"/>
+    <w:rsid w:val="00F363AD"/>
     <w:rsid w:val="00F374CE"/>
     <w:rsid w:val="00F37E25"/>
     <w:rsid w:val="00F40466"/>
     <w:rsid w:val="00F40771"/>
     <w:rsid w:val="00F412BB"/>
     <w:rsid w:val="00F414CF"/>
     <w:rsid w:val="00F415B2"/>
     <w:rsid w:val="00F4176F"/>
     <w:rsid w:val="00F429A4"/>
     <w:rsid w:val="00F42C37"/>
     <w:rsid w:val="00F4346B"/>
     <w:rsid w:val="00F444FB"/>
     <w:rsid w:val="00F44D85"/>
     <w:rsid w:val="00F45412"/>
     <w:rsid w:val="00F45FBE"/>
     <w:rsid w:val="00F467A5"/>
     <w:rsid w:val="00F50997"/>
     <w:rsid w:val="00F52790"/>
     <w:rsid w:val="00F52F8B"/>
     <w:rsid w:val="00F55825"/>
     <w:rsid w:val="00F559E8"/>
     <w:rsid w:val="00F5670D"/>
     <w:rsid w:val="00F57699"/>
     <w:rsid w:val="00F576EA"/>
     <w:rsid w:val="00F57CDE"/>
@@ -17885,50 +18322,51 @@
     <w:rsid w:val="00FA69A6"/>
     <w:rsid w:val="00FA719E"/>
     <w:rsid w:val="00FA74D2"/>
     <w:rsid w:val="00FA76F6"/>
     <w:rsid w:val="00FB09B4"/>
     <w:rsid w:val="00FB1D85"/>
     <w:rsid w:val="00FB21A3"/>
     <w:rsid w:val="00FB2569"/>
     <w:rsid w:val="00FB398A"/>
     <w:rsid w:val="00FB45C3"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:rsid w:val="00FC0570"/>
     <w:rsid w:val="00FC060E"/>
     <w:rsid w:val="00FC0D0A"/>
     <w:rsid w:val="00FC1172"/>
     <w:rsid w:val="00FC2E34"/>
     <w:rsid w:val="00FC44ED"/>
     <w:rsid w:val="00FC4D87"/>
     <w:rsid w:val="00FD00A1"/>
     <w:rsid w:val="00FD0E4D"/>
     <w:rsid w:val="00FD1D4D"/>
     <w:rsid w:val="00FD356F"/>
     <w:rsid w:val="00FD3993"/>
     <w:rsid w:val="00FD42F5"/>
     <w:rsid w:val="00FD45C9"/>
+    <w:rsid w:val="00FD5438"/>
     <w:rsid w:val="00FD5907"/>
     <w:rsid w:val="00FD5C96"/>
     <w:rsid w:val="00FD5E14"/>
     <w:rsid w:val="00FD656C"/>
     <w:rsid w:val="00FD69CD"/>
     <w:rsid w:val="00FE0198"/>
     <w:rsid w:val="00FE0759"/>
     <w:rsid w:val="00FE2BD4"/>
     <w:rsid w:val="00FE30AD"/>
     <w:rsid w:val="00FE3E5E"/>
     <w:rsid w:val="00FE41B0"/>
     <w:rsid w:val="00FE48EA"/>
     <w:rsid w:val="00FE5290"/>
     <w:rsid w:val="00FE5C3F"/>
     <w:rsid w:val="00FE6038"/>
     <w:rsid w:val="00FE6351"/>
     <w:rsid w:val="00FE6614"/>
     <w:rsid w:val="00FE7205"/>
     <w:rsid w:val="00FE7F9C"/>
     <w:rsid w:val="00FF098E"/>
     <w:rsid w:val="00FF2011"/>
     <w:rsid w:val="00FF21A2"/>
     <w:rsid w:val="00FF2735"/>
     <w:rsid w:val="00FF2790"/>
     <w:rsid w:val="00FF2B78"/>
@@ -18276,51 +18714,51 @@
     <w:rsid w:val="7FA856B0"/>
     <w:rsid w:val="7FCC9A89"/>
     <w:rsid w:val="7FE8C409"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="620FAB79"/>
   <w15:docId w15:val="{3D67A22E-6CDE-464B-9F8C-6E1CBCAF15BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -18680,716 +19118,716 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000A0BC7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Normal bullet 2,Bullet list,List Paragraph1,Saraksta rindkopa1,Colorful List - Accent 12,List1,Akapit z listą BS,Colorful List - Accent 11,Numbered Para 1,Dot pt,List Paragraph Char Char Char,List Paragraph11"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Sarakstarindkopa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Normal bullet 2 Char,Bullet list Char,List Paragraph1 Char,Saraksta rindkopa1 Char,Colorful List - Accent 12 Char,List1 Char,Akapit z listą BS Char,Colorful List - Accent 11 Char,Dot pt Char"/>
+    <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007D065F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2131">
     <w:name w:val="tv2131"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005C39A4"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Komentraatsauce">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KomentratekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentrateksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentratma">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Komentrateksts"/>
-[...1 lines deleted...]
-    <w:link w:val="KomentratmaRakstz"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentratma"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Balonteksts">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="BalontekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Balonteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c14">
     <w:name w:val="c14"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0063568F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pamatteksts2">
+  <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="Pamatteksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Pamatteksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vresteksts">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
-[...3 lines deleted...]
-    <w:link w:val="Vresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="Footnote Char,Fußnote Char Char1,Fußnote Char Char Char,Fußnote Char Char Char Char Char Char Char,Fußnote Char1,-E Fußnotentext Char,footnote text Char,Fußnotentext Ursprung Char,single space Char,FOOTNOTES Char,fn Char,f Char,F Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresatsauce">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="66830B7A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="Sarakstarindkopa"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
-    <w:next w:val="Pamatteksts2"/>
+    <w:next w:val="BodyText2"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C53012"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
-    <w:basedOn w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="005C34DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Style1"/>
     <w:link w:val="Style3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5EE9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="00C53012"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
     <w:name w:val="Style3 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style3"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00786059"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izmantotahipersaite">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E476F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prskatjums">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00152F67"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C603FD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izclums">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00101F04"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Vresatsauce"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="FootnoteReference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="PamattekstsaratkpiRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Pamattekstsaratkpi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC022F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="00BC022F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Piemint">
+  <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA376D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00614668"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F17FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headinggg1">
     <w:name w:val="Headinggg1"/>
-    <w:basedOn w:val="Sarakstarindkopa"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="240"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style4"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A76ED0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A76ED0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF4901"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mention1">
     <w:name w:val="Mention1"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF4901"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17706452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21116,51 +21554,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andra.ruse@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-2-3-3-k-3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-2-3-3-k-3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02014R0651-20230701" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/358754-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-2-2-3-specifiska-atbalsta-merka-uzlabot-dabas-aizsardzibu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andra.ruse@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-2-3-3-k-3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-2-3-3-k-3" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02014R0651-20230701" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/358754-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-2-2-3-specifiska-atbalsta-merka-uzlabot-dabas-aizsardzibu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vienas-vienibas-izmaksu-standarta-likmes-aprekina-un-piemerosanas-metodika-iekszemes-komandejumu-izmaksam-darbibas-programmas-izaugsme-un-nodarbinatiba-un-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-istenosanai" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -21733,61 +22171,61 @@
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{456ED400-F55A-46A0-B905-424B3DE4224D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>10394</Characters>
+  <Pages>11</Pages>
+  <Words>18324</Words>
+  <Characters>10445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>87</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28570</CharactersWithSpaces>
+  <CharactersWithSpaces>28712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="96" baseType="variant">
       <vt:variant>
         <vt:i4>3997704</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>111</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:andra.ruse@cfla.gov.lv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3342392</vt:i4>
       </vt:variant>
       <vt:variant>