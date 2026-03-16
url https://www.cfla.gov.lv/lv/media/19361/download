--- v0 (2025-10-30)
+++ v1 (2026-03-16)
@@ -1,43 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="4956" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="07C0" w:firstRow="0" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="8815"/>
       </w:tblGrid>
@@ -145,83 +146,83 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4632" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="340D35A5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30915">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Datums skatāms laika zīmogā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="340D35A7" w14:textId="781B4773" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+    <w:p w14:paraId="340D35A7" w14:textId="418CE048" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
+      <w:r w:rsidRPr="3305B419">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Centrālā finanšu un līgumu aģentūra (turpmāk – Sadarbības iestāde), Smilšu iela 1, Rīga, LV-1919, reģistrācijas Nr. 90000812928, kuras vārdā saskaņā ar Ministru kabineta 2012.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4952" w:rsidRPr="00F30915">
+      <w:r w:rsidR="00DB4952" w:rsidRPr="3305B419">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F30915">
+      <w:r w:rsidRPr="3305B419">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 6.</w:t>
       </w:r>
-      <w:r w:rsidR="00AB304B" w:rsidRPr="00F30915">
+      <w:r w:rsidR="00AB304B" w:rsidRPr="3305B419">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F30915">
+      <w:r w:rsidRPr="3305B419">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>novembra noteikumiem Nr. 745 “Centrālās finanšu un līgumu aģentūras nolikums” @cfla_paraksttiesigas_amatpersonas_ricibas_pamatojums un Eiropas Savienības fondu 2021.—2027. gada plānošanas perioda vadības likumu (turpmāk – likums) rīkojas @cfla_paraksttiesigas_amatpersonas_vards_uzvards_amats , no vienas puses,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35A8" w14:textId="11E8C4C3" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un @finansejuma_sanemeja_nosaukums (turpmāk – Finansējuma saņēmējs), @finansejuma_sanemeja_adrese, reģistrācijas Nr. @fs_registracijas_vai_nodklu_maksataja_nr, kura vārdā saskaņā ar @fs_paraksttiesigas_amatpersonas_ricibas_pamatojums rīkojas @fs_paraksttiesigas_amatpersonas_vards_uzvards_amats uz likuma pamata kā Eiropas Savienības (turpmāk — ES) Eiropas Reģionālās attīstības fonda finansējuma saņēmējs, no otras puses,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35A9" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
@@ -238,78 +239,106 @@
     </w:p>
     <w:p w14:paraId="340D35AA" w14:textId="499101E2" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pamatojoties uz Ministru kabineta (turpmāk — MK) 18.02.2025 noteikumiem Nr. 107 Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa “Uzlabot dabas aizsardzību un bioloģisko daudzveidību,</w:t>
       </w:r>
       <w:r w:rsidR="006C40A5" w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>”zaļo" infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu" 2.2.3.3. pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes @lemuma_datums lēmumu Nr. @lemuma_nr par projekta iesnieguma "projekta_iesnieguma_nosaukums" (turpmāk — Projekts) apstiprināšanu,</w:t>
+        <w:t>”zaļo" infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu" 2.2.3.3. pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes @lemuma_datums lēmumu Nr. @lemuma_nr par projekta iesnieguma "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>" (turpmāk — Projekts) apstiprināšanu,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35AB" w14:textId="5159679E" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pamatojoties uz Ministru kabineta (turpmāk — MK) 18.02.2025 noteikumiem Nr. 107 Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa “Uzlabot dabas aizsardzību un bioloģisko daudzveidību,</w:t>
       </w:r>
       <w:r w:rsidR="006C40A5" w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>”zaļo" infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu" 2.2.3.3. pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes @lemuma_datums lēmumu Nr. @lemuma_nr par projekta iesnieguma "@projekta_iesnieguma_nosaukums" (turpmāk — Projekts) apstiprināšanu ar nosacījumu un @sadarbibas_iestades_lemuma_datums atzinumu Nr. @sadarbibas_iestades_lemuma_nr par lēmumā ietverto nosacījumu izpildi,</w:t>
+        <w:t>”zaļo" infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu" 2.2.3.3. pasākuma “Pasākumi bioloģiskās daudzveidības veicināšanai un saglabāšanai” projektu iesniegumu trešās un ceturtās atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes @lemuma_datums lēmumu Nr. @lemuma_nr par projekta iesnieguma "@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>" (turpmāk — Projekts) apstiprināšanu ar nosacījumu un @sadarbibas_iestades_lemuma_datums atzinumu Nr. @sadarbibas_iestades_lemuma_nr par lēmumā ietverto nosacījumu izpildi,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35AC" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>vienojas par Projekta īstenošanas, finansējuma piešķiršanas un uzraudzības kārtību, un noslēdz šo Vienošanos par projekta īstenošanu (turpmāk - Līgums), paredzot, ka:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35AD" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
@@ -356,50 +385,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta kopējie attiecināmie izdevumi: @kopejie_attiecinamie_izdevumi_eur EUR (@ProjektaKopejieAttiecinamieIzdevumiVardiem):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35B0" w14:textId="1ECF86BF" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Atbalsta summa: @atbalsta_summa_procentos % no attiecināmajiem izdevumiem, nepārsniedzot @atbalsta_summa_eur EUR (@atbalsta_summa_summa_vardiem ), no tās:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35B1" w14:textId="1A71068F" w:rsidR="00554BD1" w:rsidRPr="009E1A43" w:rsidRDefault="00491FEA" w:rsidP="6FC76F06">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E1A43">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Reģionālās attīstības fonda finansējums: @fonda_finansejums_procentos % no attiecināmajiem izdevumiem, nepārsniedzot @fonda_finansejums_neparsniedz_eur EUR (@fonda_finansejums_neparsniedz_summa_vardiem);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35B2" w14:textId="7D156620" w:rsidR="00554BD1" w:rsidRPr="009E1A43" w:rsidRDefault="00491FEA" w:rsidP="6FC76F06">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
@@ -551,51 +581,65 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līguma 2.</w:t>
       </w:r>
       <w:r w:rsidR="00194DE7" w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pielikums: Projekta iesniegums "@projekta_iesnieguma_nosaukums" un tā pielikumi (ja attiecināms).</w:t>
+        <w:t>pielikums: Projekta iesniegums "@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>" un tā pielikumi (ja attiecināms).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35BA" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējam un sadarbības partnerim zemes īpašumtiesības jānokārto un jāreģistrē zemesgrāmatā līdz projekta darbību pabeigšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35BB" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -774,51 +818,51 @@
           </w:tcPr>
           <w:p w14:paraId="340D35C2" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30915">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Finansējuma saņēmēja vārdā:</w:t>
             </w:r>
             <w:r w:rsidRPr="00F30915">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554BD1" w:rsidRPr="00132886" w14:paraId="340D35C6" w14:textId="77777777" w:rsidTr="00194DE7">
+      <w:tr w:rsidR="00554BD1" w:rsidRPr="009374A7" w14:paraId="340D35C6" w14:textId="77777777" w:rsidTr="00194DE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="340D35C4" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30915">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>@cfla_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="340D35C5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
@@ -1095,51 +1139,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35D6" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Interešu konflikts</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> — situācija, kurā personai, kas saistīta ar Projekta īstenošanu, amata pienākumu neatkarīgu un objektīvu izpildi vai uzdevumu veikšanu Projekta īstenošanas ietvaros negatīvi ietekmē iemesli, kas ir saistīti ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām vai kādām citām tiešām vai netiešām personīgajām interesēm, kas attiecīgajai personai ir kopējas ar sadarbības partneri, galasaņēmēju, radiniekiem vai darījumu partneriem - atbilstoši Regulā 2024/2509</w:t>
+        <w:t xml:space="preserve"> — situācija, kurā personai, kas saistīta ar Projekta īstenošanu, amata pienākumu neatkarīgu un objektīvu izpildi vai uzdevumu veikšanu Projekta īstenošanas ietvaros negatīvi ietekmē iemesli, kas ir saistīti ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām vai kādām citām tiešām vai netiešām personīgajām interesēm, kas attiecīgajai personai ir kopējas ar sadarbības partneri, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>galasaņēmēju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, radiniekiem vai darījumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>partneriem - atbilstoši Regulā 2024/2509</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, likumā “Par interešu konflikta novēršanu valsts amatpersonu darbībā” un citos normatīvajos aktos par interešu konflikta novēršanu noteiktajam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35D7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -1398,962 +1463,1017 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmēja vispārīgie pienākumi un tiesības</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="340D35DF" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējam ir pienākums:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1308EBEF" w14:textId="1942129B" w:rsidR="00B50398" w:rsidRDefault="00B50398" w:rsidP="00B50398">
+    <w:p w14:paraId="1308EBEF" w14:textId="66D86F2D" w:rsidR="00B50398" w:rsidRDefault="00B50398" w:rsidP="00B50398">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790FB6">
+      <w:r w:rsidRPr="4B71FB68">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nodal</w:t>
       </w:r>
-      <w:r w:rsidR="008B7705">
+      <w:r w:rsidR="008B7705" w:rsidRPr="4B71FB68">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790FB6">
+      <w:r w:rsidRPr="4B71FB68">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektā īstenotās sadarbības partnera aktivitātes, kurām sniegtais atbalsts kvalificējams kā komercdarbības atbalsts, un nodrošin</w:t>
       </w:r>
-      <w:r w:rsidR="008B7705">
+      <w:r w:rsidR="008B7705" w:rsidRPr="4B71FB68">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>āt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790FB6">
+      <w:r w:rsidRPr="4B71FB68">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, ka </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="40C154DB" w14:textId="504AA008" w:rsidR="00CC55BB" w:rsidRPr="00790FB6" w:rsidRDefault="008A5CD5" w:rsidP="00B50398">
+      <w:r w:rsidRPr="4B71FB68">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">finansējuma saņēmējam un pārējiem sadarbības partneriem (ja attiecināms), kuri nav saimnieciskās darbības veicēji, ieņēmumi </w:t>
+      </w:r>
+      <w:ins w:id="3" w:author="Linda Broliša" w:date="2025-12-08T13:52:00Z" w16du:dateUtc="2025-12-08T11:52:00Z">
+        <w:r w:rsidR="00813AD4" w:rsidRPr="4B71FB68">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>pēc projekta darbību un infrastruktūras pieņemšanas ekspluatācijā</w:t>
+        </w:r>
+        <w:r w:rsidR="00813AD4" w:rsidRPr="4B71FB68" w:rsidDel="00813AD4">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="4B71FB68">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta dzīves ciklā ik gadu nepārsniedz 50 procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428A7C97" w14:textId="1A38E549" w:rsidR="00D851E7" w:rsidRPr="00ED05B9" w:rsidRDefault="00D851E7" w:rsidP="16F0EDF8">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...99 lines deleted...]
-    <w:p w14:paraId="340D35E0" w14:textId="5CCE5C10" w:rsidR="00554BD1" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+          <w:ins w:id="4" w:author="Linda Broliša" w:date="2025-12-08T13:53:00Z" w16du:dateUtc="2025-12-08T11:53:00Z"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="5" w:author="Linda Broliša" w:date="2025-12-08T13:53:00Z">
+        <w:r w:rsidRPr="00ED05B9">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>nodrošināt, ka projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi, projekta darbību īstenošanas rezultātā gūtie neto ieņēmumi tiek norādīti Izmaksu un ieguvumu analīzē (ja attiecināms) vai Finanšu analīzē</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="6" w:author="Dagnija Burtniece-Pīlēna" w:date="2025-12-17T12:00:00Z">
+        <w:r w:rsidR="00996AA1" w:rsidRPr="00ED05B9">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (ja attiecināms)</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="7" w:author="Linda Broliša" w:date="2025-12-08T13:53:00Z">
+        <w:r w:rsidRPr="00ED05B9">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>;</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="40C154DB" w14:textId="504AA008" w:rsidR="00CC55BB" w:rsidRPr="00790FB6" w:rsidRDefault="008A5CD5" w:rsidP="00D851E7">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="036BFDB2">
-[...17 lines deleted...]
-      <w:r w:rsidR="00592C3D" w:rsidRPr="036BFDB2">
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošin</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7705">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>āt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ieņēmumu uzskaiti gada griezumā un </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1D4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="036BFDB2">
-[...6 lines deleted...]
-    <w:p w14:paraId="340D35E1" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adarbības iestādē iesni</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7023">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0691">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstošu informāciju pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4633">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adarbības iestādes pieprasījuma, ja projekta dzīves cikla laikā no projektā izveidotās infrastruktūras izmantošanas tiek gūti ieņēmumi. Ja ieņēmumi pārsniedz  minēto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2293A343">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="30222DA5" w:rsidRPr="2293A343">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>50%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apmēru, finansējuma saņēmējs nekavējoties informē par to </w:t>
+      </w:r>
+      <w:r w:rsidR="00943649">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A5CD5">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adarbības iestādi</w:t>
+      </w:r>
+      <w:r w:rsidR="00445C63">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E0" w14:textId="5CCE5C10" w:rsidR="00554BD1" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
-[...6 lines deleted...]
-    <w:p w14:paraId="340D35E2" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+      <w:r w:rsidRPr="036BFDB2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja ar saimniecisko darbību nesaistīts projekts dzīves cikla laikā kļūst par projektu, kas saistīts ar saimniecisku darbību, kura</w:t>
+      </w:r>
+      <w:r w:rsidR="004D28E3" w:rsidRPr="036BFDB2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="036BFDB2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sniegtais atbalsts būtu kvalificējams kā komercdarbības atbalsts, finansējuma saņēmējs no finansējuma, par kuru nav saņemts nekāds komercdarbības atbalsts, atmaksā </w:t>
+      </w:r>
+      <w:r w:rsidR="00592C3D" w:rsidRPr="036BFDB2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="036BFDB2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adarbības iestādei nelikumīgi saņemto atbalstu kopā ar procentiem saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E1" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>3 (trīs) darbdienu laikā pēc izmaiņu veikšanas iesniegt Sadarbības iestādei informāciju par personām, kuras ir tiesīgas Finansējuma saņēmēja vārdā iesniegt un apstiprināt Projektu portālā (KPVIS) visus ar Projektu saistītos dokumentus (tai skaitā, maksājuma pieprasījumus), ja mainījusies iepriekš Sadarbības iestādei sniegtā informācija. Ja minētās personas darbojas uz Finansējuma saņēmēja izsniegtas pilnvaras pamata – iesniegt pilnvaru;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E3" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>iesniegt un ievadīt informāciju par Projekta īstenošanu Projektu portālā (KPVIS) atbilstoši šim Līgumam, normatīvajiem aktiem, kā arī lietotāja līgumam par KPVIS izmantošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E2" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Līguma darbības laikā Projektu portālā (KPVIS) paziņot Sadarbības iestādei izmaiņas Finansējuma saņēmēja pamatdatos (kontaktinformācija, adrese, pilnvarotā persona (ja attiecināms)) 3 (trīs) darbdienu laikā pēc to maiņas;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E4" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>3 (trīs) darbdienu laikā pēc izmaiņu veikšanas iesniegt Sadarbības iestādei informāciju par personām, kuras ir tiesīgas Finansējuma saņēmēja vārdā iesniegt un apstiprināt Projektu portālā (KPVIS) visus ar Projektu saistītos dokumentus (tai skaitā, maksājuma pieprasījumus), ja mainījusies iepriekš Sadarbības iestādei sniegtā informācija. Ja minētās personas darbojas uz Finansējuma saņēmēja izsniegtas pilnvaras pamata – iesniegt pilnvaru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E3" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Projekta īstenošanā nodrošināt visu normatīvajos aktos, Vadošās iestādes, Atbildīgās iestādes, Sadarbības iestādes un citu institūciju vadlīnijās un metodikās, kā arī Līgumā paredzēto nosacījumu izpildi;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>Līguma darbības laikā Projektu portālā (KPVIS) paziņot Sadarbības iestādei izmaiņas Finansējuma saņēmēja pamatdatos (kontaktinformācija, adrese, pilnvarotā persona (ja attiecināms)) 3 (trīs) darbdienu laikā pēc to maiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E4" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt, lai Atbalsta summa tiktu izlietota saskaņā ar pareizas finanšu pārvaldības principu, ievērojot saimnieciskuma, lietderības un efektivitātes principus;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E6" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>Projekta īstenošanā nodrošināt visu normatīvajos aktos, Vadošās iestādes, Atbildīgās iestādes, Sadarbības iestādes un citu institūciju vadlīnijās un metodikās, kā arī Līgumā paredzēto nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt, lai Projekta Attiecināmie izdevumi būtu tieši saistīti ar Projekta mērķu sasniegšanu un atbilstoši projekta īstenošanai piešķirtā finansējuma izlietošanas nosacījumiem;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nodrošināt, lai Atbalsta summa tiktu izlietota saskaņā ar pareizas finanšu pārvaldības principu, ievērojot saimnieciskuma, lietderības un efektivitātes principus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E6" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt Projektā paredzēto mērķu, Projekta darbību rezultātu un uzraudzības rādītāju un, ja Projekts to paredz, horizontālo principu rādītāju sasniegšanu;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E8" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nodrošināt, lai Projekta Attiecināmie izdevumi būtu tieši saistīti ar Projekta mērķu sasniegšanu un atbilstoši projekta īstenošanai piešķirtā finansējuma izlietošanas nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pēc Sadarbības iestādes vai Atbildīgās iestādes pieprasījuma iesniegt informāciju par uzraudzības rādītājiem, kas nav iekļauti maksājuma pieprasījumā;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35E9" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:lastRenderedPageBreak/>
+        <w:t>nodrošināt Projektā paredzēto mērķu, Projekta darbību rezultātu un uzraudzības rādītāju un, ja Projekts to paredz, horizontālo principu rādītāju sasniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E8" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt komunikācijas un vizuālās identitātes pasākumus saskaņā ar Projektā plānoto un normatīvajos aktos,</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="340D35EA" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>pēc Sadarbības iestādes vai Atbildīgās iestādes pieprasījuma iesniegt informāciju par uzraudzības rādītājiem, kas nav iekļauti maksājuma pieprasījumā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35E9" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>īstenojot Projektu, visos ar Projekta īstenošanu saistītajos dokumentos norādīt Projekta identifikācijas numuru;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35EB" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nodrošināt komunikācijas un vizuālās identitātes pasākumus saskaņā ar Projektā plānoto un normatīvajos aktos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un vadošās iestādes vadlīnijās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktajām prasībām, ,tai skaitā, Finansējuma saņēmēja oficiālajā tīmekļa vietnē (ja tāda ir) un sociālo mediju vietnēs (ja tādas ir) publicēt īsu un samērīgu aprakstu par Projektu, tā mērķiem un rezultātiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35EA" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>veikt pievienotās vērtības nodokļa uzskaiti atbilstoši Latvijas Republikas normatīvo aktu prasībām un neatgūt pievienotās vērtības nodokli, ja to saņem kā Atbalsta summu Projekta ietvaros, nodrošināt pievienotās vērtības nodokļa nodalītu uzskaiti;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35EC" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>īstenojot Projektu, visos ar Projekta īstenošanu saistītajos dokumentos norādīt Projekta identifikācijas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35EB" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nepieļaut Interešu konflikta, korupcijas, krāpšanas un dubultā finansējuma situācijas iestāšanos un nekavējoties informēt Sadarbības iestādi par apstākļiem, kas rada vai kuru rezultātā varētu rasties kāda no minētajām situācijām. Nekavējoties informēt Sadarbības iestādi, ja Finansējuma saņēmējam ir zināma informācija vai aizdomas par iespējamu krāpšanu projektā;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35ED" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="0035353B" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>veikt pievienotās vērtības nodokļa uzskaiti atbilstoši Latvijas Republikas normatīvo aktu prasībām un neatgūt pievienotās vērtības nodokli, ja to saņem kā Atbalsta summu Projekta ietvaros, nodrošināt pievienotās vērtības nodokļa nodalītu uzskaiti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35EC" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">nekavējoties, bet ne vēlāk kā 5 (piecu) darbdienu laikā no dienas, kad Finansējuma saņēmējs par to uzzinājis, rakstiski informēt Sadarbības iestādi par jebkuriem apstākļiem, kas varētu mainīt Projekta īstenošanas atbilstību Līguma nosacījumiem, kā arī gadījumiem, ja kāds no Projektā dotajiem apliecinājumiem var kļūt vai kļūst nepatiess, neprecīzs, nepilnīgs vai maldinošs, vai par jebkādiem citiem būtiskiem notikumiem un apstākļiem, kas negatīvi ietekmē vai apdraud, vai kas pamatoti uzskatāmi par tādiem, kas varētu negatīvi ietekmēt vai apdraudēt Līguma izpildi, tai skaitā par Projekta īstenošanā konstatētajiem riskiem, kas var ietekmēt projektā plānoto finanšu plūsmu, Projekta īstenošanas laika grafiku un </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="340D35EE" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nepieļaut Interešu konflikta, korupcijas, krāpšanas un dubultā finansējuma situācijas iestāšanos un nekavējoties informēt Sadarbības iestādi par apstākļiem, kas rada vai kuru rezultātā varētu rasties kāda no minētajām situācijām. Nekavējoties informēt Sadarbības iestādi, ja Finansējuma saņēmējam ir zināma informācija vai aizdomas par iespējamu krāpšanu projektā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35ED" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="0035353B" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekavējoties, bet ne vēlāk kā 5 (piecu) darbdienu laikā no dienas, kad Finansējuma saņēmējs par to uzzinājis, rakstiski informēt Sadarbības iestādi par jebkuriem apstākļiem, kas varētu mainīt Projekta īstenošanas atbilstību Līguma nosacījumiem, kā arī gadījumiem, ja kāds no Projektā dotajiem apliecinājumiem var kļūt vai kļūst nepatiess, neprecīzs, nepilnīgs vai maldinošs, vai par jebkādiem citiem būtiskiem notikumiem un apstākļiem, kas negatīvi ietekmē vai apdraud, vai kas pamatoti uzskatāmi par tādiem, kas varētu negatīvi ietekmēt vai apdraudēt Līguma izpildi, tai skaitā par Projekta īstenošanā konstatētajiem riskiem, kas var ietekmēt projektā plānoto finanšu plūsmu, Projekta īstenošanas laika grafiku un </w:t>
+      </w:r>
       <w:r w:rsidRPr="0035353B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Projekta īstenošanas laikā un Sadarbības iestādes paziņotajā dokumentu glabāšanas termiņā un attiecībā</w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="340D35EF" w14:textId="54402D5B" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>rādītāju sasniegšanu noteiktajos termiņos ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35EE" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
-[...18 lines deleted...]
-    <w:p w14:paraId="340D35F0" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+      <w:r w:rsidRPr="0035353B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Projekta īstenošanas laikā un Sadarbības iestādes paziņotajā dokumentu glabāšanas termiņā un attiecībā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005858DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz komercdarbības atbalstu desmit gadus no dienas, kad Finansējuma saņēmējam ir piešķirts atbalsts nodrošināt visu ar Projekta īstenošanu un komercdarbības atbalstu saistīto dokumentu glabāšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tai skaitā, Projekta iesnieguma, jebkuru ar Projektu saistīto sarakstes dokumentu, iepirkuma dokumentācijas, Projektā noslēgto līgumu, veikto darbu, piegāžu un sniegto pakalpojumu apliecinošu dokumentu, veikto maksājumu apliecinošo dokumentu oriģinālu vai to atvasinājumu ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>juridisku spēku glabāšanu atbilstoši Regulas 2021/1060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 82. pantam. Pēc noslēguma maksājuma pieprasījuma pārbaudes Sadarbības iestāde vēstulē par apstiprinātiem Attiecināmajiem izdevumiem paziņo Finansējuma saņēmējam par dokumentu glabāšanas termiņu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35EF" w14:textId="54402D5B" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt Sadarbības iestādei, citu ES fondu vadībā iesaistīto Latvijas Republikas un ES institūciju pārstāvjiem, šo noteikumu 7.4. apakšpunktā minēto iestāžu, kā arī citu kompetento institūciju pārstāvjiem pieeju visu ar Projekta īstenošanu saistīto dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un grāmatvedības sistēmai, kā arī attiecīgā Projekta īstenošanas vietai un nodrošināt iespējas iepriekš minēto institūciju pārstāvjiem veikt uzraudzību un kontroli visā Līguma darbības laikā, nodrošinot šo institūciju likumīgo prasību izpildi un brīvu piekļuvi Finansējuma saņēmēja grāmatvedības un finanšu dokumentiem, kas saistīti ar Projekta īstenošanu, kā arī citiem nepieciešamajiem dokumentiem, informācijai, finanšu līdzekļiem, telpām un citām materiālām vērtībām, tai skaitā, nodrošināt pieprasīto dokumentu izsniegšanu;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35F1" w14:textId="7C31B02E" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>Sadarbības iestāde 2.1.15. apakšpunktā minēto dokumentu glabāšanas termiņu var pārtraukt un proporcionāli pagarināt par laikposmu, kurā saistībā ar darbībām Projekta īstenošanas ietvaros ir uzsākts krim</w:t>
+      </w:r>
+      <w:r w:rsidR="00534C07" w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ālprocess vai tiesvedības process, vai pēc Eiropas Komisijas pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F0" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pēc Sadarbības iestādes lūguma iesniegt pieprasīto informāciju un dokumentus Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 5</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="340D35F2" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nodrošināt Sadarbības iestādei, citu ES fondu vadībā iesaistīto Latvijas Republikas un ES institūciju pārstāvjiem, šo noteikumu 7.4. apakšpunktā minēto iestāžu, kā arī citu kompetento institūciju pārstāvjiem pieeju visu ar Projekta īstenošanu saistīto dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un grāmatvedības sistēmai, kā arī attiecīgā Projekta īstenošanas vietai un nodrošināt iespējas iepriekš minēto institūciju pārstāvjiem veikt uzraudzību un kontroli visā Līguma darbības laikā, nodrošinot šo institūciju likumīgo prasību izpildi un brīvu piekļuvi Finansējuma saņēmēja grāmatvedības un finanšu dokumentiem, kas saistīti ar Projekta īstenošanu, kā arī citiem nepieciešamajiem dokumentiem, informācijai, finanšu līdzekļiem, telpām un citām materiālām vērtībām, tai skaitā, nodrošināt pieprasīto dokumentu izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F1" w14:textId="7C31B02E" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Līgumā un Sadarbības iestādes noteiktajos termiņos izpildīt Līguma noteikumus un Sadarbības iestādes norādījumus;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35F3" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>pēc Sadarbības iestādes lūguma iesniegt pieprasīto informāciju un dokumentus Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 5</w:t>
+      </w:r>
+      <w:r w:rsidR="009543CA" w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(piecām) darbdienām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F2" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nosūtīt Sadarbības iestādei informāciju par būvniecības lietas pieejamību Būvniecības informācijas sistēmā par visām Projektā paredzētajām darbībām, kuru īstenošanai nepieciešama būvniecības ieceres dokumentācija (ja attiecināms), piemēram, būvprojekts, paskaidrojuma raksts, paziņojums par būvniecību, ne vēlāk kā 1 (viena) mēneša laikā pēc projektēšanas nosacījumu izpildes, norādot ar Projekta darbībām saistītās būvniecības lietas numuru;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35F4" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>Līgumā un Sadarbības iestādes noteiktajos termiņos izpildīt Līguma noteikumus un Sadarbības iestādes norādījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F3" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt, ka Finansējuma saņēmēja iekšējā kontroles sistēma ir atbilstoša SAM MK noteikumos noteiktajām prasībām un normatīvajiem aktiem par iekšējās kontroles sistēmas pamatprasībām korupcijas un interešu konflikta riska novēršanai publiskas personas institūcijā;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35F5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00BB56DB" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nosūtīt Sadarbības iestādei informāciju par būvniecības lietas pieejamību Būvniecības informācijas sistēmā par visām Projektā paredzētajām darbībām, kuru īstenošanai nepieciešama būvniecības ieceres dokumentācija (ja attiecināms), piemēram, būvprojekts, paskaidrojuma raksts, paziņojums par būvniecību, ne vēlāk kā 1 (viena) mēneša laikā pēc projektēšanas nosacījumu izpildes, norādot ar Projekta darbībām saistītās būvniecības lietas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F4" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Projekta ietvaros veicot personu datu apstrādi, tajā skaitā to uzkrāšanu un iesniegšanu Sadarbības iestādei, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) aizsardzību noteiktās </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="340D35F6" w14:textId="1E83E7E8" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>nodrošināt, ka Finansējuma saņēmēja iekšējā kontroles sistēma ir atbilstoša SAM MK noteikumos noteiktajām prasībām un normatīvajiem aktiem par iekšējās kontroles sistēmas pamatprasībām korupcijas un interešu konflikta riska novēršanai publiskas personas institūcijā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00BB56DB" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projekta ietvaros veicot personu datu apstrādi, tajā skaitā to uzkrāšanu un iesniegšanu Sadarbības iestādei, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) aizsardzību noteiktās </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BB56DB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Projekta izmaksu pieauguma</w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="340D35F7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F6" w14:textId="1E83E7E8" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
-[...6 lines deleted...]
-    <w:p w14:paraId="340D35F8" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+      <w:r w:rsidRPr="00BB56DB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Projekta izmaksu pieauguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005858DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījumā par darbībām, kurām sniegtais atbalsts nav kvalificējams kā kom</w:t>
+      </w:r>
+      <w:r w:rsidR="00534C07" w:rsidRPr="005858DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>erc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005858DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darbības atbalsts, segt sadārdzinājumu no saviem līdzekļiem. Sadarbības partneru sadārdzinājuma izmaksas par darbībām, kuru finansēšana būtu kvalificējama kā komercdarbības atbalsts, finansēt no līdzekļiem, kas ir brīvi no jebkāda kom</w:t>
+      </w:r>
+      <w:r w:rsidR="00534C07" w:rsidRPr="005858DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>erc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005858DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darbības atbalsta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Finansējuma saņēmēja reorganizācijas gadījumā nodrošināt ar Līgumu uzņemto saistību nodošanu tā saistību pārņēmējam, informējot par to Sadarbības iestādi;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="340D35F9" w14:textId="650A5C2D" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="009543CA">
+        <w:t>izmantot Projekta ietvaros iegādātos pamatlīdzekļus/vērtības Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F8" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>ievērot Regulas 2021/1060</w:t>
-[...27 lines deleted...]
-    <w:p w14:paraId="340D35FA" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+        <w:t>Finansējuma saņēmēja reorganizācijas gadījumā nodrošināt ar Līgumu uzņemto saistību nodošanu tā saistību pārņēmējam, informējot par to Sadarbības iestādi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35F9" w14:textId="650A5C2D" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="009543CA">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t>ievērot Regulas 2021/1060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 66.</w:t>
+      </w:r>
+      <w:r w:rsidR="00534C07" w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pantā noteikto un nodrošināt, ka Finansējuma saņēmējs pēdējo divu gadu laikā pirms Projekta iesniegšanas nav veicis pārcelšanu uz Projekta īstenošanas vietu un divus gadus pēc Projekta darbību īstenošanas pabeigšanas Projekta darbības netiek pārceltas uz citu valsti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340D35FA" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>nodrošināt Projekta rezultātu saglabāšanu un ilgtspēju, kā arī izmantot Projekta ietvaros iegādātos pamatlīdzekļus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi, ievērojot Regulas 2021/1060</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 65. pantā un SAM MK noteikumos noteiktos nosacījumus un termiņus Projekta darbību īstenošanas laikā un Pēcuzraudzības periodā, kā arī neizdarīt būtiskas izmaiņas Projektā, tai skaitā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35FB" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izmantot Projektā attīstīto infrastruktūru un sasniegtos rezultātus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340D35FC" w14:textId="4558D6D8" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
+    <w:p w14:paraId="340D35FC" w14:textId="5E7E4B4A" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> periodu. Īpašuma vai valdījuma tiesības nostiprina zemesgrāmatā (izņemot gadījumu, ja pašvaldības īpašums uz normatīvā akta, līguma vai pašvaldības lēmuma pamata ir nodots pašvaldības iestādes kā Finansējuma saņēmēja pārvaldīšanā vai, ja īpašuma tiesības uz objektu ir spēkā bez to nostiprināšanas zemesgrāmatās);</w:t>
+      <w:r w:rsidRPr="4B71FB68">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepārdot, nedāvināt, neizīrēt, neiznomāt, nemainīt, neaizdot, nepatapināt, neieķīlāt, citādi neatsavināt un neapgrūtināt īpašumu, kas iegādāts vai radīts Projektā, un īpašumu, kas guvis labumu no atbalsta, kā arī neveikt citas darbības, kuru rezultātā īpašums pilnīgi vai daļēji var nokļūt citas personas īpašumā vai valdījumā, izņemot gadījumus, kad Finansējuma saņēmēja iecerētās darbības neizraisa nevēlamas sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības. Īpašuma vai valdījuma tiesības attiecībā uz atbalstītajiem infrastruktūras objektiem nemaina un ieguldījums paliek Latvijas Republikas teritorijā visu Pēcuzraudzības periodu. Īpašuma vai valdījuma tiesības nostiprina zemesgrāmatā (izņemot gadījumu, ja pašvaldības īpašums uz normatīvā akta, līguma vai pašvaldības lēmuma pamata </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B71FB68">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ir nodots pašvaldības iestādes kā Finansējuma saņēmēja pārvaldīšanā vai, ja īpašuma tiesības uz objektu ir spēkā bez to nostiprināšanas zemesgrāmatās);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35FD" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nodrošināt, ka netiek pārtraukta produktīvā darbība, t. i., Finansējuma saņēmējs netiek reorganizēts, kā arī nepieļaut situāciju, kurā tiek pārtraukta Līgumā paredzētā darbība, izņemot gadījumus, kad saņemts atbilstošs MK izdots rīkojums un Finansējuma saņēmēja iecerētās darbības neizraisa nevēlamās sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D35FE" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -2495,58 +2615,58 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3606" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="sadarbības-iestādes-vispārīgie-pienākumi"/>
+      <w:bookmarkStart w:id="8" w:name="sadarbības-iestādes-vispārīgie-pienākumi"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestādes vispārīgie pienākumi un tiesības</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="340D3607" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestādei ir pienākums:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3608" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -2558,50 +2678,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>konsultēt Finansējuma saņēmēju par Projekta īstenošanu, tai skaitā, sniegt informāciju par Projekta īstenošanā konstatētajiem riskiem un ieteicamajiem risku mazinošajiem pasākumiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3609" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>veikt Projekta īstenošanas uzraudzību un kontroli visā Līguma darbības laikā un izvērtēt Projekta īstenošanas atbilstību normatīvo aktu un Līguma nosacījumiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D360A" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbaudīt Finansējuma saņēmēja maksājuma pieprasījumu un apstiprināt Finansējuma saņēmēja maksājuma pieprasījumā iekļautos izdevumus, ja tie ir attiecināmi ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D360B" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
@@ -2756,64 +2877,64 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3613" w14:textId="5968EE53" w:rsidR="00554BD1" w:rsidRDefault="00037D38" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="valsts-atbalsta-nosacījumi"/>
+      <w:bookmarkStart w:id="9" w:name="valsts-atbalsta-nosacījumi"/>
       <w:r w:rsidRPr="036BFDB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komercdarbības </w:t>
       </w:r>
       <w:r w:rsidR="00491FEA" w:rsidRPr="036BFDB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atbalsta nosacījumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="21080F61" w14:textId="610551E6" w:rsidR="00605EA2" w:rsidRDefault="77F6BB87" w:rsidP="00132886">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="036BFDB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja sadarbības partneris darbojas kādā no Regulas Nr.651/2014 izslēgtajām nozarēm, Finansējuma saņēmējs nodrošina, ka sadarbības partneris nodrošina šo nozaru darbību vai izmaksu nodalīšanu, lai darbības izslēgtajās nozarēs negūst labumu no atbalsta, ko piešķir saskaņā ar SAM MK noteikumiem</w:t>
       </w:r>
       <w:r w:rsidR="005E654B" w:rsidRPr="036BFDB2">
         <w:rPr>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -2859,58 +2980,59 @@
       <w:r w:rsidRPr="00C7789A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nelikumīga komercdarbības atbalsta gadījumā finansējuma saņēmējam ir pienākums atmaksāt saņemto nelikumīgo komercdarbības atbalstu SAM MK noteikumos noteiktajā kārtībā</w:t>
       </w:r>
       <w:r w:rsidR="00491FEA" w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3621" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="finansējuma-saņēmēja-un-tā-sadarbības-pa"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="10" w:name="finansējuma-saņēmēja-un-tā-sadarbības-pa"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finansējuma saņēmēja un tā sadarbības partnera sadarbības noteikumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="340D3622" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs noslēdz sadarbības līgumu vai vienošanos ar Projektā noteikto sadarbības partneri par pušu savstarpējām saistībām attiecībā uz Projekta ieviešanu saskaņā ar MK noteikumos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
@@ -3112,51 +3234,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības partnerim nodotās Projekta rezultātā radītās vai iegādātās vērtības Projekta darbību īstenošanas laikā un Pēcuzraudzības periodā neskar būtiskas izmaiņas saskaņā ar šo noteikumu 2.1.27. apakšpunktā minēto;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D362C" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">sadarbības partneris iesaistās Projekta īstenošanā ar tā valdījumā vai īpašumā esošu mantu, intelektuālo īpašumu, finansējumu vai cilvēkresursiem. Šādu ieguldījumu rezultātā Finansējuma saņēmējam ar sadarbības partneri nevar rasties tādas tiesiskās attiecības, no kurām izrietētu, ka šis darījums atbilst publiskā iepirkuma līguma pazīmēm atbilstoši </w:t>
+        <w:t xml:space="preserve">sadarbības partneris iesaistās Projekta īstenošanā ar tā valdījumā vai īpašumā esošu mantu, intelektuālo īpašumu, finansējumu vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cilvēkresursiem. Šādu ieguldījumu rezultātā Finansējuma saņēmējam ar sadarbības partneri nevar rasties tādas tiesiskās attiecības, no kurām izrietētu, ka šis darījums atbilst publiskā iepirkuma līguma pazīmēm atbilstoši </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="00F30915">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Publisko iepirkumu likumam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="00F30915">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Sabiedrisko pakalpojumu sniedzēju iepirkumu likumam</w:t>
         </w:r>
       </w:hyperlink>
@@ -3273,58 +3402,58 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Īstenojot Projektu sadarbībā ar sadarbības partneri Finansējuma saņēmējs uzņemas pilnu atbildību par Projekta īstenošanu un šajā Līgumā paredzēto saistību izpildi. Finansējuma saņēmējs atbild par jebkādām Projekta īstenošanas gaitā pieļautajām neatbilstībām un pārkāpumiem neatkarīgi no tā, ka šāda neatbilstība vai pārkāpums ir radies Projekta īstenošanā iesaistītā sadarbības partnera rīcības rezultātā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3632" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="grāmatvedības-uzskaite"/>
+      <w:bookmarkStart w:id="11" w:name="grāmatvedības-uzskaite"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Grāmatvedības uzskaite</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="340D3633" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Uzsākot Projekta īstenošanu, Finansējuma saņēmējs nodrošina veikto maksājumu izsekojamību izmantojot Projektam paredzēto norēķinu kontu Valsts kasē no kura veic un uz kuru saņem visus ar Projekta īstenošanu saistītos maksājumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3634" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -3355,92 +3484,93 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs, īstenojot Projektu, uzskaita Attiecināmos izdevumus, ar Projektu saistītos ieņēmumus, izmaksas, naudas plūsmas savā grāmatvedības uzskaitē saskaņā ar normatīvo aktu prasībām un vispārpieņemtajiem grāmatvedības kārtošanas principiem tā, lai tos būtu iespējams identificēt, nodalīt no pārējām izmaksām, ieņēmumiem, izdevumiem, naudas plūsmām un pārbaudīt. Finansējuma saņēmējs nodrošina atsevišķu grāmatvedības uzskaiti par katra Projekta izdevumiem vai atbilstošu uzskaites kodu sistēmu attiecībā uz visiem ar Projektu saistītajiem darījumiem .</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3636" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finanšu pārskatus Finansējuma saņēmējs sagatavo atbilstoši normatīvajiem aktiem, kas nosaka kārtību, kādā finanšu pārskatos atspoguļojams saņemtais finansiālais atbalsts (finanšu atbalsts).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3637" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Finansējuma saņēmējs vai sadarbības partneris darbojas kādā no neatbalstāmajām nozarēm, bet atbalsts Līguma ietvaros paredzēts atbalstāmajā nozarē, tas nodrošina atbalstāmās nozares Projekta īstenošanas finanšu plūsmas skaidru nodalīšanu no citu Finansējuma saņēmēja un sadarbības partnera darbības nozaru finanšu plūsmām Projekta īstenošanas laikā un Pēcuzraudzības periodā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3638" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="kārtība-kādā-tiek-veiktas-pārbaudes-proj"/>
+      <w:bookmarkStart w:id="12" w:name="kārtība-kādā-tiek-veiktas-pārbaudes-proj"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Kārtība, kādā tiek veiktas pārbaudes Projekta īstenošanas vietā</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="340D3639" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestāde Līguma darbības laikā var veikt pārbaudi Projektā vai iepirkuma līgumā norādītajā Projekta īstenošanas vietā atbilstoši MK noteikumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
@@ -3643,73 +3773,74 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Citas ES fondu vadībā iesaistītās Latvijas Republikas vai ES institūcijas, kā arī citas kompetentās institūcijas pārbaudes Projekta īstenošanas vietā veic saskaņā ar normatīvajiem aktiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3643" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Veicot pārbaudi Projekta īstenošanas vietā, Sadarbības iestāde var piesaistīt attiecīgās nozares ekspertu, lai pārliecinātos par Finansējuma saņēmēja Projekta īstenošanas atbilstību Līguma un normatīvo aktu nosacījumiem. Pamatojoties uz eksperta atzinumu, Sadarbības iestāde var lemt par neatbilstību konstatēšanu un Attiecināmo izdevumu samazināšanu vai Līguma izbeigšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3644" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="iepirkumu-veikšanas-kārtība"/>
+      <w:bookmarkStart w:id="13" w:name="iepirkumu-veikšanas-kārtība"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iepirkumu veikšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="340D3645" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc Līguma noslēgšanas ievada datus par Projektā plānotiem iepirkumiem Projektu portālā (KPVIS) atbilstoši Projektu portālā (KPVIS) pieejamai formai. Finansējuma saņēmējs aktualizē informāciju par Projektā plānotiem iepirkumiem Projektu portālā (KPVIS) tiklīdz zināma informācija par izmaiņām, bet ne vēlāk kā līdz iepirkuma procedūras uzsākšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3646" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -3734,110 +3865,147 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestāde atbilstoši MK noteikumos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> paredzētajai kārtībai un Iepirkumu uzraudzības biroja izstrādātajai metodikai izlases veidā veic iepirkumu pirmspārbaudes, nepieciešamības gadījumā pieprasot papildu informāciju vai dokumentus no Finansējuma saņēmēja vai kompetentajām institūcijām.</w:t>
+        <w:t xml:space="preserve"> paredzētajai kārtībai un Iepirkumu uzraudzības biroja izstrādātajai metodikai izlases veidā veic iepirkumu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pirmspārbaudes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, nepieciešamības gadījumā pieprasot papildu informāciju vai dokumentus no Finansējuma saņēmēja vai kompetentajām institūcijām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3648" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Veicot iepirkumu Projekta vajadzībām, Finansējuma saņēmējs un sadarbības partneris :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3649" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nodrošina Publisko iepirkumu likumā un normatīvajos aktos un Iepirkumu uzraudzības biroja vadlīnijās un skaidrojumos noteikto prasību ievērošanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340D364A" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00407C43" w:rsidRDefault="00491FEA" w:rsidP="6FC76F06">
+    <w:p w14:paraId="340D364A" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00813AD4" w:rsidRDefault="00491FEA" w:rsidP="6FC76F06">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813AD4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813AD4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nediskriminācijas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813AD4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, savstarpējās atzīšanas, atklātības un vienlīdzīgas attieksmes principu ievērošanu, kā arī piegādātāju brīvu konkurenci</w:t>
+      </w:r>
       <w:r w:rsidRPr="17932BB5">
-        <w:t>nodrošina nediskriminācijas, savstarpējās atzīšanas, atklātības un vienlīdzīgas attieksmes principu ievērošanu, kā arī piegādātāju brīvu konkurenci</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="17932BB5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="19"/>
       </w:r>
-      <w:r w:rsidRPr="17932BB5">
+      <w:r w:rsidRPr="00813AD4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D364B" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nodrošina interešu konflikta neesamību;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B344EF3" w14:textId="6228B413" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="6AD9D180" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
@@ -3935,92 +4103,99 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Slēdzot uzņēmuma līgumu ar esošo vai bijušo darbinieku</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="21"/>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> , Finansējuma saņēmējs nodrošina un spēj dokumentāli pierādīt, ka attiecīgais darbinieks nav bijis iesaistīts iepirkuma, kura ietvaros tiek slēgts uzņēmuma līgums, procedūras dokumentu izstrādāšanā, tam nav bijušas citas priekšrocības vai tas kā citādi nav ietekmējis Finansējuma saņēmēja lēmuma pieņemšanu.</w:t>
+        <w:t xml:space="preserve"> , Finansējuma saņēmējs nodrošina un spēj dokumentāli pierādīt, ka attiecīgais darbinieks nav bijis iesaistīts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>iepirkuma, kura ietvaros tiek slēgts uzņēmuma līgums, procedūras dokumentu izstrādāšanā, tam nav bijušas citas priekšrocības vai tas kā citādi nav ietekmējis Finansējuma saņēmēja lēmuma pieņemšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D364F" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs pēc Sadarbības iestādes pieprasījuma noteiktajā termiņā iesniedz iepirkuma dokumentāciju.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3650" w14:textId="71835649" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="maksājuma-pieprasījumu-iesniegšanas-un-i"/>
+      <w:bookmarkStart w:id="14" w:name="maksājuma-pieprasījumu-iesniegšanas-un-i"/>
       <w:r w:rsidRPr="6860BD95">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Maksājuma pieprasījumu iesniegšanas un izskatīšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="340D3651" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs, īstenojot Projektu, maksājumus veic no līdzekļiem, kas Projekta īstenošanai paredzēti tā budžetā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3652" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -4116,56 +4291,117 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Maksājuma pieprasījumā iekļautos Izdevumus vai Rezultātu pamatojošos dokumentus, t. sk. komunikācijas un vizuālās identitātes prasību ievērošanu apliecinošo liecību, Finansējuma saņēmējs iesniedz pēc Sadarbības iestādes pieprasījuma izlases veida pārbaudes veikšanai, Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 5 (piecām) darbdienām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3657" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
+      <w:r w:rsidRPr="728C01F3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs kopā ar attiecīgo Maksājuma pieprasījumu iesniedz apliecinājumu par iznākuma un rezultāta rādītāju sasniegšanu.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0275F6" w14:textId="626453C1" w:rsidR="006E3F3E" w:rsidRDefault="006E3F3E" w:rsidP="006E3F3E">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="15" w:author="Linda Broliša" w:date="2025-12-08T13:55:00Z" w16du:dateUtc="2025-12-08T11:55:00Z"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="16" w:author="Linda Broliša" w:date="2025-12-08T13:55:00Z">
+        <w:r w:rsidRPr="6045353A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>Finansējuma saņēmējs kopā ar Noslēguma maksājuma pieprasījumu iesniedz projekta darbību īstenošanas rezultātā gūto ieņēmumu un darbību izmaksas pamatojošos dokumentus</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="17" w:author="Dagnija Burtniece-Pīlēna" w:date="2025-12-16T17:20:00Z">
+        <w:r w:rsidR="00E43360" w:rsidRPr="6045353A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (ja attiecināms)</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="18" w:author="Linda Broliša" w:date="2025-12-08T13:55:00Z">
+        <w:r w:rsidRPr="6045353A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>. Pirms vai kopā ar Noslēguma maksājuma pieprasījumu, ja tas nepieciešams, iesniedz aktualizētu Izmaksu un ieguvumu analīzi (ja attiecināms) vai Finanšu analīzi</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="19" w:author="Dagnija Burtniece-Pīlēna" w:date="2025-12-16T17:26:00Z">
+        <w:r w:rsidR="00C70DDA" w:rsidRPr="6045353A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (ja attiecināms)</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="20" w:author="Linda Broliša" w:date="2025-12-08T13:55:00Z">
+        <w:r w:rsidRPr="6045353A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">, kurā ņemti vērā faktiski gūtie neto ieņēmumi no projekta darbību īstenošanas projekta ieviešanas laikā, nosakot ES fondu atbalsta likmi projektā vai projekta daļā, kurā </w:t>
+        </w:r>
+        <w:r w:rsidRPr="6045353A">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi.</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:p w14:paraId="340D3658" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Finansējuma saņēmējs pēc Sadarbības iestādes pieprasījuma iesniedz apliecinājumu, ka Projekta ietvaros neveic ar pievienotās vērtības nodokli apliekamus darījumus vai veic darījumus, uz kuriem nav attiecināms </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="00F30915">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
@@ -4288,92 +4524,113 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestādei ir tiesības iesniegto maksājuma pieprasījumu noraidīt, ja pēc Sadarbības iestādes pieprasījuma Finansējuma saņēmējs neiesniedz šo noteikumu 9.6. apakšpunktā minētos pamatojošos dokumentus vai nenovērš šo noteikumu 9.12. apakšpunktā minētās Sadarbības iestādes norādītās nepilnības noteiktajā termiņā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D365E" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Ja Finansējuma saņēmējs šo noteikumu 9.3. apakšpunktā paredzētajā termiņā nav iesniedzis Sadarbības iestādē maksājuma pieprasījumu, Sadarbības iestāde nosūta Finansējuma saņēmējam rakstisku atgādinājumu un brīdina par iespējamām saistību neizpildes sekām. Ja Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc rakstiska atgādinājuma nosūtīšanas neiesniedz Sadarbības iestādei maksājuma pieprasījumu, Sadarbības iestāde var piemērot šo noteikumu 11. un 13. sadaļā paredzētās sankcijas.</w:t>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmējs šo noteikumu 9.3. apakšpunktā paredzētajā termiņā nav iesniedzis Sadarbības iestādē maksājuma pieprasījumu, Sadarbības iestāde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam rakstisku atgādinājumu un brīdina par iespējamām saistību neizpildes sekām. Ja Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc rakstiska atgādinājuma nosūtīšanas neiesniedz Sadarbības iestādei maksājuma pieprasījumu, Sadarbības iestāde var piemērot šo noteikumu 11. un 13. sadaļā paredzētās sankcijas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D365F" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Sadarbības iestādei ir tiesības maksājuma pieprasījuma izvērtēšanas laikā pieaicināt ekspertu, lai pārbaudītu, vai Attiecināmie izdevumi ir samērīgi un ekonomiski pamatoti, kā arī lai pārbaudītu Attiecināmo izdevumu pozīciju atbilstību Projektā plānotajam, Projekta darbību izpildes apmērus un atbilstību Projekta mērķim. Kompensācijas trešajām personām par kaitējumu, kas ir nodarīts Projekta īstenošanas gaitā Finansējuma saņēmēja , sadarbības partnera vai darbu izpildītāju darbības vai bezdarbības rezultātā, uzskatāmas par neattiecināmiem izdevumiem.</w:t>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības maksājuma pieprasījuma izvērtēšanas laikā pieaicināt ekspertu, lai pārbaudītu, vai Attiecināmie izdevumi ir samērīgi un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ekonomiski pamatoti, kā arī lai pārbaudītu Attiecināmo izdevumu pozīciju atbilstību Projektā plānotajam, Projekta darbību izpildes apmērus un atbilstību Projekta mērķim. Kompensācijas trešajām personām par kaitējumu, kas ir nodarīts Projekta īstenošanas gaitā Finansējuma saņēmēja , sadarbības partnera vai darbu izpildītāju darbības vai bezdarbības rezultātā, uzskatāmas par neattiecināmiem izdevumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3660" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="attiecināmo-izdevumu-apmēra-samazināšana"/>
+      <w:bookmarkStart w:id="21" w:name="attiecināmo-izdevumu-apmēra-samazināšana"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Attiecināmo izdevumu apmēra samazināšana</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="340D3661" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestāde var samazināt Attiecināmo izdevumu summu, ja:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3662" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -4635,78 +4892,88 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Sadarbības iestāde samazina maksājuma pieprasījumā norādīto Attiecināmo izdevumu apmēru, tā informē Finansējuma saņēmēju, norādot pamatojumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D366F" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="asignējuma-apturēšana"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="22" w:name="asignējuma-apturēšana"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Asignējuma apturēšana</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="340D3670" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00407C43" w:rsidRDefault="00491FEA" w:rsidP="6FC76F06">
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="340D3670" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00813AD4" w:rsidRDefault="00491FEA" w:rsidP="6FC76F06">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813AD4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja pastāv kaut viens no turpmāk minētajiem apstākļiem, Sadarbības iestāde līdz šo apstākļu un to izraisīto seku pilnīgai izvērtēšanai vai novēršanai var apturēt asignējumu piešķiršanu , nepieciešamības gadījumā norādot termiņu attiecīgo apstākļu novēršanai</w:t>
+      </w:r>
       <w:r w:rsidRPr="17932BB5">
-        <w:t>Ja pastāv kaut viens no turpmāk minētajiem apstākļiem, Sadarbības iestāde līdz šo apstākļu un to izraisīto seku pilnīgai izvērtēšanai vai novēršanai var apturēt asignējumu piešķiršanu , nepieciešamības gadījumā norādot termiņu attiecīgo apstākļu novēršanai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="17932BB5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="26"/>
       </w:r>
-      <w:r w:rsidRPr="17932BB5">
+      <w:r w:rsidRPr="00813AD4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3671" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta īstenošanas laikā ir iestājušies apstākļi, kas rada Līguma noteikto Finansējuma saņēmēja pienākumu un sniegto apliecinājumu pārkāpumu, kā arī Projekta pārbaudes rezultātā tiek konstatēti trūkumi un noteikts termiņš to novēršanai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3672" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
@@ -4811,64 +5078,64 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Finansējuma saņēmējs nav nodrošinājis maksājuma pieprasījuma iesniegšanu šo noteikumu 9.3. apakšpunktā paredzētajā termiņā vai nav novērsis maksājuma pieprasījumā konstatētās nepilnības šo noteikumu 9.12. apakšpunktā minētajā termiņā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3678" w14:textId="17F9540D" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="līguma-grozījumi"/>
+      <w:bookmarkStart w:id="23" w:name="līguma-grozījumi"/>
       <w:r w:rsidRPr="036BFDB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līguma grozījumi</w:t>
       </w:r>
       <w:r w:rsidR="7F92AD36" w:rsidRPr="036BFDB2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                            </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="340D3679" w14:textId="6E8CB249" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja pēc līguma noslēgšanas tā individuālajā daļā vai Projektā, vai Līguma pielikumos ir nepieciešami grozījumi, Sadarbības iestāde vai Finansējuma saņēmējs Projektu portālā (KPVIS) ierosina Līguma grozījumus. Līguma grozījumus veic par būtiskām izmaiņām, kas attiecas uz Projekta iesnieguma datu laukiem, kas norādīti MK noteikumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="27"/>
@@ -4942,51 +5209,58 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sadarbības iestādes ierosinātie Līguma grozījumi par izmaiņām Līguma 1.</w:t>
       </w:r>
       <w:r w:rsidR="003E1021" w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pielikumā “Līguma vispārīgie noteikumi” stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kas Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu spēkā stāšanās termiņu.</w:t>
+        <w:t xml:space="preserve">pielikumā “Līguma vispārīgie noteikumi” stājas spēkā dienā, kad Sadarbības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kas Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu spēkā stāšanās termiņu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D367D" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ierosinot Līguma grozījumus, Finansējuma saņēmējs vienlaikus ar grozījumu priekšlikumu Projektu portālā (KPVIS) iesniedz Sadarbības iestādei:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D367E" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5081,51 +5355,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos Līguma grozījumus noraida, tā informē Finansējuma saņēmēju par noraidīšanas pamatojumu, kā arī, ja nepieciešams, norāda informāciju par nepieciešamajiem precizējumiem un grozījumu atkārtotas iesniegšanas kārtību. Sadarbības iestādei ir tiesības noraidīt Finansējuma saņēmēja ierosinātos grozījumus, ja Projekta īstenošana nav iespējama atbilstoši Projektā noteiktajam un, ja šie grozījumi ietekmē Projekta mērķu un Projektā norādīto uzraudzības rādītāju un horizontālo principu rādītāju sasniegšanu, pasliktina sākotnējo Projekta novērtējumu pēc Specifiskā atbalsta mērķa vai tā pasākuma , vai atlases kārtas projektu iesniegumu vērtēšanas kritērijiem, ir pretrunā normatīvajiem aktiem, Līguma nosacījumiem, kā arī citos gadījumos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3682" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos grozījumus apstiprina, tā nosūta paziņojumu par Līguma grozījumu apstiprināšanu vai Sadarbības iestādes apstiprinātos Līguma grozījumus Finansējuma saņēmējam apstiprināšanai un parakstīšanai Projektu portālā (KPVIS). Finansējuma saņēmējs Sadarbības iestādes noteiktajā termiņā apstiprina un paraksta Līguma grozījumus Projektu portālā (KPVIS).</w:t>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos grozījumus apstiprina, tā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paziņojumu par Līguma grozījumu apstiprināšanu vai Sadarbības iestādes apstiprinātos Līguma grozījumus Finansējuma saņēmējam apstiprināšanai un parakstīšanai Projektu portālā (KPVIS). Finansējuma saņēmējs Sadarbības iestādes noteiktajā termiņā apstiprina un paraksta Līguma grozījumus Projektu portālā (KPVIS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3683" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Finansējuma saņēmēja ierosinātajos grozījumos veicami precizējumi, Sadarbības iestāde informē Finansējuma saņēmēju par veicamajiem precizējumiem un norāda termiņu veicamo precizējumu iesniegšanai Projektu portālā (KPVIS). Grozījumu izvērtēšanas termiņu pagarina par precizējumu izskatīšanai nepieciešamo laiku, bet ne vairāk kā par 20 (divdesmit) darbdienām no precizējumu saņemšanas dienas Projektu portālā (KPVIS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3684" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5138,51 +5426,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Līguma izmaiņas attiecas uz Pušu pamatdatiem (kontaktinformācija, juridiskā adrese, atbildīgā amatpersona) Sadarbības iestāde vai Finansējuma saņēmējs veic atbilstošas izmaiņas Projektu portālā (KPVIS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3685" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Līguma grozījumi par Attiecināmo izdevumu gala summu pēc informācijas par Projekta izdevumiem un īstenošanas progresu, rādītāju sasniegšanu un Projekta noslēguma maksājuma pieprasījuma izskatīšanas un samazinot Projekta attiecināmo izdevumu summu par neatbilstoši veikto izdevumu summu pēc lēmuma par neatbilstības konstatēšanu apstrīdēšanas termiņa beigām, tiek noformēti kā vienpusējs Sadarbības iestādes paziņojums un stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kad Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu grozījumu spēkā stāšanās termiņu.</w:t>
+        <w:t xml:space="preserve">Līguma grozījumi par Attiecināmo izdevumu gala summu pēc informācijas par Projekta izdevumiem un īstenošanas progresu, rādītāju sasniegšanu un Projekta noslēguma maksājuma pieprasījuma izskatīšanas un samazinot Projekta attiecināmo izdevumu summu par neatbilstoši veikto izdevumu summu pēc lēmuma par neatbilstības konstatēšanu apstrīdēšanas termiņa beigām, tiek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>noformēti kā vienpusējs Sadarbības iestādes paziņojums un stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kad Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu grozījumu spēkā stāšanās termiņu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3686" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Līguma grozījumi attiecas uz Līguma 2.pielikuma sadaļā “Projekta budžeta kopsavilkums” iekļauto neparedzēto izdevumu pārdali citiem Projekta Attiecināmajiem izdevumiem, Finansējuma saņēmējs paziņo par nepieciešamajām izmaiņām, iesniedzot Sadarbības iestādē precizētu Līguma 2.pielikuma sadaļu “Projekta budžeta kopsavilkums” un pamatojumu pārdales nepieciešamībai šo noteikumu 12.5. apakšpunktā noteiktajā kārtībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3687" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5206,58 +5501,58 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un ir Finansējuma saņēmējam saistoša no to ievietošanas brīža.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3688" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="līguma-izbeigšanas-kārtība-un-spēkā-nees"/>
+      <w:bookmarkStart w:id="24" w:name="līguma-izbeigšanas-kārtība-un-spēkā-nees"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līguma izbeigšanas kārtība un spēkā neesamība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="340D3689" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līgums izbeidzas ar Pušu saistību pilnīgu izpildi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D368A" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -5269,51 +5564,107 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Puses var izbeigt Līguma darbību pirms Līguma noteikto saistību izpildes termiņa iestāšanās, savstarpēji vienojoties, ja vien šajā Līgumā attiecībā uz Pušu tiesībām un pienākumiem nav noteikta cita kārtība. Vienošanās par Līguma izbeigšanu tiek noformēta rakstiski.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D368B" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Ja Finansējuma saņēmējs ierosina izbeigt Līgumu un Finansējuma saņēmējam Projekta īstenošanas laikā nebija radušies izdevumi, kā arī nav citu no Līguma izrietošu saistību pret Sadarbības iestādi, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad saņemts Finansējuma saņēmēja rakstisks ierosinājums, veic apstākļu izvērtēšanu, pēc kā nosūta Finansējuma saņēmējam parakstītu vienošanos par Līguma izbeigšanu, izņemot šo noteikumu 13.6. apakšpunktā paredzētajā gadījumā. Ja Sadarbības iestāde ierosina Līguma izbeigšanu, tā nosūta Finansējuma saņēmējam parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs pēc vienošanās par Līguma izbeigšanu parakstīšanas nosūta Sadarbības iestādei tās eksemplāru. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmējs ierosina izbeigt Līgumu un Finansējuma saņēmējam Projekta īstenošanas laikā nebija radušies izdevumi, kā arī nav citu no Līguma izrietošu saistību pret Sadarbības iestādi, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad saņemts Finansējuma saņēmēja rakstisks ierosinājums, veic apstākļu izvērtēšanu, pēc kā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam parakstītu vienošanos par Līguma izbeigšanu, izņemot šo noteikumu 13.6. apakšpunktā paredzētajā gadījumā. Ja Sadarbības iestāde ierosina Līguma izbeigšanu, tā </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs pēc vienošanās par Līguma izbeigšanu parakstīšanas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sadarbības iestādei tās eksemplāru. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D368C" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ja Finansējuma saņēmējs vai Sadarbības iestāde ierosina izbeigt Līgumu un Finansējuma saņēmējam Projekta īstenošanas laikā ir radušies izdevumi, Sadarbības iestāde:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D368D" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5322,112 +5673,191 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pieņem lēmumu par Līguma izbeigšanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D368E" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F30915">
-[...3 lines deleted...]
-        <w:t>nosūta Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs Sadarbības iestādes noteiktā termiņā paraksta vienošanos par Līguma izbeigšanu un nosūta parakstītu vienošanos par Līguma izbeigšanu Sadarbības iestādei. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs Sadarbības iestādes noteiktā termiņā paraksta vienošanos par Līguma izbeigšanu un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parakstītu vienošanos par Līguma izbeigšanu Sadarbības iestādei. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D368F" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Ja Finansējuma saņēmējs vai Sadarbības iestāde ierosina izbeigt Līgumu un Finansējuma saņēmējam ir veikta Atbalsta summas vai tās daļas izmaksa, Finansējuma saņēmējam ir pienākums veikt saņemtās Atbalsta summas vai tās daļas atmaksu Sadarbības iestādei. Sadarbības iestāde šādā gadījumā pēc Finansējuma saņēmēja rakstveida ierosinājuma izbeigt Līgumu saņemšanas vai ierosinot izbeigt Līgumu:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3690" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>paziņo Finansējuma saņēmējam termiņu, kādā saņemtā Atbalsta summa vai tās daļa atmaksājama, veicot pārskaitījumu uz Sadarbības iestādes norādīto kontu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3691" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta Finansējuma saņēmēja pārskaitītā visa Atbalsta summas vai tās daļas atmaksa, nosūta Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs pēc vienošanās parakstīšanas nosūta Sadarbības iestādei parakstīto vienošanos par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde nosūta Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+        <w:t xml:space="preserve">Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta Finansējuma saņēmēja pārskaitītā visa Atbalsta summas vai tās daļas atmaksa, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam Sadarbības iestādes parakstītu vienošanos par Līguma izbeigšanu. Finansējuma saņēmējs pēc vienošanās parakstīšanas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sadarbības iestādei parakstīto vienošanos par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3692" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ja Finansējuma saņēmējs objektīvu apsvērumu dēļ nevar nodrošināt saņemtās Atbalsta summas vai tās daļas atmaksu Sadarbības iestādes noteiktajā termiņā, Puses noslēdz rakstisku vienošanos par saņemtās Atbalsta summas vai tās daļas atmaksas grafiku. Ar šīs vienošanās par saņemtās Atbalsta summas vai tās daļas atmaksas grafiku tiek izbeigta Līguma darbība un Finansējuma saņēmēja saistību izpilde Atbalsta summas vai tās daļas atmaksai tiek nodrošināta vienošanās ietvaros atbilstoši tās nosacījumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3693" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5510,70 +5940,91 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>konstatēts, ka Finansējuma saņēmējs Projekta darbību īstenošanas laikā, pēc atkārtota Sadarbības iestādes brīdinājuma, nepilda normatīvajos aktos vai Līgumā noteiktos pienākumus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3697" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>konstatēts, ka Līgumu nav iespējams izpildīt tādēļ, ka ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas ES vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas. Šādā gadījumā Sadarbības iestāde nosūta Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+        <w:t xml:space="preserve">konstatēts, ka Līgumu nav iespējams izpildīt tādēļ, ka ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas ES vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas. Šādā gadījumā Sadarbības iestāde </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3698" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Visos Līgumā minētajos gadījumos, kad Līgums tiek izbeigts ar Sadarbības iestādes vienpusēju paziņojumu, ja paziņojums tiek nosūtīts ar elektroniskā pasta starpniecību, izmantojot drošu elektronisko parakstu, Līgums uzskatāms par izbeigtu otrajā darbdienā pēc tā nosūtīšanas.</w:t>
+        <w:t xml:space="preserve">Visos Līgumā minētajos gadījumos, kad Līgums tiek izbeigts ar Sadarbības iestādes vienpusēju paziņojumu, ja paziņojums tiek nosūtīts ar elektroniskā pasta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>starpniecību, izmantojot drošu elektronisko parakstu, Līgums uzskatāms par izbeigtu otrajā darbdienā pēc tā nosūtīšanas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D3699" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Gadījumos, kad Līgums tiek izbeigts saskaņā ar Pušu rakstisku vienošanos, par Līguma izbeigšanas dienu uzskatāma diena, kad to parakstījusi pēdējā no Pusēm, ja vien Sadarbības iestāde minētajā vienošanās nav noteikusi citu Līguma izbeigšanas termiņu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D369A" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5582,58 +6033,58 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līgums uzskatāms par spēkā neesošu no tā parakstīšanas dienas, ja tas ticis noslēgts, pamatojoties uz prettiesisku pārvaldes lēmumu par Projekta iesnieguma apstiprināšanu un minētais pārvaldes lēmums ticis atcelts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D369B" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="noslēguma-jautājumi"/>
+      <w:bookmarkStart w:id="25" w:name="noslēguma-jautājumi"/>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Noslēguma jautājumi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="340D369C" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nosacījumi, kas tieši nav atrunāti Līgumā, tiek risināti saskaņā ar normatīvajiem aktiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D369D" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -5791,51 +6242,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Puses tiek atbrīvotas no atbildības par Līguma pilnīgu vai daļēju neizpildi, ja šāda neizpilde radusies nepārvaramas varas vai ārkārtēju apstākļu rezultātā, kuru darbība sākusies pēc Līguma noslēgšanas un kurus nevarēja iepriekš ne paredzēt, ne novērst. Pie nepārvaramas varas un ārkārtējiem apstākļiem pieskaitāmi: stihiskas nelaimes, avārijas, katastrofas, epidēmijas, epizootijas, kara darbība, nemieri, kas kavē vai pārtrauc Līguma saistību pilnīgu izpildi. Puses apņemas veikt nepieciešamos pasākumus, lai līdz minimumam samazinātu kaitējumus, kas var izrietēt no nepārvaramas varas apstākļiem, kā arī izpildīt attiecīgo Līguma saistību pēc nepārvaramas varas vai ārkārtējo apstākļu beigām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D36A5" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Par nepārvaramas varas un ārkārtējiem apstākļiem tiek ziņots rakstiski šo noteikumu 2.1.14. apakšpunktā noteiktajā kārtībā. Ziņojumā jānorāda, kādā termiņā ir iespējama un paredzama Līgumā noteikto saistību izpilde, un pēc otras Puses pieprasījuma papildus jāiesniedz izziņa, kuru izsniegusi kompetenta institūcija un kura satur minēto ārkārtējo apstākļu darbības apstiprinājumu un to raksturojumu. Šādā gadījumā Līgumā paredzēto Pušu pienākumu veikšanas termiņš tiek atlikts samērīgi ar šādu apstākļu darbības ilgumu, ievērojot pieļaujamo Projekta īstenošanas ilgumu.</w:t>
+        <w:t xml:space="preserve">Par nepārvaramas varas un ārkārtējiem apstākļiem tiek ziņots rakstiski šo noteikumu 2.1.14. apakšpunktā noteiktajā kārtībā. Ziņojumā jānorāda, kādā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F30915">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>termiņā ir iespējama un paredzama Līgumā noteikto saistību izpilde, un pēc otras Puses pieprasījuma papildus jāiesniedz izziņa, kuru izsniegusi kompetenta institūcija un kura satur minēto ārkārtējo apstākļu darbības apstiprinājumu un to raksturojumu. Šādā gadījumā Līgumā paredzēto Pušu pienākumu veikšanas termiņš tiek atlikts samērīgi ar šādu apstākļu darbības ilgumu, ievērojot pieļaujamo Projekta īstenošanas ilgumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D36A6" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Strīdus, kas rodas Līguma darbības laikā, Puses risina savstarpējā sarunu ceļā, panākot vienošanos, kura tiek noformēta rakstiski.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340D36A7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidRDefault="00491FEA" w:rsidP="004D0A17">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
@@ -5845,153 +6303,153 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F30915">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Gadījumā, ja vienošanās netiek panākta, strīdi tiek risināti saskaņā ar Latvijas Republikas normatīvajos aktos noteikto kārtību.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00554BD1" w:rsidRPr="00F30915" w:rsidSect="00AB304B">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1183" w:bottom="709" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="148D6683" w14:textId="77777777" w:rsidR="00DE38ED" w:rsidRDefault="00DE38ED">
+    <w:p w14:paraId="5B5DFA61" w14:textId="77777777" w:rsidR="00715D80" w:rsidRDefault="00715D80">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6496EB25" w14:textId="77777777" w:rsidR="00DE38ED" w:rsidRDefault="00DE38ED">
+    <w:p w14:paraId="2A29C544" w14:textId="77777777" w:rsidR="00715D80" w:rsidRDefault="00715D80">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C1CF223" w14:textId="77777777" w:rsidR="00DE38ED" w:rsidRDefault="00DE38ED">
+    <w:p w14:paraId="471F98DD" w14:textId="77777777" w:rsidR="00715D80" w:rsidRDefault="00715D80">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B4568B3" w14:textId="77777777" w:rsidR="00DE38ED" w:rsidRDefault="00DE38ED">
+    <w:p w14:paraId="37AF8E0D" w14:textId="77777777" w:rsidR="00715D80" w:rsidRDefault="00715D80">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1866BCDA" w14:textId="77777777" w:rsidR="00DE38ED" w:rsidRDefault="00DE38ED">
+    <w:p w14:paraId="66E1B238" w14:textId="77777777" w:rsidR="00715D80" w:rsidRDefault="00715D80">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7FE54DCB" w14:textId="77777777" w:rsidR="00DE38ED" w:rsidRDefault="00DE38ED">
+    <w:p w14:paraId="4F647BD2" w14:textId="77777777" w:rsidR="00715D80" w:rsidRDefault="00715D80">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="340D36AA" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
@@ -6011,113 +6469,137 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādāta redakcija)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādāta redakcija)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="340D36AC" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Atsauce tiks precizēta pēc vadlīniju spēkā stāšanās</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Atsauce tiks precizēta pēc vadlīniju spēkā stāšanās</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="340D36AD" w14:textId="6888153F" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 21.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07" w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>marta noteikumi Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07" w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6136,82 +6618,98 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 19. decembra noteikumi Nr. 802 “Neatbilstību konstatēšanas un neatbilstoši veikto izdevumu atgūšanas kārtība Eiropas Savienības fondu īstenošanā 2021.–2027. gada plānošanas periodā”</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 19. decembra noteikumi Nr. 802 “Neatbilstību konstatēšanas un neatbilstoši veikto izdevumu atgūšanas kārtība Eiropas Savienības fondu īstenošanā 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="340D36AF" w14:textId="5A3BF271" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gadam īstenošanai”, Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6230,233 +6728,281 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="340D36B1" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vadošās iestādes vadlīnijas “ES fondu 2021.-2027. gada un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas”, publicētas tīmekļa </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vadošās iestādes vadlīnijas “ES fondu 2021.-2027. gada un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas”, publicētas tīmekļa </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
         <w:r w:rsidRPr="00534C07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>vietnē</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="340D36B2" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="340D36B3" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p w14:paraId="340D36B4" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p w14:paraId="340D36B5" w14:textId="3E71A517" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 13.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6507,51 +7053,59 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 13.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6602,51 +7156,59 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 21.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>marta noteikumi Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6665,98 +7227,114 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vadošās iestādes 3.02.2025. Vadlīnijas Eiropas Savienības fondu līdzfinansēto projektu riskos balstītām pārbaudēm 2021.-2027.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Vadošās iestādes 3.02.2025. Vadlīnijas Eiropas Savienības fondu līdzfinansēto projektu riskos balstītām pārbaudēm 2021.-2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
     <w:p w14:paraId="340D36B9" w14:textId="36D78DBE" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 21.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>marta noteikumi Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6775,269 +7353,343 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 21.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
     <w:p w14:paraId="340D36BB" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Līgums par Eiropas Savienības darbību</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līgums par Eiropas Savienības darbību</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="20">
     <w:p w14:paraId="340D36BD" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Iepirkumu uzraudzības biroja skaidrojums “Skaidrojums par priekšizpētes veikšanu paredzamās līgumcenas noteikšanai”</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iepirkumu uzraudzības biroja skaidrojums “Skaidrojums par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>priekšizpētes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veikšanu paredzamās līgumcenas noteikšanai”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="21">
     <w:p w14:paraId="340D36BE" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bijušais darbinieks šī līguma izpratnē ir darbinieks, kuram no darba tiesisko attiecību izbeigšanās dienas līdz paredzētajai uzņēmuma līguma noslēgšanai ir pagājuši mazāk kā divi gadi.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Bijušais darbinieks šī līguma izpratnē ir darbinieks, kuram no darba tiesisko attiecību izbeigšanās dienas līdz paredzētajai uzņēmuma līguma noslēgšanai ir pagājuši mazāk kā divi gadi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="22">
     <w:p w14:paraId="340D36BF" w14:textId="4937F5AF" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 21.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 21.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="23">
     <w:p w14:paraId="340D36C0" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pievienotās vērtības nodokļa likums</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pievienotās vērtības nodokļa likums</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="24">
     <w:p w14:paraId="340D36C1" w14:textId="241763C6" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.– 2027.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.– 2027.</w:t>
       </w:r>
       <w:r w:rsidR="003E1021">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gadam īstenošanai”, Vadošās iestādes metodika “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7056,113 +7708,137 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="26">
     <w:p w14:paraId="340D36C3" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2010. gada 28. decembra noteikumi Nr. 1220 “Asignējumu piešķiršanas un izpildes kārtība”</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2010. gada 28. decembra noteikumi Nr. 1220 “Asignējumu piešķiršanas un izpildes kārtība”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="27">
     <w:p w14:paraId="340D36C4" w14:textId="1B2492D7" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7181,51 +7857,59 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 13.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7276,98 +7960,114 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="30">
     <w:p w14:paraId="340D36C7" w14:textId="77777777" w:rsidR="00554BD1" w:rsidRPr="00534C07" w:rsidRDefault="00491FEA" w:rsidP="00534C07">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00534C07">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534C07">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0CBB2B97" w14:textId="294B44C1" w:rsidR="000E7C25" w:rsidRPr="006D5A78" w:rsidRDefault="000E7C25" w:rsidP="000E7C25">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="644"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006D5A78">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>12. pielikums</w:t>
     </w:r>
@@ -8106,75 +8806,50 @@
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="785389377">
     <w:abstractNumId w:val="3"/>
-    <w:lvlOverride w:ilvl="0">
-[...23 lines deleted...]
-    </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="84806474">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
@@ -9034,98 +9709,111 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="2138720741">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Linda Broliša">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::linda.brolisa@cfla.gov.lv::06b756c8-7be6-4c9b-87e3-f5093d34754a"/>
+  </w15:person>
+  <w15:person w15:author="Dagnija Burtniece-Pīlēna">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Dagnija.Burtniece@varam.gov.lv::cd63a1c5-ed5d-436a-b7d8-0c8e80ece4ac"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00590D07"/>
     <w:rsid w:val="00005B5F"/>
     <w:rsid w:val="00011C8B"/>
     <w:rsid w:val="00011DE1"/>
     <w:rsid w:val="00014F5E"/>
     <w:rsid w:val="00032922"/>
     <w:rsid w:val="00036E0A"/>
     <w:rsid w:val="00037D38"/>
     <w:rsid w:val="00082127"/>
     <w:rsid w:val="00082278"/>
     <w:rsid w:val="0008608B"/>
     <w:rsid w:val="000955D3"/>
     <w:rsid w:val="000A1D4C"/>
     <w:rsid w:val="000A65D7"/>
     <w:rsid w:val="000A7752"/>
     <w:rsid w:val="000B72E9"/>
     <w:rsid w:val="000C4DA0"/>
+    <w:rsid w:val="000C6821"/>
     <w:rsid w:val="000D2CB5"/>
     <w:rsid w:val="000D4542"/>
     <w:rsid w:val="000D4633"/>
     <w:rsid w:val="000D5790"/>
     <w:rsid w:val="000D7D07"/>
     <w:rsid w:val="000E2D57"/>
     <w:rsid w:val="000E7C25"/>
     <w:rsid w:val="001028F8"/>
     <w:rsid w:val="001064BE"/>
     <w:rsid w:val="00116969"/>
     <w:rsid w:val="00117D52"/>
     <w:rsid w:val="0012360A"/>
     <w:rsid w:val="001245CC"/>
     <w:rsid w:val="0012644E"/>
     <w:rsid w:val="00132886"/>
     <w:rsid w:val="00133AE5"/>
     <w:rsid w:val="0018391E"/>
     <w:rsid w:val="00191000"/>
     <w:rsid w:val="00194DE7"/>
     <w:rsid w:val="001C4547"/>
     <w:rsid w:val="002041FE"/>
     <w:rsid w:val="0020555F"/>
     <w:rsid w:val="002555C6"/>
     <w:rsid w:val="0027291D"/>
     <w:rsid w:val="00274A18"/>
@@ -9146,304 +9834,350 @@
     <w:rsid w:val="003336CB"/>
     <w:rsid w:val="0033401C"/>
     <w:rsid w:val="00340E42"/>
     <w:rsid w:val="00353097"/>
     <w:rsid w:val="0035353B"/>
     <w:rsid w:val="0036108D"/>
     <w:rsid w:val="00390D89"/>
     <w:rsid w:val="003A12EE"/>
     <w:rsid w:val="003C2865"/>
     <w:rsid w:val="003E1021"/>
     <w:rsid w:val="003E2617"/>
     <w:rsid w:val="004006A0"/>
     <w:rsid w:val="0040615C"/>
     <w:rsid w:val="00407C43"/>
     <w:rsid w:val="00423464"/>
     <w:rsid w:val="004374C3"/>
     <w:rsid w:val="00442ECD"/>
     <w:rsid w:val="004441B6"/>
     <w:rsid w:val="00445C63"/>
     <w:rsid w:val="00447657"/>
     <w:rsid w:val="00456F75"/>
     <w:rsid w:val="00485F35"/>
     <w:rsid w:val="0049044D"/>
     <w:rsid w:val="00491FEA"/>
     <w:rsid w:val="004A4F0A"/>
+    <w:rsid w:val="004B1679"/>
     <w:rsid w:val="004B436C"/>
     <w:rsid w:val="004D0A17"/>
     <w:rsid w:val="004D28E3"/>
     <w:rsid w:val="004D7115"/>
     <w:rsid w:val="004E29B3"/>
     <w:rsid w:val="004E37E2"/>
     <w:rsid w:val="004E783A"/>
     <w:rsid w:val="00500773"/>
     <w:rsid w:val="00506D40"/>
     <w:rsid w:val="00534C07"/>
     <w:rsid w:val="0054634E"/>
     <w:rsid w:val="005502DB"/>
     <w:rsid w:val="00554BD1"/>
     <w:rsid w:val="005602D6"/>
     <w:rsid w:val="00563B69"/>
     <w:rsid w:val="00567BA6"/>
     <w:rsid w:val="00581CAF"/>
     <w:rsid w:val="005858DA"/>
     <w:rsid w:val="00590D07"/>
     <w:rsid w:val="00590D8D"/>
+    <w:rsid w:val="005928F1"/>
     <w:rsid w:val="00592C3D"/>
     <w:rsid w:val="00595C0B"/>
     <w:rsid w:val="005976CD"/>
     <w:rsid w:val="005A5826"/>
     <w:rsid w:val="005B4866"/>
     <w:rsid w:val="005C01AF"/>
     <w:rsid w:val="005C1CCE"/>
     <w:rsid w:val="005D4B41"/>
     <w:rsid w:val="005E3234"/>
     <w:rsid w:val="005E6387"/>
     <w:rsid w:val="005E654B"/>
     <w:rsid w:val="005F0801"/>
     <w:rsid w:val="00603CEF"/>
     <w:rsid w:val="00605EA2"/>
     <w:rsid w:val="00607EC2"/>
     <w:rsid w:val="006123AB"/>
     <w:rsid w:val="006219BE"/>
     <w:rsid w:val="00624599"/>
     <w:rsid w:val="006300F9"/>
     <w:rsid w:val="00630325"/>
     <w:rsid w:val="00634188"/>
+    <w:rsid w:val="00646421"/>
     <w:rsid w:val="00650581"/>
     <w:rsid w:val="00651EAB"/>
     <w:rsid w:val="0066067C"/>
     <w:rsid w:val="0066248C"/>
     <w:rsid w:val="006764DA"/>
     <w:rsid w:val="00681C13"/>
     <w:rsid w:val="006846E0"/>
     <w:rsid w:val="006B09AD"/>
     <w:rsid w:val="006C2B7D"/>
     <w:rsid w:val="006C40A5"/>
     <w:rsid w:val="006C41F8"/>
     <w:rsid w:val="006C730C"/>
     <w:rsid w:val="006D4BA4"/>
     <w:rsid w:val="006D5A78"/>
     <w:rsid w:val="006D6122"/>
     <w:rsid w:val="006D7690"/>
     <w:rsid w:val="006E04FA"/>
+    <w:rsid w:val="006E3F3E"/>
     <w:rsid w:val="006F4379"/>
+    <w:rsid w:val="00715D80"/>
     <w:rsid w:val="00716738"/>
     <w:rsid w:val="00720262"/>
     <w:rsid w:val="0072653F"/>
     <w:rsid w:val="00727C91"/>
     <w:rsid w:val="007349B4"/>
     <w:rsid w:val="00741B9B"/>
     <w:rsid w:val="00741E61"/>
     <w:rsid w:val="00746253"/>
+    <w:rsid w:val="00746B81"/>
     <w:rsid w:val="00754897"/>
     <w:rsid w:val="00771138"/>
     <w:rsid w:val="0077630C"/>
     <w:rsid w:val="00784D58"/>
     <w:rsid w:val="00790FB6"/>
     <w:rsid w:val="00795FEA"/>
     <w:rsid w:val="007A071D"/>
     <w:rsid w:val="007A2848"/>
     <w:rsid w:val="007B01D1"/>
     <w:rsid w:val="007B6460"/>
     <w:rsid w:val="007F03D6"/>
     <w:rsid w:val="007F05AF"/>
     <w:rsid w:val="007F3894"/>
+    <w:rsid w:val="00813AD4"/>
     <w:rsid w:val="008168E1"/>
     <w:rsid w:val="008264F2"/>
     <w:rsid w:val="00831D23"/>
     <w:rsid w:val="00832B42"/>
     <w:rsid w:val="008429BF"/>
     <w:rsid w:val="008534A2"/>
     <w:rsid w:val="008654CB"/>
     <w:rsid w:val="008808B4"/>
     <w:rsid w:val="008936FA"/>
     <w:rsid w:val="008A5CD5"/>
     <w:rsid w:val="008B0691"/>
     <w:rsid w:val="008B7023"/>
     <w:rsid w:val="008B7705"/>
     <w:rsid w:val="008C6F93"/>
     <w:rsid w:val="008D60D0"/>
     <w:rsid w:val="008D6863"/>
     <w:rsid w:val="008E2FEE"/>
     <w:rsid w:val="008F3D15"/>
     <w:rsid w:val="00902755"/>
     <w:rsid w:val="0090586D"/>
     <w:rsid w:val="009151E3"/>
     <w:rsid w:val="00916608"/>
     <w:rsid w:val="009215DE"/>
     <w:rsid w:val="009216EC"/>
+    <w:rsid w:val="009374A7"/>
     <w:rsid w:val="00943649"/>
     <w:rsid w:val="00951A6A"/>
     <w:rsid w:val="009543CA"/>
     <w:rsid w:val="00954B07"/>
     <w:rsid w:val="009844B1"/>
     <w:rsid w:val="00986664"/>
+    <w:rsid w:val="00996AA1"/>
     <w:rsid w:val="009B4186"/>
     <w:rsid w:val="009C05EF"/>
     <w:rsid w:val="009D3E2C"/>
     <w:rsid w:val="009D5E6E"/>
     <w:rsid w:val="009E1A43"/>
     <w:rsid w:val="009F4C1F"/>
     <w:rsid w:val="00A03845"/>
     <w:rsid w:val="00A126B9"/>
     <w:rsid w:val="00A31813"/>
     <w:rsid w:val="00A446D3"/>
     <w:rsid w:val="00A727B3"/>
     <w:rsid w:val="00A847BF"/>
     <w:rsid w:val="00AA50E8"/>
     <w:rsid w:val="00AB29B1"/>
     <w:rsid w:val="00AB304B"/>
     <w:rsid w:val="00AB7722"/>
     <w:rsid w:val="00AC6253"/>
     <w:rsid w:val="00AF4CC0"/>
     <w:rsid w:val="00B00021"/>
     <w:rsid w:val="00B30AB3"/>
     <w:rsid w:val="00B41BAA"/>
     <w:rsid w:val="00B50398"/>
     <w:rsid w:val="00B50B79"/>
     <w:rsid w:val="00B63464"/>
     <w:rsid w:val="00B86B75"/>
     <w:rsid w:val="00BB01C2"/>
     <w:rsid w:val="00BB56DB"/>
     <w:rsid w:val="00BC0738"/>
     <w:rsid w:val="00BC48D5"/>
     <w:rsid w:val="00BD1290"/>
     <w:rsid w:val="00BE5671"/>
     <w:rsid w:val="00C22CCF"/>
     <w:rsid w:val="00C36279"/>
     <w:rsid w:val="00C429C3"/>
+    <w:rsid w:val="00C70DDA"/>
     <w:rsid w:val="00C7789A"/>
     <w:rsid w:val="00CC55BB"/>
     <w:rsid w:val="00CD0F29"/>
     <w:rsid w:val="00CE16EB"/>
     <w:rsid w:val="00CE4F6E"/>
+    <w:rsid w:val="00CF0C65"/>
     <w:rsid w:val="00CF655E"/>
     <w:rsid w:val="00D06728"/>
     <w:rsid w:val="00D13FCF"/>
     <w:rsid w:val="00D14EBA"/>
     <w:rsid w:val="00D20A3F"/>
     <w:rsid w:val="00D62996"/>
+    <w:rsid w:val="00D851E7"/>
     <w:rsid w:val="00D878AE"/>
     <w:rsid w:val="00D96239"/>
     <w:rsid w:val="00DB4952"/>
     <w:rsid w:val="00DE38ED"/>
     <w:rsid w:val="00DE5D5A"/>
+    <w:rsid w:val="00E12861"/>
     <w:rsid w:val="00E1465F"/>
     <w:rsid w:val="00E228F1"/>
     <w:rsid w:val="00E315A3"/>
+    <w:rsid w:val="00E43360"/>
     <w:rsid w:val="00E45A57"/>
     <w:rsid w:val="00E504CC"/>
     <w:rsid w:val="00E521BE"/>
     <w:rsid w:val="00E64EDE"/>
+    <w:rsid w:val="00E66B66"/>
+    <w:rsid w:val="00E73AE6"/>
     <w:rsid w:val="00E756AD"/>
     <w:rsid w:val="00E952A9"/>
     <w:rsid w:val="00E97A7A"/>
     <w:rsid w:val="00EB5582"/>
+    <w:rsid w:val="00EB7CE3"/>
+    <w:rsid w:val="00ED05B9"/>
     <w:rsid w:val="00ED3380"/>
     <w:rsid w:val="00EE61FF"/>
     <w:rsid w:val="00EE6E82"/>
     <w:rsid w:val="00F129F2"/>
     <w:rsid w:val="00F15F67"/>
     <w:rsid w:val="00F2639F"/>
     <w:rsid w:val="00F26BC4"/>
     <w:rsid w:val="00F30915"/>
     <w:rsid w:val="00F323A8"/>
     <w:rsid w:val="00F344BD"/>
     <w:rsid w:val="00F477FF"/>
     <w:rsid w:val="00F61F4E"/>
     <w:rsid w:val="00F64160"/>
     <w:rsid w:val="00F707A2"/>
     <w:rsid w:val="00F8631C"/>
     <w:rsid w:val="00FA0542"/>
     <w:rsid w:val="00FA5E27"/>
     <w:rsid w:val="00FA7A8C"/>
     <w:rsid w:val="00FB36AF"/>
     <w:rsid w:val="00FB51CC"/>
     <w:rsid w:val="00FB760F"/>
     <w:rsid w:val="00FD356F"/>
+    <w:rsid w:val="00FD4FA4"/>
     <w:rsid w:val="00FE1743"/>
     <w:rsid w:val="00FE1EF5"/>
     <w:rsid w:val="00FE33C0"/>
     <w:rsid w:val="00FF6921"/>
     <w:rsid w:val="01AB86FB"/>
     <w:rsid w:val="036BFDB2"/>
+    <w:rsid w:val="04FCB2E7"/>
     <w:rsid w:val="07CD3D12"/>
     <w:rsid w:val="0A19277F"/>
     <w:rsid w:val="0ACF8F4A"/>
     <w:rsid w:val="0EFCFD8E"/>
+    <w:rsid w:val="16F0EDF8"/>
     <w:rsid w:val="17932BB5"/>
     <w:rsid w:val="17F7E614"/>
     <w:rsid w:val="1B7EB0F7"/>
     <w:rsid w:val="1EBD2EC6"/>
     <w:rsid w:val="1F5EEC89"/>
+    <w:rsid w:val="2290B795"/>
     <w:rsid w:val="2293A343"/>
+    <w:rsid w:val="247232BF"/>
+    <w:rsid w:val="286BB2AD"/>
     <w:rsid w:val="2A3D1537"/>
+    <w:rsid w:val="2B1BF51C"/>
+    <w:rsid w:val="301BEFCE"/>
     <w:rsid w:val="30222DA5"/>
+    <w:rsid w:val="3305B419"/>
+    <w:rsid w:val="39220067"/>
     <w:rsid w:val="3A1EE1F6"/>
     <w:rsid w:val="3C3B417A"/>
     <w:rsid w:val="3E746FED"/>
+    <w:rsid w:val="3F387E28"/>
+    <w:rsid w:val="4722BD3D"/>
+    <w:rsid w:val="4B71FB68"/>
+    <w:rsid w:val="4B9E272B"/>
+    <w:rsid w:val="4D48C157"/>
+    <w:rsid w:val="4D65F32A"/>
     <w:rsid w:val="4F1EC92D"/>
     <w:rsid w:val="4F54366A"/>
     <w:rsid w:val="5359E785"/>
     <w:rsid w:val="53D4EFC2"/>
     <w:rsid w:val="57172993"/>
+    <w:rsid w:val="572598CD"/>
+    <w:rsid w:val="5A5B7F2A"/>
+    <w:rsid w:val="5A81D1EB"/>
+    <w:rsid w:val="5B4B54F1"/>
+    <w:rsid w:val="5E48E55C"/>
+    <w:rsid w:val="6045353A"/>
+    <w:rsid w:val="64A135B7"/>
     <w:rsid w:val="662815B3"/>
     <w:rsid w:val="6860BD95"/>
     <w:rsid w:val="6A2849A4"/>
     <w:rsid w:val="6AD9D180"/>
+    <w:rsid w:val="6C32A96B"/>
     <w:rsid w:val="6DFF2F65"/>
     <w:rsid w:val="6FA89216"/>
     <w:rsid w:val="6FC76F06"/>
+    <w:rsid w:val="727A373B"/>
+    <w:rsid w:val="728C01F3"/>
     <w:rsid w:val="72DB4D3F"/>
+    <w:rsid w:val="76D6FF11"/>
     <w:rsid w:val="76EC51A8"/>
     <w:rsid w:val="77F6BB87"/>
+    <w:rsid w:val="797C6218"/>
     <w:rsid w:val="7F92AD36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="340D359C"/>
   <w15:docId w15:val="{5ED04CAB-61F3-433B-A73E-FB21BA04112C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10533,51 +11267,51 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006764DA"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/288730-sabiedrisko-pakalpojumu-sniedzeju-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/287760-publisko-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253451-pievienotas-vertibas-nodokla-likums" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/288730-sabiedrisko-pakalpojumu-sniedzeju-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/287760-publisko-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253451-pievienotas-vertibas-nodokla-likums" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10875,94 +11609,75 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70ce71153bee3b71918a281891b37a47" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -10986,50 +11701,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -11129,267 +11849,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50FD6D06-85D2-4190-917F-3EB35F798526}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{148FB465-F75F-412D-9DA7-D0BED1EFBCA3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0559DD2-A74B-49A3-9A9F-79BDE8BEAABE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56B2E259-6360-4116-9250-DA87BA92441C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50FD6D06-85D2-4190-917F-3EB35F798526}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3655CDA6-F3FD-446A-AA90-BC966727BD55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>49932</Characters>
+  <Pages>23</Pages>
+  <Words>37981</Words>
+  <Characters>21650</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>117</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>180</Lines>
+  <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>58574</CharactersWithSpaces>
+  <CharactersWithSpaces>59512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...146 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ritvars Timermanis</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
 </Properties>
 </file>