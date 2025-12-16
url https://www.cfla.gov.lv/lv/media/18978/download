--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/evija_keisa_cfla_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8C932D5C-3643-4DD6-AB49-093CD1173458}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{15D1FCAA-AFE3-4F0C-8D73-19E4DBA31ACA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-5445" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Speciālisti" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Speciālisti!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -140,408 +140,3314 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>Piezīmes</t>
   </si>
   <si>
     <t>Veselīga uztura lietošanas veicināšana</t>
   </si>
   <si>
     <t>Izglītojošas lekcijas/nodarbības par veselīga uztura tēmu</t>
   </si>
   <si>
     <t>Uztura speciālists, dietologs, gastroenterologs</t>
   </si>
   <si>
-    <r>
-      <t>* Ārsts (t.sk. rezidents), ārsta palīgs</t>
+    <t>Pavārs, pārtikas tehnologs</t>
+  </si>
+  <si>
+    <t>Sporta, t.sk. veselības sporta speciālists. Pavārs viens pats nav tiesīgs vadīt, jo pavāra izglītība nesniedz informāciju par uzturvielu ietekmi uz organismu.                     Tēma par ārstniecības augu terapeitisko iedarbību nav atbalstāma</t>
+  </si>
+  <si>
+    <t>Izglītojošas nodarbības par veselīgu uzturu, iekļaujot  praktisku ēdienu gatavošanu</t>
+  </si>
+  <si>
+    <t>Uztura speciālists, dietologs,  gastroenterologs</t>
+  </si>
+  <si>
+    <t>Pavārs vai pārtikas tehnologs viens pats nav tiesīgs vadīt, jo pavāra un pārtikas tehnologa izglītība nesniedz informāciju par uzturvielu ietekmi uz organismu</t>
+  </si>
+  <si>
+    <t>Lekcijas/nodarbības par zīdīšanu</t>
+  </si>
+  <si>
+    <t>Lekcijas/nodarbības par zīdaiņa barošanu (gan zīdīšanu, gan piebarošanu)</t>
+  </si>
+  <si>
+    <t>Uztura speciālists, pediatrs, dietologs</t>
+  </si>
+  <si>
+    <t>Gastroenterologs, ģimenes ārsts</t>
+  </si>
+  <si>
+    <t>Nav atbalstāmas jebkādas rekomendācijas par zīdaiņu barošanu ar mākslīgo piena maisījumu</t>
+  </si>
+  <si>
+    <t>Atkarību izplatības mazināšana</t>
+  </si>
+  <si>
+    <t>Informatīvas lekcijas par atkarību un līdzatkarības tēmu</t>
+  </si>
+  <si>
+    <t>Sociālais darbinieks, policijas pārstāvis, motivētājs/pozitīvais piemērs</t>
+  </si>
+  <si>
+    <t>Pedagogs bez piezīmju sadaļās norādītās apmācības</t>
+  </si>
+  <si>
+    <t>Informatīvas lekcijas par procesu (piemēram, datospēļu, sociālo mediju, azartspēļu) atkarību profilaksi.</t>
+  </si>
+  <si>
+    <t>Atbalsta grupas atkarīgajiem vai līdzatkarīgajiem (bez individuālas pieejas vai terapeitiska mērķa)</t>
+  </si>
+  <si>
+    <t>Fizisko aktivitāšu veicināšana</t>
+  </si>
+  <si>
+    <t>Vingrošanas vai fitnesa nodarbības (dažāda veida, piemēram,  pilates, aerobika, kalanētika, TRX)</t>
+  </si>
+  <si>
+    <t>Persona, kurai ir dokuments/i, kas apliecina izglītojošu  semināru/apmācību noklausīšanos/beigšanu sporta jomā un/vai pieredze, bet nav minētās kvalifikācijas</t>
+  </si>
+  <si>
+    <t>Zumbas nodarbības</t>
+  </si>
+  <si>
+    <t>Ergoterapeits, fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs), horeogrāfs</t>
+  </si>
+  <si>
+    <t>Stājas nostiprināšanas/korekcijas nodarbības bērniem</t>
+  </si>
+  <si>
+    <t>Fizioterapeits, fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs)</t>
+  </si>
+  <si>
+    <t>Nodarbības ar terapeitisku mērķi, atlasot mērķa grupu pēc jau eksistējošām problēmām</t>
+  </si>
+  <si>
+    <t>Orientēšanās, futbola, volejbola, basketbola, tenisa u.c. sporta veidu nodarbības un nometnes (veselības  vai fizisko aktivitāšu veicināšanas, nevis sportistu sagatavošanas nolūkā)</t>
+  </si>
+  <si>
+    <t>Profesionālās ievirzes (sporta skolas, sporta klubi) sportistu treniņi un sporta nometnes nav atbalstāmas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ielu vingrošanas nodarbības, t.sk. vingrošana ar āra trenažieriem </t>
+  </si>
+  <si>
+    <t>Ielu vingrošanas entuziasts</t>
+  </si>
+  <si>
+    <t>Ielu vingrošanas entuziasts bez sporta speciālista klātbūtnes</t>
+  </si>
+  <si>
+    <t>Nūjošanas nodarbības</t>
+  </si>
+  <si>
+    <t>Nūjošanas instruktors</t>
+  </si>
+  <si>
+    <t>Speciālists ar nūjošanas gida sertifikātu drīkst vadīt nūjošanas nodarbības tikai slēgtai grupai (dalībnieki nemainās), ja pirmo nodarbību - nūjošanas tehnikas apmācību - ir nodrošinājis atbalstāmais speciālists</t>
+  </si>
+  <si>
+    <t>Atvērti publiski sporta pasākumi (sporta sacensības, festivāli, dienas)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vingrošanas vai fizioterapijas nodarbības personām ar kustību traucējumiem, personām ar invaliditāti, t.sk. sociālās aprūpes centros </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fizioterapeits </t>
+  </si>
+  <si>
+    <t>Ergoterapeits, fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs)</t>
+  </si>
+  <si>
+    <t>Fizioterapijas nodarbības   saslimšanu primārai profilaksei</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs)  </t>
+  </si>
+  <si>
+    <t>Cigun</t>
+  </si>
+  <si>
+    <t>Deju nodarbības</t>
+  </si>
+  <si>
+    <t>Profesionālo, sporta un tautas deju kolektīvu nodarbības/treniņi/mēģinājumi/u.c.pasākumi nav atbalstāmi</t>
+  </si>
+  <si>
+    <t>Peldētapmācība</t>
+  </si>
+  <si>
+    <t>Sertificēts instruktors - glābējs</t>
+  </si>
+  <si>
+    <t>Zīdaiņu vingrošana vai peldēšana</t>
+  </si>
+  <si>
+    <t>Fizioterapeits, pediatrs</t>
+  </si>
+  <si>
+    <t>Grūtnieču vingrošana</t>
+  </si>
+  <si>
+    <t>ergoterapeits</t>
+  </si>
+  <si>
+    <t>Psihiskās veselības veicināšana</t>
+  </si>
+  <si>
+    <t>Pedagogs</t>
+  </si>
+  <si>
+    <t>Pasākums, kas vērsts uz depresijas ārstēšanu, atlasot dalībniekus, kam konstatēta depresija</t>
+  </si>
+  <si>
+    <t>Lekcijas/nodarbības par bērnu un jauniešu savstarpējo attiecību veidošanu, vardarbību t.sk. ņirgāšanos</t>
+  </si>
+  <si>
+    <t>Lekcijas par vardarbību ģimenē</t>
+  </si>
+  <si>
+    <t>Policijas pārstāvis, sociālais darbinieks</t>
+  </si>
+  <si>
+    <t>Atbalsta grupa vai praktiskas nodarbības ar mērķi veicināt psihisko veselību (stresa mazināšanai, izdegšanas profilaksei) invalīdiem, invalīdu tuviniekiem, onkoloģiskajiem slimniekiem un viņu tuviniekiem (bez individuālas pieejas vai terapeitiska mērķa)</t>
+  </si>
+  <si>
+    <t>Jogas, cigun, u.c. alternatīvo metožu praktizētāji, reliģisko prakšu pārstāvji, pirtnieki.     Nodarbības ar ārstniecisku mērķi, atlasot mērķa grupu pēc jau eksistējošas problēmas</t>
+  </si>
+  <si>
+    <t>Nodarbības ar smiltīm bērniem vai personām ar invaliditāti ar psihisko veselību veicinošu mērķi</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Mākslas terapeits, kas apguvis smilšu terapijas metodi </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(http://www.smilsuspeles.lv/lv/baze) </t>
+    </r>
+  </si>
+  <si>
+    <t>Pedagogs bez atbilstošas kvalifikācijas</t>
+  </si>
+  <si>
+    <t>Psihisko veselību veicinošas praktiskas nodarbības/nodarbību cikli, izmantojot mākslas elementus, t.sk.vizuāli plastiskās mākslas, deju un kustību, mūzikas vai drāmas nodarbības, ar mērķi veicināt psihisko veselību (stresa mazināšanai, izdegšanas profilaksei) personām ar invaliditāti, viņu tuviniekiem, onkoloģiskajiem slimniekiem un viņu tuviniekiem, bērniem</t>
+  </si>
+  <si>
+    <t>Mākslas terapeits (maģistra grāds mākslas terapijā ar specializāciju vizuāli plastiskās mākslas terapijā vai deju un kustību terapijā, vai mūzikas terapijā, vai drāmas terapijā)</t>
+  </si>
+  <si>
+    <t>Zīmēšanas skolotājs, mākslinieks. / Mākslas terapijas nodarbības ar terapeitisku mērķi, atlasot mērķa grupu pēc jau eksistējošām problēmām (šis neattiecas uz invalīdiem, kas ir atsevišķa mērķa grupa pati par sevi)</t>
+  </si>
+  <si>
+    <t>Ar mākslas terapijas metodi (t.sk.vizuāli plastiskās mākslas, deju un kustību, mūzikas vai drāmas) teorētiski iepazīstinošas lekcijas, informējot par mākslas terapiju kā psihisko veselību veicinošu, stresa un izdegšanas risku mazinošu metodi</t>
+  </si>
+  <si>
+    <t>Zīmēšanas skolotājs, mākslinieks. / Mākslas terapijas nodarbības ar terapeitisku mērķi, atlasot mērķa grupu pēc jau eksistējošām problēmām</t>
+  </si>
+  <si>
+    <t>Psihiskās veselības veicināšanas nodarbības bērniem, t.sk., par emocijām, pašpalīdzību, miega higiēnu u.c.</t>
+  </si>
+  <si>
+    <t>Lekcijas par garastāvokļa svārstībām grūtniecības laikā un pēcdzemdību depresiju</t>
+  </si>
+  <si>
+    <t>ginekologs, dzemdību speciālists; vecmāte</t>
+  </si>
+  <si>
+    <t>Lekcijas par psihiska rakstura ēšanas traucējumiem, piemēram, anoreksiju, bulīmiju, stresa ēšanu un to profilaksi (piem., apzinātā ēšana)</t>
+  </si>
+  <si>
+    <t>Pārtikas tehnologs, pavārs. Nodarbības ar terapeitisku mērķi, atlasot mērķa grupu pēc jau eksistējošām problēmām</t>
+  </si>
+  <si>
+    <r>
+      <t>Jogas, cigun, u.c. alternatīvo metožu praktizētāji, reliģisko prakšu pārstāvji, pirtnieki (</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>šis attiecas uz visiem psihiskās veselības pasākumiem</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>).</t>
+    </r>
+  </si>
+  <si>
+    <t>Apzinātības prakse</t>
+  </si>
+  <si>
+    <t>Alternatīvo metožu praktizētāji, reliģisko prakšu pārstāvji</t>
+  </si>
+  <si>
+    <t>Lekcijas/nodarbības par vecāku attiecībām/par saskarsmi ar pusaudžiem, ar bērniem dažādos vecuma posmos, t.sk.uzsākot skolas gaitas u.c.</t>
+  </si>
+  <si>
+    <t>Seksuālās un reproduktīvās veselības veicināšana</t>
+  </si>
+  <si>
+    <t>Lekcijas/nodarbības bērniem/skolēniem par seksuāli-reproduktīvo tēmu (arī dalīti pa dzimumiem)</t>
+  </si>
+  <si>
+    <t>Ginekologs,  dzemdību speciālists; urologs,  dermatologs-venerologs; vecmāte</t>
+  </si>
+  <si>
+    <t>Pedagogs, kurš nav apmācīts runāt par šo tēmu</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Lekcijas/nodarbības par pāra attiecību veidošanu (jauniešiem, ģimenē), prasmi pateikt "nē"</t>
+  </si>
+  <si>
+    <t>Lekcija pieaugušajiem par seksuālās transmisijas slimībām un izsargāšanos no tām</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ginekologs,  dzemdību speciālists; urologs, dermatologs-venerologs, infektologs </t>
+  </si>
+  <si>
+    <t>Ārsts (t.sk. rezidents), ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists</t>
+  </si>
+  <si>
+    <t>Veselības veicināšana un primārās slimību profilakses uzlabošana</t>
+  </si>
+  <si>
+    <t>Izglītojošas lekcijas par onkoloģisko slimību primāro profilaksi</t>
+  </si>
+  <si>
+    <t>Onkologs</t>
+  </si>
+  <si>
+    <t>Sociālais darbinieks, pedagogs</t>
+  </si>
+  <si>
+    <t>Izglītojošas lekcijas par sirds un asinsvadu slimību primāro profilaksi (ietverot arī tēmu par cukura diabētu, smēķēšanu un paaugstinātu svaru kā sirds un asinsvadu slimību riska faktoru)</t>
+  </si>
+  <si>
+    <t>Kardiologs, endokrinologs</t>
+  </si>
+  <si>
+    <t>Informatīvas lekcijas/nodarbības par uzturu un fiziskajām aktivitātēm paaugstināta ķermeņa svara profilaksei</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Par uzturu</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - dietologs, uztura speciālists, endokrinologs, </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>par fiziskajām aktivitātēm</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - fizioterapeits, fizikālās un rehabilitācijas medicīnas ārsts (rehabilitologs)</t>
+    </r>
+  </si>
+  <si>
+    <t>Fizisko aktivitāšu nodarbības sirds-asinsvadu slimību profilaksei (kardio-treniņi u.c. īpaša programma)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pārgājiens ģimenēm vai senioriem, kura laikā dalībniekiem tiek sniegta izglītojoša informācija par veselības veicināšanu un/vai slimību profilaksi (t.sk. fizisko aktivitāšu un psihiskās veselības veicināšanas jomā) </t>
+  </si>
+  <si>
+    <t>Paškontroles līdzekļu lietošanas apmācība un mērījumu veikšana (svara (t.sk. uz svariem ar ķermeņa struktūras noteikšanas funkciju) un auguma noteikšana, ķermeņa masas indeksa noteikšana, asinsspiediena mērījumi, pulsometrija, pulsa oksigenometrija) un īsas ekspreskonsultācijas (max 5 min) par testa rezultātu un tālāko taktiku (t.i. par nepieciešamību vērsties pie speciālista)</t>
+  </si>
+  <si>
+    <t>Ārsts (t.sk. rezidents), ārsta palīgs, vispārējās aprūpes māsa</t>
+  </si>
+  <si>
+    <t>Eksprestestu (glikozes, holesterīna, D vitamīna līmeņa strip-testi, HIV, B un C hepatīta, sifilisa eksprestesti) veikšana un īsas ekspreskonsultācijas (max 5 min) par testa rezultātu un tālāko taktiku (t.i. par nepieciešamību vērsties pie speciālista)</t>
+  </si>
+  <si>
+    <t>Sertificēti veselības aprūpes speciālisti - ārsts (t.sk. rezidents), ārsta palīgs, vispārējās aprūpes māsa</t>
+  </si>
+  <si>
+    <t>HIV, B un C hepatīta un sifilisa eksprestestus ir tiesīga veikt persona, kas apmācīta eksprestestēšanā un konsultēšanā, noklausoties Slimību profilakses un kontroles centra apmācību programmu “Veselības kaitējuma mazināšanas un novēršanas programmas pakalpojumi injicējamo narkotiku lietotājiem un citu riska grupu klientiem”</t>
+  </si>
+  <si>
+    <t>Nesertificētiem speciālistiem nav tiesību praktizēt patstāvīgi, un asins testu veikšana ir uzskatāma par praktizēšanu. Laboratoriskie izmeklējumi nav atbalstāmi. Skrīninga izmeklējumi, piemēram, mammogrāfija, fluorogrāfija, Rtg izmeklēšana, EKG, sonogrāfija u.c. nav atbalstāmi. Individuālas konsultācijas par konkrētu turpmāko izmeklēšanās plānu un terapiju nav atbalstāmas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Traumatisma mazināšana </t>
+  </si>
+  <si>
+    <t>Traumatologs, ķirurgs, ārsta palīgs ar pieredzi Neatliekamās medicīniskās palīdzības dienestā, ģimenes ārsts, sabiedrības veselības speciālists</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedagogs- sākumskolas skolēniem </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piesaistot nodarbību vadīšanai pedagogu - stingri jāizvērtē nepārklāšanās ar viņa tiešajiem darba pienākumiem - nodarbības jāvada ārpus viņu pamatdarba laika. </t>
+  </si>
+  <si>
+    <t>Izglītojošas, interaktīvas nodarbības bērniem par personīgo drošību un rīcību krīzes situācijās – attīstīt zināšanas, prasmes zvanīt un ziņot par radušos situāciju drošības dienestiem un vecākiem vai citai uzraugošajai personai, pareizu un nepareizu rīcību dažādās situācijās, ceļu satiksmes drošības jautājumiem (atstarotāji, piesprādzēšanās automašīnās, aizsargekipējuma lietošana, braucot ar velosipēdiem, skrejriteņiem, skrituļslidām, u.c.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Policists </t>
+  </si>
+  <si>
+    <t>Izglītojošas, interaktīvas nodarbības bērniem par personīgo drošību un rīcību krīzes situācijās – attīstīt zināšanas, prasmes zvanīt un ziņot par radušos situāciju drošības dienestiem un vecākiem vai citai uzraugošajai personai, par elektrodrošību, pareizu un nepareizu rīcību dažādās situācijās, drošibas jautājumiem pie un uz ūdens (laivošana, supošana, aizsalušas ūdenstilpnes u.c.), t.sk. peldvestu lietošanu u.c.</t>
+  </si>
+  <si>
+    <t>Pirmā  neatliekamā palīdzība un bērnu traumatisma profilakse</t>
+  </si>
+  <si>
+    <t>Anesteziologs-reanimatologs, traumatologs, ķirurgs, ārsta palīgs</t>
+  </si>
+  <si>
+    <t>Ārsts (t.sk. rezidents), vispārējās aprūpes māsa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Izglītojošas, interaktīvas nodarbības senioriem traumatisma mazināšanai, piemēram, mājokļa pielāgošana, regulāras redzes pārbaudes, veselīgs uzturs (D vitamīns un kalcijs kaulu veselībai) u.c. + fiziskās aktivitātes kaulu un dziļās muskulatūras stiprināšanai </t>
+  </si>
+  <si>
+    <t>Geriartrs, ergoterapeits, traumatologs</t>
+  </si>
+  <si>
+    <t>Ģimenes ārsts, fizioterapeits</t>
+  </si>
+  <si>
+    <t>Prenatālās un agrīnās bērnības vecāku prasmju programmas</t>
+  </si>
+  <si>
+    <t>Nodarbības vecākiem ar mazuļiem līdz 2 gadu vecumam, lai veicinātu harmoniskas vides veidošanu bērna attīstībai</t>
+  </si>
+  <si>
+    <t>Ginekologs- dzemdību speciālists, vecmāte</t>
+  </si>
+  <si>
+    <t>Jaunā māmiņa</t>
+  </si>
+  <si>
+    <t>Pasākums par bērnu dzīvību apdraudošu alerģisku stāvokļu atpazīšanu un pirmo palīdzību - anafilaksi un Kvinkes tūsku</t>
+  </si>
+  <si>
+    <t>Ģimenes ārsts, pediatrs, neatliekamās medicīnas ārsts, neatliekamās medicīnas ārsta palīgs, anesteziologs - reanimatologs, alergologs</t>
+  </si>
+  <si>
+    <t>Ambulatorā dienesta ārsta palīgs</t>
+  </si>
+  <si>
+    <t>Neatbalstāmi pasākumi/tēmas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1) kanisterapija, reitterapija un citi terapiju veidi, kuros iesaistīti dzīvnieki;                                                                                                                                                                                                      </t>
+  </si>
+  <si>
+    <t>2) sejas joga un sejas procedūras ādas veselībai;</t>
+  </si>
+  <si>
+    <t>3) pedagoģiskas metodes un pasākumi bērna intelektuālai attīstībai, piemēram, Montesori, Valdorfa metodes;</t>
+  </si>
+  <si>
+    <t>4) masāža, pēdu masāža, punktu masāža, akupunktūra, fizikālās procedūras, manuālā terapija, teipošana un citas individuālas pieejas rehabilitācijas metodes;</t>
+  </si>
+  <si>
+    <t>5) homeopātija, Baha ziedu terapija, aromterapija, fitoterapija (zāļu tējas), apiterapija, hirudoterapija;</t>
+  </si>
+  <si>
+    <t>6) Pasākumi ar izklaides, atpūtas, kolektīva saliedēšanas mērķi, t.sk. izklaides ekskursijas, nometnes, Deju un dziesmu vakari (pilnas dienas pasākumos papildus izglītojošām aktivitātēm nelielā apjomā ir atbalstāmas arī izklaides aktivitātes);</t>
+  </si>
+  <si>
+    <t>7) Biohacking metode, kas nav zinātniski pamatota un uz pierādījumiem balstīta veselības veicināšanas metode;</t>
+  </si>
+  <si>
+    <t>8) Alternatīvas metodes, kuru efekts nav pierādīts un kuras satur paaugstinātu traumatisma/veselības risku vai atsevišķai mērķa grupai var radīt veselības draudus, piemēram, pirtī iešana, ziemas peldēšana, baskāju kustība;</t>
+  </si>
+  <si>
+    <t>9) Sapņu tulkošana, gongu terapija, alternatīvas, uz pierādījumiem nebalstītas garīgās/psihiskās veselības metodes;</t>
+  </si>
+  <si>
+    <t>10) Jebkāda veida ārstniecība (terapija), diagnostika (piemēram, elektrokardiogrāfija, ehokardiogrāfija, rentgendiagnostika, mammogrāfija, ultrasonogrāfija u.c.) informatīvi pasākumi par slimību simptomātiku, diagnostiku un ārstēšanu, kā arī uztura bagātinātāju lietošanu;</t>
+  </si>
+  <si>
+    <t>11) Jebkāda veida pasākumi, kuru mērķa grupa ir tikai sportisti (sporta treniņi, sporta nometnes, sacensības sportistiem, sportistu uzturs u.c.) un kas vērsti uz sportisko sasniegumu veicināšanu;</t>
+  </si>
+  <si>
+    <t>12) Informācija par gripu un citām infekcijas slimībām, infekcijas slimību profilakse un skrīnings (izņemot seksuāli transmisīvās slimības un B hepatīta, C hepatīta un HIV eksprestesti);</t>
+  </si>
+  <si>
+    <t>13) Strukturētais ūdens u.c. nepierādītas "modernas" metodes;</t>
+  </si>
+  <si>
+    <t>14) Jebkāda veida diētas, piemēram, ketodiētas, Atkinsa diēta, badošanās, fastings, vegānisms - metodes, kas neietver visas pilnvērtīga uztura komponentes;</t>
+  </si>
+  <si>
+    <t>15) Ar dabas aizsardzību saistīta tematika, piemēram, kā pareizi šķirot atkritumus, pesticīdu lietošana, bioloģiskā lauksaimniecība;</t>
+  </si>
+  <si>
+    <t>16) Ezotērika, piemēram, “Senču mantojums – ģimenes un dzimtas spēks”, “3 mīlestības likumi – saites, kārtība un līdzsvars”, “Sievišķā spēka avoti”, "Litoterapija", "Krāsu terapija", pasākumi, kuri saistīti ar auras un čakru attīrīšanu utt.;</t>
+  </si>
+  <si>
+    <t>17) Tautas terapijas metodes, t.sk. viscerālā terapija;</t>
+  </si>
+  <si>
+    <t>18) Sociālie pakalpojumi, informācija par sociālajiem pakalpojumiem, pieejamajiem atbalstu veidiem, "atelpas brīžu" nodrošināšana invalīdu kopējiem un tuviniekiem u.c.;</t>
+  </si>
+  <si>
+    <t>19) Jebkāda veida profesionālās kvalifikācijas celšanas pasākumi (mērķa grupa - kādas noteiktas profesijas pārstāvji);</t>
+  </si>
+  <si>
+    <t>20) Ja pasākuma vadītājs, kuram nav atbilstošas izglītības, tas ir, viņš nav ārstniecības persona (piemēram, ārsts (t.sk. rezidents), fizioterapeits, uztura speciālists), savā stāstījumā un prezentācijās iekļauj informāciju par cilvēka orgānu sistēmām (endokrīno, balsta un kustību, gremošanas u.c.), anatomiju un fizioloģiju;</t>
+  </si>
+  <si>
+    <t>21) Radošās darbnīcas, kas nav saistītas ar izglītojošām aktivitātēm specifiskā atbalstāmā mērķa ietvaros atbalstāmajās jomās;</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">22) Psihiskās veselības veicināšanas un psihisko slimību profilakses pasākumos kā lektori </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>nav atbalstāmas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> personas, kuras apguvušas dažāda ilguma tālākizglītības apmācības/kursus psihoterapeitisku metožu pielietošanā (piemēram, neiro lingvistiskā programmēšana (NLP), kognitīvi biheiviorālā terapija (KBT), apzinātības prakse u.c.), bez pamatizglītības psiholoģijā vai psihiatrijā. Jauno psiholoģiju centra un koledžas apmācību kursi nav licencēti/akreditēti, līdz ar to šo organizāciju izsniegtie apmācības apliecinošie dokumenti nav atbalstāmi;</t>
+    </r>
+  </si>
+  <si>
+    <t>23) Pasākumu (t.sk. kompleksu) ietvaros nav atbalstāms iekļaut tēmas/ aktivitātes par veselībai kaitīgiem produktiem/procesiem, piemēram, nometnes ietvaros ekskursija uz čipsu ražotni, klasisko saldumu/konfekšu, konditorejas izstrādājumu meistarklase, informācija par alkoholisko dzērienu, piemēram, vīnu saimniecībām;</t>
+  </si>
+  <si>
+    <t>24) Nav atbalstāmi sporta veidi un to paraugdemonstrējumi, kuri saistīti ar augstu traumatisma risku vai to īstenošanai nepieciešami dārgi mehāniski palīglīdzekļi vai inventārs, līdz ar to tie nav pieejami visiem sabiedrības slāņiem, piemēram, autosports, motosports, auto orientēšanās, slaloms, BMX u.c.</t>
+  </si>
+  <si>
+    <t>Papildus informācija:</t>
+  </si>
+  <si>
+    <t>https://www.cfla.gov.lv</t>
+  </si>
+  <si>
+    <t>Gadījumā, ja projekta ietvaros plāno pasākumu, kas nav norādīts atbalstāmo pasākumu sarakstā, vai plāno piesaistīt speciālistu, kurš/kura nav norādīts atbalstāmo speciālistu sarakstā, lūdzam pirms šādu izmaksu rašanās, tās saskaņot ar Centrālo finanšu un līgumu aģentūru!</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Uztura speciālists, dietologs, zīdīšanas konsultants </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ginekologs, vecmāte, pediatrs, zīdīšanas konsultants ar pieredzi </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Narkologs, psihologs,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF4472C4"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> psihiatrs, sociālais pedagogs (par bērnu atkarībām)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sabiedrības veselības speciālists, ārsts (t.sk. rezidents), ārsta palīgs, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="14"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>- bērnu un skolēnu auditorijai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Narkologs, psihologs, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs, sociālais pedagogs (par bērnu atkarībām)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sabiedrības veselības speciālists, ārsts (t.sk. rezidents), </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>- bērnu un skolēnu auditorijai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="14"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, kuriem ir pieredze darbā ar uztura jautājumiem.      </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">        </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                Par zāļu tējām drīkst stāstīt tikai veselīga uztura ietvaros (kā par šķidruma uzņemšanas veidu) </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Narkologs, psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> praktizēttiesīgs psihologs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, fizioterapeits</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, fizioterapeits</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ergoterapeits, fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs). </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Pirmsskolas un sākumskolas pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>8</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>speciālists ar augstāko izglītību sportā, pirmsskolas un sākumskolas pedagogs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  attiecīgajā jomā</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>pirmsskolas un sākumskolas pedagogs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> attiecīgajā jomā, fizioterapeits</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, fizioterapeits, fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+1.	Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2.	Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3.	Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4.	Persona, kurai ir augstākā pedagoģiskā izglītība sportā.                                                                                                                                                                         </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sporta speciālistu reģistrs      </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ja tiek nodrošināta iesildīšanās, atsildīšanās vai sporta veida apmācīšana - to vada sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, bet tiesnešiem un organizatoriem nav nepieciešama kvalifikācija</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1. Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">7 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                                                                                        </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 2. Speciālists, kurš apguvis Izglītības kvalitātes valsts dienesta licencētu un akreditētu izglītības programmu "Jogas speciālists"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>22</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">.  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                             3. Speciālists, kura ārvalstīs (ārvalstu izglītības iestādē) iegūtu izglītības dokumentu  vai ārvalstīs iegūto profesionālo kvalifikāciju ir izvērtējis Akadēmiskās informācijas centrs un atzinis par līdzvērtīgu 1. vai 2. punktā norādītajai Latvijā iegūtajai izglītībai. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Mākslas terapeits (vismaz maģistra grāds mākslas terapijā), deju-ritmikas pedagogs, fizioterapeits, sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">7 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Deju kolektīva vadītājs/horeogrāfs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+1.	Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2.	Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3.	Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4.	Persona, kurai ir augstākā pedagoģiskā izglītība sportā.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Sporta speciālistu reģistrs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 9</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Deju kolektīvu vadītāji/horeogrāfi, kuri ieguvuši augstāko izglītību specialitātē un kuriem ir vismaz 3 gadu pieredze deju kolektīva vadītāja vai repetitora amatā</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> ar tiesībām strādāt kā peldēšanas trenerim </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+1.	Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2.	Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3.	Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4.	Persona, kurai ir augstākā pedagoģiskā izglītība sportā.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Sporta speciālistu reģistrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Fizioterapeits, fizikālas un rehabilitācijas medicīnas ārsts (rehabilitologs), veselības sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>19</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">vecmāte </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(vēlams sertifikāts - klīniskajā un veselības psiholoģijā), psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsts (t.sk. rezidents)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (vēlams sertifikāts - izglītības un skolu psiholoģijā  vai klīniskajā un veselības psiholoģijā), psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsts (t.sk. rezidents)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, sabiedrības veselības speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, ārsts (t.sk. rezidents), bērniem - pedagogs, kas </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>apguvis</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> smilšu terapijas metodi </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(http://www.smilsuspeles.lv/lv/baze)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Praktizēttiesīgs psihologs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Praktizēttiesīgs psihologs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(vēlams sertifikāts - klīniskajā un veselības psiholoģijā), psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, psihiatrs</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Sertificēts uztura speciālists, kuram ir praktiska pieredze darbā ar psihiska rakstura ēšanas traucējumiem (piemēram, anoreksiju, bulīmiju).</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>18</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Psihologs, psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Praktizēttiesīgs psihologs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(vēlams sertifikāts izglītības un skolu psiholoģijā vai klīniskā un veselības psiholoģijā), psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, sociālais darbinieks</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Psihologs (jautājumos par seksuālo attiecību uzsākšanu, veselīgu attiecību veidošanu); ārsts (t.sk. rezidents), ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, jaunatnes darbinieki, kuri apguvuši projekta Nr. 9.2.4.1/16/1/I/001 ietvaros organizēto apmācību kursu "Seksuālās un reproduktīvās veselības izglītības programma", pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>16</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pasākumu ietvaros papildus primāri ieteicamo speciālistu vai atbalstāmo speciālistu sadaļā norādītajam var piesaistīt nevalstisko organizāciju dalībniekus, piemēram, Papardes zieds, Džimbas drošības aģentu, Centrs MARTA, #Neklusē!, centrs "Dardedze" u.c., kuri ikdienā strādā ar seksuāli reproduktīvās veselības  jautājumiem                                                                                                                                                                                               </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>16</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">pedagogs, kurš ir apmācīts, kā šīs tēmas apspriest ar bērniem/skolēniem                         </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Psihologs, psihoterapeits</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsts (t.sk. rezidents), ārsta palīgs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>12</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, vispārējās aprūpes māsa</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>12</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, sabiedrības veselības speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>12</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, uztura speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>12</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, uztura speciālists, kuram ir pieredze darbā ar onkoloģisko slimību profilakses/ ārstēšanas jautājumiem.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsts (t.sk. rezidents), ārsta palīgs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>13</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, vispārējās aprūpes māsa</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>13</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, sabiedrības veselības speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>13</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, uztura speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>13</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>13</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, uztura speciālists, kuram ir pieredze darbā ar sirds un asinsvadu slimību profilakses/ ārstēšanas jautājumiem</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārsts (t.sk. rezidents), ārsta palīgs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>14</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, vispārējās aprūpes māsa </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
-        <sz val="11"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>14</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, sabiedrības veselības speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>14</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>14</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, kuram ir pieredze darbā ar paaugstināta ķermeņa svara jautājumiem</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Sporta speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+1.	Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2.	Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3.	Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4.	Persona, kurai ir augstākā pedagoģiskā izglītība sportā.   </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Sporta speciālistu reģistrs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                          </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Citi speciālisti atbilstoši pārgājiena laikā sniegtās informācijas tematikai </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>15</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">2 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Z</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">īdīšanas konsultants,  kuram ir ne tikai apliecinājums par tālākizglītības programmas apguvi (iekļaujot zināšanas par
+zīdīšanas fizioloģijas, psiholoģijas, vadīšanas
+un veicināšanas jautājumiem), bet arī ir uzkrāta praktiskā pieredze, sniedzot konsultācijas.                                                                                       </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">3 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Zīdīšanas konsultants, kuram izsniegts
+apliecinājums par tālākizglītības
+programmas apguvi - iekļaujot zināšanas par
+zīdīšanas fizioloģijas, psiholoģijas, vadīšanas
+un veicināšanas jautājumiem.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Praktizēttiesīgs psihologs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (vēlams sertifikāts - izglītības un skolu psiholoģijā  vai klīniskajā un veselības psiholoģijā), psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, psihiatrs, sociālais pedagogs </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">lekcija par zīdīšanu- uztura speciālists, dietologs, zīdīšanas konsultants </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Alternatīvas, uz pierādījumiem nebalstītas psihiskās veselības metodes (attiecas uz visiem psihiskās veselības pasākumiem), sapņu tulkošana (skatīt arī komentārus zem tabulas).
+Pasākums, kas vērsts uz psihisko saslimšanu ārstēšanu, atlasot dalībniekus ar noteiktām diagnozēm
+</t>
+  </si>
+  <si>
+    <r>
+      <t>Psihologs, ārsts (t.sk. rezidents), ārsta palīgs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, sabiedrības veselības speciālists</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>,
+izglītības iestādēs par stresa mazināšanu- pedagogs, kuram ir tiesības pasniegt psiholoģiju</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Vispārizglītojoša informatīva lekcija par dažāda veida psihiskajiem traucējumiem (piemēram, stresu, izdegšanu u.c.) un to profilaksi</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>17</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārstniecības personu un ārstniecības atbalsta personu reģistrā </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                      
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārsts (t.sk. rezidents), kurš specializējies darbam ar psihiska rakstura jautājumiem.            </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                                                                                                    </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Sporta treneris - RSU bakalaura studiju programmas "Veselības sports" absolvents.                                                  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">      Sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, kurš apguvis Izglītības kvalitātes valsts dienesta akreditētu izglītības programmu "Jogas speciālists"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>22</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Vecāku emocionālā atbalsta speciālists (iepriekš zināms kā PEP (pirmās emocionālās palīdzības) mamma), sertificēts zīdīšanas konsultants</t>
+  </si>
+  <si>
+    <t>Vecāku emocionālā atbalsta speciālists (iepriekš zināms kā PEP (pirmās emocionālās palīdzības) mamma)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
-[...83 lines deleted...]
-        <sz val="14"/>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, kuriem ir pieredze darbā ar uztura jautājumiem.      </t>
-[...171 lines deleted...]
-      </rPr>
       <t>Ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, kuriem ir pieredze darbā ar uztura jautājumiem</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                                           </t>
-    </r>
-[...35 lines deleted...]
-      <t>3</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">2 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Z</t>
     </r>
     <r>
       <rPr>
@@ -558,109 +3464,2798 @@
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">3 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Zīdīšanas konsultants, kuram izsniegts
 apliecinājums par tālākizglītības
 programmas apguvi, iekļaujot zināšanas par
 zīdīšanas fizioloģijas, psiholoģijas, vadīšanas
 un veicināšanas jautājumiem.</t>
     </r>
   </si>
   <si>
-    <t>Lekcijas/nodarbības par zīdaiņa barošanu (gan zīdīšanu, gan piebarošanu)</t>
-[...5 lines deleted...]
-    <t>Gastroenterologs, ģimenes ārsts</t>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>19</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Veselības sporta speciālists, kurš ir apguvis kursu "Vingrošana  grūtniecēm"                </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                      
+ </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>20</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Vecmāte, kura ir apguvusi kursu "Vingrošana  grūtniecēm"  </t>
+    </r>
+  </si>
+  <si>
+    <t>Lekcija par depresiju</t>
+  </si>
+  <si>
+    <t>Lekcijas par jaundzimušā kopšanu, hendlingu, 
+zīdīšanu</t>
+  </si>
+  <si>
+    <r>
+      <t>* Ārsts (t.sk. rezidents), ārsta palīgs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, vispārējās aprūpes māsa </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, sabiedrības veselības speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - jebkurai auditorijai,                   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">    
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">* "Sports un  veselība" pedagogs, "Dizains un tehnoloģijas" pedagogs - atbilstoša skolēnu vecuma auditorijai, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+* pirmsskolas izglītības pedagogs - pirmsskolas bērnu auditorijai    </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>* Ārsts (t.sk. rezidents), ārsta palīgs</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, vispārējās aprūpes māsa </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, sabiedrības veselības speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">- jebkurai auditorijai,                
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">* "Sports un  veselība" pedagogs, "Dizains un tehnoloģijas" pedagogs - atbilstoša skolēnu vecuma auditorijai, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">* pirmsskolas izglītības pedagogs - pirmsskolas bērnu auditorijai    </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>21</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Fitnesa joga ir mūsdienīga fiziskās aktivitātes forma, kas balstās uz klasiskās jogas elementiem un koncentrējas uz fizisko komponenti – muskuļu spēka, lokanības, līdzsvara un kustību koordinācijas attīstīšanu. Tā apvieno jogas statiskos un dinamiskos vingrinājumus ar mērķi uzlabot funkcionālo fizisko sagatavotību un veicināt vispārējo veselību, vienlaikus atbalstot arī psihoemocionālo līdzsvaru.</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                                    7</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">1.	Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2.	Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3.	Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4.	Persona, kurai ir augstākā pedagoģiskā izglītība sportā.                                                         </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                        </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Sporta speciālistu reģistrs  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                      </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>22</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>apguvis profesionālās tālākizglītības programmu "Jogas speciālists" izglītības iestādē Profesionālās tālākizglītības centrs "SPA SCHOOL" laika periodā no 10.05.2017. līdz 09.05.2019. vai no 12.06.2019. līdz 11.06.2025.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārsts (t.sk. rezidents), sabiedrības veselības speciālists,  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">sociālais darbinieks </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, policijas pārstāvis</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>kurš ir papildus apmācīts un ikdienā strādā ar ņirgāšanās mazināšanas un/vai savstarpējo attiecību veidošanas jautājumiem, nevalstisko organizāciju dalībnieks, kurš ir papildus apmācīts un ikdienā strādā ar ņirgāšanās mazināšanas un/vai savstarpējo attiecību veidošanas jautājumiem.</t>
+    </r>
+  </si>
+  <si>
+    <t>Ugunsdzēsējs - glābējs, policists, darba drošības speciālists.
+Par drošību pie un uz ūdens -  sertificēts peldēšanas treneris.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Praktizēttiesīgs psihologs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, pediatrs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, ģimenes ārsts, vecmāte</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Lekcijas par sagatavošanos dzemdībām un dzemdību norisi</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, pēcdzemdību periodu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Dūla</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, vecāku emocionālā atbalsta speciālists (iepriekš zināms kā PEP (pirmās emocionālās palīdzības) mamma)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">* lekcija par jaundzimušā kopšanu - pediatrs, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ģimenes ārsts, vecmāte;                                * lekcija par hendlingu -pediatrs, vecmāte, fizioterapeits, ergoterapeits;                     * lekcija par zīdīšanu - pediatrs, vecmāte, zīdīšanas konsultants ar pieredzi</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Fitnesa joga</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>21</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Izglītojošas, interaktīvas nodarbības bērniem </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>un/vai viņu vecākiem par dažādu traumatisma veidu profilaksi</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                              
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Pedagogs, kurš apmeklējis apmācības, kā runāt ar bērniem par atkarībām</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>P</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">sihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                            
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Pedagogs, kurš apmeklējis apmācības, kā runāt ar bērniem par atkarībām</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārstniecības personu un ārstniecības atbalsta personu reģistrā </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
+6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļa norādits, ka atbilstoši likumam, psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">7 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+1.	Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2.	Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3.	Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4.	Persona, kurai ir augstākā pedagoģiskā izglītība sportā.                                                                                                     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Sporta speciālistu reģistrs  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                                     </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>8</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Pirmsskolas un sākumskolas pedagogi, t.sk. atbilstošajā valsts akreditētajā programmā studējošie</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (https://likumi.lv/ta/id/50759-izglitibas-likums#p48 )</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, ir tiesīgi patstāvīgi vadīt sporta aktivitātes pirmsskolas un sākumskolas vecuma bērniem, tomēr stingri jāizvērtē nepārklāšanās ar viņu tiešajiem darba pienākumiem - nodarbības jāvada ārpus viņu darba laika</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>17</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ja lekcija plānota par kādu atsevišķu diagnozi/problēmu (piemēram, depresiju, ēšanas traucējumiem, atkarībām, pēcdzemdību depresiju u.c.), speciālistus lūdzam piesasitīt atbilstoši sarakstā norādītajai pasākuma tēmai!</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">       
+4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārstniecības personu un ārstniecības atbalsta personu reģistrā </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
+6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļa norādits, ka atbilstoši likumam, psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā
+ </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 10</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Ārsta palīgs, sabiedrības veselības speciālists, kurš specializējies darbam ar psihiska rakstura jautājumiem   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pasākuma ietvaros var piesaistīt nevalstisko organizāciju dalībniekus, piemēram, Džimbas drošības aģentu, Centru MARTA, #Neklusē!, centru "Dardedze", Pusaudžu resursu centrs speciālistus u.c., kuri ikdienā strādā ar vardarbības un  ņirgāšanās mazināšanas vai savstarpējo attiecību veidošanas jautājumiem                                                  
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļa norādits, ka atbilstoši likumam, psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā                                                                                
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">11 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Pedagogs vai sociālais darbinieks, kurš apguvis tālākizglītības un pilnveides programmu par attiecīgo tēmu vadošo nevalstisko organizāciju vai biedrību piedāvātajās apmācībās speciālistu kvalifikācijas celšanai   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārstniecības personu un ārstniecības atbalsta personu reģistrā    </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                        
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļa norādits, ka atbilstoši likumam, psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>,</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā    </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                        
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārsts (t.sk. rezidents), sabiedrības veselības speciālists, kurš specializējies darbam ar psihiska rakstura jautājumiem, t.sk., ģimenes ārsts.   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                              </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā     </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā    </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3. panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā.  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">    </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">praktizēttiesīgs psihologs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā.      </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                            
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> ir pieejama informācija par reģistrētu ārstniecības personu sertificētām specialitātēm</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>17</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ja pasākums plānots par kādu atsevišķu diagnozi/problēmu (piemēram, depresiju, ēšanas traucējumiem, atkarībām, pēcdzemdību depresiju u.c.), speciālistus lūdzam piesasitīt atbilstoši sarakstā norādītajai pasākuma tēmai!                          
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                     </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
+6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tematiskie pasākumi pieaugušajiem psihiskās veselības veicināšanai </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>17</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārstniecības personu un ārstniecības atbalsta personu reģistrā   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                    
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā                                                                                                       </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>11</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Pedagogs vai sociālais darbinieks, kurš apguvis tālākizglītības un pilnveides programmu par attiecīgo tēmu vadošo nevalstisko organizāciju vai biedrību piedāvātajās apmācībās speciālistu kvalifikācijas celšanai     </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sporta speciālists ir persona, kura atbilst vismaz vienam no sekojošiem četriem nosacījumiem:
+1. Persona, kurai ir A, B vai C kategorijas sporta speciālista sertifikāts un kura ir reģistrēta sporta speciālistu reģistrā;
+2. Persona ar vismaz bakalaura grādu sporta specialitātē 5 gadus pēc diploma saņemšanas un ir reģistrēta sporta speciālistu reģistrā;
+3. Vismaz 2.kursa students, kurš apgūst augstāko pedagoģisko izglītību sporta studiju programmā un ir reģistrēts sporta speciālistu reģistrā;
+4. Persona, kurai ir augstākā pedagoģiskā izglītība sportā.                                                                                                                                  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sporta speciālistu reģistrs      </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                       
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">15 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Speciālistus lūdzam piesasitīt atbilstoši sarakstā norādītajai pasākuma tēmai          </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                                                                                 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">4 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Psihoterapeits ir ārstniecības persona, kura ir reģistrēta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Ārstniecības personu un ārstniecības atbalsta personu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                                                  
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">6 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Psihologu likuma 3.panta pirmajā, otrajā un trešajā daļā norādīts, ka atbilstoši likumam psihologs var veikt patstāvīgu  psihologa profesionālo darbību ko apliecina sertifikāts atbilstošajā jomā, kā arī psihologs ir tiesīgs veikt psihologa profesionālo darbību, ja viņa izglītība atbilst šā panta pirmajā daļā noteiktajam, viņš ir noslēdzis līgumu ar psihologu–pārraugu par psihologa pārraudzības īstenošanu un reģistrēts</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Psihologu reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, kā arī profesionālā darbība līdz psihologa sertifikāta iegūšanai tiek veikta psihologa–pārrauga pārraudzībā   </t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Zīdīšanas konsultants ar pieredzi </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, zīdīšanas konsultants </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, vecmāte</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Nav atbalstāmas jebkādas rekomendācijas par zīdaiņu barošanu ar mākslīgo piena maisījumu</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
@@ -702,1171 +6297,108 @@
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Zīdīšanas konsultants, kuram izsniegts
 apliecinājums par tālākizglītības
 programmas apguvi, iekļaujot zināšanas par
 zīdīšanas fizioloģijas, psiholoģijas, vadīšanas
 un veicināšanas jautājumiem.</t>
     </r>
   </si>
   <si>
-    <t>Atkarību izplatības mazināšana</t>
-[...198 lines deleted...]
-        <sz val="12"/>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārsts </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ar </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>sertifikātu ārstnieciskajā Ci-Gun metodē</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
-        <sz val="12"/>
-[...402 lines deleted...]
-        <color rgb="FF00B0F0"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> Sporta speciālistu reģistrs  </t>
-[...493 lines deleted...]
-      </rPr>
       <t>23</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. Speciālists ar Latvijas Austrumu Vingrošanas asociācijas izdotu Cigun nodarbību vadītāja sertifikātu. 
-2. Ārstniecības persona, kas pabeigusi profesionālās pilnveides programmu medicīnas Cigun jomā </t>
+      <t xml:space="preserve">1. Speciālists ar Latvijas Austrumu Vingrošanas asociācijas izdotu Ci-Gun nodarbību vadītāja sertifikātu. 
+2. Ārstniecības persona, kas pabeigusi profesionālās pilnveides programmu medicīnas Ci-Gun jomā </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>24</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 3. Speciālists, kura ārvalstīs (ārvalstu izglītības iestādē) iegūtu izglītības dokumentu  vai ārvalstīs iegūto profesionālo kvalifikāciju Akadēmiskās informācijas centrs ir atzinis par līdzvērtīgu Latvijā iegūtajai izglītībai.</t>
     </r>
   </si>
@@ -1914,4577 +6446,53 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">24 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">piemēram, Latvijā pilnveides programmu organizē Rīgas Stradiņa universitāte.
+      <t xml:space="preserve">piemēram, Latvijā programmu organizē Rīgas Stradiņa universitāte.
 </t>
     </r>
-    <r>
-[...4522 lines deleted...]
-    <t>Gadījumā, ja projekta ietvaros plāno pasākumu, kas nav norādīts atbalstāmo pasākumu sarakstā, vai plāno piesaistīt speciālistu, kurš/kura nav norādīts atbalstāmo speciālistu sarakstā, lūdzam pirms šādu izmaksu rašanās, tās saskaņot ar Centrālo finanšu un līgumu aģentūru!</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -7322,215 +7330,215 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...55 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{7F58CFF2-009B-4F5E-95E5-9421E5773601}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF66FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/sites/default/files/imce/Dokumenti/programmas/medicinas_ci_gun_2023_rev.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsfp.lv/sporta_registrs/sertificetie_sporta_specialisti" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/rap" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viis.gov.lv/registri/psihologi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arstubiedriba.lv/criterions/10112016_M08_arstnieciskais_Ci_Gun_prof_darbibas_parskata_kriteriji.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/apd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/50759-izglitibas-likums#p48" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsfp.lv/sporta_registrs/sertificetie_sporta_specialisti" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/rap" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viis.gov.lv/registri/psihologi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arstubiedriba.lv/criterions/10112016_M08_arstnieciskais_Ci_Gun_prof_darbibas_parskata_kriteriji.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/apd" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/50759-izglitibas-likums#p48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2173654</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>1522372</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>3248270</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>1693333</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Rectangle 4">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D50849B-5930-D7E8-9405-CA80BBAEE266}"/>
             </a:ext>
@@ -13692,131 +13700,50 @@
       <xdr:col>6</xdr:col>
       <xdr:colOff>14654</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>1531327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>3593124</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>1965813</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="77" name="Rectangle 76">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36BA6FE4-7303-4860-8D55-D9A2010A7ECB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7480789" y="33161654"/>
-          <a:ext cx="3578470" cy="434486"/>
-[...79 lines deleted...]
-          <a:off x="7473462" y="33198289"/>
           <a:ext cx="3578470" cy="434486"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
@@ -14015,84 +13942,84 @@
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>3456732</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>481626</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="Picture 106">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE96A18B-5802-829B-254E-94BEA2F4CA5A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7466135" y="16668750"/>
           <a:ext cx="3456732" cy="481626"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>7326</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>740018</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>3546230</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>351691</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="108" name="Rectangle 107">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BC7776D-3A48-4F27-9AD0-C15DD06A581F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7473461" y="19313768"/>
           <a:ext cx="3538904" cy="564173"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </xdr:spPr>
       <xdr:txBody>
@@ -14421,1571 +14348,1591 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N90"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A21" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D21" sqref="D21"/>
+      <selection pane="bottomLeft" activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.44140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="17.88671875" style="5" customWidth="1"/>
     <col min="3" max="3" width="17" style="5" customWidth="1"/>
     <col min="4" max="4" width="31.88671875" style="5" customWidth="1"/>
     <col min="5" max="5" width="15" style="5" customWidth="1"/>
     <col min="6" max="6" width="19.6640625" style="5" customWidth="1"/>
     <col min="7" max="7" width="54" style="5" customWidth="1"/>
     <col min="8" max="8" width="51.5546875" customWidth="1"/>
     <col min="10" max="10" width="20.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="59" t="s">
+      <c r="A1" s="82" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="60"/>
-[...4 lines deleted...]
-      <c r="G1" s="61"/>
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="83"/>
+      <c r="E1" s="83"/>
+      <c r="F1" s="83"/>
+      <c r="G1" s="84"/>
     </row>
     <row r="2" spans="1:14" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="32"/>
       <c r="B2" s="33"/>
       <c r="C2" s="33"/>
       <c r="D2" s="25"/>
-      <c r="E2" s="72" t="s">
+      <c r="E2" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="F2" s="72"/>
-      <c r="G2" s="73"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="92"/>
     </row>
     <row r="3" spans="1:14" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="62" t="s">
+      <c r="A3" s="85" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="63"/>
-[...4 lines deleted...]
-      <c r="G3" s="64"/>
+      <c r="B3" s="86"/>
+      <c r="C3" s="86"/>
+      <c r="D3" s="86"/>
+      <c r="E3" s="86"/>
+      <c r="F3" s="86"/>
+      <c r="G3" s="87"/>
     </row>
     <row r="4" spans="1:14" ht="120.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="26"/>
     </row>
     <row r="5" spans="1:14" ht="179.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="65" t="s">
+      <c r="A5" s="61" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="E5" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="9" t="s">
+      <c r="F5" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="F5" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="35" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="H5" s="27"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
     </row>
     <row r="6" spans="1:14" ht="158.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="66"/>
+      <c r="A6" s="62"/>
       <c r="B6" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="41" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="H6" s="26"/>
     </row>
     <row r="7" spans="1:14" ht="174" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="66"/>
+      <c r="A7" s="62"/>
       <c r="B7" s="10" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C7" s="10" t="s">
-        <v>23</v>
+        <v>159</v>
       </c>
       <c r="D7" s="10" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="37" t="s">
-        <v>25</v>
+        <v>224</v>
       </c>
       <c r="H7" s="26"/>
     </row>
     <row r="8" spans="1:14" ht="173.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="67"/>
+      <c r="A8" s="63"/>
       <c r="B8" s="12" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D8" s="12" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>29</v>
+        <v>259</v>
       </c>
       <c r="F8" s="12" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>22</v>
+      </c>
+      <c r="G8" s="54" t="s">
+        <v>260</v>
       </c>
       <c r="H8" s="26"/>
     </row>
     <row r="9" spans="1:14" ht="95.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="65" t="s">
-        <v>32</v>
+      <c r="A9" s="61" t="s">
+        <v>23</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="C9" s="28" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>35</v>
+        <v>161</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F9" s="9" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G9" s="35" t="s">
-        <v>38</v>
+        <v>239</v>
       </c>
       <c r="H9" s="26"/>
     </row>
     <row r="10" spans="1:14" ht="108" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="66"/>
+      <c r="A10" s="62"/>
       <c r="B10" s="10" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>40</v>
+        <v>162</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>41</v>
+        <v>163</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F10" s="11" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G10" s="36" t="s">
-        <v>42</v>
+        <v>240</v>
       </c>
       <c r="H10" s="26"/>
     </row>
     <row r="11" spans="1:14" ht="206.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="67"/>
+      <c r="A11" s="63"/>
       <c r="B11" s="12" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="C11" s="12" t="s">
-        <v>44</v>
+        <v>165</v>
       </c>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="39" t="s">
-        <v>45</v>
+        <v>241</v>
       </c>
       <c r="H11" s="26"/>
     </row>
     <row r="12" spans="1:14" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A12" s="65" t="s">
-        <v>46</v>
+      <c r="A12" s="61" t="s">
+        <v>29</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>48</v>
+        <v>167</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>49</v>
+        <v>168</v>
       </c>
       <c r="E12" s="9"/>
-      <c r="F12" s="85" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="F12" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="88" t="s">
+        <v>242</v>
       </c>
       <c r="H12" s="26"/>
     </row>
     <row r="13" spans="1:14" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="66"/>
+      <c r="A13" s="62"/>
       <c r="B13" s="10" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="C13" s="11" t="s">
-        <v>53</v>
+        <v>166</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="E13" s="10"/>
-      <c r="F13" s="86"/>
-      <c r="G13" s="69"/>
+      <c r="F13" s="68"/>
+      <c r="G13" s="74"/>
       <c r="H13" s="26"/>
     </row>
     <row r="14" spans="1:14" ht="72" x14ac:dyDescent="0.3">
-      <c r="A14" s="66"/>
+      <c r="A14" s="62"/>
       <c r="B14" s="10" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="C14" s="10" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>57</v>
+        <v>169</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="10" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G14" s="69"/>
+        <v>36</v>
+      </c>
+      <c r="G14" s="74"/>
       <c r="H14" s="26"/>
     </row>
     <row r="15" spans="1:14" ht="137.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="66"/>
+      <c r="A15" s="62"/>
       <c r="B15" s="10" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="C15" s="10" t="s">
-        <v>60</v>
+        <v>170</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="E15" s="10"/>
       <c r="F15" s="10" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G15" s="69"/>
+        <v>38</v>
+      </c>
+      <c r="G15" s="74"/>
       <c r="H15" s="26"/>
     </row>
     <row r="16" spans="1:14" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A16" s="66"/>
+      <c r="A16" s="62"/>
       <c r="B16" s="10" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C16" s="11" t="s">
-        <v>64</v>
+        <v>172</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="F16" s="10" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>41</v>
+      </c>
+      <c r="G16" s="73" t="s">
+        <v>175</v>
       </c>
       <c r="H16" s="26"/>
     </row>
     <row r="17" spans="1:8" ht="183.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="66"/>
+      <c r="A17" s="62"/>
       <c r="B17" s="10" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>70</v>
+        <v>173</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="E17" s="10"/>
       <c r="F17" s="10" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="G17" s="69"/>
+        <v>44</v>
+      </c>
+      <c r="G17" s="74"/>
       <c r="H17" s="26"/>
     </row>
     <row r="18" spans="1:8" ht="161.4" x14ac:dyDescent="0.3">
-      <c r="A18" s="66"/>
+      <c r="A18" s="62"/>
       <c r="B18" s="10" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="C18" s="10" t="s">
-        <v>74</v>
+        <v>176</v>
       </c>
       <c r="D18" s="10"/>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
-      <c r="G18" s="69"/>
+      <c r="G18" s="74"/>
       <c r="H18" s="26"/>
     </row>
     <row r="19" spans="1:8" ht="152.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="66"/>
+      <c r="A19" s="62"/>
       <c r="B19" s="10" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="45"/>
       <c r="H19" s="27"/>
     </row>
     <row r="20" spans="1:8" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A20" s="66"/>
+      <c r="A20" s="62"/>
       <c r="B20" s="10" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="C20" s="10" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="45"/>
       <c r="H20" s="26"/>
     </row>
-    <row r="21" spans="1:8" ht="222.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="66"/>
+    <row r="21" spans="1:8" ht="189" x14ac:dyDescent="0.3">
+      <c r="A21" s="62"/>
       <c r="B21" s="10" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>51</v>
+      </c>
+      <c r="C21" s="52" t="s">
+        <v>261</v>
       </c>
       <c r="D21" s="14" t="s">
-        <v>82</v>
+        <v>262</v>
       </c>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
-      <c r="G21" s="52" t="s">
-        <v>83</v>
+      <c r="G21" s="55" t="s">
+        <v>263</v>
       </c>
       <c r="H21" s="26"/>
     </row>
     <row r="22" spans="1:8" ht="355.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="66"/>
-[...4 lines deleted...]
-        <v>85</v>
+      <c r="A22" s="62"/>
+      <c r="B22" s="51" t="s">
+        <v>237</v>
+      </c>
+      <c r="C22" s="53" t="s">
+        <v>220</v>
       </c>
       <c r="D22" s="29" t="s">
-        <v>86</v>
+        <v>177</v>
       </c>
       <c r="E22" s="21"/>
       <c r="F22" s="21"/>
       <c r="G22" s="46" t="s">
-        <v>87</v>
+        <v>230</v>
       </c>
       <c r="H22" s="27"/>
     </row>
     <row r="23" spans="1:8" ht="235.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="66"/>
+      <c r="A23" s="62"/>
       <c r="B23" s="10" t="s">
-        <v>88</v>
+        <v>52</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>89</v>
+        <v>178</v>
       </c>
       <c r="D23" s="14" t="s">
-        <v>90</v>
+        <v>179</v>
       </c>
       <c r="E23" s="10"/>
       <c r="F23" s="10" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="G23" s="37" t="s">
-        <v>92</v>
+        <v>180</v>
       </c>
       <c r="H23" s="26"/>
     </row>
     <row r="24" spans="1:8" ht="188.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="66"/>
+      <c r="A24" s="62"/>
       <c r="B24" s="10" t="s">
-        <v>93</v>
+        <v>54</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>94</v>
+        <v>181</v>
       </c>
       <c r="D24" s="10"/>
       <c r="E24" s="10" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="F24" s="10"/>
       <c r="G24" s="37" t="s">
-        <v>96</v>
+        <v>182</v>
       </c>
       <c r="H24" s="26"/>
     </row>
     <row r="25" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A25" s="66"/>
+      <c r="A25" s="62"/>
       <c r="B25" s="10" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="C25" s="10" t="s">
-        <v>98</v>
+        <v>57</v>
       </c>
       <c r="D25" s="10"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="45"/>
       <c r="H25" s="26"/>
     </row>
     <row r="26" spans="1:8" ht="109.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="67"/>
+      <c r="A26" s="63"/>
       <c r="B26" s="12" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="C26" s="12" t="s">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="D26" s="13" t="s">
-        <v>101</v>
+        <v>184</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>102</v>
+        <v>59</v>
       </c>
       <c r="F26" s="16"/>
       <c r="G26" s="47" t="s">
-        <v>103</v>
+        <v>225</v>
       </c>
       <c r="H26" s="26"/>
     </row>
     <row r="27" spans="1:8" ht="320.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="65" t="s">
-        <v>104</v>
+      <c r="A27" s="61" t="s">
+        <v>60</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>105</v>
+        <v>218</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>106</v>
+        <v>185</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>107</v>
+        <v>217</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>109</v>
+        <v>216</v>
       </c>
       <c r="G27" s="35" t="s">
-        <v>110</v>
+        <v>243</v>
       </c>
       <c r="H27" s="26"/>
     </row>
     <row r="28" spans="1:8" ht="82.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="66"/>
+      <c r="A28" s="62"/>
       <c r="B28" s="30" t="s">
-        <v>111</v>
+        <v>226</v>
       </c>
       <c r="C28" s="30" t="s">
-        <v>112</v>
+        <v>186</v>
       </c>
       <c r="D28" s="31" t="s">
-        <v>113</v>
+        <v>187</v>
       </c>
       <c r="E28" s="30"/>
       <c r="F28" s="30" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
       <c r="G28" s="44" t="s">
-        <v>115</v>
+        <v>219</v>
       </c>
       <c r="H28" s="26"/>
     </row>
     <row r="29" spans="1:8" ht="352.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="66"/>
+      <c r="A29" s="62"/>
       <c r="B29" s="10" t="s">
-        <v>116</v>
+        <v>63</v>
       </c>
       <c r="C29" s="10" t="s">
-        <v>117</v>
+        <v>214</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>118</v>
+        <v>231</v>
       </c>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="36" t="s">
-        <v>119</v>
+        <v>244</v>
       </c>
       <c r="H29" s="26"/>
     </row>
     <row r="30" spans="1:8" ht="252.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="66"/>
+      <c r="A30" s="62"/>
       <c r="B30" s="10" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="C30" s="10" t="s">
-        <v>121</v>
+        <v>188</v>
       </c>
       <c r="D30" s="14" t="s">
-        <v>122</v>
+        <v>189</v>
       </c>
       <c r="E30" s="10" t="s">
-        <v>123</v>
+        <v>65</v>
       </c>
       <c r="F30" s="10"/>
       <c r="G30" s="36" t="s">
-        <v>124</v>
+        <v>245</v>
       </c>
       <c r="H30" s="26"/>
     </row>
     <row r="31" spans="1:8" ht="240" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="66"/>
+      <c r="A31" s="62"/>
       <c r="B31" s="10" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="C31" s="10" t="s">
-        <v>126</v>
+        <v>190</v>
       </c>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
       <c r="F31" s="10" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="G31" s="37" t="s">
-        <v>128</v>
+        <v>246</v>
       </c>
       <c r="H31" s="26"/>
     </row>
     <row r="32" spans="1:8" ht="203.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="66"/>
+      <c r="A32" s="62"/>
       <c r="B32" s="10" t="s">
-        <v>129</v>
+        <v>68</v>
       </c>
       <c r="C32" s="10" t="s">
-        <v>130</v>
+        <v>191</v>
       </c>
       <c r="D32" s="10" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="E32" s="10" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="F32" s="10" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G32" s="37" t="s">
-        <v>133</v>
+        <v>247</v>
       </c>
       <c r="H32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="363" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="66"/>
+      <c r="A33" s="62"/>
       <c r="B33" s="10" t="s">
-        <v>134</v>
+        <v>71</v>
       </c>
       <c r="C33" s="10" t="s">
-        <v>135</v>
+        <v>72</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>136</v>
+        <v>249</v>
       </c>
       <c r="E33" s="10"/>
       <c r="F33" s="10" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="G33" s="37" t="s">
-        <v>138</v>
+        <v>248</v>
       </c>
       <c r="H33" s="26"/>
     </row>
     <row r="34" spans="1:10" ht="204" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="66"/>
+      <c r="A34" s="62"/>
       <c r="B34" s="10" t="s">
-        <v>139</v>
+        <v>74</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>135</v>
+        <v>72</v>
       </c>
       <c r="D34" s="14" t="s">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="E34" s="10"/>
       <c r="F34" s="10" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
       <c r="G34" s="37" t="s">
-        <v>142</v>
+        <v>250</v>
       </c>
       <c r="H34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="206.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="66"/>
+      <c r="A35" s="62"/>
       <c r="B35" s="10" t="s">
-        <v>143</v>
+        <v>76</v>
       </c>
       <c r="C35" s="14" t="s">
-        <v>144</v>
+        <v>193</v>
       </c>
       <c r="D35" s="10"/>
       <c r="E35" s="10"/>
       <c r="F35" s="10"/>
       <c r="G35" s="37" t="s">
-        <v>145</v>
+        <v>251</v>
       </c>
       <c r="H35" s="26"/>
     </row>
     <row r="36" spans="1:10" ht="204" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="66"/>
+      <c r="A36" s="62"/>
       <c r="B36" s="10" t="s">
-        <v>146</v>
+        <v>77</v>
       </c>
       <c r="C36" s="14" t="s">
-        <v>147</v>
+        <v>194</v>
       </c>
       <c r="D36" s="10"/>
       <c r="E36" s="10" t="s">
-        <v>148</v>
+        <v>78</v>
       </c>
       <c r="F36" s="10" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G36" s="37" t="s">
-        <v>149</v>
+        <v>252</v>
       </c>
       <c r="H36" s="26"/>
     </row>
     <row r="37" spans="1:10" ht="257.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="66"/>
+      <c r="A37" s="62"/>
       <c r="B37" s="10" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="C37" s="10" t="s">
-        <v>151</v>
+        <v>195</v>
       </c>
       <c r="D37" s="14" t="s">
-        <v>152</v>
+        <v>196</v>
       </c>
       <c r="E37" s="10"/>
       <c r="F37" s="10" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="G37" s="37" t="s">
-        <v>154</v>
+        <v>253</v>
       </c>
       <c r="H37" s="26"/>
     </row>
     <row r="38" spans="1:10" ht="255" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="66"/>
+      <c r="A38" s="62"/>
       <c r="B38" s="10" t="s">
-        <v>155</v>
+        <v>255</v>
       </c>
       <c r="C38" s="10" t="s">
-        <v>151</v>
+        <v>195</v>
       </c>
       <c r="D38" s="10"/>
       <c r="E38" s="10"/>
       <c r="F38" s="10" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>81</v>
+      </c>
+      <c r="G38" s="54" t="s">
+        <v>254</v>
       </c>
       <c r="H38" s="26"/>
     </row>
     <row r="39" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="66"/>
+      <c r="A39" s="62"/>
       <c r="B39" s="10" t="s">
-        <v>158</v>
+        <v>82</v>
       </c>
       <c r="C39" s="10" t="s">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="D39" s="10"/>
       <c r="E39" s="10"/>
       <c r="F39" s="10" t="s">
-        <v>160</v>
+        <v>83</v>
       </c>
       <c r="G39" s="37" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
       <c r="H39" s="26"/>
     </row>
     <row r="40" spans="1:10" ht="269.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="67"/>
+      <c r="A40" s="63"/>
       <c r="B40" s="12" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="C40" s="12" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="D40" s="13" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="39" t="s">
-        <v>165</v>
+        <v>256</v>
       </c>
       <c r="H40" s="26"/>
     </row>
     <row r="41" spans="1:10" ht="160.19999999999999" x14ac:dyDescent="0.3">
-      <c r="A41" s="79" t="s">
-        <v>166</v>
+      <c r="A41" s="58" t="s">
+        <v>85</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>167</v>
+        <v>86</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>168</v>
+        <v>87</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>169</v>
+        <v>201</v>
       </c>
       <c r="E41" s="17" t="s">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>170</v>
+        <v>88</v>
       </c>
       <c r="G41" s="42" t="s">
-        <v>171</v>
+        <v>202</v>
       </c>
       <c r="H41" s="26"/>
       <c r="J41" t="s">
-        <v>172</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="93" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="80"/>
+      <c r="A42" s="59"/>
       <c r="B42" s="10" t="s">
-        <v>173</v>
+        <v>90</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>174</v>
+        <v>203</v>
       </c>
       <c r="D42" s="10"/>
       <c r="E42" s="10"/>
       <c r="F42" s="15" t="s">
-        <v>108</v>
+        <v>61</v>
       </c>
       <c r="G42" s="37" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
       <c r="H42" s="26"/>
     </row>
     <row r="43" spans="1:10" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="81"/>
+      <c r="A43" s="60"/>
       <c r="B43" s="12" t="s">
-        <v>175</v>
+        <v>91</v>
       </c>
       <c r="C43" s="12" t="s">
-        <v>176</v>
+        <v>92</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>177</v>
+        <v>93</v>
       </c>
       <c r="E43" s="16"/>
       <c r="F43" s="16"/>
       <c r="G43" s="43"/>
       <c r="H43" s="26"/>
     </row>
     <row r="44" spans="1:10" ht="87" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="65" t="s">
-        <v>178</v>
+      <c r="A44" s="61" t="s">
+        <v>94</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>179</v>
+        <v>95</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="E44" s="9"/>
       <c r="F44" s="9" t="s">
-        <v>182</v>
+        <v>97</v>
       </c>
       <c r="G44" s="40" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="H44" s="26"/>
     </row>
     <row r="45" spans="1:10" ht="169.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="66"/>
+      <c r="A45" s="62"/>
       <c r="B45" s="10" t="s">
-        <v>184</v>
+        <v>98</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>185</v>
+        <v>99</v>
       </c>
       <c r="D45" s="14" t="s">
-        <v>186</v>
+        <v>206</v>
       </c>
       <c r="E45" s="19"/>
       <c r="F45" s="10"/>
       <c r="G45" s="41" t="s">
-        <v>187</v>
+        <v>207</v>
       </c>
       <c r="H45" s="26"/>
     </row>
     <row r="46" spans="1:10" ht="158.4" x14ac:dyDescent="0.3">
-      <c r="A46" s="66"/>
+      <c r="A46" s="62"/>
       <c r="B46" s="10" t="s">
-        <v>188</v>
+        <v>100</v>
       </c>
       <c r="C46" s="10" t="s">
-        <v>189</v>
+        <v>101</v>
       </c>
       <c r="D46" s="14" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="E46" s="19"/>
       <c r="F46" s="10"/>
       <c r="G46" s="41" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
       <c r="H46" s="26"/>
     </row>
     <row r="47" spans="1:10" ht="186.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="66"/>
+      <c r="A47" s="62"/>
       <c r="B47" s="10" t="s">
-        <v>192</v>
+        <v>102</v>
       </c>
       <c r="C47" s="10" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="D47" s="14" t="s">
-        <v>193</v>
+        <v>210</v>
       </c>
       <c r="E47" s="14"/>
       <c r="F47" s="10"/>
       <c r="G47" s="37" t="s">
-        <v>194</v>
+        <v>211</v>
       </c>
       <c r="H47" s="26"/>
     </row>
     <row r="48" spans="1:10" ht="217.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="66"/>
+      <c r="A48" s="62"/>
       <c r="B48" s="10" t="s">
-        <v>195</v>
+        <v>103</v>
       </c>
       <c r="C48" s="14" t="s">
-        <v>193</v>
+        <v>210</v>
       </c>
       <c r="D48" s="14" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="E48" s="10"/>
       <c r="F48" s="10"/>
       <c r="G48" s="36" t="s">
-        <v>197</v>
+        <v>257</v>
       </c>
       <c r="H48" s="26"/>
     </row>
     <row r="49" spans="1:8" ht="363" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="87"/>
+      <c r="A49" s="72"/>
       <c r="B49" s="10" t="s">
-        <v>198</v>
+        <v>104</v>
       </c>
       <c r="C49" s="10" t="s">
-        <v>199</v>
+        <v>105</v>
       </c>
       <c r="D49" s="20"/>
       <c r="E49" s="20"/>
       <c r="F49" s="20"/>
       <c r="G49" s="37"/>
       <c r="H49" s="26"/>
     </row>
     <row r="50" spans="1:8" ht="348.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="67"/>
+      <c r="A50" s="63"/>
       <c r="B50" s="12" t="s">
-        <v>200</v>
+        <v>106</v>
       </c>
       <c r="C50" s="12" t="s">
-        <v>201</v>
+        <v>107</v>
       </c>
       <c r="D50" s="12" t="s">
-        <v>202</v>
+        <v>108</v>
       </c>
       <c r="E50" s="12"/>
       <c r="F50" s="12" t="s">
-        <v>203</v>
+        <v>109</v>
       </c>
       <c r="G50" s="39"/>
       <c r="H50" s="26"/>
     </row>
     <row r="51" spans="1:8" ht="150.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="65" t="s">
-[...3 lines deleted...]
-        <v>205</v>
+      <c r="A51" s="61" t="s">
+        <v>110</v>
+      </c>
+      <c r="B51" s="49" t="s">
+        <v>238</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>206</v>
+        <v>111</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>207</v>
+        <v>112</v>
       </c>
       <c r="E51" s="9"/>
       <c r="F51" s="9"/>
       <c r="G51" s="35" t="s">
-        <v>208</v>
+        <v>113</v>
       </c>
       <c r="H51" s="26"/>
     </row>
     <row r="52" spans="1:8" ht="388.8" x14ac:dyDescent="0.3">
-      <c r="A52" s="89"/>
+      <c r="A52" s="75"/>
       <c r="B52" s="11" t="s">
-        <v>209</v>
+        <v>114</v>
       </c>
       <c r="C52" s="11" t="s">
-        <v>210</v>
+        <v>115</v>
       </c>
       <c r="D52" s="11"/>
       <c r="E52" s="11"/>
       <c r="F52" s="11"/>
       <c r="G52" s="36"/>
       <c r="H52" s="26"/>
     </row>
     <row r="53" spans="1:8" ht="393" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="89"/>
+      <c r="A53" s="75"/>
       <c r="B53" s="11" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>116</v>
+      </c>
+      <c r="C53" s="48" t="s">
+        <v>232</v>
       </c>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="36"/>
       <c r="H53" s="26"/>
     </row>
     <row r="54" spans="1:8" ht="78.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="66"/>
+      <c r="A54" s="62"/>
       <c r="B54" s="10" t="s">
-        <v>213</v>
+        <v>117</v>
       </c>
       <c r="C54" s="10" t="s">
-        <v>214</v>
+        <v>118</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>215</v>
+        <v>119</v>
       </c>
       <c r="E54" s="10"/>
       <c r="F54" s="10"/>
       <c r="G54" s="37"/>
       <c r="H54" s="26"/>
     </row>
     <row r="55" spans="1:8" ht="255" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A55" s="67"/>
+      <c r="A55" s="63"/>
       <c r="B55" s="12" t="s">
-        <v>216</v>
+        <v>120</v>
       </c>
       <c r="C55" s="12" t="s">
-        <v>217</v>
+        <v>121</v>
       </c>
       <c r="D55" s="12" t="s">
-        <v>218</v>
+        <v>122</v>
       </c>
       <c r="E55" s="12"/>
       <c r="F55" s="12"/>
       <c r="G55" s="39"/>
       <c r="H55" s="26"/>
     </row>
     <row r="56" spans="1:8" ht="206.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="65" t="s">
-        <v>219</v>
+      <c r="A56" s="61" t="s">
+        <v>123</v>
       </c>
       <c r="B56" s="9" t="s">
-        <v>220</v>
+        <v>124</v>
       </c>
       <c r="C56" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" s="9"/>
+      <c r="E56" s="49" t="s">
         <v>221</v>
-      </c>
-[...2 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F56" s="9"/>
       <c r="G56" s="35" t="s">
-        <v>223</v>
+        <v>258</v>
       </c>
       <c r="H56" s="26"/>
     </row>
     <row r="57" spans="1:8" ht="161.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A57" s="66"/>
-[...1 lines deleted...]
-        <v>224</v>
+      <c r="A57" s="62"/>
+      <c r="B57" s="50" t="s">
+        <v>234</v>
       </c>
       <c r="C57" s="10" t="s">
-        <v>225</v>
+        <v>125</v>
       </c>
       <c r="D57" s="10"/>
-      <c r="E57" s="49" t="s">
-        <v>226</v>
+      <c r="E57" s="50" t="s">
+        <v>235</v>
       </c>
       <c r="F57" s="15" t="s">
-        <v>227</v>
+        <v>126</v>
       </c>
       <c r="G57" s="36"/>
     </row>
     <row r="58" spans="1:8" ht="229.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="66"/>
+      <c r="A58" s="62"/>
       <c r="B58" s="10" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>227</v>
+      </c>
+      <c r="C58" s="50" t="s">
+        <v>236</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>215</v>
+      </c>
+      <c r="E58" s="50" t="s">
+        <v>222</v>
       </c>
       <c r="F58" s="15" t="s">
-        <v>227</v>
+        <v>126</v>
       </c>
       <c r="G58" s="37" t="s">
-        <v>232</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:8" ht="144.6" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="67"/>
+      <c r="A59" s="63"/>
       <c r="B59" s="24" t="s">
-        <v>233</v>
+        <v>127</v>
       </c>
       <c r="C59" s="24" t="s">
-        <v>234</v>
+        <v>128</v>
       </c>
       <c r="D59" s="24" t="s">
-        <v>235</v>
+        <v>129</v>
       </c>
       <c r="E59" s="23"/>
       <c r="F59" s="23"/>
       <c r="G59" s="38"/>
     </row>
     <row r="60" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="70" t="s">
-[...9 lines deleted...]
-      <c r="G60" s="58"/>
+      <c r="A60" s="89" t="s">
+        <v>130</v>
+      </c>
+      <c r="B60" s="69" t="s">
+        <v>131</v>
+      </c>
+      <c r="C60" s="70"/>
+      <c r="D60" s="70"/>
+      <c r="E60" s="70"/>
+      <c r="F60" s="70"/>
+      <c r="G60" s="71"/>
     </row>
     <row r="61" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="70"/>
-[...7 lines deleted...]
-      <c r="G61" s="58"/>
+      <c r="A61" s="89"/>
+      <c r="B61" s="69" t="s">
+        <v>132</v>
+      </c>
+      <c r="C61" s="70"/>
+      <c r="D61" s="70"/>
+      <c r="E61" s="70"/>
+      <c r="F61" s="70"/>
+      <c r="G61" s="71"/>
     </row>
     <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="70"/>
-[...7 lines deleted...]
-      <c r="G62" s="58"/>
+      <c r="A62" s="89"/>
+      <c r="B62" s="69" t="s">
+        <v>133</v>
+      </c>
+      <c r="C62" s="70"/>
+      <c r="D62" s="70"/>
+      <c r="E62" s="70"/>
+      <c r="F62" s="70"/>
+      <c r="G62" s="71"/>
     </row>
     <row r="63" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="70"/>
-[...7 lines deleted...]
-      <c r="G63" s="58"/>
+      <c r="A63" s="89"/>
+      <c r="B63" s="69" t="s">
+        <v>134</v>
+      </c>
+      <c r="C63" s="70"/>
+      <c r="D63" s="70"/>
+      <c r="E63" s="70"/>
+      <c r="F63" s="70"/>
+      <c r="G63" s="71"/>
     </row>
     <row r="64" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="70"/>
-[...7 lines deleted...]
-      <c r="G64" s="58"/>
+      <c r="A64" s="89"/>
+      <c r="B64" s="69" t="s">
+        <v>135</v>
+      </c>
+      <c r="C64" s="70"/>
+      <c r="D64" s="70"/>
+      <c r="E64" s="70"/>
+      <c r="F64" s="70"/>
+      <c r="G64" s="71"/>
     </row>
     <row r="65" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A65" s="70"/>
-[...7 lines deleted...]
-      <c r="G65" s="58"/>
+      <c r="A65" s="89"/>
+      <c r="B65" s="69" t="s">
+        <v>136</v>
+      </c>
+      <c r="C65" s="70"/>
+      <c r="D65" s="70"/>
+      <c r="E65" s="70"/>
+      <c r="F65" s="70"/>
+      <c r="G65" s="71"/>
     </row>
     <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="70"/>
-[...7 lines deleted...]
-      <c r="G66" s="58"/>
+      <c r="A66" s="89"/>
+      <c r="B66" s="69" t="s">
+        <v>137</v>
+      </c>
+      <c r="C66" s="70"/>
+      <c r="D66" s="70"/>
+      <c r="E66" s="70"/>
+      <c r="F66" s="70"/>
+      <c r="G66" s="71"/>
     </row>
     <row r="67" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="70"/>
-[...7 lines deleted...]
-      <c r="G67" s="58"/>
+      <c r="A67" s="89"/>
+      <c r="B67" s="69" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67" s="70"/>
+      <c r="D67" s="70"/>
+      <c r="E67" s="70"/>
+      <c r="F67" s="70"/>
+      <c r="G67" s="71"/>
     </row>
     <row r="68" spans="1:9" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="70"/>
-[...7 lines deleted...]
-      <c r="G68" s="58"/>
+      <c r="A68" s="89"/>
+      <c r="B68" s="69" t="s">
+        <v>139</v>
+      </c>
+      <c r="C68" s="70"/>
+      <c r="D68" s="70"/>
+      <c r="E68" s="70"/>
+      <c r="F68" s="70"/>
+      <c r="G68" s="71"/>
     </row>
     <row r="69" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="70"/>
-[...7 lines deleted...]
-      <c r="G69" s="58"/>
+      <c r="A69" s="89"/>
+      <c r="B69" s="69" t="s">
+        <v>140</v>
+      </c>
+      <c r="C69" s="70"/>
+      <c r="D69" s="70"/>
+      <c r="E69" s="70"/>
+      <c r="F69" s="70"/>
+      <c r="G69" s="71"/>
     </row>
     <row r="70" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="70"/>
-[...7 lines deleted...]
-      <c r="G70" s="58"/>
+      <c r="A70" s="89"/>
+      <c r="B70" s="69" t="s">
+        <v>141</v>
+      </c>
+      <c r="C70" s="70"/>
+      <c r="D70" s="70"/>
+      <c r="E70" s="70"/>
+      <c r="F70" s="70"/>
+      <c r="G70" s="71"/>
     </row>
     <row r="71" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="70"/>
-[...7 lines deleted...]
-      <c r="G71" s="58"/>
+      <c r="A71" s="89"/>
+      <c r="B71" s="69" t="s">
+        <v>142</v>
+      </c>
+      <c r="C71" s="70"/>
+      <c r="D71" s="70"/>
+      <c r="E71" s="70"/>
+      <c r="F71" s="70"/>
+      <c r="G71" s="71"/>
     </row>
     <row r="72" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="70"/>
-[...7 lines deleted...]
-      <c r="G72" s="58"/>
+      <c r="A72" s="89"/>
+      <c r="B72" s="69" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="70"/>
+      <c r="D72" s="70"/>
+      <c r="E72" s="70"/>
+      <c r="F72" s="70"/>
+      <c r="G72" s="71"/>
     </row>
     <row r="73" spans="1:9" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="70"/>
-[...7 lines deleted...]
-      <c r="G73" s="58"/>
+      <c r="A73" s="89"/>
+      <c r="B73" s="69" t="s">
+        <v>144</v>
+      </c>
+      <c r="C73" s="70"/>
+      <c r="D73" s="70"/>
+      <c r="E73" s="70"/>
+      <c r="F73" s="70"/>
+      <c r="G73" s="71"/>
     </row>
     <row r="74" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="70"/>
-[...7 lines deleted...]
-      <c r="G74" s="58"/>
+      <c r="A74" s="89"/>
+      <c r="B74" s="69" t="s">
+        <v>145</v>
+      </c>
+      <c r="C74" s="70"/>
+      <c r="D74" s="70"/>
+      <c r="E74" s="70"/>
+      <c r="F74" s="70"/>
+      <c r="G74" s="71"/>
     </row>
     <row r="75" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="70"/>
-[...7 lines deleted...]
-      <c r="G75" s="58"/>
+      <c r="A75" s="89"/>
+      <c r="B75" s="69" t="s">
+        <v>146</v>
+      </c>
+      <c r="C75" s="70"/>
+      <c r="D75" s="70"/>
+      <c r="E75" s="70"/>
+      <c r="F75" s="70"/>
+      <c r="G75" s="71"/>
     </row>
     <row r="76" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="70"/>
-[...7 lines deleted...]
-      <c r="G76" s="58"/>
+      <c r="A76" s="89"/>
+      <c r="B76" s="69" t="s">
+        <v>147</v>
+      </c>
+      <c r="C76" s="70"/>
+      <c r="D76" s="70"/>
+      <c r="E76" s="70"/>
+      <c r="F76" s="70"/>
+      <c r="G76" s="71"/>
     </row>
     <row r="77" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="70"/>
-[...7 lines deleted...]
-      <c r="G77" s="58"/>
+      <c r="A77" s="89"/>
+      <c r="B77" s="69" t="s">
+        <v>148</v>
+      </c>
+      <c r="C77" s="70"/>
+      <c r="D77" s="70"/>
+      <c r="E77" s="70"/>
+      <c r="F77" s="70"/>
+      <c r="G77" s="71"/>
     </row>
     <row r="78" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="70"/>
-[...7 lines deleted...]
-      <c r="G78" s="58"/>
+      <c r="A78" s="89"/>
+      <c r="B78" s="69" t="s">
+        <v>149</v>
+      </c>
+      <c r="C78" s="70"/>
+      <c r="D78" s="70"/>
+      <c r="E78" s="70"/>
+      <c r="F78" s="70"/>
+      <c r="G78" s="71"/>
     </row>
     <row r="79" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="70"/>
-[...7 lines deleted...]
-      <c r="G79" s="58"/>
+      <c r="A79" s="89"/>
+      <c r="B79" s="69" t="s">
+        <v>150</v>
+      </c>
+      <c r="C79" s="70"/>
+      <c r="D79" s="70"/>
+      <c r="E79" s="70"/>
+      <c r="F79" s="70"/>
+      <c r="G79" s="71"/>
       <c r="I79" s="22"/>
     </row>
     <row r="80" spans="1:9" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="70"/>
-[...7 lines deleted...]
-      <c r="G80" s="58"/>
+      <c r="A80" s="89"/>
+      <c r="B80" s="69" t="s">
+        <v>151</v>
+      </c>
+      <c r="C80" s="70"/>
+      <c r="D80" s="70"/>
+      <c r="E80" s="70"/>
+      <c r="F80" s="70"/>
+      <c r="G80" s="71"/>
     </row>
     <row r="81" spans="1:10" ht="66" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="70"/>
-[...10 lines deleted...]
-      <c r="J81" s="56"/>
+      <c r="A81" s="89"/>
+      <c r="B81" s="69" t="s">
+        <v>152</v>
+      </c>
+      <c r="C81" s="70"/>
+      <c r="D81" s="70"/>
+      <c r="E81" s="70"/>
+      <c r="F81" s="70"/>
+      <c r="G81" s="71"/>
+      <c r="H81" s="70"/>
+      <c r="I81" s="70"/>
+      <c r="J81" s="70"/>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A82" s="70"/>
-[...7 lines deleted...]
-      <c r="G82" s="58"/>
+      <c r="A82" s="89"/>
+      <c r="B82" s="69" t="s">
+        <v>153</v>
+      </c>
+      <c r="C82" s="70"/>
+      <c r="D82" s="70"/>
+      <c r="E82" s="70"/>
+      <c r="F82" s="70"/>
+      <c r="G82" s="71"/>
       <c r="H82" s="6"/>
       <c r="I82" s="6"/>
       <c r="J82" s="6"/>
     </row>
     <row r="83" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A83" s="71"/>
-[...7 lines deleted...]
-      <c r="G83" s="84"/>
+      <c r="A83" s="90"/>
+      <c r="B83" s="64" t="s">
+        <v>154</v>
+      </c>
+      <c r="C83" s="65"/>
+      <c r="D83" s="65"/>
+      <c r="E83" s="65"/>
+      <c r="F83" s="65"/>
+      <c r="G83" s="66"/>
       <c r="H83" s="6"/>
       <c r="I83" s="6"/>
       <c r="J83" s="6"/>
     </row>
     <row r="84" spans="1:10" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="34" t="s">
-        <v>261</v>
-[...8 lines deleted...]
-      <c r="G84" s="76"/>
+        <v>155</v>
+      </c>
+      <c r="B84" s="79" t="s">
+        <v>156</v>
+      </c>
+      <c r="C84" s="80"/>
+      <c r="D84" s="80"/>
+      <c r="E84" s="80"/>
+      <c r="F84" s="80"/>
+      <c r="G84" s="81"/>
     </row>
     <row r="85" spans="1:10" ht="34.200000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A85" s="90" t="s">
-[...7 lines deleted...]
-      <c r="G85" s="92"/>
+      <c r="A85" s="76" t="s">
+        <v>157</v>
+      </c>
+      <c r="B85" s="77"/>
+      <c r="C85" s="77"/>
+      <c r="D85" s="77"/>
+      <c r="E85" s="77"/>
+      <c r="F85" s="77"/>
+      <c r="G85" s="78"/>
     </row>
     <row r="86" spans="1:10" ht="20.7" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="77"/>
-[...5 lines deleted...]
-      <c r="G86" s="78"/>
+      <c r="A86" s="56"/>
+      <c r="B86" s="57"/>
+      <c r="C86" s="57"/>
+      <c r="D86" s="57"/>
+      <c r="E86" s="57"/>
+      <c r="F86" s="57"/>
+      <c r="G86" s="57"/>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A87" s="2"/>
       <c r="B87" s="3"/>
       <c r="C87" s="3"/>
       <c r="D87" s="3"/>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A88" s="2"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A89" s="2"/>
       <c r="B89" s="3"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A90" s="2"/>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:G85" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="43">
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="B73:G73"/>
+    <mergeCell ref="B74:G74"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="B65:G65"/>
+    <mergeCell ref="B61:G61"/>
+    <mergeCell ref="B71:G71"/>
+    <mergeCell ref="A5:A8"/>
+    <mergeCell ref="A9:A11"/>
+    <mergeCell ref="G12:G15"/>
+    <mergeCell ref="A12:A26"/>
+    <mergeCell ref="A56:A59"/>
+    <mergeCell ref="A60:A83"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="B75:G75"/>
+    <mergeCell ref="B63:G63"/>
+    <mergeCell ref="B70:G70"/>
+    <mergeCell ref="B72:G72"/>
+    <mergeCell ref="B84:G84"/>
+    <mergeCell ref="B76:G76"/>
+    <mergeCell ref="B77:G77"/>
+    <mergeCell ref="B78:G78"/>
+    <mergeCell ref="B81:G81"/>
+    <mergeCell ref="B79:G79"/>
+    <mergeCell ref="B80:G80"/>
+    <mergeCell ref="B82:G82"/>
     <mergeCell ref="A86:G86"/>
     <mergeCell ref="A41:A43"/>
     <mergeCell ref="A27:A40"/>
     <mergeCell ref="B83:G83"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="B66:G66"/>
     <mergeCell ref="B69:G69"/>
     <mergeCell ref="B67:G67"/>
     <mergeCell ref="B68:G68"/>
     <mergeCell ref="A44:A50"/>
     <mergeCell ref="B62:G62"/>
     <mergeCell ref="G16:G18"/>
     <mergeCell ref="B64:G64"/>
     <mergeCell ref="B60:G60"/>
     <mergeCell ref="A51:A55"/>
     <mergeCell ref="A85:G85"/>
-    <mergeCell ref="B63:G63"/>
-[...25 lines deleted...]
-    <mergeCell ref="B75:G75"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B84" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="86" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd659194-de00-4ccd-bb95-b10d17529a5f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="027db945-d6b9-442b-b2c1-2b991705272a"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a90b29eb7fc2f5bb73a82fc24295a09a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf902a1e0b29e6ed1162bb8fa4af9160" ns2:_="" ns3:_="">
     <xsd:import namespace="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <xsd:import namespace="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -16182,104 +16129,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA55DF5-03B6-4F7C-8A28-06E6BA6040C9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9925112-D9D5-44E1-B2D8-12DD05CAC742}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10A4D0FC-46B0-4202-8A9E-08CBE1403189}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D30046C-492C-41DD-A5DD-5C193FB2827E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{171abc8c-0b18-4336-97d7-51d65f5c7f99}" enabled="1" method="Standard" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>