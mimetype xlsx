--- v1 (2025-12-16)
+++ v2 (2026-03-17)
@@ -5,60 +5,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/evija_keisa_cfla_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{15D1FCAA-AFE3-4F0C-8D73-19E4DBA31ACA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F19673A3-4D17-4515-BD2B-245C59051FFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-5445" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-67320" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Speciālisti" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Speciālisti!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -2489,103 +2489,50 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, sociālais darbinieks</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>11</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Psihologs (jautājumos par seksuālo attiecību uzsākšanu, veselīgu attiecību veidošanu); ārsts (t.sk. rezidents), ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, jaunatnes darbinieki, kuri apguvuši projekta Nr. 9.2.4.1/16/1/I/001 ietvaros organizēto apmācību kursu "Seksuālās un reproduktīvās veselības izglītības programma", pedagogs </t>
-[...51 lines deleted...]
-    <r>
       <t>Psihologs, psihoterapeits</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Ārsts (t.sk. rezidents), ārsta palīgs</t>
     </r>
@@ -3288,118 +3235,50 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                                                                                                                                                                                                                                    </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <r>
-[...66 lines deleted...]
-  <si>
     <t>Vecāku emocionālā atbalsta speciālists (iepriekš zināms kā PEP (pirmās emocionālās palīdzības) mamma), sertificēts zīdīšanas konsultants</t>
   </si>
   <si>
     <t>Vecāku emocionālā atbalsta speciālists (iepriekš zināms kā PEP (pirmās emocionālās palīdzības) mamma)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
@@ -6298,213 +6177,588 @@
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Zīdīšanas konsultants, kuram izsniegts
 apliecinājums par tālākizglītības
 programmas apguvi, iekļaujot zināšanas par
 zīdīšanas fizioloģijas, psiholoģijas, vadīšanas
 un veicināšanas jautājumiem.</t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
+      <t xml:space="preserve">Ārsts ar sertifikātu ārstnieciskajā Ci-Gun metodē </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Ārsts </t>
-[...13 lines deleted...]
-        <color rgb="FFC00000"/>
+      <t>23</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
-      <t>sertifikātu ārstnieciskajā Ci-Gun metodē</t>
-[...3 lines deleted...]
-        <sz val="11"/>
+      <t>1. Speciālists ar Latvijas Austrumu Vingrošanas asociācijas izdotu Ci-Gun nodarbību vadītāja sertifikātu. 
+2. Ārstniecības persona, kas pabeigusi profesionālās pilnveides programmu medicīnas Ci-Gun jomā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <charset val="186"/>
-[...17 lines deleted...]
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>24</t>
-    </r>
-[...45 lines deleted...]
-      <t>10112016_M08_arstnieciskais_Ci_Gun_prof_darbibas_parskata_kriteriji.pdf</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3. Speciālists, kura ārvalstīs (ārvalstu izglītības iestādē) iegūtu izglītības dokumentu  vai ārvalstīs iegūto profesionālo kvalifikāciju Akadēmiskās informācijas centrs ir atzinis par līdzvērtīgu Latvijā iegūtajai izglītībai.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>23</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Ārstnieciskā cigun metodes izmantošanai (kods M08). Latvijas Ārstu Biedrība izdod šādus sertifikātus ārstiem, saskaņā ar Sertifikācijas un resertifikācijas norises kārtību ārstnieciskā Ci-Gun (Qi-Gong) metodē. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>10112016_M08_arstnieciskais_Ci_Gun_prof_darbibas_parskata_kriteriji.pdf</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">24 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FFC00000"/>
-[...4 lines deleted...]
-      <t xml:space="preserve">piemēram, Latvijā programmu organizē Rīgas Stradiņa universitāte.
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>piemēram, Latvijā programmu organizē Rīgas Stradiņa universitāte.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Sporta treneris - RSU bakalaura studiju programmas "Veselības sports" absolvents.  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Fizioterapeits.    </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                                            </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">      Sporta speciālists </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, kurš apguvis Izglītības kvalitātes valsts dienesta akreditētu izglītības programmu "Jogas speciālists"</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>22</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Ā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">rsts (t.sk. rezidents), ārsta palīgs, vispārējās aprūpes māsa, sabiedrības veselības speciālists, jaunatnes darbinieki, kuri apguvuši projekta Nr. 9.2.4.1/16/1/I/001 ietvaros organizēto apmācību kursu "Seksuālās un reproduktīvās veselības izglītības programma", pedagogs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>16</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>,</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">nevalstisko organizāciju (kas sadarbojas ar Pasaules veselības organizāciju (PVO) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>25</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> un/vai  ir Starptautiskās Ģimenes plānošanas federācijas biedrs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>26</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>) seksuāli reproduktīvās veselības jomā apmācīti speciālisti</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>16</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">pedagogs, kurš ir apmācīts, kā šīs tēmas apspriest ar bērniem/skolēniem
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">25 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sadarbību ar PVO var apliecināt ar dokumentiem, kas pierāda NVO pārstāvju dalību PVO organizētajās aktivitātēs, kā, piemēram, konsultācijas grupas, ekspertu darba grupās, PVO vadlīniju un citu dokumentu izstrāde, un par to iesniedz dokumentālus pierādījumus, vai NVO reģistrācija 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">PVO FENSA reģistrā </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">vai 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>PVO sadarbības partneru reģistrā</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">26 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF00B0F0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Starptautiskās Ģimenes plānošanas federācijas biedri  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="36" x14ac:knownFonts="1">
+  <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
@@ -6734,50 +6988,67 @@
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF00B0F0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <color rgb="FFC00000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
@@ -7188,357 +7459,363 @@
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="93">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="29" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...41 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{7F58CFF2-009B-4F5E-95E5-9421E5773601}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF66FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsfp.lv/sporta_registrs/sertificetie_sporta_specialisti" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/rap" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viis.gov.lv/registri/psihologi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arstubiedriba.lv/criterions/10112016_M08_arstnieciskais_Ci_Gun_prof_darbibas_parskata_kriteriji.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/apd" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/50759-izglitibas-likums#p48" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lsfp.lv/sporta_registrs/sertificetie_sporta_specialisti" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/m/item/non-state-actors-in-official-relations-with-who" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/rap" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.viis.gov.lv/registri/psihologi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arstubiedriba.lv/criterions/10112016_M08_arstnieciskais_Ci_Gun_prof_darbibas_parskata_kriteriji.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicspace.who.int/sites/GEM/default.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registri.vi.gov.lv/apd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://europe.ippf.org/about-us/member-associations" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smilsuspeles.lv/lv/baze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/50759-izglitibas-likums#p48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>2173654</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>1522372</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>3248270</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>1693333</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Rectangle 4">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D50849B-5930-D7E8-9405-CA80BBAEE266}"/>
             </a:ext>
@@ -14035,50 +14312,249 @@
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:endParaRPr kumimoji="0" lang="lv-LV" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:sysClr val="window" lastClr="FFFFFF"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uLnTx/>
             <a:uFillTx/>
             <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>131884</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1802424</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>3363057</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>2080846</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="45" name="Taisnstūris 44">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A98CA4E-E1A0-D07D-35B1-1C7E369C44C7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7598019" y="87153751"/>
+          <a:ext cx="3231173" cy="278422"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="lv-LV" sz="1100">
+            <a:solidFill>
+              <a:srgbClr val="66FFFF"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>14654</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1370135</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1472712</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1597270</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="75" name="Taisnstūris 74">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A53E89B5-1D21-4A3C-84D0-CD8E13267E51}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7480789" y="86721462"/>
+          <a:ext cx="1458058" cy="227135"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="lv-LV" sz="1100"/>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>14653</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1582616</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>2198076</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>1802424</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="100" name="Taisnstūris 99">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{311FBBDC-AF98-54C1-6BB7-62DEEA57D0CE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="7480788" y="86933943"/>
+          <a:ext cx="2183423" cy="219808"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1">
+            <a:shade val="15000"/>
+          </a:schemeClr>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="lv-LV" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -14348,1593 +14824,1593 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N90"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A21" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H2" sqref="H2"/>
+      <selection pane="bottomLeft" activeCell="J41" sqref="J41"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.44140625" style="4" customWidth="1"/>
-    <col min="2" max="2" width="17.88671875" style="5" customWidth="1"/>
+    <col min="1" max="1" width="10.42578125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="17.85546875" style="5" customWidth="1"/>
     <col min="3" max="3" width="17" style="5" customWidth="1"/>
-    <col min="4" max="4" width="31.88671875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="31.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="15" style="5" customWidth="1"/>
-    <col min="6" max="6" width="19.6640625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="19.7109375" style="5" customWidth="1"/>
     <col min="7" max="7" width="54" style="5" customWidth="1"/>
-    <col min="8" max="8" width="51.5546875" customWidth="1"/>
-    <col min="10" max="10" width="20.6640625" customWidth="1"/>
+    <col min="8" max="8" width="51.5703125" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="82" t="s">
+    <row r="1" spans="1:14" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="61" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="83"/>
-[...4 lines deleted...]
-      <c r="G1" s="84"/>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="63"/>
     </row>
-    <row r="2" spans="1:14" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="32"/>
       <c r="B2" s="33"/>
       <c r="C2" s="33"/>
       <c r="D2" s="25"/>
-      <c r="E2" s="91" t="s">
+      <c r="E2" s="74" t="s">
         <v>1</v>
       </c>
-      <c r="F2" s="91"/>
-      <c r="G2" s="92"/>
+      <c r="F2" s="74"/>
+      <c r="G2" s="75"/>
     </row>
-    <row r="3" spans="1:14" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="85" t="s">
+    <row r="3" spans="1:14" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="64" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="86"/>
-[...4 lines deleted...]
-      <c r="G3" s="87"/>
+      <c r="B3" s="65"/>
+      <c r="C3" s="65"/>
+      <c r="D3" s="65"/>
+      <c r="E3" s="65"/>
+      <c r="F3" s="65"/>
+      <c r="G3" s="66"/>
     </row>
-    <row r="4" spans="1:14" ht="120.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:14" ht="120.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="26"/>
     </row>
-    <row r="5" spans="1:14" ht="179.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="61" t="s">
+    <row r="5" spans="1:14" ht="179.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="67" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="35" t="s">
         <v>164</v>
       </c>
       <c r="H5" s="27"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
     </row>
-    <row r="6" spans="1:14" ht="158.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="62"/>
+    <row r="6" spans="1:14" ht="158.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="68"/>
       <c r="B6" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="11" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="41" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="H6" s="26"/>
     </row>
-    <row r="7" spans="1:14" ht="174" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="62"/>
+    <row r="7" spans="1:14" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="68"/>
       <c r="B7" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>159</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>158</v>
       </c>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="37" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="H7" s="26"/>
     </row>
-    <row r="8" spans="1:14" ht="173.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="63"/>
+    <row r="8" spans="1:14" ht="173.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="69"/>
       <c r="B8" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="F8" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="G8" s="54" t="s">
-        <v>260</v>
+      <c r="G8" s="52" t="s">
+        <v>257</v>
       </c>
       <c r="H8" s="26"/>
     </row>
-    <row r="9" spans="1:14" ht="95.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="61" t="s">
+    <row r="9" spans="1:14" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="67" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="28" t="s">
         <v>160</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>161</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>26</v>
       </c>
       <c r="G9" s="35" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="H9" s="26"/>
     </row>
-    <row r="10" spans="1:14" ht="108" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="62"/>
+    <row r="10" spans="1:14" ht="108" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="68"/>
       <c r="B10" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>162</v>
       </c>
       <c r="D10" s="10" t="s">
         <v>163</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>26</v>
       </c>
       <c r="G10" s="36" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="H10" s="26"/>
     </row>
-    <row r="11" spans="1:14" ht="206.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="63"/>
+    <row r="11" spans="1:14" ht="206.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="69"/>
       <c r="B11" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>165</v>
       </c>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="39" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="H11" s="26"/>
     </row>
-    <row r="12" spans="1:14" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A12" s="61" t="s">
+    <row r="12" spans="1:14" ht="90" x14ac:dyDescent="0.25">
+      <c r="A12" s="67" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>167</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>168</v>
       </c>
       <c r="E12" s="9"/>
-      <c r="F12" s="67" t="s">
+      <c r="F12" s="87" t="s">
         <v>31</v>
       </c>
-      <c r="G12" s="88" t="s">
-        <v>242</v>
+      <c r="G12" s="70" t="s">
+        <v>239</v>
       </c>
       <c r="H12" s="26"/>
     </row>
-    <row r="13" spans="1:14" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="62"/>
+    <row r="13" spans="1:14" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="68"/>
       <c r="B13" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>166</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10"/>
-      <c r="F13" s="68"/>
-      <c r="G13" s="74"/>
+      <c r="F13" s="88"/>
+      <c r="G13" s="71"/>
       <c r="H13" s="26"/>
     </row>
-    <row r="14" spans="1:14" ht="72" x14ac:dyDescent="0.3">
-      <c r="A14" s="62"/>
+    <row r="14" spans="1:14" ht="75" x14ac:dyDescent="0.25">
+      <c r="A14" s="68"/>
       <c r="B14" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>35</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>169</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="G14" s="74"/>
+      <c r="G14" s="71"/>
       <c r="H14" s="26"/>
     </row>
-    <row r="15" spans="1:14" ht="137.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="62"/>
+    <row r="15" spans="1:14" ht="137.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="68"/>
       <c r="B15" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>170</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>171</v>
       </c>
       <c r="E15" s="10"/>
       <c r="F15" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="G15" s="74"/>
+      <c r="G15" s="71"/>
       <c r="H15" s="26"/>
     </row>
-    <row r="16" spans="1:14" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A16" s="62"/>
+    <row r="16" spans="1:14" ht="60" x14ac:dyDescent="0.25">
+      <c r="A16" s="68"/>
       <c r="B16" s="10" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="11" t="s">
         <v>172</v>
       </c>
       <c r="D16" s="14" t="s">
         <v>174</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>40</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="G16" s="73" t="s">
+      <c r="G16" s="90" t="s">
         <v>175</v>
       </c>
       <c r="H16" s="26"/>
     </row>
-    <row r="17" spans="1:8" ht="183.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="62"/>
+    <row r="17" spans="1:8" ht="183.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="68"/>
       <c r="B17" s="10" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>173</v>
       </c>
       <c r="D17" s="10" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="10"/>
       <c r="F17" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="G17" s="74"/>
+      <c r="G17" s="71"/>
       <c r="H17" s="26"/>
     </row>
-    <row r="18" spans="1:8" ht="161.4" x14ac:dyDescent="0.3">
-      <c r="A18" s="62"/>
+    <row r="18" spans="1:8" ht="183" x14ac:dyDescent="0.25">
+      <c r="A18" s="68"/>
       <c r="B18" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>176</v>
       </c>
       <c r="D18" s="10"/>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
-      <c r="G18" s="74"/>
+      <c r="G18" s="71"/>
       <c r="H18" s="26"/>
     </row>
-    <row r="19" spans="1:8" ht="152.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="62"/>
+    <row r="19" spans="1:8" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="68"/>
       <c r="B19" s="10" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="10" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
-      <c r="G19" s="45"/>
+      <c r="G19" s="44"/>
       <c r="H19" s="27"/>
     </row>
-    <row r="20" spans="1:8" ht="57.6" x14ac:dyDescent="0.3">
-      <c r="A20" s="62"/>
+    <row r="20" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A20" s="68"/>
       <c r="B20" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
-      <c r="G20" s="45"/>
+      <c r="G20" s="44"/>
       <c r="H20" s="26"/>
     </row>
-    <row r="21" spans="1:8" ht="189" x14ac:dyDescent="0.3">
-      <c r="A21" s="62"/>
+    <row r="21" spans="1:8" ht="212.25" x14ac:dyDescent="0.25">
+      <c r="A21" s="68"/>
       <c r="B21" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="C21" s="52" t="s">
-[...3 lines deleted...]
-        <v>262</v>
+      <c r="C21" s="51" t="s">
+        <v>258</v>
+      </c>
+      <c r="D21" s="56" t="s">
+        <v>259</v>
       </c>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
-      <c r="G21" s="55" t="s">
-        <v>263</v>
+      <c r="G21" s="53" t="s">
+        <v>260</v>
       </c>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" ht="355.5" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-        <v>220</v>
+    <row r="22" spans="1:8" ht="355.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="68"/>
+      <c r="B22" s="50" t="s">
+        <v>234</v>
+      </c>
+      <c r="C22" s="57" t="s">
+        <v>261</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>177</v>
       </c>
       <c r="E22" s="21"/>
       <c r="F22" s="21"/>
-      <c r="G22" s="46" t="s">
-        <v>230</v>
+      <c r="G22" s="45" t="s">
+        <v>227</v>
       </c>
       <c r="H22" s="27"/>
     </row>
-    <row r="23" spans="1:8" ht="235.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="62"/>
+    <row r="23" spans="1:8" ht="235.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="68"/>
       <c r="B23" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>178</v>
       </c>
       <c r="D23" s="14" t="s">
         <v>179</v>
       </c>
       <c r="E23" s="10"/>
       <c r="F23" s="10" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="37" t="s">
         <v>180</v>
       </c>
       <c r="H23" s="26"/>
     </row>
-    <row r="24" spans="1:8" ht="188.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="62"/>
+    <row r="24" spans="1:8" ht="188.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="68"/>
       <c r="B24" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>181</v>
       </c>
       <c r="D24" s="10"/>
       <c r="E24" s="10" t="s">
         <v>55</v>
       </c>
       <c r="F24" s="10"/>
       <c r="G24" s="37" t="s">
         <v>182</v>
       </c>
       <c r="H24" s="26"/>
     </row>
-    <row r="25" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A25" s="62"/>
+    <row r="25" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="68"/>
       <c r="B25" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>57</v>
       </c>
       <c r="D25" s="10"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
-      <c r="G25" s="45"/>
+      <c r="G25" s="44"/>
       <c r="H25" s="26"/>
     </row>
-    <row r="26" spans="1:8" ht="109.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="63"/>
+    <row r="26" spans="1:8" ht="109.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="69"/>
       <c r="B26" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="12" t="s">
         <v>183</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>184</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>59</v>
       </c>
       <c r="F26" s="16"/>
-      <c r="G26" s="47" t="s">
-        <v>225</v>
+      <c r="G26" s="46" t="s">
+        <v>222</v>
       </c>
       <c r="H26" s="26"/>
     </row>
-    <row r="27" spans="1:8" ht="320.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="61" t="s">
+    <row r="27" spans="1:8" ht="320.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>185</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="G27" s="35" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="H27" s="26"/>
     </row>
-    <row r="28" spans="1:8" ht="82.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="62"/>
+    <row r="28" spans="1:8" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="68"/>
       <c r="B28" s="30" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C28" s="30" t="s">
         <v>186</v>
       </c>
       <c r="D28" s="31" t="s">
         <v>187</v>
       </c>
       <c r="E28" s="30"/>
       <c r="F28" s="30" t="s">
         <v>62</v>
       </c>
-      <c r="G28" s="44" t="s">
-        <v>219</v>
+      <c r="G28" s="43" t="s">
+        <v>217</v>
       </c>
       <c r="H28" s="26"/>
     </row>
-    <row r="29" spans="1:8" ht="352.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="62"/>
+    <row r="29" spans="1:8" ht="352.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="68"/>
       <c r="B29" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="10" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D29" s="10" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="36" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="H29" s="26"/>
     </row>
-    <row r="30" spans="1:8" ht="252.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="62"/>
+    <row r="30" spans="1:8" ht="252.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="68"/>
       <c r="B30" s="10" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>188</v>
       </c>
       <c r="D30" s="14" t="s">
         <v>189</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="10"/>
       <c r="G30" s="36" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="H30" s="26"/>
     </row>
-    <row r="31" spans="1:8" ht="240" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="62"/>
+    <row r="31" spans="1:8" ht="240" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="68"/>
       <c r="B31" s="10" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>190</v>
       </c>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
       <c r="F31" s="10" t="s">
         <v>67</v>
       </c>
       <c r="G31" s="37" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="H31" s="26"/>
     </row>
-    <row r="32" spans="1:8" ht="203.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="62"/>
+    <row r="32" spans="1:8" ht="203.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="68"/>
       <c r="B32" s="10" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>191</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>69</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>36</v>
       </c>
       <c r="G32" s="37" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="H32" s="26"/>
     </row>
-    <row r="33" spans="1:10" ht="363" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="62"/>
+    <row r="33" spans="1:10" ht="363" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="68"/>
       <c r="B33" s="10" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D33" s="14" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E33" s="10"/>
       <c r="F33" s="10" t="s">
         <v>73</v>
       </c>
       <c r="G33" s="37" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="H33" s="26"/>
     </row>
-    <row r="34" spans="1:10" ht="204" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="62"/>
+    <row r="34" spans="1:10" ht="204" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="68"/>
       <c r="B34" s="10" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>72</v>
       </c>
       <c r="D34" s="14" t="s">
         <v>192</v>
       </c>
       <c r="E34" s="10"/>
       <c r="F34" s="10" t="s">
         <v>75</v>
       </c>
       <c r="G34" s="37" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="H34" s="26"/>
     </row>
-    <row r="35" spans="1:10" ht="206.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="62"/>
+    <row r="35" spans="1:10" ht="206.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="68"/>
       <c r="B35" s="10" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>193</v>
       </c>
       <c r="D35" s="10"/>
       <c r="E35" s="10"/>
       <c r="F35" s="10"/>
       <c r="G35" s="37" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="H35" s="26"/>
     </row>
-    <row r="36" spans="1:10" ht="204" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="62"/>
+    <row r="36" spans="1:10" ht="204" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="68"/>
       <c r="B36" s="10" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="14" t="s">
         <v>194</v>
       </c>
       <c r="D36" s="10"/>
       <c r="E36" s="10" t="s">
         <v>78</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>36</v>
       </c>
       <c r="G36" s="37" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="H36" s="26"/>
     </row>
-    <row r="37" spans="1:10" ht="257.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="62"/>
+    <row r="37" spans="1:10" ht="257.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="68"/>
       <c r="B37" s="10" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D37" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E37" s="10"/>
       <c r="F37" s="10" t="s">
         <v>80</v>
       </c>
       <c r="G37" s="37" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="H37" s="26"/>
     </row>
-    <row r="38" spans="1:10" ht="255" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="62"/>
+    <row r="38" spans="1:10" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="68"/>
       <c r="B38" s="10" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D38" s="10"/>
       <c r="E38" s="10"/>
       <c r="F38" s="10" t="s">
         <v>81</v>
       </c>
-      <c r="G38" s="54" t="s">
-        <v>254</v>
+      <c r="G38" s="52" t="s">
+        <v>251</v>
       </c>
       <c r="H38" s="26"/>
     </row>
-    <row r="39" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="62"/>
+    <row r="39" spans="1:10" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="68"/>
       <c r="B39" s="10" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>197</v>
       </c>
       <c r="D39" s="10"/>
       <c r="E39" s="10"/>
       <c r="F39" s="10" t="s">
         <v>83</v>
       </c>
       <c r="G39" s="37" t="s">
         <v>198</v>
       </c>
       <c r="H39" s="26"/>
     </row>
-    <row r="40" spans="1:10" ht="269.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="63"/>
+    <row r="40" spans="1:10" ht="269.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="69"/>
       <c r="B40" s="12" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="12" t="s">
         <v>199</v>
       </c>
       <c r="D40" s="13" t="s">
         <v>200</v>
       </c>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="39" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H40" s="26"/>
     </row>
-    <row r="41" spans="1:10" ht="160.19999999999999" x14ac:dyDescent="0.3">
-      <c r="A41" s="58" t="s">
+    <row r="41" spans="1:10" ht="246.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="81" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>87</v>
       </c>
-      <c r="D41" s="9" t="s">
-        <v>201</v>
+      <c r="D41" s="54" t="s">
+        <v>262</v>
       </c>
       <c r="E41" s="17" t="s">
         <v>61</v>
       </c>
       <c r="F41" s="9" t="s">
         <v>88</v>
       </c>
-      <c r="G41" s="42" t="s">
-        <v>202</v>
+      <c r="G41" s="55" t="s">
+        <v>263</v>
       </c>
       <c r="H41" s="26"/>
       <c r="J41" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="42" spans="1:10" ht="93" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="59"/>
+    <row r="42" spans="1:10" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="82"/>
       <c r="B42" s="10" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D42" s="10"/>
       <c r="E42" s="10"/>
       <c r="F42" s="15" t="s">
         <v>61</v>
       </c>
       <c r="G42" s="37" t="s">
         <v>198</v>
       </c>
       <c r="H42" s="26"/>
     </row>
-    <row r="43" spans="1:10" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="60"/>
+    <row r="43" spans="1:10" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="83"/>
       <c r="B43" s="12" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="12" t="s">
         <v>92</v>
       </c>
       <c r="D43" s="12" t="s">
         <v>93</v>
       </c>
       <c r="E43" s="16"/>
       <c r="F43" s="16"/>
-      <c r="G43" s="43"/>
+      <c r="G43" s="42"/>
       <c r="H43" s="26"/>
     </row>
-    <row r="44" spans="1:10" ht="87" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="61" t="s">
+    <row r="44" spans="1:10" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="67" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>96</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E44" s="9"/>
       <c r="F44" s="9" t="s">
         <v>97</v>
       </c>
       <c r="G44" s="40" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="H44" s="26"/>
     </row>
-    <row r="45" spans="1:10" ht="169.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="62"/>
+    <row r="45" spans="1:10" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="68"/>
       <c r="B45" s="10" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>99</v>
       </c>
       <c r="D45" s="14" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E45" s="19"/>
       <c r="F45" s="10"/>
       <c r="G45" s="41" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H45" s="26"/>
     </row>
-    <row r="46" spans="1:10" ht="158.4" x14ac:dyDescent="0.3">
-      <c r="A46" s="62"/>
+    <row r="46" spans="1:10" ht="165" x14ac:dyDescent="0.25">
+      <c r="A46" s="68"/>
       <c r="B46" s="10" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>101</v>
       </c>
       <c r="D46" s="14" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E46" s="19"/>
       <c r="F46" s="10"/>
       <c r="G46" s="41" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H46" s="26"/>
     </row>
-    <row r="47" spans="1:10" ht="186.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="62"/>
+    <row r="47" spans="1:10" ht="186.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="68"/>
       <c r="B47" s="10" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>35</v>
       </c>
       <c r="D47" s="14" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="E47" s="14"/>
       <c r="F47" s="10"/>
       <c r="G47" s="37" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="H47" s="26"/>
     </row>
-    <row r="48" spans="1:10" ht="217.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="62"/>
+    <row r="48" spans="1:10" ht="217.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="68"/>
       <c r="B48" s="10" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="14" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" s="14" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E48" s="10"/>
       <c r="F48" s="10"/>
       <c r="G48" s="36" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="H48" s="26"/>
     </row>
-    <row r="49" spans="1:8" ht="363" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="72"/>
+    <row r="49" spans="1:8" ht="363" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="89"/>
       <c r="B49" s="10" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>105</v>
       </c>
       <c r="D49" s="20"/>
       <c r="E49" s="20"/>
       <c r="F49" s="20"/>
       <c r="G49" s="37"/>
       <c r="H49" s="26"/>
     </row>
-    <row r="50" spans="1:8" ht="348.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="63"/>
+    <row r="50" spans="1:8" ht="348.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="69"/>
       <c r="B50" s="12" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="12" t="s">
         <v>107</v>
       </c>
       <c r="D50" s="12" t="s">
         <v>108</v>
       </c>
       <c r="E50" s="12"/>
       <c r="F50" s="12" t="s">
         <v>109</v>
       </c>
       <c r="G50" s="39"/>
       <c r="H50" s="26"/>
     </row>
-    <row r="51" spans="1:8" ht="150.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="61" t="s">
+    <row r="51" spans="1:8" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="67" t="s">
         <v>110</v>
       </c>
-      <c r="B51" s="49" t="s">
-        <v>238</v>
+      <c r="B51" s="48" t="s">
+        <v>235</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>111</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>112</v>
       </c>
       <c r="E51" s="9"/>
       <c r="F51" s="9"/>
       <c r="G51" s="35" t="s">
         <v>113</v>
       </c>
       <c r="H51" s="26"/>
     </row>
-    <row r="52" spans="1:8" ht="388.8" x14ac:dyDescent="0.3">
-      <c r="A52" s="75"/>
+    <row r="52" spans="1:8" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="91"/>
       <c r="B52" s="11" t="s">
         <v>114</v>
       </c>
       <c r="C52" s="11" t="s">
         <v>115</v>
       </c>
       <c r="D52" s="11"/>
       <c r="E52" s="11"/>
       <c r="F52" s="11"/>
       <c r="G52" s="36"/>
       <c r="H52" s="26"/>
     </row>
-    <row r="53" spans="1:8" ht="393" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="75"/>
+    <row r="53" spans="1:8" ht="393" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="91"/>
       <c r="B53" s="11" t="s">
         <v>116</v>
       </c>
-      <c r="C53" s="48" t="s">
-        <v>232</v>
+      <c r="C53" s="47" t="s">
+        <v>229</v>
       </c>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="36"/>
       <c r="H53" s="26"/>
     </row>
-    <row r="54" spans="1:8" ht="78.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A54" s="62"/>
+    <row r="54" spans="1:8" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="68"/>
       <c r="B54" s="10" t="s">
         <v>117</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>118</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>119</v>
       </c>
       <c r="E54" s="10"/>
       <c r="F54" s="10"/>
       <c r="G54" s="37"/>
       <c r="H54" s="26"/>
     </row>
-    <row r="55" spans="1:8" ht="255" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A55" s="63"/>
+    <row r="55" spans="1:8" ht="255" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="69"/>
       <c r="B55" s="12" t="s">
         <v>120</v>
       </c>
       <c r="C55" s="12" t="s">
         <v>121</v>
       </c>
       <c r="D55" s="12" t="s">
         <v>122</v>
       </c>
       <c r="E55" s="12"/>
       <c r="F55" s="12"/>
       <c r="G55" s="39"/>
       <c r="H55" s="26"/>
     </row>
-    <row r="56" spans="1:8" ht="206.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A56" s="61" t="s">
+    <row r="56" spans="1:8" ht="206.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="67" t="s">
         <v>123</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>124</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D56" s="9"/>
-      <c r="E56" s="49" t="s">
-        <v>221</v>
+      <c r="E56" s="48" t="s">
+        <v>218</v>
       </c>
       <c r="F56" s="9"/>
       <c r="G56" s="35" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H56" s="26"/>
     </row>
-    <row r="57" spans="1:8" ht="161.25" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-        <v>234</v>
+    <row r="57" spans="1:8" ht="161.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="68"/>
+      <c r="B57" s="49" t="s">
+        <v>231</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D57" s="10"/>
-      <c r="E57" s="50" t="s">
-        <v>235</v>
+      <c r="E57" s="49" t="s">
+        <v>232</v>
       </c>
       <c r="F57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="G57" s="36"/>
     </row>
-    <row r="58" spans="1:8" ht="229.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A58" s="62"/>
+    <row r="58" spans="1:8" ht="229.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="68"/>
       <c r="B58" s="10" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>224</v>
+      </c>
+      <c r="C58" s="49" t="s">
+        <v>233</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>213</v>
+      </c>
+      <c r="E58" s="49" t="s">
+        <v>219</v>
       </c>
       <c r="F58" s="15" t="s">
         <v>126</v>
       </c>
       <c r="G58" s="37" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
-    <row r="59" spans="1:8" ht="144.6" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="63"/>
+    <row r="59" spans="1:8" ht="150.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="69"/>
       <c r="B59" s="24" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="24" t="s">
         <v>128</v>
       </c>
       <c r="D59" s="24" t="s">
         <v>129</v>
       </c>
       <c r="E59" s="23"/>
       <c r="F59" s="23"/>
       <c r="G59" s="38"/>
     </row>
-    <row r="60" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="89" t="s">
+    <row r="60" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="72" t="s">
         <v>130</v>
       </c>
-      <c r="B60" s="69" t="s">
+      <c r="B60" s="59" t="s">
         <v>131</v>
       </c>
-      <c r="C60" s="70"/>
-[...3 lines deleted...]
-      <c r="G60" s="71"/>
+      <c r="C60" s="58"/>
+      <c r="D60" s="58"/>
+      <c r="E60" s="58"/>
+      <c r="F60" s="58"/>
+      <c r="G60" s="60"/>
     </row>
-    <row r="61" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B61" s="69" t="s">
+    <row r="61" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="72"/>
+      <c r="B61" s="59" t="s">
         <v>132</v>
       </c>
-      <c r="C61" s="70"/>
-[...3 lines deleted...]
-      <c r="G61" s="71"/>
+      <c r="C61" s="58"/>
+      <c r="D61" s="58"/>
+      <c r="E61" s="58"/>
+      <c r="F61" s="58"/>
+      <c r="G61" s="60"/>
     </row>
-    <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B62" s="69" t="s">
+    <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="72"/>
+      <c r="B62" s="59" t="s">
         <v>133</v>
       </c>
-      <c r="C62" s="70"/>
-[...3 lines deleted...]
-      <c r="G62" s="71"/>
+      <c r="C62" s="58"/>
+      <c r="D62" s="58"/>
+      <c r="E62" s="58"/>
+      <c r="F62" s="58"/>
+      <c r="G62" s="60"/>
     </row>
-    <row r="63" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B63" s="69" t="s">
+    <row r="63" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="72"/>
+      <c r="B63" s="59" t="s">
         <v>134</v>
       </c>
-      <c r="C63" s="70"/>
-[...3 lines deleted...]
-      <c r="G63" s="71"/>
+      <c r="C63" s="58"/>
+      <c r="D63" s="58"/>
+      <c r="E63" s="58"/>
+      <c r="F63" s="58"/>
+      <c r="G63" s="60"/>
     </row>
-    <row r="64" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B64" s="69" t="s">
+    <row r="64" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="72"/>
+      <c r="B64" s="59" t="s">
         <v>135</v>
       </c>
-      <c r="C64" s="70"/>
-[...3 lines deleted...]
-      <c r="G64" s="71"/>
+      <c r="C64" s="58"/>
+      <c r="D64" s="58"/>
+      <c r="E64" s="58"/>
+      <c r="F64" s="58"/>
+      <c r="G64" s="60"/>
     </row>
-    <row r="65" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B65" s="69" t="s">
+    <row r="65" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="72"/>
+      <c r="B65" s="59" t="s">
         <v>136</v>
       </c>
-      <c r="C65" s="70"/>
-[...3 lines deleted...]
-      <c r="G65" s="71"/>
+      <c r="C65" s="58"/>
+      <c r="D65" s="58"/>
+      <c r="E65" s="58"/>
+      <c r="F65" s="58"/>
+      <c r="G65" s="60"/>
     </row>
-    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B66" s="69" t="s">
+    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="72"/>
+      <c r="B66" s="59" t="s">
         <v>137</v>
       </c>
-      <c r="C66" s="70"/>
-[...3 lines deleted...]
-      <c r="G66" s="71"/>
+      <c r="C66" s="58"/>
+      <c r="D66" s="58"/>
+      <c r="E66" s="58"/>
+      <c r="F66" s="58"/>
+      <c r="G66" s="60"/>
     </row>
-    <row r="67" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B67" s="69" t="s">
+    <row r="67" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="72"/>
+      <c r="B67" s="59" t="s">
         <v>138</v>
       </c>
-      <c r="C67" s="70"/>
-[...3 lines deleted...]
-      <c r="G67" s="71"/>
+      <c r="C67" s="58"/>
+      <c r="D67" s="58"/>
+      <c r="E67" s="58"/>
+      <c r="F67" s="58"/>
+      <c r="G67" s="60"/>
     </row>
-    <row r="68" spans="1:9" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B68" s="69" t="s">
+    <row r="68" spans="1:9" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="72"/>
+      <c r="B68" s="59" t="s">
         <v>139</v>
       </c>
-      <c r="C68" s="70"/>
-[...3 lines deleted...]
-      <c r="G68" s="71"/>
+      <c r="C68" s="58"/>
+      <c r="D68" s="58"/>
+      <c r="E68" s="58"/>
+      <c r="F68" s="58"/>
+      <c r="G68" s="60"/>
     </row>
-    <row r="69" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B69" s="69" t="s">
+    <row r="69" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="72"/>
+      <c r="B69" s="59" t="s">
         <v>140</v>
       </c>
-      <c r="C69" s="70"/>
-[...3 lines deleted...]
-      <c r="G69" s="71"/>
+      <c r="C69" s="58"/>
+      <c r="D69" s="58"/>
+      <c r="E69" s="58"/>
+      <c r="F69" s="58"/>
+      <c r="G69" s="60"/>
     </row>
-    <row r="70" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B70" s="69" t="s">
+    <row r="70" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="72"/>
+      <c r="B70" s="59" t="s">
         <v>141</v>
       </c>
-      <c r="C70" s="70"/>
-[...3 lines deleted...]
-      <c r="G70" s="71"/>
+      <c r="C70" s="58"/>
+      <c r="D70" s="58"/>
+      <c r="E70" s="58"/>
+      <c r="F70" s="58"/>
+      <c r="G70" s="60"/>
     </row>
-    <row r="71" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B71" s="69" t="s">
+    <row r="71" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="72"/>
+      <c r="B71" s="59" t="s">
         <v>142</v>
       </c>
-      <c r="C71" s="70"/>
-[...3 lines deleted...]
-      <c r="G71" s="71"/>
+      <c r="C71" s="58"/>
+      <c r="D71" s="58"/>
+      <c r="E71" s="58"/>
+      <c r="F71" s="58"/>
+      <c r="G71" s="60"/>
     </row>
-    <row r="72" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B72" s="69" t="s">
+    <row r="72" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="72"/>
+      <c r="B72" s="59" t="s">
         <v>143</v>
       </c>
-      <c r="C72" s="70"/>
-[...3 lines deleted...]
-      <c r="G72" s="71"/>
+      <c r="C72" s="58"/>
+      <c r="D72" s="58"/>
+      <c r="E72" s="58"/>
+      <c r="F72" s="58"/>
+      <c r="G72" s="60"/>
     </row>
-    <row r="73" spans="1:9" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B73" s="69" t="s">
+    <row r="73" spans="1:9" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="72"/>
+      <c r="B73" s="59" t="s">
         <v>144</v>
       </c>
-      <c r="C73" s="70"/>
-[...3 lines deleted...]
-      <c r="G73" s="71"/>
+      <c r="C73" s="58"/>
+      <c r="D73" s="58"/>
+      <c r="E73" s="58"/>
+      <c r="F73" s="58"/>
+      <c r="G73" s="60"/>
     </row>
-    <row r="74" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B74" s="69" t="s">
+    <row r="74" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="72"/>
+      <c r="B74" s="59" t="s">
         <v>145</v>
       </c>
-      <c r="C74" s="70"/>
-[...3 lines deleted...]
-      <c r="G74" s="71"/>
+      <c r="C74" s="58"/>
+      <c r="D74" s="58"/>
+      <c r="E74" s="58"/>
+      <c r="F74" s="58"/>
+      <c r="G74" s="60"/>
     </row>
-    <row r="75" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B75" s="69" t="s">
+    <row r="75" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="72"/>
+      <c r="B75" s="59" t="s">
         <v>146</v>
       </c>
-      <c r="C75" s="70"/>
-[...3 lines deleted...]
-      <c r="G75" s="71"/>
+      <c r="C75" s="58"/>
+      <c r="D75" s="58"/>
+      <c r="E75" s="58"/>
+      <c r="F75" s="58"/>
+      <c r="G75" s="60"/>
     </row>
-    <row r="76" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B76" s="69" t="s">
+    <row r="76" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="72"/>
+      <c r="B76" s="59" t="s">
         <v>147</v>
       </c>
-      <c r="C76" s="70"/>
-[...3 lines deleted...]
-      <c r="G76" s="71"/>
+      <c r="C76" s="58"/>
+      <c r="D76" s="58"/>
+      <c r="E76" s="58"/>
+      <c r="F76" s="58"/>
+      <c r="G76" s="60"/>
     </row>
-    <row r="77" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B77" s="69" t="s">
+    <row r="77" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="72"/>
+      <c r="B77" s="59" t="s">
         <v>148</v>
       </c>
-      <c r="C77" s="70"/>
-[...3 lines deleted...]
-      <c r="G77" s="71"/>
+      <c r="C77" s="58"/>
+      <c r="D77" s="58"/>
+      <c r="E77" s="58"/>
+      <c r="F77" s="58"/>
+      <c r="G77" s="60"/>
     </row>
-    <row r="78" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B78" s="69" t="s">
+    <row r="78" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="72"/>
+      <c r="B78" s="59" t="s">
         <v>149</v>
       </c>
-      <c r="C78" s="70"/>
-[...3 lines deleted...]
-      <c r="G78" s="71"/>
+      <c r="C78" s="58"/>
+      <c r="D78" s="58"/>
+      <c r="E78" s="58"/>
+      <c r="F78" s="58"/>
+      <c r="G78" s="60"/>
     </row>
-    <row r="79" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B79" s="69" t="s">
+    <row r="79" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="72"/>
+      <c r="B79" s="59" t="s">
         <v>150</v>
       </c>
-      <c r="C79" s="70"/>
-[...3 lines deleted...]
-      <c r="G79" s="71"/>
+      <c r="C79" s="58"/>
+      <c r="D79" s="58"/>
+      <c r="E79" s="58"/>
+      <c r="F79" s="58"/>
+      <c r="G79" s="60"/>
       <c r="I79" s="22"/>
     </row>
-    <row r="80" spans="1:9" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B80" s="69" t="s">
+    <row r="80" spans="1:9" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="72"/>
+      <c r="B80" s="59" t="s">
         <v>151</v>
       </c>
-      <c r="C80" s="70"/>
-[...3 lines deleted...]
-      <c r="G80" s="71"/>
+      <c r="C80" s="58"/>
+      <c r="D80" s="58"/>
+      <c r="E80" s="58"/>
+      <c r="F80" s="58"/>
+      <c r="G80" s="60"/>
     </row>
-    <row r="81" spans="1:10" ht="66" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B81" s="69" t="s">
+    <row r="81" spans="1:10" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="72"/>
+      <c r="B81" s="59" t="s">
         <v>152</v>
       </c>
-      <c r="C81" s="70"/>
-[...6 lines deleted...]
-      <c r="J81" s="70"/>
+      <c r="C81" s="58"/>
+      <c r="D81" s="58"/>
+      <c r="E81" s="58"/>
+      <c r="F81" s="58"/>
+      <c r="G81" s="60"/>
+      <c r="H81" s="58"/>
+      <c r="I81" s="58"/>
+      <c r="J81" s="58"/>
     </row>
-    <row r="82" spans="1:10" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B82" s="69" t="s">
+    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A82" s="72"/>
+      <c r="B82" s="59" t="s">
         <v>153</v>
       </c>
-      <c r="C82" s="70"/>
-[...3 lines deleted...]
-      <c r="G82" s="71"/>
+      <c r="C82" s="58"/>
+      <c r="D82" s="58"/>
+      <c r="E82" s="58"/>
+      <c r="F82" s="58"/>
+      <c r="G82" s="60"/>
       <c r="H82" s="6"/>
       <c r="I82" s="6"/>
       <c r="J82" s="6"/>
     </row>
-    <row r="83" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B83" s="64" t="s">
+    <row r="83" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="73"/>
+      <c r="B83" s="84" t="s">
         <v>154</v>
       </c>
-      <c r="C83" s="65"/>
-[...3 lines deleted...]
-      <c r="G83" s="66"/>
+      <c r="C83" s="85"/>
+      <c r="D83" s="85"/>
+      <c r="E83" s="85"/>
+      <c r="F83" s="85"/>
+      <c r="G83" s="86"/>
       <c r="H83" s="6"/>
       <c r="I83" s="6"/>
       <c r="J83" s="6"/>
     </row>
-    <row r="84" spans="1:10" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:10" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="34" t="s">
         <v>155</v>
       </c>
-      <c r="B84" s="79" t="s">
+      <c r="B84" s="76" t="s">
         <v>156</v>
       </c>
-      <c r="C84" s="80"/>
-[...3 lines deleted...]
-      <c r="G84" s="81"/>
+      <c r="C84" s="77"/>
+      <c r="D84" s="77"/>
+      <c r="E84" s="77"/>
+      <c r="F84" s="77"/>
+      <c r="G84" s="78"/>
     </row>
-    <row r="85" spans="1:10" ht="34.200000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A85" s="76" t="s">
+    <row r="85" spans="1:10" ht="34.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="92" t="s">
         <v>157</v>
       </c>
-      <c r="B85" s="77"/>
-[...4 lines deleted...]
-      <c r="G85" s="78"/>
+      <c r="B85" s="93"/>
+      <c r="C85" s="93"/>
+      <c r="D85" s="93"/>
+      <c r="E85" s="93"/>
+      <c r="F85" s="93"/>
+      <c r="G85" s="94"/>
     </row>
-    <row r="86" spans="1:10" ht="20.7" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="G86" s="57"/>
+    <row r="86" spans="1:10" ht="20.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="79"/>
+      <c r="B86" s="80"/>
+      <c r="C86" s="80"/>
+      <c r="D86" s="80"/>
+      <c r="E86" s="80"/>
+      <c r="F86" s="80"/>
+      <c r="G86" s="80"/>
     </row>
-    <row r="87" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A87" s="2"/>
       <c r="B87" s="3"/>
       <c r="C87" s="3"/>
       <c r="D87" s="3"/>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
     </row>
-    <row r="88" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A88" s="2"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
     </row>
-    <row r="89" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A89" s="2"/>
       <c r="B89" s="3"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
     </row>
-    <row r="90" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A90" s="2"/>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:G85" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="43">
+    <mergeCell ref="A86:G86"/>
+    <mergeCell ref="A41:A43"/>
+    <mergeCell ref="A27:A40"/>
+    <mergeCell ref="B83:G83"/>
+    <mergeCell ref="F12:F13"/>
+    <mergeCell ref="B66:G66"/>
+    <mergeCell ref="B69:G69"/>
+    <mergeCell ref="B67:G67"/>
+    <mergeCell ref="B68:G68"/>
+    <mergeCell ref="A44:A50"/>
+    <mergeCell ref="B62:G62"/>
+    <mergeCell ref="G16:G18"/>
+    <mergeCell ref="B64:G64"/>
+    <mergeCell ref="B60:G60"/>
+    <mergeCell ref="A51:A55"/>
+    <mergeCell ref="A85:G85"/>
+    <mergeCell ref="B63:G63"/>
+    <mergeCell ref="B70:G70"/>
+    <mergeCell ref="B72:G72"/>
+    <mergeCell ref="B84:G84"/>
+    <mergeCell ref="B76:G76"/>
+    <mergeCell ref="B77:G77"/>
+    <mergeCell ref="B78:G78"/>
+    <mergeCell ref="B81:G81"/>
+    <mergeCell ref="B79:G79"/>
+    <mergeCell ref="B80:G80"/>
+    <mergeCell ref="B82:G82"/>
     <mergeCell ref="H81:J81"/>
     <mergeCell ref="B73:G73"/>
     <mergeCell ref="B74:G74"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="B65:G65"/>
     <mergeCell ref="B61:G61"/>
     <mergeCell ref="B71:G71"/>
     <mergeCell ref="A5:A8"/>
     <mergeCell ref="A9:A11"/>
     <mergeCell ref="G12:G15"/>
     <mergeCell ref="A12:A26"/>
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A60:A83"/>
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="B75:G75"/>
-    <mergeCell ref="B63:G63"/>
-[...25 lines deleted...]
-    <mergeCell ref="A85:G85"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B84" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="86" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd659194-de00-4ccd-bb95-b10d17529a5f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="027db945-d6b9-442b-b2c1-2b991705272a"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a90b29eb7fc2f5bb73a82fc24295a09a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf902a1e0b29e6ed1162bb8fa4af9160" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f9b68c2f91673c8e135f2cc6fe443ddb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="eae7655d0bff0a8b982f1ecff13e64df" ns2:_="" ns3:_="">
     <xsd:import namespace="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <xsd:import namespace="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16130,76 +16606,76 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9925112-D9D5-44E1-B2D8-12DD05CAC742}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA55DF5-03B6-4F7C-8A28-06E6BA6040C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D30046C-492C-41DD-A5DD-5C193FB2827E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29837341-FD26-4A57-833F-F4E97CCD1EFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{171abc8c-0b18-4336-97d7-51d65f5c7f99}" enabled="1" method="Standard" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">