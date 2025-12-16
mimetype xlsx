--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29019"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/VAPN/Shared Documents/General/VAPN/21_27/E_dala_dalibnieki/Aptaujas anketas_korigetas_junijs_2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/evija_keisa_cfla_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="14" documentId="8_{C4562E80-002E-429B-89B7-780B6865A64E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E9AE89F-E91A-4D10-BA7D-CB5B17AE8FF9}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1AD8896F-37E8-42E4-9BD8-D3AE11AAE105}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="727" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1905" yWindow="1905" windowWidth="21600" windowHeight="11295" tabRatio="727" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Anketa liela (&gt;8h)" sheetId="38" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="41" r:id="rId2"/>
     <sheet name="Dalībnieku apkopojums(&gt;=8h)(E12" sheetId="40" state="hidden" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="Dalībnieka_dzimums">[1]List!$D$6:$D$7</definedName>
     <definedName name="galasan_lig">'[2]drop down'!$I$1:$I$2</definedName>
     <definedName name="iepirk_veids">'[2]drop down'!$E$1:$E$19</definedName>
     <definedName name="iesniegts">'[2]drop down'!$C$1:$C$2</definedName>
     <definedName name="Izglītība">[1]List!$D$3:$F$3</definedName>
     <definedName name="lig_statuss">'[2]drop down'!$G$1:$G$4</definedName>
     <definedName name="lig_veids">'[2]drop down'!$F$1:$F$4</definedName>
     <definedName name="lig_veids2">'[2]drop down'!$H$1:$H$3</definedName>
     <definedName name="MP">'[2]drop down'!$A$1:$A$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Anketa liela (&gt;8h)'!$A$1:$E$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Dalībnieku apkopojums(&gt;=8h)(E12'!$A$1:$AZ$11</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Dalībnieku apkopojums(&gt;=8h)(E12'!$A:$A</definedName>
     <definedName name="Vecums">[1]List!$B$3:$B$102</definedName>
   </definedNames>
@@ -430,62 +430,69 @@
     <r>
       <t>Dalībnieki no lauku apvidiem</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Cambria"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Cambria"/>
+        <scheme val="major"/>
+      </rPr>
       <t>4. Dalībnieku dalījums pēc izglītības</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Cambria"/>
-        <family val="1"/>
         <scheme val="major"/>
       </rPr>
-      <t>9</t>
+      <t>4</t>
     </r>
   </si>
   <si>
     <t>4.0.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībniekam nav iegūts ISCED 0. līmenis</t>
   </si>
   <si>
     <t>4.1.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībnieks ir ar pamatizglītības otrā posma vai zemāka līmeņa izglītību (ISCED 0–2)</t>
   </si>
   <si>
     <t>4.2.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībnieks ir ar vidējo izglītību (ISCED 3. līmenis) vai pēcvidējo izglītību (ISCED 4. līmenis)</t>
   </si>
   <si>
     <t>4.3.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībnieks ir ar augstāko izglītību (ISCED 5. līmenis līdz 8. līmenis)</t>
@@ -623,89 +630,89 @@
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Bezpajumtniecības un mājokļa trūkuma kategorijas:
 • būt bez pajumtes (dzīvo uz ielas);
 • būt bez mājokļa (nodrošināta pajumte patversmēs, dzīve institūcijās mājokļu trūkuma dēļ, dzīvo pagaidu mitekļos u.tml.);
 • dzīvot nedrošā mājoklī (nedroši sadzīves apstākļi, risks tikt izliktam no mājokļa, vardarbība u.tml.);
 • dzīvot nepiemērotā mājoklī (pārapdzīvotība, nelegālas dzīvošanas vietas u.tml.).                                                                                                                                                                                                            Personas, kuras visbiežāk skar bezpajumtniecība un atstumtība mājokļa pieejamības jomā:
 • personas bez noteiktas dzīvesvietas;
 • bāreņi un bez vecāku gādības palikušie bērni;
 • no vardarbības cietušas personas; personas ar garīga rakstura traucējumiem;
 • personas ar invaliditāti;
 • personas pēc ieslodzījuma;
 • starptautiskās aizsardzības saņēmēji, patvēruma meklētāji, bēgļi;
 • trūcīgi un maznodrošināti vientuļie pensionāri;
 • romi;
 • iedzīvotāji ar vidēji zemiem ienākumiem (kuri nav trūcīgi vai maznodrošināti).
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
-[...5 lines deleted...]
-        <sz val="10"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color theme="1"/>
-[...2 lines deleted...]
-        <charset val="186"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
       </rPr>
       <t xml:space="preserve">Dalībnieku dalījums pēc izglītības:
 • pamatizglītības otrā posma vai zemāka līmeņa izglītība (ISCED 0–2) - pirmsskolas izglītība (ISCED 0); vispārējā pamatizglītība (ISCED 1-2); profesionālā pamatizglītība (ISCED 2); arodizglītība (ISCED 2).
 • vidējā izglītība (ISCED 3) - vispārējā vidējā izglītība; profesionālā vidējā izglītība; arodizglītība.
 • pēcvidējā izglītība (ISCED 4) - profesionālā vidējā izglītība; arodizglītība.
 • augstākā izglītība (ISCED 5–8) - koledžas izglītība (ISCED 5); profesionālā augstākā izglītība (ISCED 6-7); profesionālā bakalaura studijas (ISCED 6); akadēmiskā bakalaura studijas (ISCED 6); profesionālā maģistra studijas (ISCED 7); akadēmiskā maģistra studijas (ISCED 7); doktora studijas (ISCED 8).    </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">     </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
+        <color rgb="FF000000"/>
         <rFont val="Cambria"/>
-        <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
         <scheme val="major"/>
       </rPr>
       <t>Pārzinis</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <charset val="186"/>
@@ -1752,53 +1759,53 @@
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="59">
+  <fonts count="59" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Times New Roman"/>
@@ -1923,94 +1930,73 @@
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...13 lines deleted...]
-    <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF00B050"/>
       <name val="Cambria"/>
       <scheme val="major"/>
@@ -2023,65 +2009,50 @@
     </font>
     <font>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
-      <name val="Cambria"/>
-[...13 lines deleted...]
-      <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
@@ -2150,50 +2121,85 @@
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Cambria"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Cambria"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Cambria"/>
+      <scheme val="major"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
@@ -2561,52 +2567,52 @@
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="double">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="144">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
@@ -2654,267 +2660,267 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="16" fontId="34" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="31" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="34" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="36" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="33" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="34" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="36" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="33" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="36" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="33" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="53" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="48" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="52" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="2" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="37" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="34" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="47" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="42" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="57" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="34" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="34" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="37" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="34" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -3590,717 +3596,717 @@
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X47"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A46" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C53" sqref="C53"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A11" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F36" sqref="F36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="35" style="2" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" style="29" customWidth="1"/>
     <col min="6" max="6" width="103.5703125" style="1" customWidth="1"/>
     <col min="7" max="8" width="9.140625" style="2"/>
     <col min="9" max="9" width="9.140625" style="14"/>
     <col min="10" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="81" customHeight="1">
+    <row r="1" spans="1:10" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="96"/>
       <c r="B1" s="96"/>
       <c r="C1" s="96"/>
       <c r="D1" s="96"/>
       <c r="E1" s="96"/>
       <c r="F1" s="29"/>
       <c r="G1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="14"/>
     </row>
-    <row r="2" spans="1:10" ht="55.5" customHeight="1" thickBot="1">
+    <row r="2" spans="1:10" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="76" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="77"/>
       <c r="C2" s="77"/>
       <c r="D2" s="77"/>
       <c r="E2" s="77"/>
       <c r="F2" s="52"/>
     </row>
-    <row r="3" spans="1:10" ht="18" customHeight="1">
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="80" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="40" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="78" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="78"/>
       <c r="E3" s="41"/>
     </row>
-    <row r="4" spans="1:10" ht="18" customHeight="1">
+    <row r="4" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="97"/>
       <c r="B4" s="36" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="79" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="79"/>
       <c r="E4" s="42"/>
     </row>
-    <row r="5" spans="1:10" ht="14.45" customHeight="1">
+    <row r="5" spans="1:10" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="97"/>
       <c r="B5" s="36" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="83" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="83"/>
       <c r="E5" s="43"/>
     </row>
-    <row r="6" spans="1:10" ht="15.6" customHeight="1">
+    <row r="6" spans="1:10" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="97"/>
       <c r="B6" s="36" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="83" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="83"/>
       <c r="E6" s="43"/>
     </row>
-    <row r="7" spans="1:10" ht="18" customHeight="1">
+    <row r="7" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="81"/>
       <c r="B7" s="44" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="84" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="84"/>
       <c r="E7" s="45"/>
     </row>
-    <row r="8" spans="1:10" ht="15">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A8" s="80" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="40" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="78" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="78"/>
       <c r="E8" s="41"/>
     </row>
-    <row r="9" spans="1:10" ht="15">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="81"/>
       <c r="B9" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="82" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="82"/>
       <c r="E9" s="46"/>
     </row>
-    <row r="10" spans="1:10" ht="28.5" customHeight="1" thickTop="1" thickBot="1">
+    <row r="10" spans="1:10" ht="28.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="80" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="40" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="78" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="78"/>
       <c r="E10" s="50" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="11" spans="1:10" ht="27.6" thickTop="1" thickBot="1">
+    <row r="11" spans="1:10" ht="27" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="97"/>
       <c r="B11" s="37" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="79" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="79"/>
       <c r="E11" s="50" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="27.6" customHeight="1" thickTop="1" thickBot="1">
+    <row r="12" spans="1:10" ht="27.6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="97"/>
       <c r="B12" s="36" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="79" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="79"/>
       <c r="E12" s="50" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="27.6" thickTop="1" thickBot="1">
+    <row r="13" spans="1:10" ht="27" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="97"/>
       <c r="B13" s="36" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="79" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="79"/>
       <c r="E13" s="50" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="26.25" customHeight="1" thickTop="1" thickBot="1">
+    <row r="14" spans="1:10" ht="26.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="97"/>
       <c r="B14" s="36" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="87" t="s">
         <v>28</v>
       </c>
       <c r="D14" s="87"/>
       <c r="E14" s="50" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="27.6" thickTop="1" thickBot="1">
+    <row r="15" spans="1:10" ht="27" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="81"/>
       <c r="B15" s="44" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="82" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="82"/>
       <c r="E15" s="50" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="16" spans="1:10" ht="25.5" customHeight="1" thickTop="1">
+    <row r="16" spans="1:10" ht="25.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A16" s="80" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="47" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="107" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="107"/>
       <c r="E16" s="41"/>
       <c r="I16" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="17" spans="1:9" ht="25.5" customHeight="1">
+    <row r="17" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="97"/>
       <c r="B17" s="38" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="108" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="109"/>
       <c r="E17" s="42"/>
       <c r="I17" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="18" spans="1:9" ht="25.5" customHeight="1">
+    <row r="18" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="97"/>
       <c r="B18" s="38" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="108" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="109"/>
       <c r="E18" s="42"/>
     </row>
-    <row r="19" spans="1:9" ht="25.5" customHeight="1" thickBot="1">
+    <row r="19" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="81"/>
       <c r="B19" s="44" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="85" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="86"/>
       <c r="E19" s="46"/>
     </row>
-    <row r="20" spans="1:9" ht="19.899999999999999" customHeight="1" thickTop="1">
+    <row r="20" spans="1:9" ht="19.899999999999999" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A20" s="80" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="40" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="99" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="99"/>
       <c r="E20" s="41"/>
     </row>
-    <row r="21" spans="1:9" ht="20.25" customHeight="1">
+    <row r="21" spans="1:9" ht="20.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="97"/>
       <c r="B21" s="38" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="91" t="s">
         <v>45</v>
       </c>
       <c r="D21" s="92"/>
       <c r="E21" s="42"/>
       <c r="I21" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="18" customHeight="1">
+    <row r="22" spans="1:9" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="97"/>
       <c r="B22" s="38" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="93" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="94"/>
       <c r="E22" s="42"/>
       <c r="I22" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="23" spans="1:9" ht="17.25" customHeight="1">
+    <row r="23" spans="1:9" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="97"/>
       <c r="B23" s="38" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="88" t="s">
         <v>49</v>
       </c>
       <c r="D23" s="89"/>
       <c r="E23" s="42"/>
     </row>
-    <row r="24" spans="1:9" ht="17.25" customHeight="1">
+    <row r="24" spans="1:9" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="97"/>
       <c r="B24" s="38" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="88" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="87"/>
       <c r="E24" s="42"/>
     </row>
-    <row r="25" spans="1:9" ht="18" customHeight="1" thickBot="1">
+    <row r="25" spans="1:9" ht="18" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="98"/>
       <c r="B25" s="58" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="100" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="101"/>
       <c r="E25" s="55"/>
     </row>
-    <row r="26" spans="1:9" ht="23.25" customHeight="1" thickTop="1">
+    <row r="26" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="103" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="56" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D26" s="102"/>
       <c r="E26" s="57"/>
       <c r="I26" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="27" spans="1:9" ht="25.5" customHeight="1">
+    <row r="27" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="104"/>
       <c r="B27" s="39" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="79" t="s">
         <v>58</v>
       </c>
       <c r="D27" s="79"/>
       <c r="E27" s="42"/>
     </row>
-    <row r="28" spans="1:9" ht="29.25" customHeight="1">
+    <row r="28" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="104"/>
       <c r="B28" s="39" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="79" t="s">
         <v>60</v>
       </c>
       <c r="D28" s="79"/>
       <c r="E28" s="42"/>
     </row>
-    <row r="29" spans="1:9" ht="29.25" customHeight="1" thickBot="1">
+    <row r="29" spans="1:9" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="105"/>
       <c r="B29" s="54" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="106" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="106"/>
       <c r="E29" s="55"/>
       <c r="I29" s="14" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="30" spans="1:9">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="63" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="64"/>
       <c r="C30" s="64"/>
       <c r="D30" s="64"/>
       <c r="E30" s="64"/>
     </row>
-    <row r="31" spans="1:9" ht="25.5" customHeight="1">
+    <row r="31" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="71" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="69" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="69"/>
       <c r="D31" s="69"/>
       <c r="E31" s="51"/>
     </row>
-    <row r="32" spans="1:9" ht="41.25" customHeight="1">
+    <row r="32" spans="1:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="72"/>
       <c r="B32" s="69" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="69"/>
       <c r="D32" s="69"/>
       <c r="E32" s="51"/>
     </row>
-    <row r="33" spans="1:24" ht="31.5" customHeight="1">
+    <row r="33" spans="1:24" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="95" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="95"/>
       <c r="C33" s="95"/>
       <c r="D33" s="95"/>
       <c r="E33" s="51"/>
     </row>
-    <row r="34" spans="1:24" ht="31.15" customHeight="1">
+    <row r="34" spans="1:24" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="67" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="67"/>
       <c r="C34" s="67"/>
       <c r="D34" s="67"/>
       <c r="E34" s="67"/>
       <c r="F34" s="49"/>
       <c r="G34" s="49"/>
       <c r="H34" s="49"/>
       <c r="I34" s="49"/>
       <c r="J34" s="49"/>
       <c r="K34" s="49"/>
       <c r="L34" s="49"/>
       <c r="M34" s="49"/>
       <c r="N34" s="49"/>
       <c r="O34" s="49"/>
       <c r="P34" s="49"/>
       <c r="Q34" s="49"/>
       <c r="R34" s="49"/>
       <c r="S34" s="49"/>
       <c r="T34" s="49"/>
     </row>
-    <row r="35" spans="1:24" ht="18" customHeight="1">
+    <row r="35" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="68" t="s">
         <v>69</v>
       </c>
       <c r="B35" s="68"/>
       <c r="C35" s="68"/>
       <c r="D35" s="68"/>
       <c r="E35" s="68"/>
       <c r="F35" s="53"/>
       <c r="G35" s="53"/>
       <c r="H35" s="53"/>
       <c r="I35" s="53"/>
       <c r="J35" s="53"/>
       <c r="K35" s="53"/>
       <c r="L35" s="53"/>
       <c r="M35" s="53"/>
       <c r="N35" s="53"/>
       <c r="O35" s="53"/>
       <c r="P35" s="53"/>
       <c r="Q35" s="53"/>
       <c r="R35" s="53"/>
       <c r="S35" s="53"/>
       <c r="T35" s="53"/>
       <c r="U35" s="3"/>
       <c r="V35" s="3"/>
       <c r="W35" s="16"/>
       <c r="X35" s="16"/>
     </row>
-    <row r="36" spans="1:24" ht="50.45" customHeight="1">
+    <row r="36" spans="1:24" ht="50.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="68" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="68"/>
       <c r="C36" s="68"/>
       <c r="D36" s="68"/>
       <c r="E36" s="68"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="48"/>
       <c r="O36" s="48"/>
       <c r="P36" s="48"/>
       <c r="Q36" s="48"/>
       <c r="R36" s="48"/>
       <c r="S36" s="48"/>
       <c r="T36" s="48"/>
       <c r="U36" s="3"/>
       <c r="V36" s="3"/>
       <c r="W36" s="16"/>
       <c r="X36" s="16"/>
     </row>
-    <row r="37" spans="1:24" s="32" customFormat="1" ht="18" customHeight="1">
+    <row r="37" spans="1:24" s="32" customFormat="1" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="90" t="s">
         <v>71</v>
       </c>
       <c r="B37" s="90"/>
       <c r="C37" s="90"/>
       <c r="D37" s="90"/>
       <c r="E37" s="90"/>
       <c r="F37" s="28"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="15"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="3"/>
       <c r="S37" s="3"/>
       <c r="T37" s="3"/>
     </row>
-    <row r="38" spans="1:24" s="32" customFormat="1" ht="20.25" customHeight="1">
+    <row r="38" spans="1:24" s="32" customFormat="1" ht="20.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="75" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="75"/>
       <c r="C38" s="75"/>
       <c r="D38" s="75"/>
       <c r="E38" s="75"/>
       <c r="F38" s="28"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="15"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="3"/>
       <c r="S38" s="3"/>
       <c r="T38" s="3"/>
     </row>
-    <row r="39" spans="1:24" s="32" customFormat="1" ht="55.15" customHeight="1">
+    <row r="39" spans="1:24" s="32" customFormat="1" ht="55.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="75" t="s">
         <v>73</v>
       </c>
       <c r="B39" s="73"/>
       <c r="C39" s="73"/>
       <c r="D39" s="73"/>
       <c r="E39" s="73"/>
       <c r="F39" s="28"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="15"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
       <c r="O39" s="3"/>
       <c r="P39" s="3"/>
       <c r="Q39" s="3"/>
       <c r="R39" s="3"/>
       <c r="S39" s="3"/>
       <c r="T39" s="3"/>
     </row>
-    <row r="40" spans="1:24" s="32" customFormat="1" ht="187.15" customHeight="1">
+    <row r="40" spans="1:24" s="32" customFormat="1" ht="187.15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="73" t="s">
         <v>74</v>
       </c>
       <c r="B40" s="73"/>
       <c r="C40" s="73"/>
       <c r="D40" s="73"/>
       <c r="E40" s="73"/>
     </row>
-    <row r="41" spans="1:24" s="32" customFormat="1" ht="91.15" customHeight="1">
+    <row r="41" spans="1:24" s="32" customFormat="1" ht="91.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="74" t="s">
         <v>75</v>
       </c>
       <c r="B41" s="73"/>
       <c r="C41" s="73"/>
       <c r="D41" s="73"/>
       <c r="E41" s="73"/>
     </row>
-    <row r="42" spans="1:24" s="32" customFormat="1" ht="20.25" customHeight="1">
+    <row r="42" spans="1:24" s="32" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="65" t="s">
         <v>76</v>
       </c>
       <c r="B42" s="65"/>
       <c r="C42" s="65"/>
       <c r="D42" s="70" t="s">
         <v>77</v>
       </c>
       <c r="E42" s="70"/>
     </row>
-    <row r="43" spans="1:24" s="32" customFormat="1" ht="23.45" customHeight="1">
+    <row r="43" spans="1:24" s="32" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="34"/>
       <c r="B43" s="34"/>
       <c r="C43" s="35"/>
       <c r="D43" s="66" t="s">
         <v>78</v>
       </c>
       <c r="E43" s="66"/>
     </row>
-    <row r="44" spans="1:24" s="32" customFormat="1" ht="23.45" customHeight="1">
+    <row r="44" spans="1:24" s="32" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="34"/>
       <c r="B44" s="34"/>
       <c r="C44" s="35"/>
       <c r="D44" s="70" t="s">
         <v>79</v>
       </c>
       <c r="E44" s="70"/>
     </row>
-    <row r="45" spans="1:24" ht="45.6" customHeight="1">
+    <row r="45" spans="1:24" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="59" t="s">
         <v>80</v>
       </c>
       <c r="B45" s="59"/>
       <c r="C45" s="59"/>
       <c r="D45" s="59"/>
       <c r="E45" s="59"/>
       <c r="F45" s="33" t="s">
         <v>81</v>
       </c>
       <c r="G45" s="32"/>
       <c r="H45" s="32"/>
       <c r="I45" s="32"/>
       <c r="J45" s="32"/>
       <c r="K45" s="32"/>
       <c r="L45" s="32"/>
       <c r="M45" s="32"/>
       <c r="N45" s="32"/>
       <c r="O45" s="32"/>
       <c r="P45" s="32"/>
       <c r="Q45" s="32"/>
       <c r="R45" s="32"/>
       <c r="S45" s="32"/>
       <c r="T45" s="32"/>
     </row>
-    <row r="46" spans="1:24" ht="101.45" customHeight="1">
+    <row r="46" spans="1:24" ht="101.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="60" t="s">
         <v>82</v>
       </c>
       <c r="B46" s="61"/>
       <c r="C46" s="61"/>
       <c r="D46" s="61"/>
       <c r="E46" s="61"/>
       <c r="F46" s="33" t="s">
         <v>83</v>
       </c>
       <c r="G46" s="32"/>
       <c r="H46" s="32"/>
       <c r="I46" s="32"/>
       <c r="J46" s="32"/>
       <c r="K46" s="32"/>
       <c r="L46" s="32"/>
       <c r="M46" s="32"/>
       <c r="N46" s="32"/>
       <c r="O46" s="32"/>
       <c r="P46" s="32"/>
       <c r="Q46" s="32"/>
       <c r="R46" s="32"/>
       <c r="S46" s="32"/>
       <c r="T46" s="32"/>
     </row>
-    <row r="47" spans="1:24" ht="33" customHeight="1">
+    <row r="47" spans="1:24" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="62" t="s">
         <v>84</v>
       </c>
       <c r="B47" s="62"/>
       <c r="C47" s="62"/>
       <c r="D47" s="62"/>
       <c r="E47" s="62"/>
       <c r="F47" s="33" t="s">
         <v>34</v>
       </c>
       <c r="G47" s="32"/>
       <c r="H47" s="32"/>
       <c r="I47" s="32"/>
       <c r="J47" s="32"/>
       <c r="K47" s="32"/>
       <c r="L47" s="32"/>
       <c r="M47" s="32"/>
       <c r="N47" s="32"/>
       <c r="O47" s="32"/>
       <c r="P47" s="32"/>
       <c r="Q47" s="32"/>
       <c r="R47" s="32"/>
       <c r="S47" s="32"/>
       <c r="T47" s="32"/>
     </row>
@@ -4348,124 +4354,120 @@
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
     <mergeCell ref="A47:E47"/>
     <mergeCell ref="A30:E30"/>
     <mergeCell ref="A42:C42"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="A34:E34"/>
     <mergeCell ref="A36:E36"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="D44:E44"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="A31:A32"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A40:E40"/>
     <mergeCell ref="A41:E41"/>
     <mergeCell ref="A39:E39"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.54" top="0.88" bottom="0.82" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AF22F011-B827-4305-94DE-75C6752FF497}">
-  <dimension ref="A4:A6"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A23" workbookViewId="0">
       <selection activeCell="E18" sqref="B18:E45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.15"/>
-[...4 lines deleted...]
-  </sheetData>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <outlinePr summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AZ28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="A14" sqref="A14:AD14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.15" outlineLevelCol="1"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" customWidth="1"/>
     <col min="2" max="2" width="18.7109375" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="8" customWidth="1" outlineLevel="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1" outlineLevel="1"/>
     <col min="6" max="6" width="6" customWidth="1" outlineLevel="1"/>
     <col min="7" max="7" width="12.28515625" customWidth="1" outlineLevel="1"/>
     <col min="8" max="8" width="11.85546875" customWidth="1" outlineLevel="1"/>
     <col min="9" max="9" width="12.28515625" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1" outlineLevel="1"/>
     <col min="11" max="13" width="10.5703125" customWidth="1" outlineLevel="1"/>
     <col min="14" max="14" width="10.5703125" customWidth="1"/>
     <col min="15" max="17" width="10.5703125" customWidth="1" outlineLevel="1"/>
     <col min="18" max="18" width="11.42578125" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="10.28515625" customWidth="1" outlineLevel="1"/>
     <col min="20" max="21" width="10.28515625" customWidth="1"/>
     <col min="22" max="22" width="10.5703125" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1" outlineLevel="1"/>
     <col min="24" max="24" width="10" customWidth="1" outlineLevel="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1" outlineLevel="1"/>
     <col min="26" max="26" width="11.140625" customWidth="1" outlineLevel="1"/>
     <col min="27" max="27" width="14.5703125" customWidth="1" outlineLevel="1"/>
     <col min="28" max="28" width="12.28515625" customWidth="1"/>
     <col min="29" max="29" width="8.28515625" customWidth="1" outlineLevel="1"/>
     <col min="30" max="30" width="9.28515625" customWidth="1" outlineLevel="1"/>
     <col min="31" max="31" width="10.7109375" customWidth="1" outlineLevel="1"/>
     <col min="32" max="32" width="10.5703125" customWidth="1" outlineLevel="1"/>
     <col min="33" max="34" width="10.7109375" customWidth="1" outlineLevel="1"/>
     <col min="35" max="35" width="9.5703125" customWidth="1" outlineLevel="1"/>
     <col min="36" max="36" width="8.7109375" customWidth="1" outlineLevel="1"/>
     <col min="37" max="37" width="10.7109375" customWidth="1"/>
     <col min="38" max="38" width="10.7109375" customWidth="1" outlineLevel="1"/>
     <col min="39" max="39" width="10.28515625" customWidth="1" outlineLevel="1"/>
     <col min="40" max="40" width="12.7109375" customWidth="1"/>
     <col min="41" max="43" width="12.7109375" customWidth="1" outlineLevel="1"/>
     <col min="44" max="44" width="13.140625" customWidth="1"/>
     <col min="45" max="45" width="10.28515625" customWidth="1"/>
     <col min="46" max="46" width="15.140625" style="4" customWidth="1"/>
     <col min="47" max="51" width="15.140625" style="4" customWidth="1" outlineLevel="1"/>
     <col min="52" max="52" width="18.85546875" customWidth="1"/>
     <col min="53" max="56" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52" ht="36" customHeight="1">
+    <row r="1" spans="1:52" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="131" t="s">
         <v>85</v>
       </c>
       <c r="B1" s="131"/>
       <c r="C1" s="131"/>
       <c r="D1" s="131"/>
       <c r="E1" s="131"/>
       <c r="F1" s="131"/>
       <c r="G1" s="131"/>
       <c r="H1" s="131"/>
       <c r="I1" s="131"/>
       <c r="J1" s="131"/>
       <c r="K1" s="131"/>
       <c r="L1" s="131"/>
       <c r="M1" s="131"/>
       <c r="N1" s="131"/>
       <c r="O1" s="131"/>
       <c r="P1" s="131"/>
       <c r="Q1" s="131"/>
       <c r="R1" s="131"/>
       <c r="S1" s="131"/>
       <c r="T1" s="131"/>
       <c r="U1" s="131"/>
       <c r="V1" s="131"/>
       <c r="W1" s="131"/>
@@ -4477,51 +4479,51 @@
       <c r="AC1" s="131"/>
       <c r="AD1" s="131"/>
       <c r="AE1" s="31"/>
       <c r="AF1" s="31"/>
       <c r="AG1" s="31"/>
       <c r="AH1" s="31"/>
       <c r="AI1" s="31"/>
       <c r="AJ1" s="31"/>
       <c r="AK1" s="31"/>
       <c r="AL1" s="31"/>
       <c r="AM1" s="31"/>
       <c r="AN1" s="31"/>
       <c r="AO1" s="31"/>
       <c r="AP1" s="31"/>
       <c r="AQ1" s="31"/>
       <c r="AR1" s="31"/>
       <c r="AS1" s="31"/>
       <c r="AT1" s="31"/>
       <c r="AU1" s="31"/>
       <c r="AV1" s="31"/>
       <c r="AW1" s="31"/>
       <c r="AX1" s="31"/>
       <c r="AY1" s="31"/>
       <c r="AZ1" s="31"/>
     </row>
-    <row r="2" spans="1:52" s="16" customFormat="1" ht="45" customHeight="1">
+    <row r="2" spans="1:52" s="16" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="134" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="135"/>
       <c r="C2" s="135"/>
       <c r="D2" s="135"/>
       <c r="E2" s="135"/>
       <c r="F2" s="135"/>
       <c r="G2" s="135"/>
       <c r="H2" s="135"/>
       <c r="I2" s="135"/>
       <c r="J2" s="135"/>
       <c r="K2" s="135"/>
       <c r="L2" s="135"/>
       <c r="M2" s="136"/>
       <c r="N2" s="134" t="s">
         <v>17</v>
       </c>
       <c r="O2" s="135"/>
       <c r="P2" s="135"/>
       <c r="Q2" s="135"/>
       <c r="R2" s="137"/>
       <c r="S2" s="137"/>
       <c r="T2" s="137"/>
       <c r="U2" s="138"/>
@@ -4551,51 +4553,51 @@
       <c r="AM2" s="139"/>
       <c r="AN2" s="134" t="s">
         <v>89</v>
       </c>
       <c r="AO2" s="135"/>
       <c r="AP2" s="135"/>
       <c r="AQ2" s="135"/>
       <c r="AR2" s="132" t="s">
         <v>90</v>
       </c>
       <c r="AS2" s="132" t="s">
         <v>91</v>
       </c>
       <c r="AT2" s="140" t="s">
         <v>92</v>
       </c>
       <c r="AU2" s="141"/>
       <c r="AV2" s="141"/>
       <c r="AW2" s="141"/>
       <c r="AX2" s="141"/>
       <c r="AY2" s="142"/>
       <c r="AZ2" s="132" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="3" spans="1:52" s="6" customFormat="1" ht="12.75" customHeight="1">
+    <row r="3" spans="1:52" s="6" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="110" t="s">
         <v>94</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="125" t="s">
         <v>8</v>
       </c>
       <c r="F3" s="126"/>
       <c r="G3" s="21" t="s">
         <v>10</v>
       </c>
       <c r="H3" s="21" t="s">
         <v>95</v>
       </c>
       <c r="I3" s="18" t="s">
         <v>96</v>
       </c>
@@ -4701,51 +4703,51 @@
       <c r="AQ3" s="23" t="s">
         <v>114</v>
       </c>
       <c r="AR3" s="133"/>
       <c r="AS3" s="133"/>
       <c r="AT3" s="25" t="s">
         <v>115</v>
       </c>
       <c r="AU3" s="25" t="s">
         <v>116</v>
       </c>
       <c r="AV3" s="25" t="s">
         <v>117</v>
       </c>
       <c r="AW3" s="25" t="s">
         <v>118</v>
       </c>
       <c r="AX3" s="26" t="s">
         <v>119</v>
       </c>
       <c r="AY3" s="26" t="s">
         <v>120</v>
       </c>
       <c r="AZ3" s="133"/>
     </row>
-    <row r="4" spans="1:52" s="6" customFormat="1" ht="62.25" customHeight="1">
+    <row r="4" spans="1:52" s="6" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="111"/>
       <c r="B4" s="110" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="110" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="110" t="s">
         <v>7</v>
       </c>
       <c r="E4" s="127" t="s">
         <v>121</v>
       </c>
       <c r="F4" s="128"/>
       <c r="G4" s="110" t="s">
         <v>122</v>
       </c>
       <c r="H4" s="117" t="s">
         <v>123</v>
       </c>
       <c r="I4" s="129" t="s">
         <v>124</v>
       </c>
       <c r="J4" s="129"/>
       <c r="K4" s="130"/>
@@ -4843,51 +4845,51 @@
       <c r="AS4" s="111" t="s">
         <v>149</v>
       </c>
       <c r="AT4" s="114" t="s">
         <v>150</v>
       </c>
       <c r="AU4" s="114" t="s">
         <v>151</v>
       </c>
       <c r="AV4" s="114" t="s">
         <v>152</v>
       </c>
       <c r="AW4" s="114" t="s">
         <v>153</v>
       </c>
       <c r="AX4" s="114" t="s">
         <v>154</v>
       </c>
       <c r="AY4" s="111" t="s">
         <v>155</v>
       </c>
       <c r="AZ4" s="112" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="5" spans="1:52" s="6" customFormat="1" ht="81" customHeight="1">
+    <row r="5" spans="1:52" s="6" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="111"/>
       <c r="B5" s="111"/>
       <c r="C5" s="111"/>
       <c r="D5" s="111"/>
       <c r="E5" s="20" t="s">
         <v>157</v>
       </c>
       <c r="F5" s="20" t="s">
         <v>158</v>
       </c>
       <c r="G5" s="111"/>
       <c r="H5" s="117"/>
       <c r="I5" s="27" t="s">
         <v>159</v>
       </c>
       <c r="J5" s="27" t="s">
         <v>160</v>
       </c>
       <c r="K5" s="20" t="s">
         <v>161</v>
       </c>
       <c r="L5" s="20" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="20" t="s">
@@ -4923,51 +4925,51 @@
       </c>
       <c r="AD5" s="111"/>
       <c r="AE5" s="111"/>
       <c r="AF5" s="111"/>
       <c r="AG5" s="111"/>
       <c r="AH5" s="111"/>
       <c r="AI5" s="111"/>
       <c r="AJ5" s="111"/>
       <c r="AK5" s="111"/>
       <c r="AL5" s="111"/>
       <c r="AM5" s="111"/>
       <c r="AN5" s="111"/>
       <c r="AO5" s="111"/>
       <c r="AP5" s="111"/>
       <c r="AQ5" s="111"/>
       <c r="AR5" s="111"/>
       <c r="AS5" s="111"/>
       <c r="AT5" s="115"/>
       <c r="AU5" s="115"/>
       <c r="AV5" s="115"/>
       <c r="AW5" s="115"/>
       <c r="AX5" s="115"/>
       <c r="AY5" s="111"/>
       <c r="AZ5" s="113"/>
     </row>
-    <row r="6" spans="1:52">
+    <row r="6" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A6" s="7">
         <v>1</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="8"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9"/>
       <c r="R6" s="10"/>
       <c r="S6" s="11"/>
       <c r="T6" s="11"/>
       <c r="U6" s="10"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
@@ -4979,51 +4981,51 @@
       <c r="AC6" s="7"/>
       <c r="AD6" s="7"/>
       <c r="AE6" s="7"/>
       <c r="AF6" s="7"/>
       <c r="AG6" s="7"/>
       <c r="AH6" s="7"/>
       <c r="AI6" s="7"/>
       <c r="AJ6" s="7"/>
       <c r="AK6" s="7"/>
       <c r="AL6" s="7"/>
       <c r="AM6" s="7"/>
       <c r="AN6" s="7"/>
       <c r="AO6" s="7"/>
       <c r="AP6" s="7"/>
       <c r="AQ6" s="7"/>
       <c r="AR6" s="7"/>
       <c r="AS6" s="7"/>
       <c r="AT6" s="12"/>
       <c r="AU6" s="12"/>
       <c r="AV6" s="12"/>
       <c r="AW6" s="12"/>
       <c r="AX6" s="12"/>
       <c r="AY6" s="12"/>
       <c r="AZ6" s="7"/>
     </row>
-    <row r="7" spans="1:52">
+    <row r="7" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A7" s="7">
         <v>2</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
       <c r="R7" s="13"/>
       <c r="S7" s="13"/>
       <c r="T7" s="13"/>
       <c r="U7" s="13"/>
       <c r="V7" s="7"/>
       <c r="W7" s="7"/>
@@ -5035,51 +5037,51 @@
       <c r="AC7" s="7"/>
       <c r="AD7" s="7"/>
       <c r="AE7" s="7"/>
       <c r="AF7" s="7"/>
       <c r="AG7" s="7"/>
       <c r="AH7" s="7"/>
       <c r="AI7" s="7"/>
       <c r="AJ7" s="7"/>
       <c r="AK7" s="7"/>
       <c r="AL7" s="7"/>
       <c r="AM7" s="7"/>
       <c r="AN7" s="7"/>
       <c r="AO7" s="7"/>
       <c r="AP7" s="7"/>
       <c r="AQ7" s="7"/>
       <c r="AR7" s="7"/>
       <c r="AS7" s="7"/>
       <c r="AT7" s="12"/>
       <c r="AU7" s="12"/>
       <c r="AV7" s="12"/>
       <c r="AW7" s="12"/>
       <c r="AX7" s="12"/>
       <c r="AY7" s="12"/>
       <c r="AZ7" s="7"/>
     </row>
-    <row r="8" spans="1:52">
+    <row r="8" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A8" s="7">
         <v>3</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="7"/>
       <c r="W8" s="7"/>
@@ -5091,51 +5093,51 @@
       <c r="AC8" s="7"/>
       <c r="AD8" s="7"/>
       <c r="AE8" s="7"/>
       <c r="AF8" s="7"/>
       <c r="AG8" s="7"/>
       <c r="AH8" s="7"/>
       <c r="AI8" s="7"/>
       <c r="AJ8" s="7"/>
       <c r="AK8" s="7"/>
       <c r="AL8" s="7"/>
       <c r="AM8" s="7"/>
       <c r="AN8" s="7"/>
       <c r="AO8" s="7"/>
       <c r="AP8" s="7"/>
       <c r="AQ8" s="7"/>
       <c r="AR8" s="7"/>
       <c r="AS8" s="7"/>
       <c r="AT8" s="12"/>
       <c r="AU8" s="12"/>
       <c r="AV8" s="12"/>
       <c r="AW8" s="12"/>
       <c r="AX8" s="12"/>
       <c r="AY8" s="12"/>
       <c r="AZ8" s="7"/>
     </row>
-    <row r="9" spans="1:52">
+    <row r="9" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A9" s="7">
         <v>4</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
       <c r="R9" s="13"/>
       <c r="S9" s="13"/>
       <c r="T9" s="13"/>
       <c r="U9" s="13"/>
       <c r="V9" s="7"/>
       <c r="W9" s="7"/>
@@ -5147,51 +5149,51 @@
       <c r="AC9" s="7"/>
       <c r="AD9" s="7"/>
       <c r="AE9" s="7"/>
       <c r="AF9" s="7"/>
       <c r="AG9" s="7"/>
       <c r="AH9" s="7"/>
       <c r="AI9" s="7"/>
       <c r="AJ9" s="7"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="7"/>
       <c r="AM9" s="7"/>
       <c r="AN9" s="7"/>
       <c r="AO9" s="7"/>
       <c r="AP9" s="7"/>
       <c r="AQ9" s="7"/>
       <c r="AR9" s="7"/>
       <c r="AS9" s="7"/>
       <c r="AT9" s="12"/>
       <c r="AU9" s="12"/>
       <c r="AV9" s="12"/>
       <c r="AW9" s="12"/>
       <c r="AX9" s="12"/>
       <c r="AY9" s="12"/>
       <c r="AZ9" s="7"/>
     </row>
-    <row r="10" spans="1:52">
+    <row r="10" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A10" s="7">
         <v>5</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
       <c r="S10" s="7"/>
       <c r="T10" s="7"/>
       <c r="U10" s="7"/>
       <c r="V10" s="7"/>
       <c r="W10" s="7"/>
@@ -5203,51 +5205,51 @@
       <c r="AC10" s="7"/>
       <c r="AD10" s="7"/>
       <c r="AE10" s="7"/>
       <c r="AF10" s="7"/>
       <c r="AG10" s="7"/>
       <c r="AH10" s="7"/>
       <c r="AI10" s="7"/>
       <c r="AJ10" s="7"/>
       <c r="AK10" s="7"/>
       <c r="AL10" s="7"/>
       <c r="AM10" s="7"/>
       <c r="AN10" s="7"/>
       <c r="AO10" s="7"/>
       <c r="AP10" s="7"/>
       <c r="AQ10" s="7"/>
       <c r="AR10" s="7"/>
       <c r="AS10" s="7"/>
       <c r="AT10" s="12"/>
       <c r="AU10" s="12"/>
       <c r="AV10" s="12"/>
       <c r="AW10" s="12"/>
       <c r="AX10" s="12"/>
       <c r="AY10" s="12"/>
       <c r="AZ10" s="7"/>
     </row>
-    <row r="12" spans="1:52" ht="30" customHeight="1">
+    <row r="12" spans="1:52" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="143" t="s">
         <v>168</v>
       </c>
       <c r="B12" s="143"/>
       <c r="C12" s="143"/>
       <c r="D12" s="143"/>
       <c r="E12" s="143"/>
       <c r="F12" s="143"/>
       <c r="G12" s="143"/>
       <c r="H12" s="143"/>
       <c r="I12" s="143"/>
       <c r="J12" s="143"/>
       <c r="K12" s="143"/>
       <c r="L12" s="143"/>
       <c r="M12" s="143"/>
       <c r="N12" s="143"/>
       <c r="O12" s="143"/>
       <c r="P12" s="143"/>
       <c r="Q12" s="143"/>
       <c r="R12" s="143"/>
       <c r="S12" s="143"/>
       <c r="T12" s="143"/>
       <c r="U12" s="143"/>
       <c r="V12" s="143"/>
       <c r="W12" s="143"/>
@@ -5259,51 +5261,51 @@
       <c r="AC12" s="143"/>
       <c r="AD12" s="143"/>
       <c r="AE12" s="5"/>
       <c r="AF12" s="5"/>
       <c r="AG12" s="5"/>
       <c r="AH12" s="5"/>
       <c r="AI12" s="5"/>
       <c r="AJ12" s="5"/>
       <c r="AK12" s="5"/>
       <c r="AL12" s="5"/>
       <c r="AM12" s="5"/>
       <c r="AN12" s="5"/>
       <c r="AO12" s="5"/>
       <c r="AP12" s="5"/>
       <c r="AQ12" s="5"/>
       <c r="AR12" s="5"/>
       <c r="AS12" s="5"/>
       <c r="AT12" s="5"/>
       <c r="AU12" s="5"/>
       <c r="AV12" s="5"/>
       <c r="AW12" s="5"/>
       <c r="AX12" s="5"/>
       <c r="AY12" s="5"/>
       <c r="AZ12" s="5"/>
     </row>
-    <row r="13" spans="1:52" ht="22.5" customHeight="1">
+    <row r="13" spans="1:52" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="143" t="s">
         <v>169</v>
       </c>
       <c r="B13" s="143"/>
       <c r="C13" s="143"/>
       <c r="D13" s="143"/>
       <c r="E13" s="143"/>
       <c r="F13" s="143"/>
       <c r="G13" s="143"/>
       <c r="H13" s="143"/>
       <c r="I13" s="143"/>
       <c r="J13" s="143"/>
       <c r="K13" s="143"/>
       <c r="L13" s="143"/>
       <c r="M13" s="143"/>
       <c r="N13" s="143"/>
       <c r="O13" s="143"/>
       <c r="P13" s="143"/>
       <c r="Q13" s="143"/>
       <c r="R13" s="143"/>
       <c r="S13" s="143"/>
       <c r="T13" s="143"/>
       <c r="U13" s="143"/>
       <c r="V13" s="143"/>
       <c r="W13" s="143"/>
@@ -5315,51 +5317,51 @@
       <c r="AC13" s="143"/>
       <c r="AD13" s="143"/>
       <c r="AE13" s="143"/>
       <c r="AF13" s="143"/>
       <c r="AG13" s="143"/>
       <c r="AH13" s="143"/>
       <c r="AI13" s="143"/>
       <c r="AJ13" s="143"/>
       <c r="AK13" s="143"/>
       <c r="AL13" s="143"/>
       <c r="AM13" s="143"/>
       <c r="AN13" s="143"/>
       <c r="AO13" s="143"/>
       <c r="AP13" s="143"/>
       <c r="AQ13" s="143"/>
       <c r="AR13" s="143"/>
       <c r="AS13" s="143"/>
       <c r="AT13" s="143"/>
       <c r="AU13" s="143"/>
       <c r="AV13" s="143"/>
       <c r="AW13" s="143"/>
       <c r="AX13" s="143"/>
       <c r="AY13" s="143"/>
       <c r="AZ13" s="143"/>
     </row>
-    <row r="14" spans="1:52" ht="22.5" customHeight="1">
+    <row r="14" spans="1:52" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="143" t="s">
         <v>170</v>
       </c>
       <c r="B14" s="143"/>
       <c r="C14" s="143"/>
       <c r="D14" s="143"/>
       <c r="E14" s="143"/>
       <c r="F14" s="143"/>
       <c r="G14" s="143"/>
       <c r="H14" s="143"/>
       <c r="I14" s="143"/>
       <c r="J14" s="143"/>
       <c r="K14" s="143"/>
       <c r="L14" s="143"/>
       <c r="M14" s="143"/>
       <c r="N14" s="143"/>
       <c r="O14" s="143"/>
       <c r="P14" s="143"/>
       <c r="Q14" s="143"/>
       <c r="R14" s="143"/>
       <c r="S14" s="143"/>
       <c r="T14" s="143"/>
       <c r="U14" s="143"/>
       <c r="V14" s="143"/>
       <c r="W14" s="143"/>
@@ -5371,51 +5373,51 @@
       <c r="AC14" s="143"/>
       <c r="AD14" s="143"/>
       <c r="AE14" s="143"/>
       <c r="AF14" s="143"/>
       <c r="AG14" s="143"/>
       <c r="AH14" s="143"/>
       <c r="AI14" s="143"/>
       <c r="AJ14" s="143"/>
       <c r="AK14" s="143"/>
       <c r="AL14" s="143"/>
       <c r="AM14" s="143"/>
       <c r="AN14" s="143"/>
       <c r="AO14" s="143"/>
       <c r="AP14" s="143"/>
       <c r="AQ14" s="143"/>
       <c r="AR14" s="143"/>
       <c r="AS14" s="143"/>
       <c r="AT14" s="143"/>
       <c r="AU14" s="143"/>
       <c r="AV14" s="143"/>
       <c r="AW14" s="143"/>
       <c r="AX14" s="143"/>
       <c r="AY14" s="143"/>
       <c r="AZ14" s="143"/>
     </row>
-    <row r="15" spans="1:52" ht="21.75" customHeight="1">
+    <row r="15" spans="1:52" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="143" t="s">
         <v>171</v>
       </c>
       <c r="B15" s="143"/>
       <c r="C15" s="143"/>
       <c r="D15" s="143"/>
       <c r="E15" s="143"/>
       <c r="F15" s="143"/>
       <c r="G15" s="143"/>
       <c r="H15" s="143"/>
       <c r="I15" s="143"/>
       <c r="J15" s="143"/>
       <c r="K15" s="143"/>
       <c r="L15" s="143"/>
       <c r="M15" s="143"/>
       <c r="N15" s="143"/>
       <c r="O15" s="143"/>
       <c r="P15" s="143"/>
       <c r="Q15" s="143"/>
       <c r="R15" s="143"/>
       <c r="S15" s="143"/>
       <c r="T15" s="143"/>
       <c r="U15" s="143"/>
       <c r="V15" s="143"/>
       <c r="W15" s="143"/>
@@ -5427,51 +5429,51 @@
       <c r="AC15" s="143"/>
       <c r="AD15" s="143"/>
       <c r="AE15" s="143"/>
       <c r="AF15" s="143"/>
       <c r="AG15" s="143"/>
       <c r="AH15" s="143"/>
       <c r="AI15" s="143"/>
       <c r="AJ15" s="143"/>
       <c r="AK15" s="143"/>
       <c r="AL15" s="143"/>
       <c r="AM15" s="143"/>
       <c r="AN15" s="143"/>
       <c r="AO15" s="143"/>
       <c r="AP15" s="143"/>
       <c r="AQ15" s="143"/>
       <c r="AR15" s="143"/>
       <c r="AS15" s="143"/>
       <c r="AT15" s="143"/>
       <c r="AU15" s="143"/>
       <c r="AV15" s="143"/>
       <c r="AW15" s="143"/>
       <c r="AX15" s="143"/>
       <c r="AY15" s="143"/>
       <c r="AZ15" s="143"/>
     </row>
-    <row r="16" spans="1:52" ht="18" customHeight="1">
+    <row r="16" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="143" t="s">
         <v>172</v>
       </c>
       <c r="B16" s="143"/>
       <c r="C16" s="143"/>
       <c r="D16" s="143"/>
       <c r="E16" s="143"/>
       <c r="F16" s="143"/>
       <c r="G16" s="143"/>
       <c r="H16" s="143"/>
       <c r="I16" s="143"/>
       <c r="J16" s="143"/>
       <c r="K16" s="143"/>
       <c r="L16" s="143"/>
       <c r="M16" s="143"/>
       <c r="N16" s="143"/>
       <c r="O16" s="143"/>
       <c r="P16" s="143"/>
       <c r="Q16" s="143"/>
       <c r="R16" s="143"/>
       <c r="S16" s="143"/>
       <c r="T16" s="143"/>
       <c r="U16" s="143"/>
       <c r="V16" s="143"/>
       <c r="W16" s="143"/>
@@ -5483,51 +5485,51 @@
       <c r="AC16" s="143"/>
       <c r="AD16" s="143"/>
       <c r="AE16" s="143"/>
       <c r="AF16" s="143"/>
       <c r="AG16" s="143"/>
       <c r="AH16" s="143"/>
       <c r="AI16" s="143"/>
       <c r="AJ16" s="143"/>
       <c r="AK16" s="143"/>
       <c r="AL16" s="143"/>
       <c r="AM16" s="143"/>
       <c r="AN16" s="143"/>
       <c r="AO16" s="143"/>
       <c r="AP16" s="143"/>
       <c r="AQ16" s="143"/>
       <c r="AR16" s="143"/>
       <c r="AS16" s="143"/>
       <c r="AT16" s="143"/>
       <c r="AU16" s="143"/>
       <c r="AV16" s="143"/>
       <c r="AW16" s="143"/>
       <c r="AX16" s="143"/>
       <c r="AY16" s="143"/>
       <c r="AZ16" s="143"/>
     </row>
-    <row r="17" spans="1:52" ht="21.75" customHeight="1">
+    <row r="17" spans="1:52" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="143" t="s">
         <v>173</v>
       </c>
       <c r="B17" s="143"/>
       <c r="C17" s="143"/>
       <c r="D17" s="143"/>
       <c r="E17" s="143"/>
       <c r="F17" s="143"/>
       <c r="G17" s="143"/>
       <c r="H17" s="143"/>
       <c r="I17" s="143"/>
       <c r="J17" s="143"/>
       <c r="K17" s="143"/>
       <c r="L17" s="143"/>
       <c r="M17" s="143"/>
       <c r="N17" s="143"/>
       <c r="O17" s="143"/>
       <c r="P17" s="143"/>
       <c r="Q17" s="143"/>
       <c r="R17" s="143"/>
       <c r="S17" s="143"/>
       <c r="T17" s="143"/>
       <c r="U17" s="143"/>
       <c r="V17" s="143"/>
       <c r="W17" s="143"/>
@@ -5539,51 +5541,51 @@
       <c r="AC17" s="143"/>
       <c r="AD17" s="143"/>
       <c r="AE17" s="143"/>
       <c r="AF17" s="143"/>
       <c r="AG17" s="143"/>
       <c r="AH17" s="143"/>
       <c r="AI17" s="143"/>
       <c r="AJ17" s="143"/>
       <c r="AK17" s="143"/>
       <c r="AL17" s="143"/>
       <c r="AM17" s="143"/>
       <c r="AN17" s="143"/>
       <c r="AO17" s="143"/>
       <c r="AP17" s="143"/>
       <c r="AQ17" s="143"/>
       <c r="AR17" s="143"/>
       <c r="AS17" s="143"/>
       <c r="AT17" s="143"/>
       <c r="AU17" s="143"/>
       <c r="AV17" s="143"/>
       <c r="AW17" s="143"/>
       <c r="AX17" s="143"/>
       <c r="AY17" s="143"/>
       <c r="AZ17" s="143"/>
     </row>
-    <row r="18" spans="1:52" ht="111" customHeight="1">
+    <row r="18" spans="1:52" ht="111" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="143" t="s">
         <v>174</v>
       </c>
       <c r="B18" s="143"/>
       <c r="C18" s="143"/>
       <c r="D18" s="143"/>
       <c r="E18" s="143"/>
       <c r="F18" s="143"/>
       <c r="G18" s="143"/>
       <c r="H18" s="143"/>
       <c r="I18" s="143"/>
       <c r="J18" s="143"/>
       <c r="K18" s="143"/>
       <c r="L18" s="143"/>
       <c r="M18" s="143"/>
       <c r="N18" s="143"/>
       <c r="O18" s="143"/>
       <c r="P18" s="143"/>
       <c r="Q18" s="143"/>
       <c r="R18" s="143"/>
       <c r="S18" s="143"/>
       <c r="T18" s="143"/>
       <c r="U18" s="143"/>
       <c r="V18" s="143"/>
       <c r="W18" s="143"/>
@@ -5595,51 +5597,51 @@
       <c r="AC18" s="143"/>
       <c r="AD18" s="143"/>
       <c r="AE18" s="143"/>
       <c r="AF18" s="143"/>
       <c r="AG18" s="143"/>
       <c r="AH18" s="143"/>
       <c r="AI18" s="143"/>
       <c r="AJ18" s="143"/>
       <c r="AK18" s="143"/>
       <c r="AL18" s="143"/>
       <c r="AM18" s="143"/>
       <c r="AN18" s="143"/>
       <c r="AO18" s="143"/>
       <c r="AP18" s="143"/>
       <c r="AQ18" s="143"/>
       <c r="AR18" s="143"/>
       <c r="AS18" s="143"/>
       <c r="AT18" s="143"/>
       <c r="AU18" s="143"/>
       <c r="AV18" s="143"/>
       <c r="AW18" s="143"/>
       <c r="AX18" s="143"/>
       <c r="AY18" s="143"/>
       <c r="AZ18" s="143"/>
     </row>
-    <row r="19" spans="1:52" ht="23.25" customHeight="1">
+    <row r="19" spans="1:52" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="143" t="s">
         <v>175</v>
       </c>
       <c r="B19" s="143"/>
       <c r="C19" s="143"/>
       <c r="D19" s="143"/>
       <c r="E19" s="143"/>
       <c r="F19" s="143"/>
       <c r="G19" s="143"/>
       <c r="H19" s="143"/>
       <c r="I19" s="143"/>
       <c r="J19" s="143"/>
       <c r="K19" s="143"/>
       <c r="L19" s="143"/>
       <c r="M19" s="143"/>
       <c r="N19" s="143"/>
       <c r="O19" s="143"/>
       <c r="P19" s="143"/>
       <c r="Q19" s="143"/>
       <c r="R19" s="143"/>
       <c r="S19" s="143"/>
       <c r="T19" s="143"/>
       <c r="U19" s="143"/>
       <c r="V19" s="143"/>
       <c r="W19" s="143"/>
@@ -5651,51 +5653,51 @@
       <c r="AC19" s="143"/>
       <c r="AD19" s="143"/>
       <c r="AE19" s="143"/>
       <c r="AF19" s="143"/>
       <c r="AG19" s="143"/>
       <c r="AH19" s="143"/>
       <c r="AI19" s="143"/>
       <c r="AJ19" s="143"/>
       <c r="AK19" s="143"/>
       <c r="AL19" s="143"/>
       <c r="AM19" s="143"/>
       <c r="AN19" s="143"/>
       <c r="AO19" s="143"/>
       <c r="AP19" s="143"/>
       <c r="AQ19" s="143"/>
       <c r="AR19" s="143"/>
       <c r="AS19" s="143"/>
       <c r="AT19" s="143"/>
       <c r="AU19" s="143"/>
       <c r="AV19" s="143"/>
       <c r="AW19" s="143"/>
       <c r="AX19" s="143"/>
       <c r="AY19" s="143"/>
       <c r="AZ19" s="143"/>
     </row>
-    <row r="20" spans="1:52" ht="162" customHeight="1">
+    <row r="20" spans="1:52" ht="162" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="143" t="s">
         <v>176</v>
       </c>
       <c r="B20" s="143"/>
       <c r="C20" s="143"/>
       <c r="D20" s="143"/>
       <c r="E20" s="143"/>
       <c r="F20" s="143"/>
       <c r="G20" s="143"/>
       <c r="H20" s="143"/>
       <c r="I20" s="143"/>
       <c r="J20" s="143"/>
       <c r="K20" s="143"/>
       <c r="L20" s="143"/>
       <c r="M20" s="143"/>
       <c r="N20" s="143"/>
       <c r="O20" s="143"/>
       <c r="P20" s="143"/>
       <c r="Q20" s="143"/>
       <c r="R20" s="143"/>
       <c r="S20" s="143"/>
       <c r="T20" s="143"/>
       <c r="U20" s="143"/>
       <c r="V20" s="143"/>
       <c r="W20" s="143"/>
@@ -5707,51 +5709,51 @@
       <c r="AC20" s="143"/>
       <c r="AD20" s="143"/>
       <c r="AE20" s="143"/>
       <c r="AF20" s="143"/>
       <c r="AG20" s="143"/>
       <c r="AH20" s="143"/>
       <c r="AI20" s="143"/>
       <c r="AJ20" s="143"/>
       <c r="AK20" s="143"/>
       <c r="AL20" s="143"/>
       <c r="AM20" s="143"/>
       <c r="AN20" s="143"/>
       <c r="AO20" s="143"/>
       <c r="AP20" s="143"/>
       <c r="AQ20" s="143"/>
       <c r="AR20" s="143"/>
       <c r="AS20" s="143"/>
       <c r="AT20" s="143"/>
       <c r="AU20" s="143"/>
       <c r="AV20" s="143"/>
       <c r="AW20" s="143"/>
       <c r="AX20" s="143"/>
       <c r="AY20" s="143"/>
       <c r="AZ20" s="143"/>
     </row>
-    <row r="21" spans="1:52" ht="18" customHeight="1">
+    <row r="21" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="143" t="s">
         <v>177</v>
       </c>
       <c r="B21" s="143"/>
       <c r="C21" s="143"/>
       <c r="D21" s="143"/>
       <c r="E21" s="143"/>
       <c r="F21" s="143"/>
       <c r="G21" s="143"/>
       <c r="H21" s="143"/>
       <c r="I21" s="143"/>
       <c r="J21" s="143"/>
       <c r="K21" s="143"/>
       <c r="L21" s="143"/>
       <c r="M21" s="143"/>
       <c r="N21" s="143"/>
       <c r="O21" s="143"/>
       <c r="P21" s="143"/>
       <c r="Q21" s="143"/>
       <c r="R21" s="143"/>
       <c r="S21" s="143"/>
       <c r="T21" s="143"/>
       <c r="U21" s="143"/>
       <c r="V21" s="143"/>
       <c r="W21" s="143"/>
@@ -5763,51 +5765,51 @@
       <c r="AC21" s="143"/>
       <c r="AD21" s="143"/>
       <c r="AE21" s="143"/>
       <c r="AF21" s="143"/>
       <c r="AG21" s="143"/>
       <c r="AH21" s="143"/>
       <c r="AI21" s="143"/>
       <c r="AJ21" s="143"/>
       <c r="AK21" s="143"/>
       <c r="AL21" s="143"/>
       <c r="AM21" s="143"/>
       <c r="AN21" s="143"/>
       <c r="AO21" s="143"/>
       <c r="AP21" s="143"/>
       <c r="AQ21" s="143"/>
       <c r="AR21" s="143"/>
       <c r="AS21" s="143"/>
       <c r="AT21" s="143"/>
       <c r="AU21" s="143"/>
       <c r="AV21" s="143"/>
       <c r="AW21" s="143"/>
       <c r="AX21" s="143"/>
       <c r="AY21" s="143"/>
       <c r="AZ21" s="143"/>
     </row>
-    <row r="22" spans="1:52" ht="18.75" customHeight="1">
+    <row r="22" spans="1:52" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="143" t="s">
         <v>178</v>
       </c>
       <c r="B22" s="143"/>
       <c r="C22" s="143"/>
       <c r="D22" s="143"/>
       <c r="E22" s="143"/>
       <c r="F22" s="143"/>
       <c r="G22" s="143"/>
       <c r="H22" s="143"/>
       <c r="I22" s="143"/>
       <c r="J22" s="143"/>
       <c r="K22" s="143"/>
       <c r="L22" s="143"/>
       <c r="M22" s="143"/>
       <c r="N22" s="143"/>
       <c r="O22" s="143"/>
       <c r="P22" s="143"/>
       <c r="Q22" s="143"/>
       <c r="R22" s="143"/>
       <c r="S22" s="143"/>
       <c r="T22" s="143"/>
       <c r="U22" s="143"/>
       <c r="V22" s="143"/>
       <c r="W22" s="143"/>
@@ -5819,51 +5821,51 @@
       <c r="AC22" s="143"/>
       <c r="AD22" s="143"/>
       <c r="AE22" s="143"/>
       <c r="AF22" s="143"/>
       <c r="AG22" s="143"/>
       <c r="AH22" s="143"/>
       <c r="AI22" s="143"/>
       <c r="AJ22" s="143"/>
       <c r="AK22" s="143"/>
       <c r="AL22" s="143"/>
       <c r="AM22" s="143"/>
       <c r="AN22" s="143"/>
       <c r="AO22" s="143"/>
       <c r="AP22" s="143"/>
       <c r="AQ22" s="143"/>
       <c r="AR22" s="143"/>
       <c r="AS22" s="143"/>
       <c r="AT22" s="143"/>
       <c r="AU22" s="143"/>
       <c r="AV22" s="143"/>
       <c r="AW22" s="143"/>
       <c r="AX22" s="143"/>
       <c r="AY22" s="143"/>
       <c r="AZ22" s="143"/>
     </row>
-    <row r="23" spans="1:52" ht="20.25" customHeight="1">
+    <row r="23" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="143" t="s">
         <v>179</v>
       </c>
       <c r="B23" s="143"/>
       <c r="C23" s="143"/>
       <c r="D23" s="143"/>
       <c r="E23" s="143"/>
       <c r="F23" s="143"/>
       <c r="G23" s="143"/>
       <c r="H23" s="143"/>
       <c r="I23" s="143"/>
       <c r="J23" s="143"/>
       <c r="K23" s="143"/>
       <c r="L23" s="143"/>
       <c r="M23" s="143"/>
       <c r="N23" s="143"/>
       <c r="O23" s="143"/>
       <c r="P23" s="143"/>
       <c r="Q23" s="143"/>
       <c r="R23" s="143"/>
       <c r="S23" s="143"/>
       <c r="T23" s="143"/>
       <c r="U23" s="143"/>
       <c r="V23" s="143"/>
       <c r="W23" s="143"/>
@@ -5875,51 +5877,51 @@
       <c r="AC23" s="143"/>
       <c r="AD23" s="143"/>
       <c r="AE23" s="143"/>
       <c r="AF23" s="143"/>
       <c r="AG23" s="143"/>
       <c r="AH23" s="143"/>
       <c r="AI23" s="143"/>
       <c r="AJ23" s="143"/>
       <c r="AK23" s="143"/>
       <c r="AL23" s="143"/>
       <c r="AM23" s="143"/>
       <c r="AN23" s="143"/>
       <c r="AO23" s="143"/>
       <c r="AP23" s="143"/>
       <c r="AQ23" s="143"/>
       <c r="AR23" s="143"/>
       <c r="AS23" s="143"/>
       <c r="AT23" s="143"/>
       <c r="AU23" s="143"/>
       <c r="AV23" s="143"/>
       <c r="AW23" s="143"/>
       <c r="AX23" s="143"/>
       <c r="AY23" s="143"/>
       <c r="AZ23" s="143"/>
     </row>
-    <row r="24" spans="1:52" ht="19.5" customHeight="1">
+    <row r="24" spans="1:52" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="143" t="s">
         <v>180</v>
       </c>
       <c r="B24" s="143"/>
       <c r="C24" s="143"/>
       <c r="D24" s="143"/>
       <c r="E24" s="143"/>
       <c r="F24" s="143"/>
       <c r="G24" s="143"/>
       <c r="H24" s="143"/>
       <c r="I24" s="143"/>
       <c r="J24" s="143"/>
       <c r="K24" s="143"/>
       <c r="L24" s="143"/>
       <c r="M24" s="143"/>
       <c r="N24" s="143"/>
       <c r="O24" s="143"/>
       <c r="P24" s="143"/>
       <c r="Q24" s="143"/>
       <c r="R24" s="143"/>
       <c r="S24" s="143"/>
       <c r="T24" s="143"/>
       <c r="U24" s="143"/>
       <c r="V24" s="143"/>
       <c r="W24" s="143"/>
@@ -5931,51 +5933,51 @@
       <c r="AC24" s="143"/>
       <c r="AD24" s="143"/>
       <c r="AE24" s="143"/>
       <c r="AF24" s="143"/>
       <c r="AG24" s="143"/>
       <c r="AH24" s="143"/>
       <c r="AI24" s="143"/>
       <c r="AJ24" s="143"/>
       <c r="AK24" s="143"/>
       <c r="AL24" s="143"/>
       <c r="AM24" s="143"/>
       <c r="AN24" s="143"/>
       <c r="AO24" s="143"/>
       <c r="AP24" s="143"/>
       <c r="AQ24" s="143"/>
       <c r="AR24" s="143"/>
       <c r="AS24" s="143"/>
       <c r="AT24" s="143"/>
       <c r="AU24" s="143"/>
       <c r="AV24" s="143"/>
       <c r="AW24" s="143"/>
       <c r="AX24" s="143"/>
       <c r="AY24" s="143"/>
       <c r="AZ24" s="143"/>
     </row>
-    <row r="25" spans="1:52" ht="18.75" customHeight="1">
+    <row r="25" spans="1:52" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="143" t="s">
         <v>181</v>
       </c>
       <c r="B25" s="143"/>
       <c r="C25" s="143"/>
       <c r="D25" s="143"/>
       <c r="E25" s="143"/>
       <c r="F25" s="143"/>
       <c r="G25" s="143"/>
       <c r="H25" s="143"/>
       <c r="I25" s="143"/>
       <c r="J25" s="143"/>
       <c r="K25" s="143"/>
       <c r="L25" s="143"/>
       <c r="M25" s="143"/>
       <c r="N25" s="143"/>
       <c r="O25" s="143"/>
       <c r="P25" s="143"/>
       <c r="Q25" s="143"/>
       <c r="R25" s="143"/>
       <c r="S25" s="143"/>
       <c r="T25" s="143"/>
       <c r="U25" s="143"/>
       <c r="V25" s="143"/>
       <c r="W25" s="143"/>
@@ -5987,51 +5989,51 @@
       <c r="AC25" s="143"/>
       <c r="AD25" s="143"/>
       <c r="AE25" s="143"/>
       <c r="AF25" s="143"/>
       <c r="AG25" s="143"/>
       <c r="AH25" s="143"/>
       <c r="AI25" s="143"/>
       <c r="AJ25" s="143"/>
       <c r="AK25" s="143"/>
       <c r="AL25" s="143"/>
       <c r="AM25" s="143"/>
       <c r="AN25" s="143"/>
       <c r="AO25" s="143"/>
       <c r="AP25" s="143"/>
       <c r="AQ25" s="143"/>
       <c r="AR25" s="143"/>
       <c r="AS25" s="143"/>
       <c r="AT25" s="143"/>
       <c r="AU25" s="143"/>
       <c r="AV25" s="143"/>
       <c r="AW25" s="143"/>
       <c r="AX25" s="143"/>
       <c r="AY25" s="143"/>
       <c r="AZ25" s="143"/>
     </row>
-    <row r="26" spans="1:52" ht="34.5" customHeight="1">
+    <row r="26" spans="1:52" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="143" t="s">
         <v>182</v>
       </c>
       <c r="B26" s="143"/>
       <c r="C26" s="143"/>
       <c r="D26" s="143"/>
       <c r="E26" s="143"/>
       <c r="F26" s="143"/>
       <c r="G26" s="143"/>
       <c r="H26" s="143"/>
       <c r="I26" s="143"/>
       <c r="J26" s="143"/>
       <c r="K26" s="143"/>
       <c r="L26" s="143"/>
       <c r="M26" s="143"/>
       <c r="N26" s="143"/>
       <c r="O26" s="143"/>
       <c r="P26" s="143"/>
       <c r="Q26" s="143"/>
       <c r="R26" s="143"/>
       <c r="S26" s="143"/>
       <c r="T26" s="143"/>
       <c r="U26" s="143"/>
       <c r="V26" s="143"/>
       <c r="W26" s="143"/>
@@ -6043,51 +6045,51 @@
       <c r="AC26" s="143"/>
       <c r="AD26" s="143"/>
       <c r="AE26" s="143"/>
       <c r="AF26" s="143"/>
       <c r="AG26" s="143"/>
       <c r="AH26" s="143"/>
       <c r="AI26" s="143"/>
       <c r="AJ26" s="143"/>
       <c r="AK26" s="143"/>
       <c r="AL26" s="143"/>
       <c r="AM26" s="143"/>
       <c r="AN26" s="143"/>
       <c r="AO26" s="143"/>
       <c r="AP26" s="143"/>
       <c r="AQ26" s="143"/>
       <c r="AR26" s="143"/>
       <c r="AS26" s="143"/>
       <c r="AT26" s="143"/>
       <c r="AU26" s="143"/>
       <c r="AV26" s="143"/>
       <c r="AW26" s="143"/>
       <c r="AX26" s="143"/>
       <c r="AY26" s="143"/>
       <c r="AZ26" s="143"/>
     </row>
-    <row r="27" spans="1:52" ht="19.5" customHeight="1">
+    <row r="27" spans="1:52" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="143" t="s">
         <v>183</v>
       </c>
       <c r="B27" s="143"/>
       <c r="C27" s="143"/>
       <c r="D27" s="143"/>
       <c r="E27" s="143"/>
       <c r="F27" s="143"/>
       <c r="G27" s="143"/>
       <c r="H27" s="143"/>
       <c r="I27" s="143"/>
       <c r="J27" s="143"/>
       <c r="K27" s="143"/>
       <c r="L27" s="143"/>
       <c r="M27" s="143"/>
       <c r="N27" s="143"/>
       <c r="O27" s="143"/>
       <c r="P27" s="143"/>
       <c r="Q27" s="143"/>
       <c r="R27" s="143"/>
       <c r="S27" s="143"/>
       <c r="T27" s="143"/>
       <c r="U27" s="143"/>
       <c r="V27" s="143"/>
       <c r="W27" s="143"/>
@@ -6099,51 +6101,51 @@
       <c r="AC27" s="143"/>
       <c r="AD27" s="143"/>
       <c r="AE27" s="143"/>
       <c r="AF27" s="143"/>
       <c r="AG27" s="143"/>
       <c r="AH27" s="143"/>
       <c r="AI27" s="143"/>
       <c r="AJ27" s="143"/>
       <c r="AK27" s="143"/>
       <c r="AL27" s="143"/>
       <c r="AM27" s="143"/>
       <c r="AN27" s="143"/>
       <c r="AO27" s="143"/>
       <c r="AP27" s="143"/>
       <c r="AQ27" s="143"/>
       <c r="AR27" s="143"/>
       <c r="AS27" s="143"/>
       <c r="AT27" s="143"/>
       <c r="AU27" s="143"/>
       <c r="AV27" s="143"/>
       <c r="AW27" s="143"/>
       <c r="AX27" s="143"/>
       <c r="AY27" s="143"/>
       <c r="AZ27" s="143"/>
     </row>
-    <row r="28" spans="1:52" ht="99.75" customHeight="1">
+    <row r="28" spans="1:52" ht="99.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="143" t="s">
         <v>184</v>
       </c>
       <c r="B28" s="143"/>
       <c r="C28" s="143"/>
       <c r="D28" s="143"/>
       <c r="E28" s="143"/>
       <c r="F28" s="143"/>
       <c r="G28" s="143"/>
       <c r="H28" s="143"/>
       <c r="I28" s="143"/>
       <c r="J28" s="143"/>
       <c r="K28" s="143"/>
       <c r="L28" s="143"/>
       <c r="M28" s="143"/>
       <c r="N28" s="143"/>
       <c r="O28" s="143"/>
       <c r="P28" s="143"/>
       <c r="Q28" s="143"/>
       <c r="R28" s="143"/>
       <c r="S28" s="143"/>
       <c r="T28" s="143"/>
       <c r="U28" s="143"/>
       <c r="V28" s="143"/>
       <c r="W28" s="143"/>
@@ -6292,52 +6294,52 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd659194-de00-4ccd-bb95-b10d17529a5f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="027db945-d6b9-442b-b2c1-2b991705272a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe47c76b9bfee2341c8586b47d890b7d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ed1e805a11152c7b4ba3fa42da0285" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be808409bed4f75c89345e3367880fd5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dea6fe10ed4a72c0aa83ed4a59e0b32a" ns2:_="" ns3:_="">
     <xsd:import namespace="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <xsd:import namespace="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6533,67 +6535,130 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2841CB23-D16C-46C3-A8C4-24DBD8CBE223}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2841CB23-D16C-46C3-A8C4-24DBD8CBE223}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{556BC985-B486-4DA1-BED5-BF3186CF5D5F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{556BC985-B486-4DA1-BED5-BF3186CF5D5F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0285A19-F95D-48EF-B6D8-CE741AB9E873}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E336FD43-7349-471C-8ECC-493035A369CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Anketa liela (&gt;8h)</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Dalībnieku apkopojums(&gt;=8h)(E12</vt:lpstr>
+      <vt:lpstr>'Anketa liela (&gt;8h)'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Dalībnieku apkopojums(&gt;=8h)(E12'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Dalībnieku apkopojums(&gt;=8h)(E12'!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>Latvijas Banka</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>VM</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A3E4018BECFA2041A654C630CBF3D616</vt:lpwstr>
   </property>