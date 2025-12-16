--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29019"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/VAPN/Shared Documents/General/VAPN/21_27/E_dala_dalibnieki/Aptaujas anketas_korigetas_junijs_2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/evija_keisa_cfla_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="5" documentId="8_{1305F925-F594-4C12-8E7C-96AE58FA7C95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D6E9FD2D-953C-40DB-B8D8-C3F3EDF5BB69}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EA4CA11C-D935-4E13-A5DC-65EAFF409308}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-5445" windowWidth="38640" windowHeight="21120" tabRatio="727" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1560" yWindow="1560" windowWidth="21600" windowHeight="11295" tabRatio="727" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Anketa liela (&gt;8h)" sheetId="38" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="41" r:id="rId2"/>
     <sheet name="Dalībnieku apkopojums(&gt;=8h)(E12" sheetId="40" state="hidden" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="Dalībnieka_dzimums">[1]List!$D$6:$D$7</definedName>
     <definedName name="galasan_lig">'[2]drop down'!$I$1:$I$2</definedName>
     <definedName name="iepirk_veids">'[2]drop down'!$E$1:$E$19</definedName>
     <definedName name="iesniegts">'[2]drop down'!$C$1:$C$2</definedName>
     <definedName name="Izglītība">[1]List!$D$3:$F$3</definedName>
     <definedName name="lig_statuss">'[2]drop down'!$G$1:$G$4</definedName>
     <definedName name="lig_veids">'[2]drop down'!$F$1:$F$4</definedName>
     <definedName name="lig_veids2">'[2]drop down'!$H$1:$H$3</definedName>
     <definedName name="MP">'[2]drop down'!$A$1:$A$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Anketa liela (&gt;8h)'!$A$1:$E$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Dalībnieku apkopojums(&gt;=8h)(E12'!$A$1:$AZ$11</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Dalībnieku apkopojums(&gt;=8h)(E12'!$A:$A</definedName>
     <definedName name="Vecums">[1]List!$B$3:$B$102</definedName>
   </definedNames>
@@ -322,62 +322,69 @@
     <r>
       <t>Bezpajumtnieki vai personas, kuras skar atstumtība mājokļu ziņā</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Cambria"/>
         <family val="1"/>
         <scheme val="major"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Cambria"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Cambria"/>
+        <scheme val="major"/>
+      </rPr>
       <t>4. Dalībnieku dalījums pēc izglītības</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Cambria"/>
-        <family val="1"/>
         <scheme val="major"/>
       </rPr>
-      <t>5</t>
+      <t>1</t>
     </r>
   </si>
   <si>
     <t>4.0.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībniekam nav iegūts ISCED 0. līmenis</t>
   </si>
   <si>
     <t>4.1.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībnieks ir ar pamatizglītības otrā posma vai zemāka līmeņa izglītību (ISCED 0–2)</t>
   </si>
   <si>
     <t>4.2.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībnieks ir ar vidējo izglītību (ISCED 3. līmenis) vai pēcvidējo izglītību (ISCED 4. līmenis)</t>
   </si>
   <si>
     <t>4.3.</t>
   </si>
   <si>
     <t>Atzīmēt ar X, ja dalībnieks ir ar augstāko izglītību (ISCED 5. līmenis līdz 8. līmenis)</t>
@@ -470,89 +477,89 @@
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Bezpajumtniecības un mājokļa trūkuma kategorijas:
 • būt bez pajumtes (dzīvo uz ielas);
 • būt bez mājokļa (nodrošināta pajumte patversmēs, dzīve institūcijās mājokļu trūkuma dēļ, dzīvo pagaidu mitekļos u.tml.);
 • dzīvot nedrošā mājoklī (nedroši sadzīves apstākļi, risks tikt izliktam no mājokļa, vardarbība u.tml.);
 • dzīvot nepiemērotā mājoklī (pārapdzīvotība, nelegālas dzīvošanas vietas u.tml.).                                                                                                                                                                                                            Personas, kuras visbiežāk skar bezpajumtniecība un atstumtība mājokļa pieejamības jomā:
 • personas bez noteiktas dzīvesvietas;
 • bāreņi un bez vecāku gādības palikušie bērni;
 • no vardarbības cietušas personas; personas ar garīga rakstura traucējumiem;
 • personas ar invaliditāti;
 • personas pēc ieslodzījuma;
 • starptautiskās aizsardzības saņēmēji, patvēruma meklētāji, bēgļi;
 • trūcīgi un maznodrošināti vientuļie pensionāri;
 • romi;
 • iedzīvotāji ar vidēji zemiem ienākumiem (kuri nav trūcīgi vai maznodrošināti).
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
-[...1 lines deleted...]
-      <t>5</t>
+      </rPr>
+      <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color theme="1"/>
+        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
-        <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Dalībnieku dalījums pēc izglītības:
 • pamatizglītības otrā posma vai zemāka līmeņa izglītība (ISCED 0–2) - pirmsskolas izglītība (ISCED 0); vispārējā pamatizglītība (ISCED 1-2); profesionālā pamatizglītība (ISCED 2); arodizglītība (ISCED 2).
 • vidējā izglītība (ISCED 3) - vispārējā vidējā izglītība; profesionālā vidējā izglītība; arodizglītība.
 • pēcvidējā izglītība (ISCED 4) - profesionālā vidējā izglītība; arodizglītība.
 • augstākā izglītība (ISCED 5–8) - koledžas izglītība (ISCED 5); profesionālā augstākā izglītība (ISCED 6-7); profesionālā bakalaura studijas (ISCED 6); akadēmiskā bakalaura studijas (ISCED 6); profesionālā maģistra studijas (ISCED 7); akadēmiskā maģistra studijas (ISCED 7); doktora studijas (ISCED 8).    </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">     </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
+        <color rgb="FF000000"/>
         <rFont val="Cambria"/>
-        <family val="2"/>
         <scheme val="major"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Cambria"/>
         <scheme val="major"/>
       </rPr>
       <t>Pārzinis</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Cambria"/>
         <scheme val="major"/>
       </rPr>
@@ -1613,53 +1620,53 @@
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="53">
+  <fonts count="53" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Times New Roman"/>
@@ -1823,65 +1830,50 @@
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...13 lines deleted...]
-    <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
@@ -1914,113 +1906,127 @@
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
-      <name val="Arial"/>
-[...12 lines deleted...]
-      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
     </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Cambria"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Cambria"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="major"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2890,52 +2896,52 @@
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="179">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
@@ -3098,141 +3104,141 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="47" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -3251,78 +3257,78 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="45" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="33" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -4022,578 +4028,578 @@
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X41"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A5" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="A38" sqref="A38:E38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="35" style="2" customWidth="1"/>
     <col min="4" max="4" width="28.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" style="32" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" style="1" customWidth="1"/>
     <col min="7" max="8" width="9.140625" style="2"/>
     <col min="9" max="9" width="9.140625" style="17"/>
     <col min="10" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="81" customHeight="1">
+    <row r="1" spans="1:10" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="99"/>
       <c r="B1" s="99"/>
       <c r="C1" s="99"/>
       <c r="D1" s="99"/>
       <c r="E1" s="99"/>
       <c r="F1" s="32"/>
       <c r="G1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="17"/>
     </row>
-    <row r="2" spans="1:10" ht="37.5" customHeight="1">
+    <row r="2" spans="1:10" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="105" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="105"/>
       <c r="C2" s="105"/>
       <c r="D2" s="105"/>
       <c r="E2" s="105"/>
     </row>
-    <row r="3" spans="1:10" ht="18" customHeight="1">
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="106" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="47" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="108" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="109"/>
       <c r="E3" s="52"/>
     </row>
-    <row r="4" spans="1:10" ht="13.5" customHeight="1">
+    <row r="4" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="107"/>
       <c r="B4" s="45" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="120" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="121"/>
       <c r="E4" s="53"/>
     </row>
-    <row r="5" spans="1:10" ht="15">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A5" s="116" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="40" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="118" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="119"/>
       <c r="E5" s="54"/>
     </row>
-    <row r="6" spans="1:10" ht="15">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A6" s="117"/>
       <c r="B6" s="41" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="122" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="122"/>
       <c r="E6" s="55"/>
     </row>
-    <row r="7" spans="1:10" ht="25.5" customHeight="1">
+    <row r="7" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="100" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="46" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="110" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="111"/>
       <c r="E7" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="26.45">
+    <row r="8" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A8" s="101"/>
       <c r="B8" s="42" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="112" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="113"/>
       <c r="E8" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="26.45">
+    <row r="9" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A9" s="101"/>
       <c r="B9" s="43" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="114" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="115"/>
       <c r="E9" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="26.45">
+    <row r="10" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A10" s="101"/>
       <c r="B10" s="43" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="114" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="115"/>
       <c r="E10" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:10" ht="26.25" customHeight="1">
+    <row r="11" spans="1:10" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="101"/>
       <c r="B11" s="43" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="114" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="115"/>
       <c r="E11" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="26.45">
+    <row r="12" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A12" s="102"/>
       <c r="B12" s="44" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="103" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="104"/>
       <c r="E12" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="25.5" hidden="1" customHeight="1">
+    <row r="13" spans="1:10" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="123" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="139" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="39" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="57"/>
       <c r="I13" s="17" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="14" spans="1:10" ht="25.5" hidden="1" customHeight="1">
+    <row r="14" spans="1:10" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="124"/>
       <c r="B14" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="140"/>
       <c r="D14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="58"/>
       <c r="I14" s="17" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="25.5" hidden="1" customHeight="1">
+    <row r="15" spans="1:10" ht="25.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="125"/>
       <c r="B15" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="141" t="s">
         <v>33</v>
       </c>
       <c r="D15" s="142"/>
       <c r="E15" s="59"/>
     </row>
-    <row r="16" spans="1:10" ht="20.25" customHeight="1">
+    <row r="16" spans="1:10" ht="20.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="136" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="33" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="143" t="s">
         <v>36</v>
       </c>
       <c r="D16" s="144"/>
       <c r="E16" s="54"/>
       <c r="I16" s="17" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="17" spans="1:24" ht="18" customHeight="1">
+    <row r="17" spans="1:24" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="124"/>
       <c r="B17" s="48" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="83" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="84"/>
       <c r="E17" s="60"/>
       <c r="I17" s="17" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="18" spans="1:24" ht="17.25" customHeight="1">
+    <row r="18" spans="1:24" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="124"/>
       <c r="B18" s="49" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="81" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="82"/>
       <c r="E18" s="61"/>
     </row>
-    <row r="19" spans="1:24" ht="18" customHeight="1">
+    <row r="19" spans="1:24" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="124"/>
       <c r="B19" s="49" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="75" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="76"/>
       <c r="E19" s="64"/>
     </row>
-    <row r="20" spans="1:24" ht="23.25" customHeight="1">
+    <row r="20" spans="1:24" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="132" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="62" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="130" t="s">
         <v>45</v>
       </c>
       <c r="D20" s="131"/>
       <c r="E20" s="52"/>
       <c r="I20" s="17" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="21" spans="1:24" ht="25.5" customHeight="1">
+    <row r="21" spans="1:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="133"/>
       <c r="B21" s="50" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="85" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="86"/>
       <c r="E21" s="66"/>
     </row>
-    <row r="22" spans="1:24" ht="29.25" customHeight="1">
+    <row r="22" spans="1:24" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="133"/>
       <c r="B22" s="51" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="79" t="s">
         <v>49</v>
       </c>
       <c r="D22" s="80"/>
       <c r="E22" s="67"/>
     </row>
-    <row r="23" spans="1:24" ht="29.25" customHeight="1">
+    <row r="23" spans="1:24" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="134"/>
       <c r="B23" s="63" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="137" t="s">
         <v>51</v>
       </c>
       <c r="D23" s="138"/>
       <c r="E23" s="65"/>
       <c r="I23" s="17" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="24" spans="1:24" ht="15">
+    <row r="24" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A24" s="91" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="92"/>
       <c r="C24" s="92"/>
       <c r="D24" s="92"/>
       <c r="E24" s="92"/>
     </row>
-    <row r="25" spans="1:24" ht="25.5" customHeight="1">
+    <row r="25" spans="1:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="77" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="98" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="98"/>
       <c r="D25" s="98"/>
       <c r="E25" s="70"/>
     </row>
-    <row r="26" spans="1:24" ht="46.9" customHeight="1">
+    <row r="26" spans="1:24" ht="46.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="78"/>
       <c r="B26" s="98" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="98"/>
       <c r="D26" s="98"/>
       <c r="E26" s="70"/>
     </row>
-    <row r="27" spans="1:24" ht="36.75" customHeight="1">
+    <row r="27" spans="1:24" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="97" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="97"/>
       <c r="C27" s="97"/>
       <c r="D27" s="97"/>
       <c r="E27" s="70"/>
     </row>
-    <row r="28" spans="1:24" ht="15" customHeight="1">
+    <row r="28" spans="1:24" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="127" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="128"/>
       <c r="C28" s="128"/>
       <c r="D28" s="128"/>
       <c r="E28" s="128"/>
       <c r="F28" s="31"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="18"/>
       <c r="J28" s="4"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
       <c r="N28" s="4"/>
       <c r="O28" s="4"/>
       <c r="P28" s="4"/>
       <c r="Q28" s="4"/>
       <c r="R28" s="4"/>
       <c r="S28" s="4"/>
       <c r="T28" s="4"/>
       <c r="U28" s="4"/>
       <c r="V28" s="4"/>
       <c r="W28" s="19"/>
       <c r="X28" s="19"/>
     </row>
-    <row r="29" spans="1:24" ht="15" customHeight="1">
+    <row r="29" spans="1:24" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="129" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="128"/>
       <c r="C29" s="128"/>
       <c r="D29" s="128"/>
       <c r="E29" s="128"/>
       <c r="F29" s="31"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="18"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
       <c r="R29" s="4"/>
       <c r="S29" s="4"/>
       <c r="T29" s="4"/>
       <c r="U29" s="4"/>
       <c r="V29" s="4"/>
       <c r="W29" s="19"/>
       <c r="X29" s="19"/>
     </row>
-    <row r="30" spans="1:24" ht="52.9" customHeight="1">
+    <row r="30" spans="1:24" ht="52.9" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="129" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="128"/>
       <c r="C30" s="128"/>
       <c r="D30" s="128"/>
       <c r="E30" s="128"/>
       <c r="F30" s="31"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="18"/>
       <c r="J30" s="4"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
       <c r="M30" s="4"/>
       <c r="N30" s="4"/>
       <c r="O30" s="4"/>
       <c r="P30" s="4"/>
       <c r="Q30" s="4"/>
       <c r="R30" s="4"/>
       <c r="S30" s="4"/>
       <c r="T30" s="4"/>
       <c r="U30" s="4"/>
       <c r="V30" s="4"/>
       <c r="W30" s="19"/>
       <c r="X30" s="19"/>
     </row>
-    <row r="31" spans="1:24" s="36" customFormat="1" ht="173.25" customHeight="1">
+    <row r="31" spans="1:24" s="36" customFormat="1" ht="173.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="128" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="128"/>
       <c r="C31" s="128"/>
       <c r="D31" s="128"/>
       <c r="E31" s="128"/>
     </row>
-    <row r="32" spans="1:24" s="36" customFormat="1" ht="91.15" customHeight="1">
+    <row r="32" spans="1:24" s="36" customFormat="1" ht="91.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="135" t="s">
         <v>61</v>
       </c>
       <c r="B32" s="128"/>
       <c r="C32" s="128"/>
       <c r="D32" s="128"/>
       <c r="E32" s="128"/>
     </row>
-    <row r="33" spans="1:6" s="36" customFormat="1" ht="27.75" customHeight="1">
+    <row r="33" spans="1:6" s="36" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="93" t="s">
         <v>62</v>
       </c>
       <c r="B33" s="94"/>
       <c r="C33" s="94"/>
       <c r="D33" s="126" t="s">
         <v>63</v>
       </c>
       <c r="E33" s="126"/>
       <c r="F33" s="73"/>
     </row>
-    <row r="34" spans="1:6" s="36" customFormat="1" ht="27.75" customHeight="1">
+    <row r="34" spans="1:6" s="36" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="68"/>
       <c r="B34" s="68"/>
       <c r="C34" s="69"/>
       <c r="D34" s="95" t="s">
         <v>64</v>
       </c>
       <c r="E34" s="95"/>
       <c r="F34" s="74"/>
     </row>
-    <row r="35" spans="1:6" s="36" customFormat="1" ht="18.75" customHeight="1">
+    <row r="35" spans="1:6" s="36" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="96"/>
       <c r="B35" s="96"/>
       <c r="C35" s="96"/>
       <c r="D35" s="126"/>
       <c r="E35" s="126"/>
       <c r="F35" s="37"/>
     </row>
-    <row r="36" spans="1:6" s="36" customFormat="1" ht="15.75" customHeight="1">
+    <row r="36" spans="1:6" s="36" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="68"/>
       <c r="B36" s="68"/>
       <c r="C36" s="69"/>
       <c r="D36" s="95"/>
       <c r="E36" s="95"/>
       <c r="F36" s="37"/>
     </row>
-    <row r="37" spans="1:6" s="36" customFormat="1" ht="54" customHeight="1">
+    <row r="37" spans="1:6" s="36" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="88" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="88"/>
       <c r="C37" s="88"/>
       <c r="D37" s="88"/>
       <c r="E37" s="88"/>
       <c r="F37" s="37"/>
     </row>
-    <row r="38" spans="1:6" s="36" customFormat="1" ht="111.75" customHeight="1">
+    <row r="38" spans="1:6" s="36" customFormat="1" ht="111.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="89" t="s">
         <v>66</v>
       </c>
       <c r="B38" s="87"/>
       <c r="C38" s="87"/>
       <c r="D38" s="87"/>
       <c r="E38" s="87"/>
       <c r="F38" s="37"/>
     </row>
-    <row r="39" spans="1:6" s="36" customFormat="1" ht="24.95" customHeight="1">
+    <row r="39" spans="1:6" s="36" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="90" t="s">
         <v>67</v>
       </c>
       <c r="B39" s="87"/>
       <c r="C39" s="87"/>
       <c r="D39" s="87"/>
       <c r="E39" s="87"/>
       <c r="F39" s="37"/>
     </row>
-    <row r="40" spans="1:6" ht="15">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="87"/>
       <c r="B40" s="87"/>
       <c r="C40" s="87"/>
       <c r="D40" s="87"/>
       <c r="E40" s="87"/>
     </row>
-    <row r="41" spans="1:6" ht="15">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="72"/>
       <c r="B41" s="71"/>
       <c r="C41" s="71"/>
       <c r="D41" s="71"/>
       <c r="E41" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="48">
     <mergeCell ref="A13:A15"/>
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="D35:E35"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="A28:E28"/>
     <mergeCell ref="A29:E29"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A31:E31"/>
     <mergeCell ref="A32:E32"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A30:E30"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="C13:C14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A1:E1"/>
@@ -4615,124 +4621,120 @@
     <mergeCell ref="A37:E37"/>
     <mergeCell ref="A38:E38"/>
     <mergeCell ref="A39:E39"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="D36:E36"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A25:A26"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="C21:D21"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.54" top="0.88" bottom="0.82" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AF22F011-B827-4305-94DE-75C6752FF497}">
-  <dimension ref="A4:A6"/>
+  <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.15"/>
-[...4 lines deleted...]
-  </sheetData>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <outlinePr summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AZ28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="A14" sqref="A14:AD14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.15" outlineLevelCol="1"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" customWidth="1"/>
     <col min="2" max="2" width="18.7109375" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="8" customWidth="1" outlineLevel="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1" outlineLevel="1"/>
     <col min="6" max="6" width="6" customWidth="1" outlineLevel="1"/>
     <col min="7" max="7" width="12.28515625" customWidth="1" outlineLevel="1"/>
     <col min="8" max="8" width="11.85546875" customWidth="1" outlineLevel="1"/>
     <col min="9" max="9" width="12.28515625" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1" outlineLevel="1"/>
     <col min="11" max="13" width="10.5703125" customWidth="1" outlineLevel="1"/>
     <col min="14" max="14" width="10.5703125" customWidth="1"/>
     <col min="15" max="17" width="10.5703125" customWidth="1" outlineLevel="1"/>
     <col min="18" max="18" width="11.42578125" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="10.28515625" customWidth="1" outlineLevel="1"/>
     <col min="20" max="21" width="10.28515625" customWidth="1"/>
     <col min="22" max="22" width="10.5703125" customWidth="1"/>
     <col min="23" max="23" width="10.140625" customWidth="1" outlineLevel="1"/>
     <col min="24" max="24" width="10" customWidth="1" outlineLevel="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1" outlineLevel="1"/>
     <col min="26" max="26" width="11.140625" customWidth="1" outlineLevel="1"/>
     <col min="27" max="27" width="14.5703125" customWidth="1" outlineLevel="1"/>
     <col min="28" max="28" width="12.28515625" customWidth="1"/>
     <col min="29" max="29" width="8.28515625" customWidth="1" outlineLevel="1"/>
     <col min="30" max="30" width="9.28515625" customWidth="1" outlineLevel="1"/>
     <col min="31" max="31" width="10.7109375" customWidth="1" outlineLevel="1"/>
     <col min="32" max="32" width="10.5703125" customWidth="1" outlineLevel="1"/>
     <col min="33" max="34" width="10.7109375" customWidth="1" outlineLevel="1"/>
     <col min="35" max="35" width="9.5703125" customWidth="1" outlineLevel="1"/>
     <col min="36" max="36" width="8.7109375" customWidth="1" outlineLevel="1"/>
     <col min="37" max="37" width="10.7109375" customWidth="1"/>
     <col min="38" max="38" width="10.7109375" customWidth="1" outlineLevel="1"/>
     <col min="39" max="39" width="10.28515625" customWidth="1" outlineLevel="1"/>
     <col min="40" max="40" width="12.7109375" customWidth="1"/>
     <col min="41" max="43" width="12.7109375" customWidth="1" outlineLevel="1"/>
     <col min="44" max="44" width="13.140625" customWidth="1"/>
     <col min="45" max="45" width="10.28515625" customWidth="1"/>
     <col min="46" max="46" width="15.140625" style="7" customWidth="1"/>
     <col min="47" max="51" width="15.140625" style="7" customWidth="1" outlineLevel="1"/>
     <col min="52" max="52" width="18.85546875" customWidth="1"/>
     <col min="53" max="56" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52" ht="36" customHeight="1">
+    <row r="1" spans="1:52" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="166" t="s">
         <v>68</v>
       </c>
       <c r="B1" s="166"/>
       <c r="C1" s="166"/>
       <c r="D1" s="166"/>
       <c r="E1" s="166"/>
       <c r="F1" s="166"/>
       <c r="G1" s="166"/>
       <c r="H1" s="166"/>
       <c r="I1" s="166"/>
       <c r="J1" s="166"/>
       <c r="K1" s="166"/>
       <c r="L1" s="166"/>
       <c r="M1" s="166"/>
       <c r="N1" s="166"/>
       <c r="O1" s="166"/>
       <c r="P1" s="166"/>
       <c r="Q1" s="166"/>
       <c r="R1" s="166"/>
       <c r="S1" s="166"/>
       <c r="T1" s="166"/>
       <c r="U1" s="166"/>
       <c r="V1" s="166"/>
       <c r="W1" s="166"/>
@@ -4744,51 +4746,51 @@
       <c r="AC1" s="166"/>
       <c r="AD1" s="166"/>
       <c r="AE1" s="35"/>
       <c r="AF1" s="35"/>
       <c r="AG1" s="35"/>
       <c r="AH1" s="35"/>
       <c r="AI1" s="35"/>
       <c r="AJ1" s="35"/>
       <c r="AK1" s="35"/>
       <c r="AL1" s="35"/>
       <c r="AM1" s="35"/>
       <c r="AN1" s="35"/>
       <c r="AO1" s="35"/>
       <c r="AP1" s="35"/>
       <c r="AQ1" s="35"/>
       <c r="AR1" s="35"/>
       <c r="AS1" s="35"/>
       <c r="AT1" s="35"/>
       <c r="AU1" s="35"/>
       <c r="AV1" s="35"/>
       <c r="AW1" s="35"/>
       <c r="AX1" s="35"/>
       <c r="AY1" s="35"/>
       <c r="AZ1" s="35"/>
     </row>
-    <row r="2" spans="1:52" s="19" customFormat="1" ht="45" customHeight="1">
+    <row r="2" spans="1:52" s="19" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="169" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="170"/>
       <c r="C2" s="170"/>
       <c r="D2" s="170"/>
       <c r="E2" s="170"/>
       <c r="F2" s="170"/>
       <c r="G2" s="170"/>
       <c r="H2" s="170"/>
       <c r="I2" s="170"/>
       <c r="J2" s="170"/>
       <c r="K2" s="170"/>
       <c r="L2" s="170"/>
       <c r="M2" s="171"/>
       <c r="N2" s="169" t="s">
         <v>11</v>
       </c>
       <c r="O2" s="170"/>
       <c r="P2" s="170"/>
       <c r="Q2" s="170"/>
       <c r="R2" s="172"/>
       <c r="S2" s="172"/>
       <c r="T2" s="172"/>
       <c r="U2" s="173"/>
@@ -4818,51 +4820,51 @@
       <c r="AM2" s="174"/>
       <c r="AN2" s="169" t="s">
         <v>72</v>
       </c>
       <c r="AO2" s="170"/>
       <c r="AP2" s="170"/>
       <c r="AQ2" s="170"/>
       <c r="AR2" s="167" t="s">
         <v>73</v>
       </c>
       <c r="AS2" s="167" t="s">
         <v>74</v>
       </c>
       <c r="AT2" s="175" t="s">
         <v>75</v>
       </c>
       <c r="AU2" s="176"/>
       <c r="AV2" s="176"/>
       <c r="AW2" s="176"/>
       <c r="AX2" s="176"/>
       <c r="AY2" s="177"/>
       <c r="AZ2" s="167" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="3" spans="1:52" s="9" customFormat="1" ht="12.75" customHeight="1">
+    <row r="3" spans="1:52" s="9" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="145" t="s">
         <v>77</v>
       </c>
       <c r="B3" s="24" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="24" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>78</v>
       </c>
       <c r="E3" s="160" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="161"/>
       <c r="G3" s="24" t="s">
         <v>80</v>
       </c>
       <c r="H3" s="24" t="s">
         <v>81</v>
       </c>
       <c r="I3" s="21" t="s">
         <v>82</v>
       </c>
@@ -4968,51 +4970,51 @@
       <c r="AQ3" s="26" t="s">
         <v>102</v>
       </c>
       <c r="AR3" s="168"/>
       <c r="AS3" s="168"/>
       <c r="AT3" s="28" t="s">
         <v>103</v>
       </c>
       <c r="AU3" s="28" t="s">
         <v>104</v>
       </c>
       <c r="AV3" s="28" t="s">
         <v>105</v>
       </c>
       <c r="AW3" s="28" t="s">
         <v>106</v>
       </c>
       <c r="AX3" s="29" t="s">
         <v>107</v>
       </c>
       <c r="AY3" s="29" t="s">
         <v>108</v>
       </c>
       <c r="AZ3" s="168"/>
     </row>
-    <row r="4" spans="1:52" s="9" customFormat="1" ht="62.25" customHeight="1">
+    <row r="4" spans="1:52" s="9" customFormat="1" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="146"/>
       <c r="B4" s="145" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="145" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="145" t="s">
         <v>109</v>
       </c>
       <c r="E4" s="162" t="s">
         <v>110</v>
       </c>
       <c r="F4" s="163"/>
       <c r="G4" s="145" t="s">
         <v>111</v>
       </c>
       <c r="H4" s="152" t="s">
         <v>112</v>
       </c>
       <c r="I4" s="164" t="s">
         <v>113</v>
       </c>
       <c r="J4" s="164"/>
       <c r="K4" s="165"/>
@@ -5110,51 +5112,51 @@
       <c r="AS4" s="146" t="s">
         <v>138</v>
       </c>
       <c r="AT4" s="149" t="s">
         <v>139</v>
       </c>
       <c r="AU4" s="149" t="s">
         <v>140</v>
       </c>
       <c r="AV4" s="149" t="s">
         <v>141</v>
       </c>
       <c r="AW4" s="149" t="s">
         <v>142</v>
       </c>
       <c r="AX4" s="149" t="s">
         <v>143</v>
       </c>
       <c r="AY4" s="146" t="s">
         <v>144</v>
       </c>
       <c r="AZ4" s="147" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="5" spans="1:52" s="9" customFormat="1" ht="81" customHeight="1">
+    <row r="5" spans="1:52" s="9" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="146"/>
       <c r="B5" s="146"/>
       <c r="C5" s="146"/>
       <c r="D5" s="146"/>
       <c r="E5" s="23" t="s">
         <v>146</v>
       </c>
       <c r="F5" s="23" t="s">
         <v>147</v>
       </c>
       <c r="G5" s="146"/>
       <c r="H5" s="152"/>
       <c r="I5" s="30" t="s">
         <v>148</v>
       </c>
       <c r="J5" s="30" t="s">
         <v>149</v>
       </c>
       <c r="K5" s="23" t="s">
         <v>150</v>
       </c>
       <c r="L5" s="23" t="s">
         <v>8</v>
       </c>
       <c r="M5" s="23" t="s">
@@ -5190,51 +5192,51 @@
       </c>
       <c r="AD5" s="146"/>
       <c r="AE5" s="146"/>
       <c r="AF5" s="146"/>
       <c r="AG5" s="146"/>
       <c r="AH5" s="146"/>
       <c r="AI5" s="146"/>
       <c r="AJ5" s="146"/>
       <c r="AK5" s="146"/>
       <c r="AL5" s="146"/>
       <c r="AM5" s="146"/>
       <c r="AN5" s="146"/>
       <c r="AO5" s="146"/>
       <c r="AP5" s="146"/>
       <c r="AQ5" s="146"/>
       <c r="AR5" s="146"/>
       <c r="AS5" s="146"/>
       <c r="AT5" s="150"/>
       <c r="AU5" s="150"/>
       <c r="AV5" s="150"/>
       <c r="AW5" s="150"/>
       <c r="AX5" s="150"/>
       <c r="AY5" s="146"/>
       <c r="AZ5" s="148"/>
     </row>
-    <row r="6" spans="1:52">
+    <row r="6" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A6" s="10">
         <v>1</v>
       </c>
       <c r="B6" s="10"/>
       <c r="C6" s="11"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="12"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="12"/>
       <c r="R6" s="13"/>
       <c r="S6" s="14"/>
       <c r="T6" s="14"/>
       <c r="U6" s="13"/>
       <c r="V6" s="10"/>
       <c r="W6" s="10"/>
@@ -5246,51 +5248,51 @@
       <c r="AC6" s="10"/>
       <c r="AD6" s="10"/>
       <c r="AE6" s="10"/>
       <c r="AF6" s="10"/>
       <c r="AG6" s="10"/>
       <c r="AH6" s="10"/>
       <c r="AI6" s="10"/>
       <c r="AJ6" s="10"/>
       <c r="AK6" s="10"/>
       <c r="AL6" s="10"/>
       <c r="AM6" s="10"/>
       <c r="AN6" s="10"/>
       <c r="AO6" s="10"/>
       <c r="AP6" s="10"/>
       <c r="AQ6" s="10"/>
       <c r="AR6" s="10"/>
       <c r="AS6" s="10"/>
       <c r="AT6" s="15"/>
       <c r="AU6" s="15"/>
       <c r="AV6" s="15"/>
       <c r="AW6" s="15"/>
       <c r="AX6" s="15"/>
       <c r="AY6" s="15"/>
       <c r="AZ6" s="10"/>
     </row>
-    <row r="7" spans="1:52">
+    <row r="7" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A7" s="10">
         <v>2</v>
       </c>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10"/>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
       <c r="K7" s="10"/>
       <c r="L7" s="10"/>
       <c r="M7" s="10"/>
       <c r="N7" s="10"/>
       <c r="O7" s="10"/>
       <c r="P7" s="10"/>
       <c r="Q7" s="10"/>
       <c r="R7" s="16"/>
       <c r="S7" s="16"/>
       <c r="T7" s="16"/>
       <c r="U7" s="16"/>
       <c r="V7" s="10"/>
       <c r="W7" s="10"/>
@@ -5302,51 +5304,51 @@
       <c r="AC7" s="10"/>
       <c r="AD7" s="10"/>
       <c r="AE7" s="10"/>
       <c r="AF7" s="10"/>
       <c r="AG7" s="10"/>
       <c r="AH7" s="10"/>
       <c r="AI7" s="10"/>
       <c r="AJ7" s="10"/>
       <c r="AK7" s="10"/>
       <c r="AL7" s="10"/>
       <c r="AM7" s="10"/>
       <c r="AN7" s="10"/>
       <c r="AO7" s="10"/>
       <c r="AP7" s="10"/>
       <c r="AQ7" s="10"/>
       <c r="AR7" s="10"/>
       <c r="AS7" s="10"/>
       <c r="AT7" s="15"/>
       <c r="AU7" s="15"/>
       <c r="AV7" s="15"/>
       <c r="AW7" s="15"/>
       <c r="AX7" s="15"/>
       <c r="AY7" s="15"/>
       <c r="AZ7" s="10"/>
     </row>
-    <row r="8" spans="1:52">
+    <row r="8" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A8" s="10">
         <v>3</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="10"/>
       <c r="J8" s="10"/>
       <c r="K8" s="10"/>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="10"/>
       <c r="Q8" s="10"/>
       <c r="R8" s="16"/>
       <c r="S8" s="16"/>
       <c r="T8" s="16"/>
       <c r="U8" s="16"/>
       <c r="V8" s="10"/>
       <c r="W8" s="10"/>
@@ -5358,51 +5360,51 @@
       <c r="AC8" s="10"/>
       <c r="AD8" s="10"/>
       <c r="AE8" s="10"/>
       <c r="AF8" s="10"/>
       <c r="AG8" s="10"/>
       <c r="AH8" s="10"/>
       <c r="AI8" s="10"/>
       <c r="AJ8" s="10"/>
       <c r="AK8" s="10"/>
       <c r="AL8" s="10"/>
       <c r="AM8" s="10"/>
       <c r="AN8" s="10"/>
       <c r="AO8" s="10"/>
       <c r="AP8" s="10"/>
       <c r="AQ8" s="10"/>
       <c r="AR8" s="10"/>
       <c r="AS8" s="10"/>
       <c r="AT8" s="15"/>
       <c r="AU8" s="15"/>
       <c r="AV8" s="15"/>
       <c r="AW8" s="15"/>
       <c r="AX8" s="15"/>
       <c r="AY8" s="15"/>
       <c r="AZ8" s="10"/>
     </row>
-    <row r="9" spans="1:52">
+    <row r="9" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A9" s="10">
         <v>4</v>
       </c>
       <c r="B9" s="10"/>
       <c r="C9" s="10"/>
       <c r="D9" s="10"/>
       <c r="E9" s="10"/>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="10"/>
       <c r="I9" s="10"/>
       <c r="J9" s="10"/>
       <c r="K9" s="10"/>
       <c r="L9" s="10"/>
       <c r="M9" s="10"/>
       <c r="N9" s="10"/>
       <c r="O9" s="10"/>
       <c r="P9" s="10"/>
       <c r="Q9" s="10"/>
       <c r="R9" s="16"/>
       <c r="S9" s="16"/>
       <c r="T9" s="16"/>
       <c r="U9" s="16"/>
       <c r="V9" s="10"/>
       <c r="W9" s="10"/>
@@ -5414,51 +5416,51 @@
       <c r="AC9" s="10"/>
       <c r="AD9" s="10"/>
       <c r="AE9" s="10"/>
       <c r="AF9" s="10"/>
       <c r="AG9" s="10"/>
       <c r="AH9" s="10"/>
       <c r="AI9" s="10"/>
       <c r="AJ9" s="10"/>
       <c r="AK9" s="10"/>
       <c r="AL9" s="10"/>
       <c r="AM9" s="10"/>
       <c r="AN9" s="10"/>
       <c r="AO9" s="10"/>
       <c r="AP9" s="10"/>
       <c r="AQ9" s="10"/>
       <c r="AR9" s="10"/>
       <c r="AS9" s="10"/>
       <c r="AT9" s="15"/>
       <c r="AU9" s="15"/>
       <c r="AV9" s="15"/>
       <c r="AW9" s="15"/>
       <c r="AX9" s="15"/>
       <c r="AY9" s="15"/>
       <c r="AZ9" s="10"/>
     </row>
-    <row r="10" spans="1:52">
+    <row r="10" spans="1:52" x14ac:dyDescent="0.2">
       <c r="A10" s="10">
         <v>5</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
       <c r="P10" s="10"/>
       <c r="Q10" s="10"/>
       <c r="R10" s="10"/>
       <c r="S10" s="10"/>
       <c r="T10" s="10"/>
       <c r="U10" s="10"/>
       <c r="V10" s="10"/>
       <c r="W10" s="10"/>
@@ -5470,51 +5472,51 @@
       <c r="AC10" s="10"/>
       <c r="AD10" s="10"/>
       <c r="AE10" s="10"/>
       <c r="AF10" s="10"/>
       <c r="AG10" s="10"/>
       <c r="AH10" s="10"/>
       <c r="AI10" s="10"/>
       <c r="AJ10" s="10"/>
       <c r="AK10" s="10"/>
       <c r="AL10" s="10"/>
       <c r="AM10" s="10"/>
       <c r="AN10" s="10"/>
       <c r="AO10" s="10"/>
       <c r="AP10" s="10"/>
       <c r="AQ10" s="10"/>
       <c r="AR10" s="10"/>
       <c r="AS10" s="10"/>
       <c r="AT10" s="15"/>
       <c r="AU10" s="15"/>
       <c r="AV10" s="15"/>
       <c r="AW10" s="15"/>
       <c r="AX10" s="15"/>
       <c r="AY10" s="15"/>
       <c r="AZ10" s="10"/>
     </row>
-    <row r="12" spans="1:52" ht="30" customHeight="1">
+    <row r="12" spans="1:52" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="178" t="s">
         <v>157</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="178"/>
       <c r="E12" s="178"/>
       <c r="F12" s="178"/>
       <c r="G12" s="178"/>
       <c r="H12" s="178"/>
       <c r="I12" s="178"/>
       <c r="J12" s="178"/>
       <c r="K12" s="178"/>
       <c r="L12" s="178"/>
       <c r="M12" s="178"/>
       <c r="N12" s="178"/>
       <c r="O12" s="178"/>
       <c r="P12" s="178"/>
       <c r="Q12" s="178"/>
       <c r="R12" s="178"/>
       <c r="S12" s="178"/>
       <c r="T12" s="178"/>
       <c r="U12" s="178"/>
       <c r="V12" s="178"/>
       <c r="W12" s="178"/>
@@ -5526,51 +5528,51 @@
       <c r="AC12" s="178"/>
       <c r="AD12" s="178"/>
       <c r="AE12" s="8"/>
       <c r="AF12" s="8"/>
       <c r="AG12" s="8"/>
       <c r="AH12" s="8"/>
       <c r="AI12" s="8"/>
       <c r="AJ12" s="8"/>
       <c r="AK12" s="8"/>
       <c r="AL12" s="8"/>
       <c r="AM12" s="8"/>
       <c r="AN12" s="8"/>
       <c r="AO12" s="8"/>
       <c r="AP12" s="8"/>
       <c r="AQ12" s="8"/>
       <c r="AR12" s="8"/>
       <c r="AS12" s="8"/>
       <c r="AT12" s="8"/>
       <c r="AU12" s="8"/>
       <c r="AV12" s="8"/>
       <c r="AW12" s="8"/>
       <c r="AX12" s="8"/>
       <c r="AY12" s="8"/>
       <c r="AZ12" s="8"/>
     </row>
-    <row r="13" spans="1:52" ht="22.5" customHeight="1">
+    <row r="13" spans="1:52" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="178" t="s">
         <v>158</v>
       </c>
       <c r="B13" s="178"/>
       <c r="C13" s="178"/>
       <c r="D13" s="178"/>
       <c r="E13" s="178"/>
       <c r="F13" s="178"/>
       <c r="G13" s="178"/>
       <c r="H13" s="178"/>
       <c r="I13" s="178"/>
       <c r="J13" s="178"/>
       <c r="K13" s="178"/>
       <c r="L13" s="178"/>
       <c r="M13" s="178"/>
       <c r="N13" s="178"/>
       <c r="O13" s="178"/>
       <c r="P13" s="178"/>
       <c r="Q13" s="178"/>
       <c r="R13" s="178"/>
       <c r="S13" s="178"/>
       <c r="T13" s="178"/>
       <c r="U13" s="178"/>
       <c r="V13" s="178"/>
       <c r="W13" s="178"/>
@@ -5582,51 +5584,51 @@
       <c r="AC13" s="178"/>
       <c r="AD13" s="178"/>
       <c r="AE13" s="178"/>
       <c r="AF13" s="178"/>
       <c r="AG13" s="178"/>
       <c r="AH13" s="178"/>
       <c r="AI13" s="178"/>
       <c r="AJ13" s="178"/>
       <c r="AK13" s="178"/>
       <c r="AL13" s="178"/>
       <c r="AM13" s="178"/>
       <c r="AN13" s="178"/>
       <c r="AO13" s="178"/>
       <c r="AP13" s="178"/>
       <c r="AQ13" s="178"/>
       <c r="AR13" s="178"/>
       <c r="AS13" s="178"/>
       <c r="AT13" s="178"/>
       <c r="AU13" s="178"/>
       <c r="AV13" s="178"/>
       <c r="AW13" s="178"/>
       <c r="AX13" s="178"/>
       <c r="AY13" s="178"/>
       <c r="AZ13" s="178"/>
     </row>
-    <row r="14" spans="1:52" ht="22.5" customHeight="1">
+    <row r="14" spans="1:52" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="178" t="s">
         <v>159</v>
       </c>
       <c r="B14" s="178"/>
       <c r="C14" s="178"/>
       <c r="D14" s="178"/>
       <c r="E14" s="178"/>
       <c r="F14" s="178"/>
       <c r="G14" s="178"/>
       <c r="H14" s="178"/>
       <c r="I14" s="178"/>
       <c r="J14" s="178"/>
       <c r="K14" s="178"/>
       <c r="L14" s="178"/>
       <c r="M14" s="178"/>
       <c r="N14" s="178"/>
       <c r="O14" s="178"/>
       <c r="P14" s="178"/>
       <c r="Q14" s="178"/>
       <c r="R14" s="178"/>
       <c r="S14" s="178"/>
       <c r="T14" s="178"/>
       <c r="U14" s="178"/>
       <c r="V14" s="178"/>
       <c r="W14" s="178"/>
@@ -5638,51 +5640,51 @@
       <c r="AC14" s="178"/>
       <c r="AD14" s="178"/>
       <c r="AE14" s="178"/>
       <c r="AF14" s="178"/>
       <c r="AG14" s="178"/>
       <c r="AH14" s="178"/>
       <c r="AI14" s="178"/>
       <c r="AJ14" s="178"/>
       <c r="AK14" s="178"/>
       <c r="AL14" s="178"/>
       <c r="AM14" s="178"/>
       <c r="AN14" s="178"/>
       <c r="AO14" s="178"/>
       <c r="AP14" s="178"/>
       <c r="AQ14" s="178"/>
       <c r="AR14" s="178"/>
       <c r="AS14" s="178"/>
       <c r="AT14" s="178"/>
       <c r="AU14" s="178"/>
       <c r="AV14" s="178"/>
       <c r="AW14" s="178"/>
       <c r="AX14" s="178"/>
       <c r="AY14" s="178"/>
       <c r="AZ14" s="178"/>
     </row>
-    <row r="15" spans="1:52" ht="21.75" customHeight="1">
+    <row r="15" spans="1:52" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="178" t="s">
         <v>160</v>
       </c>
       <c r="B15" s="178"/>
       <c r="C15" s="178"/>
       <c r="D15" s="178"/>
       <c r="E15" s="178"/>
       <c r="F15" s="178"/>
       <c r="G15" s="178"/>
       <c r="H15" s="178"/>
       <c r="I15" s="178"/>
       <c r="J15" s="178"/>
       <c r="K15" s="178"/>
       <c r="L15" s="178"/>
       <c r="M15" s="178"/>
       <c r="N15" s="178"/>
       <c r="O15" s="178"/>
       <c r="P15" s="178"/>
       <c r="Q15" s="178"/>
       <c r="R15" s="178"/>
       <c r="S15" s="178"/>
       <c r="T15" s="178"/>
       <c r="U15" s="178"/>
       <c r="V15" s="178"/>
       <c r="W15" s="178"/>
@@ -5694,51 +5696,51 @@
       <c r="AC15" s="178"/>
       <c r="AD15" s="178"/>
       <c r="AE15" s="178"/>
       <c r="AF15" s="178"/>
       <c r="AG15" s="178"/>
       <c r="AH15" s="178"/>
       <c r="AI15" s="178"/>
       <c r="AJ15" s="178"/>
       <c r="AK15" s="178"/>
       <c r="AL15" s="178"/>
       <c r="AM15" s="178"/>
       <c r="AN15" s="178"/>
       <c r="AO15" s="178"/>
       <c r="AP15" s="178"/>
       <c r="AQ15" s="178"/>
       <c r="AR15" s="178"/>
       <c r="AS15" s="178"/>
       <c r="AT15" s="178"/>
       <c r="AU15" s="178"/>
       <c r="AV15" s="178"/>
       <c r="AW15" s="178"/>
       <c r="AX15" s="178"/>
       <c r="AY15" s="178"/>
       <c r="AZ15" s="178"/>
     </row>
-    <row r="16" spans="1:52" ht="18" customHeight="1">
+    <row r="16" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="178" t="s">
         <v>161</v>
       </c>
       <c r="B16" s="178"/>
       <c r="C16" s="178"/>
       <c r="D16" s="178"/>
       <c r="E16" s="178"/>
       <c r="F16" s="178"/>
       <c r="G16" s="178"/>
       <c r="H16" s="178"/>
       <c r="I16" s="178"/>
       <c r="J16" s="178"/>
       <c r="K16" s="178"/>
       <c r="L16" s="178"/>
       <c r="M16" s="178"/>
       <c r="N16" s="178"/>
       <c r="O16" s="178"/>
       <c r="P16" s="178"/>
       <c r="Q16" s="178"/>
       <c r="R16" s="178"/>
       <c r="S16" s="178"/>
       <c r="T16" s="178"/>
       <c r="U16" s="178"/>
       <c r="V16" s="178"/>
       <c r="W16" s="178"/>
@@ -5750,51 +5752,51 @@
       <c r="AC16" s="178"/>
       <c r="AD16" s="178"/>
       <c r="AE16" s="178"/>
       <c r="AF16" s="178"/>
       <c r="AG16" s="178"/>
       <c r="AH16" s="178"/>
       <c r="AI16" s="178"/>
       <c r="AJ16" s="178"/>
       <c r="AK16" s="178"/>
       <c r="AL16" s="178"/>
       <c r="AM16" s="178"/>
       <c r="AN16" s="178"/>
       <c r="AO16" s="178"/>
       <c r="AP16" s="178"/>
       <c r="AQ16" s="178"/>
       <c r="AR16" s="178"/>
       <c r="AS16" s="178"/>
       <c r="AT16" s="178"/>
       <c r="AU16" s="178"/>
       <c r="AV16" s="178"/>
       <c r="AW16" s="178"/>
       <c r="AX16" s="178"/>
       <c r="AY16" s="178"/>
       <c r="AZ16" s="178"/>
     </row>
-    <row r="17" spans="1:52" ht="21.75" customHeight="1">
+    <row r="17" spans="1:52" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="178" t="s">
         <v>162</v>
       </c>
       <c r="B17" s="178"/>
       <c r="C17" s="178"/>
       <c r="D17" s="178"/>
       <c r="E17" s="178"/>
       <c r="F17" s="178"/>
       <c r="G17" s="178"/>
       <c r="H17" s="178"/>
       <c r="I17" s="178"/>
       <c r="J17" s="178"/>
       <c r="K17" s="178"/>
       <c r="L17" s="178"/>
       <c r="M17" s="178"/>
       <c r="N17" s="178"/>
       <c r="O17" s="178"/>
       <c r="P17" s="178"/>
       <c r="Q17" s="178"/>
       <c r="R17" s="178"/>
       <c r="S17" s="178"/>
       <c r="T17" s="178"/>
       <c r="U17" s="178"/>
       <c r="V17" s="178"/>
       <c r="W17" s="178"/>
@@ -5806,51 +5808,51 @@
       <c r="AC17" s="178"/>
       <c r="AD17" s="178"/>
       <c r="AE17" s="178"/>
       <c r="AF17" s="178"/>
       <c r="AG17" s="178"/>
       <c r="AH17" s="178"/>
       <c r="AI17" s="178"/>
       <c r="AJ17" s="178"/>
       <c r="AK17" s="178"/>
       <c r="AL17" s="178"/>
       <c r="AM17" s="178"/>
       <c r="AN17" s="178"/>
       <c r="AO17" s="178"/>
       <c r="AP17" s="178"/>
       <c r="AQ17" s="178"/>
       <c r="AR17" s="178"/>
       <c r="AS17" s="178"/>
       <c r="AT17" s="178"/>
       <c r="AU17" s="178"/>
       <c r="AV17" s="178"/>
       <c r="AW17" s="178"/>
       <c r="AX17" s="178"/>
       <c r="AY17" s="178"/>
       <c r="AZ17" s="178"/>
     </row>
-    <row r="18" spans="1:52" ht="111" customHeight="1">
+    <row r="18" spans="1:52" ht="111" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="178" t="s">
         <v>163</v>
       </c>
       <c r="B18" s="178"/>
       <c r="C18" s="178"/>
       <c r="D18" s="178"/>
       <c r="E18" s="178"/>
       <c r="F18" s="178"/>
       <c r="G18" s="178"/>
       <c r="H18" s="178"/>
       <c r="I18" s="178"/>
       <c r="J18" s="178"/>
       <c r="K18" s="178"/>
       <c r="L18" s="178"/>
       <c r="M18" s="178"/>
       <c r="N18" s="178"/>
       <c r="O18" s="178"/>
       <c r="P18" s="178"/>
       <c r="Q18" s="178"/>
       <c r="R18" s="178"/>
       <c r="S18" s="178"/>
       <c r="T18" s="178"/>
       <c r="U18" s="178"/>
       <c r="V18" s="178"/>
       <c r="W18" s="178"/>
@@ -5862,51 +5864,51 @@
       <c r="AC18" s="178"/>
       <c r="AD18" s="178"/>
       <c r="AE18" s="178"/>
       <c r="AF18" s="178"/>
       <c r="AG18" s="178"/>
       <c r="AH18" s="178"/>
       <c r="AI18" s="178"/>
       <c r="AJ18" s="178"/>
       <c r="AK18" s="178"/>
       <c r="AL18" s="178"/>
       <c r="AM18" s="178"/>
       <c r="AN18" s="178"/>
       <c r="AO18" s="178"/>
       <c r="AP18" s="178"/>
       <c r="AQ18" s="178"/>
       <c r="AR18" s="178"/>
       <c r="AS18" s="178"/>
       <c r="AT18" s="178"/>
       <c r="AU18" s="178"/>
       <c r="AV18" s="178"/>
       <c r="AW18" s="178"/>
       <c r="AX18" s="178"/>
       <c r="AY18" s="178"/>
       <c r="AZ18" s="178"/>
     </row>
-    <row r="19" spans="1:52" ht="23.25" customHeight="1">
+    <row r="19" spans="1:52" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="178" t="s">
         <v>164</v>
       </c>
       <c r="B19" s="178"/>
       <c r="C19" s="178"/>
       <c r="D19" s="178"/>
       <c r="E19" s="178"/>
       <c r="F19" s="178"/>
       <c r="G19" s="178"/>
       <c r="H19" s="178"/>
       <c r="I19" s="178"/>
       <c r="J19" s="178"/>
       <c r="K19" s="178"/>
       <c r="L19" s="178"/>
       <c r="M19" s="178"/>
       <c r="N19" s="178"/>
       <c r="O19" s="178"/>
       <c r="P19" s="178"/>
       <c r="Q19" s="178"/>
       <c r="R19" s="178"/>
       <c r="S19" s="178"/>
       <c r="T19" s="178"/>
       <c r="U19" s="178"/>
       <c r="V19" s="178"/>
       <c r="W19" s="178"/>
@@ -5918,51 +5920,51 @@
       <c r="AC19" s="178"/>
       <c r="AD19" s="178"/>
       <c r="AE19" s="178"/>
       <c r="AF19" s="178"/>
       <c r="AG19" s="178"/>
       <c r="AH19" s="178"/>
       <c r="AI19" s="178"/>
       <c r="AJ19" s="178"/>
       <c r="AK19" s="178"/>
       <c r="AL19" s="178"/>
       <c r="AM19" s="178"/>
       <c r="AN19" s="178"/>
       <c r="AO19" s="178"/>
       <c r="AP19" s="178"/>
       <c r="AQ19" s="178"/>
       <c r="AR19" s="178"/>
       <c r="AS19" s="178"/>
       <c r="AT19" s="178"/>
       <c r="AU19" s="178"/>
       <c r="AV19" s="178"/>
       <c r="AW19" s="178"/>
       <c r="AX19" s="178"/>
       <c r="AY19" s="178"/>
       <c r="AZ19" s="178"/>
     </row>
-    <row r="20" spans="1:52" ht="162" customHeight="1">
+    <row r="20" spans="1:52" ht="162" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="178" t="s">
         <v>165</v>
       </c>
       <c r="B20" s="178"/>
       <c r="C20" s="178"/>
       <c r="D20" s="178"/>
       <c r="E20" s="178"/>
       <c r="F20" s="178"/>
       <c r="G20" s="178"/>
       <c r="H20" s="178"/>
       <c r="I20" s="178"/>
       <c r="J20" s="178"/>
       <c r="K20" s="178"/>
       <c r="L20" s="178"/>
       <c r="M20" s="178"/>
       <c r="N20" s="178"/>
       <c r="O20" s="178"/>
       <c r="P20" s="178"/>
       <c r="Q20" s="178"/>
       <c r="R20" s="178"/>
       <c r="S20" s="178"/>
       <c r="T20" s="178"/>
       <c r="U20" s="178"/>
       <c r="V20" s="178"/>
       <c r="W20" s="178"/>
@@ -5974,51 +5976,51 @@
       <c r="AC20" s="178"/>
       <c r="AD20" s="178"/>
       <c r="AE20" s="178"/>
       <c r="AF20" s="178"/>
       <c r="AG20" s="178"/>
       <c r="AH20" s="178"/>
       <c r="AI20" s="178"/>
       <c r="AJ20" s="178"/>
       <c r="AK20" s="178"/>
       <c r="AL20" s="178"/>
       <c r="AM20" s="178"/>
       <c r="AN20" s="178"/>
       <c r="AO20" s="178"/>
       <c r="AP20" s="178"/>
       <c r="AQ20" s="178"/>
       <c r="AR20" s="178"/>
       <c r="AS20" s="178"/>
       <c r="AT20" s="178"/>
       <c r="AU20" s="178"/>
       <c r="AV20" s="178"/>
       <c r="AW20" s="178"/>
       <c r="AX20" s="178"/>
       <c r="AY20" s="178"/>
       <c r="AZ20" s="178"/>
     </row>
-    <row r="21" spans="1:52" ht="18" customHeight="1">
+    <row r="21" spans="1:52" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="178" t="s">
         <v>166</v>
       </c>
       <c r="B21" s="178"/>
       <c r="C21" s="178"/>
       <c r="D21" s="178"/>
       <c r="E21" s="178"/>
       <c r="F21" s="178"/>
       <c r="G21" s="178"/>
       <c r="H21" s="178"/>
       <c r="I21" s="178"/>
       <c r="J21" s="178"/>
       <c r="K21" s="178"/>
       <c r="L21" s="178"/>
       <c r="M21" s="178"/>
       <c r="N21" s="178"/>
       <c r="O21" s="178"/>
       <c r="P21" s="178"/>
       <c r="Q21" s="178"/>
       <c r="R21" s="178"/>
       <c r="S21" s="178"/>
       <c r="T21" s="178"/>
       <c r="U21" s="178"/>
       <c r="V21" s="178"/>
       <c r="W21" s="178"/>
@@ -6030,51 +6032,51 @@
       <c r="AC21" s="178"/>
       <c r="AD21" s="178"/>
       <c r="AE21" s="178"/>
       <c r="AF21" s="178"/>
       <c r="AG21" s="178"/>
       <c r="AH21" s="178"/>
       <c r="AI21" s="178"/>
       <c r="AJ21" s="178"/>
       <c r="AK21" s="178"/>
       <c r="AL21" s="178"/>
       <c r="AM21" s="178"/>
       <c r="AN21" s="178"/>
       <c r="AO21" s="178"/>
       <c r="AP21" s="178"/>
       <c r="AQ21" s="178"/>
       <c r="AR21" s="178"/>
       <c r="AS21" s="178"/>
       <c r="AT21" s="178"/>
       <c r="AU21" s="178"/>
       <c r="AV21" s="178"/>
       <c r="AW21" s="178"/>
       <c r="AX21" s="178"/>
       <c r="AY21" s="178"/>
       <c r="AZ21" s="178"/>
     </row>
-    <row r="22" spans="1:52" ht="18.75" customHeight="1">
+    <row r="22" spans="1:52" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="178" t="s">
         <v>167</v>
       </c>
       <c r="B22" s="178"/>
       <c r="C22" s="178"/>
       <c r="D22" s="178"/>
       <c r="E22" s="178"/>
       <c r="F22" s="178"/>
       <c r="G22" s="178"/>
       <c r="H22" s="178"/>
       <c r="I22" s="178"/>
       <c r="J22" s="178"/>
       <c r="K22" s="178"/>
       <c r="L22" s="178"/>
       <c r="M22" s="178"/>
       <c r="N22" s="178"/>
       <c r="O22" s="178"/>
       <c r="P22" s="178"/>
       <c r="Q22" s="178"/>
       <c r="R22" s="178"/>
       <c r="S22" s="178"/>
       <c r="T22" s="178"/>
       <c r="U22" s="178"/>
       <c r="V22" s="178"/>
       <c r="W22" s="178"/>
@@ -6086,51 +6088,51 @@
       <c r="AC22" s="178"/>
       <c r="AD22" s="178"/>
       <c r="AE22" s="178"/>
       <c r="AF22" s="178"/>
       <c r="AG22" s="178"/>
       <c r="AH22" s="178"/>
       <c r="AI22" s="178"/>
       <c r="AJ22" s="178"/>
       <c r="AK22" s="178"/>
       <c r="AL22" s="178"/>
       <c r="AM22" s="178"/>
       <c r="AN22" s="178"/>
       <c r="AO22" s="178"/>
       <c r="AP22" s="178"/>
       <c r="AQ22" s="178"/>
       <c r="AR22" s="178"/>
       <c r="AS22" s="178"/>
       <c r="AT22" s="178"/>
       <c r="AU22" s="178"/>
       <c r="AV22" s="178"/>
       <c r="AW22" s="178"/>
       <c r="AX22" s="178"/>
       <c r="AY22" s="178"/>
       <c r="AZ22" s="178"/>
     </row>
-    <row r="23" spans="1:52" ht="20.25" customHeight="1">
+    <row r="23" spans="1:52" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="178" t="s">
         <v>168</v>
       </c>
       <c r="B23" s="178"/>
       <c r="C23" s="178"/>
       <c r="D23" s="178"/>
       <c r="E23" s="178"/>
       <c r="F23" s="178"/>
       <c r="G23" s="178"/>
       <c r="H23" s="178"/>
       <c r="I23" s="178"/>
       <c r="J23" s="178"/>
       <c r="K23" s="178"/>
       <c r="L23" s="178"/>
       <c r="M23" s="178"/>
       <c r="N23" s="178"/>
       <c r="O23" s="178"/>
       <c r="P23" s="178"/>
       <c r="Q23" s="178"/>
       <c r="R23" s="178"/>
       <c r="S23" s="178"/>
       <c r="T23" s="178"/>
       <c r="U23" s="178"/>
       <c r="V23" s="178"/>
       <c r="W23" s="178"/>
@@ -6142,51 +6144,51 @@
       <c r="AC23" s="178"/>
       <c r="AD23" s="178"/>
       <c r="AE23" s="178"/>
       <c r="AF23" s="178"/>
       <c r="AG23" s="178"/>
       <c r="AH23" s="178"/>
       <c r="AI23" s="178"/>
       <c r="AJ23" s="178"/>
       <c r="AK23" s="178"/>
       <c r="AL23" s="178"/>
       <c r="AM23" s="178"/>
       <c r="AN23" s="178"/>
       <c r="AO23" s="178"/>
       <c r="AP23" s="178"/>
       <c r="AQ23" s="178"/>
       <c r="AR23" s="178"/>
       <c r="AS23" s="178"/>
       <c r="AT23" s="178"/>
       <c r="AU23" s="178"/>
       <c r="AV23" s="178"/>
       <c r="AW23" s="178"/>
       <c r="AX23" s="178"/>
       <c r="AY23" s="178"/>
       <c r="AZ23" s="178"/>
     </row>
-    <row r="24" spans="1:52" ht="19.5" customHeight="1">
+    <row r="24" spans="1:52" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="178" t="s">
         <v>169</v>
       </c>
       <c r="B24" s="178"/>
       <c r="C24" s="178"/>
       <c r="D24" s="178"/>
       <c r="E24" s="178"/>
       <c r="F24" s="178"/>
       <c r="G24" s="178"/>
       <c r="H24" s="178"/>
       <c r="I24" s="178"/>
       <c r="J24" s="178"/>
       <c r="K24" s="178"/>
       <c r="L24" s="178"/>
       <c r="M24" s="178"/>
       <c r="N24" s="178"/>
       <c r="O24" s="178"/>
       <c r="P24" s="178"/>
       <c r="Q24" s="178"/>
       <c r="R24" s="178"/>
       <c r="S24" s="178"/>
       <c r="T24" s="178"/>
       <c r="U24" s="178"/>
       <c r="V24" s="178"/>
       <c r="W24" s="178"/>
@@ -6198,51 +6200,51 @@
       <c r="AC24" s="178"/>
       <c r="AD24" s="178"/>
       <c r="AE24" s="178"/>
       <c r="AF24" s="178"/>
       <c r="AG24" s="178"/>
       <c r="AH24" s="178"/>
       <c r="AI24" s="178"/>
       <c r="AJ24" s="178"/>
       <c r="AK24" s="178"/>
       <c r="AL24" s="178"/>
       <c r="AM24" s="178"/>
       <c r="AN24" s="178"/>
       <c r="AO24" s="178"/>
       <c r="AP24" s="178"/>
       <c r="AQ24" s="178"/>
       <c r="AR24" s="178"/>
       <c r="AS24" s="178"/>
       <c r="AT24" s="178"/>
       <c r="AU24" s="178"/>
       <c r="AV24" s="178"/>
       <c r="AW24" s="178"/>
       <c r="AX24" s="178"/>
       <c r="AY24" s="178"/>
       <c r="AZ24" s="178"/>
     </row>
-    <row r="25" spans="1:52" ht="18.75" customHeight="1">
+    <row r="25" spans="1:52" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="178" t="s">
         <v>170</v>
       </c>
       <c r="B25" s="178"/>
       <c r="C25" s="178"/>
       <c r="D25" s="178"/>
       <c r="E25" s="178"/>
       <c r="F25" s="178"/>
       <c r="G25" s="178"/>
       <c r="H25" s="178"/>
       <c r="I25" s="178"/>
       <c r="J25" s="178"/>
       <c r="K25" s="178"/>
       <c r="L25" s="178"/>
       <c r="M25" s="178"/>
       <c r="N25" s="178"/>
       <c r="O25" s="178"/>
       <c r="P25" s="178"/>
       <c r="Q25" s="178"/>
       <c r="R25" s="178"/>
       <c r="S25" s="178"/>
       <c r="T25" s="178"/>
       <c r="U25" s="178"/>
       <c r="V25" s="178"/>
       <c r="W25" s="178"/>
@@ -6254,51 +6256,51 @@
       <c r="AC25" s="178"/>
       <c r="AD25" s="178"/>
       <c r="AE25" s="178"/>
       <c r="AF25" s="178"/>
       <c r="AG25" s="178"/>
       <c r="AH25" s="178"/>
       <c r="AI25" s="178"/>
       <c r="AJ25" s="178"/>
       <c r="AK25" s="178"/>
       <c r="AL25" s="178"/>
       <c r="AM25" s="178"/>
       <c r="AN25" s="178"/>
       <c r="AO25" s="178"/>
       <c r="AP25" s="178"/>
       <c r="AQ25" s="178"/>
       <c r="AR25" s="178"/>
       <c r="AS25" s="178"/>
       <c r="AT25" s="178"/>
       <c r="AU25" s="178"/>
       <c r="AV25" s="178"/>
       <c r="AW25" s="178"/>
       <c r="AX25" s="178"/>
       <c r="AY25" s="178"/>
       <c r="AZ25" s="178"/>
     </row>
-    <row r="26" spans="1:52" ht="34.5" customHeight="1">
+    <row r="26" spans="1:52" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="178" t="s">
         <v>171</v>
       </c>
       <c r="B26" s="178"/>
       <c r="C26" s="178"/>
       <c r="D26" s="178"/>
       <c r="E26" s="178"/>
       <c r="F26" s="178"/>
       <c r="G26" s="178"/>
       <c r="H26" s="178"/>
       <c r="I26" s="178"/>
       <c r="J26" s="178"/>
       <c r="K26" s="178"/>
       <c r="L26" s="178"/>
       <c r="M26" s="178"/>
       <c r="N26" s="178"/>
       <c r="O26" s="178"/>
       <c r="P26" s="178"/>
       <c r="Q26" s="178"/>
       <c r="R26" s="178"/>
       <c r="S26" s="178"/>
       <c r="T26" s="178"/>
       <c r="U26" s="178"/>
       <c r="V26" s="178"/>
       <c r="W26" s="178"/>
@@ -6310,51 +6312,51 @@
       <c r="AC26" s="178"/>
       <c r="AD26" s="178"/>
       <c r="AE26" s="178"/>
       <c r="AF26" s="178"/>
       <c r="AG26" s="178"/>
       <c r="AH26" s="178"/>
       <c r="AI26" s="178"/>
       <c r="AJ26" s="178"/>
       <c r="AK26" s="178"/>
       <c r="AL26" s="178"/>
       <c r="AM26" s="178"/>
       <c r="AN26" s="178"/>
       <c r="AO26" s="178"/>
       <c r="AP26" s="178"/>
       <c r="AQ26" s="178"/>
       <c r="AR26" s="178"/>
       <c r="AS26" s="178"/>
       <c r="AT26" s="178"/>
       <c r="AU26" s="178"/>
       <c r="AV26" s="178"/>
       <c r="AW26" s="178"/>
       <c r="AX26" s="178"/>
       <c r="AY26" s="178"/>
       <c r="AZ26" s="178"/>
     </row>
-    <row r="27" spans="1:52" ht="19.5" customHeight="1">
+    <row r="27" spans="1:52" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="178" t="s">
         <v>172</v>
       </c>
       <c r="B27" s="178"/>
       <c r="C27" s="178"/>
       <c r="D27" s="178"/>
       <c r="E27" s="178"/>
       <c r="F27" s="178"/>
       <c r="G27" s="178"/>
       <c r="H27" s="178"/>
       <c r="I27" s="178"/>
       <c r="J27" s="178"/>
       <c r="K27" s="178"/>
       <c r="L27" s="178"/>
       <c r="M27" s="178"/>
       <c r="N27" s="178"/>
       <c r="O27" s="178"/>
       <c r="P27" s="178"/>
       <c r="Q27" s="178"/>
       <c r="R27" s="178"/>
       <c r="S27" s="178"/>
       <c r="T27" s="178"/>
       <c r="U27" s="178"/>
       <c r="V27" s="178"/>
       <c r="W27" s="178"/>
@@ -6366,51 +6368,51 @@
       <c r="AC27" s="178"/>
       <c r="AD27" s="178"/>
       <c r="AE27" s="178"/>
       <c r="AF27" s="178"/>
       <c r="AG27" s="178"/>
       <c r="AH27" s="178"/>
       <c r="AI27" s="178"/>
       <c r="AJ27" s="178"/>
       <c r="AK27" s="178"/>
       <c r="AL27" s="178"/>
       <c r="AM27" s="178"/>
       <c r="AN27" s="178"/>
       <c r="AO27" s="178"/>
       <c r="AP27" s="178"/>
       <c r="AQ27" s="178"/>
       <c r="AR27" s="178"/>
       <c r="AS27" s="178"/>
       <c r="AT27" s="178"/>
       <c r="AU27" s="178"/>
       <c r="AV27" s="178"/>
       <c r="AW27" s="178"/>
       <c r="AX27" s="178"/>
       <c r="AY27" s="178"/>
       <c r="AZ27" s="178"/>
     </row>
-    <row r="28" spans="1:52" ht="99.75" customHeight="1">
+    <row r="28" spans="1:52" ht="99.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="178" t="s">
         <v>173</v>
       </c>
       <c r="B28" s="178"/>
       <c r="C28" s="178"/>
       <c r="D28" s="178"/>
       <c r="E28" s="178"/>
       <c r="F28" s="178"/>
       <c r="G28" s="178"/>
       <c r="H28" s="178"/>
       <c r="I28" s="178"/>
       <c r="J28" s="178"/>
       <c r="K28" s="178"/>
       <c r="L28" s="178"/>
       <c r="M28" s="178"/>
       <c r="N28" s="178"/>
       <c r="O28" s="178"/>
       <c r="P28" s="178"/>
       <c r="Q28" s="178"/>
       <c r="R28" s="178"/>
       <c r="S28" s="178"/>
       <c r="T28" s="178"/>
       <c r="U28" s="178"/>
       <c r="V28" s="178"/>
       <c r="W28" s="178"/>
@@ -6539,52 +6541,52 @@
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="48" firstPageNumber="13" fitToWidth="2" fitToHeight="0" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Times New Roman,Regular"FMNotPiel_2_270416_MK 77</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="30" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe47c76b9bfee2341c8586b47d890b7d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ed1e805a11152c7b4ba3fa42da0285" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="be808409bed4f75c89345e3367880fd5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dea6fe10ed4a72c0aa83ed4a59e0b32a" ns2:_="" ns3:_="">
     <xsd:import namespace="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <xsd:import namespace="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6800,67 +6802,130 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd659194-de00-4ccd-bb95-b10d17529a5f">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="027db945-d6b9-442b-b2c1-2b991705272a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A311863-0D56-4B88-AA69-827A79C87A8D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{124D24A2-06B9-486F-972E-713A1C9C083E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2841CB23-D16C-46C3-A8C4-24DBD8CBE223}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2841CB23-D16C-46C3-A8C4-24DBD8CBE223}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{556BC985-B486-4DA1-BED5-BF3186CF5D5F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{556BC985-B486-4DA1-BED5-BF3186CF5D5F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Anketa liela (&gt;8h)</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Dalībnieku apkopojums(&gt;=8h)(E12</vt:lpstr>
+      <vt:lpstr>'Anketa liela (&gt;8h)'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Dalībnieku apkopojums(&gt;=8h)(E12'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Dalībnieku apkopojums(&gt;=8h)(E12'!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>Latvijas Banka</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>VM</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A3E4018BECFA2041A654C630CBF3D616</vt:lpwstr>
   </property>