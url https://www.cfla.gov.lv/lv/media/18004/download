--- v0 (2025-11-21)
+++ v1 (2026-01-08)
@@ -12,9196 +12,5464 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="000E52F4" w:rsidRPr="0058524B" w:rsidP="0058524B" w14:paraId="22B6477E" w14:textId="5746B6AB">
+    <w:p w:rsidR="000E52F4" w:rsidRPr="00FE548D" w:rsidP="004C3589" w14:paraId="149FBBA1" w14:textId="375FD7EA">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk144206066"/>
-      <w:r w:rsidRPr="0058524B">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FE548D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Metodisk</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058524B" w:rsidR="003757C2">
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00137450">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">ās </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B">
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>norād</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="003757C2">
+        <w:t xml:space="preserve"> norād</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00137450">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058524B">
+      <w:r w:rsidRPr="00FE548D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00A92E2C">
+        <w:t xml:space="preserve"> fi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00F57C76">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">finansējuma saņēmējiem </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00A238FE">
+        <w:t xml:space="preserve">nansējuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00893166">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">par sagatavojamo informāciju </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00E41B01">
+        <w:t xml:space="preserve">saņēmējiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B32D4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.1.2.1.i. investīcijas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00466EED">
+        <w:t xml:space="preserve">par sagatavojamo informāciju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00E41B01">
+        <w:t>3.1.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B624BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Publisko pakalpojumu un nodarbinātības pieejamības veicināšanas pasākumi cilvēkiem ar funkcionāliem traucējumiem</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00466EED">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00E41B01">
+        <w:t xml:space="preserve">.i. investīcijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="002A53E2">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B624BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>otrās</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00E41B01">
+        <w:t>Ilgstošas sociālās aprūpes pakalpojuma noturība un nepārtrauktība: jaunu ģimeniskai videi pietuvinātu aprūpes pakalpojumu sniedzēju attīstība pensijas vecuma personām</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kārtas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00466EED">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="002A53E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="002A53E2">
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00466EED">
+        </w:rPr>
+        <w:t xml:space="preserve"> kārtas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00E41B01">
+        <w:t xml:space="preserve">ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="003320E5">
+        <w:t>noteikt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>noteikt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00515EC4">
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ā</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="003320E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atskaites </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00E41B01">
+        <w:t xml:space="preserve">mērķrādītāja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>punkt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0058524B" w:rsidR="00515EC4">
+        <w:t>sasniegšanas pamatošanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00893166">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>a un mēr</w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00B701B4" w:rsidRPr="00E41B01" w:rsidP="007439F4" w14:paraId="45E16B0A" w14:textId="77777777">
+    <w:p w:rsidR="00B701B4" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="52CBF71A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F93213" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="2F33EF61" w14:textId="77777777">
+    <w:p w:rsidR="00E41B01" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="3363A7B7" w14:textId="04AEC6BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D08D1">
-[...55 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ttiecībā uz MK noteikumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="00C348BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> 475</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B811DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00BA6C49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktā minēto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mērķrādītāju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B85C2F" w:rsidR="009E0915">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv"/>
+        </w:rPr>
+        <w:t>Ilgstošo aprūpes pakalpojumu sniegšanas vietu nodrošināšana</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izpildi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="000D254B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="00791901">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>finansējuma saņēmējs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="00791901">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kohēzijas politikas fondu vadības informācijas sistēmā (KP VIS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, aizpildot sadaļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Progresa pārskati un avansa maksājumu pieprasījumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>apakšsadaļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mērķi un atskaites punkti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pievieno šādus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamatojošos dokumentus: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="76733A1F" w14:textId="07A7AFD3">
+    <w:p w:rsidR="004C3589" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="5CE7AD6C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D08D1">
-[...270 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="007439F4" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="3D89A7F4" w14:textId="77777777">
+    <w:p w:rsidR="00444F46" w:rsidP="00122E03" w14:paraId="7AAE914D" w14:textId="5630CB6A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004B7453">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinājumu par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004B7453">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ilgtermiņa aprūpes pakalpojumu saņemšanas infrastruktūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>izveidi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>atbilstoši būvniecības jomu regulējošajos normatīvajos aktos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paredzētajam un Būvniecības informācijas sistēmā (BIS) virzītajai dokumentu kopai</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, t.i.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D138C2" w:rsidP="00122E03" w14:paraId="1D198B79" w14:textId="06C14B23">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>apliecinājum</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00122E03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B624BF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>būvdarbu pabeigšanu un ēku nodošanu ekspluatācijā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t.i., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>akt</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>par būves pieņemšanu ekspluatācijā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5" w:rsidR="00753531">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Būvvaldes atbildīgās amatpersonas atzīmi par būvdarbu pabeigšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopiju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00444F46" w:rsidP="00122E03" w14:paraId="5C5120C3" w14:textId="474D5BED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>vai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B477CD" w:rsidRPr="00FE548D" w:rsidP="00122E03" w14:paraId="5B7E944E" w14:textId="61BE142D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>apliecinājum</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par ēku gatavību nodošanai ekspluatācijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00444F46" w:rsidP="00122E03" w14:paraId="1BF6F749" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B477CD" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="53B3CB1A" w14:textId="71A8CD46">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apliecinājumu par </w:t>
+      </w:r>
+      <w:r w:rsidR="006B607A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MK noteikumu Nr. 475 2. pielikumā noteiktā minimālā aprīkojuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošināšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dokumenta, kas apliecina aprīkojuma iegādi, piegādi vai uzstādīšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopiju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>piemēram, pieņemšanas-nodošanas aktu, stingrās uzskaites pavadzīmi vai citu dokumentu, kas nepārprotami apliecina, ka piegāde ir veikta un/vai pakalpojums ir saņemts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00444F46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B7453" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="3C9DC5EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00122E03" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="3B1109AC" w14:textId="6DB472F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. sagatavotu pārskatu par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B624BF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>izveidotajām pakalpojumu sniegšanas vietām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A924B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14029" w:type="dxa"/>
+        <w:tblW w:w="14313" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4248"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6805"/>
+        <w:gridCol w:w="569"/>
+        <w:gridCol w:w="931"/>
+        <w:gridCol w:w="763"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w14:paraId="3CE5D278" w14:textId="77777777" w:rsidTr="00E41B01">
+      <w:tr w14:paraId="240C054C" w14:textId="77777777" w:rsidTr="00F114B0">
         <w:tblPrEx>
-          <w:tblW w:w="14029" w:type="dxa"/>
+          <w:tblW w:w="14313" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="310"/>
+          <w:trHeight w:val="1045"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4248" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="64FD1CAC" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="5B1FA652" w14:textId="3431663E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D08D1">
+            <w:r w:rsidRPr="00A924B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Iesniedzamā informācija</w:t>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5" w:rsidR="0059277E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5" w:rsidR="0059277E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5" w:rsidR="0059277E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="5D41D4F0" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="000C753B" w14:paraId="716B1B5F" w14:textId="3BF624B7">
+            <w:pPr>
+              <w:ind w:left="-113" w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:iCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="003D08D1">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>KP VIS aizpildāmo datu lauku  nosaukums</w:t>
+              <w:t>Ēkas atrašanās vieta (adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="763" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="4192EEF4" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="393FEA02" w14:textId="7FF1FC56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk166494929"/>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ēkas platība (m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="07318D52" w14:textId="15E0856B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kopējā labiekārtotās teritorijas platība (m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00767E4C" w:rsidP="00767E4C" w14:paraId="7887921E" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MK noteikumu Nr. 475 4. punktā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00FE548D" w14:paraId="32576596" w14:textId="2887B06A">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-107"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>minēto mērķa grupas personu izmitināšanai paredzēto vietu skaits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="6BE0A0BE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ēkā pieejamais aprīkojuma saraksts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="00BB555A" w14:textId="2383872C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(pievienota datne)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="000C753B" w14:paraId="7A3CCDAB" w14:textId="21276E33">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finansējuma saņēmēja apstiprinājums, ka šīs personas būs investīcijas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>galasaņēmēji</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="000C753B" w14:paraId="7EE2DD85" w14:textId="3EA98E7F">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(pievienota datne)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00E903F6" w14:paraId="520A6973" w14:textId="451B3B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ēkā ieguldītais investīciju apmērs,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="4573F925" w14:textId="3A94470F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="414142"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kas nodrošina pāreju no institucionālās aprūpes uz vietējās kopienas nodrošinātu aprūpi pensijas vecuma personām (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003D08D1">
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:iCs/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Norādes par ietveramo informāciju </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="2EAFA9A6" w14:textId="54C50E8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apraksts, ka veiktie ieguldījumi atbilst Būvju vispārīgo prasību būvnormatīvā LBN 200-21 noteiktajām minimālajām vides pieejamības prasībām un ministrijas izstrādātajiem labās prakses ieteikumiem vides </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>piekļūstamības</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nodrošināšanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="326242E5" w14:textId="77777777" w:rsidTr="00E41B01">
+      <w:tr w14:paraId="6F1F60AC" w14:textId="77777777" w:rsidTr="00F114B0">
         <w:tblPrEx>
-          <w:tblW w:w="14029" w:type="dxa"/>
+          <w:tblW w:w="14313" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="310"/>
+          <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14029" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="57C8188A" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="75F09057" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
-[...114 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="52B4BE1D" w14:textId="78726AF3">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="43C2BFD0" w14:textId="683C8CC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...34 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="763" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="7AEE3B5E" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="1A75A040" w14:textId="35060A37">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...38 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="53F19D54" w14:textId="4752C864">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="1896CAE9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...34 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="772D6F9C" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="1B79CC5B" w14:textId="130742B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...38 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="4E1FF804" w14:textId="6A45B62E">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="202F11F3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...34 lines deleted...]
-            </w:r>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="3B7AA106" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="593540C1" w14:textId="2DC6015D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...515 lines deleted...]
-                <w:iCs/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="421F822B" w14:textId="223E94FE">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="61845B22" w14:textId="73A560AD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kopējais finansējuma apmērs (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...52 lines deleted...]
-              <w:t>"</w:t>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:noWrap/>
+            <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="4DD17161" w14:textId="77777777">
-[...44 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="600FD8D2" w14:textId="7E417648">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ANM finansējuma apmērs (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Iepirkumu plāns</w:t>
-[...535 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E41B01" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="094440C1" w14:textId="2C78985D">
-[...54 lines deleted...]
-              <w:t>"</w:t>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="54BD8481" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pašvaldības/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="1931F322" w14:textId="0FFE6558">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>privātā finansējuma apmērs (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6805" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0051385E" w:rsidRPr="003D08D1" w:rsidP="0051385E" w14:paraId="1A74F0FA" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="7865A95E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="18"/>
-[...16 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="173AD3F5" w14:textId="77777777" w:rsidTr="00E41B01">
+      <w:tr w14:paraId="374E1D67" w14:textId="77777777" w:rsidTr="00F114B0">
         <w:tblPrEx>
-          <w:tblW w:w="14029" w:type="dxa"/>
-[...3213 lines deleted...]
-          <w:tblW w:w="13948" w:type="dxa"/>
+          <w:tblW w:w="14313" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="4502451D" w14:textId="77777777">
-[...20 lines deleted...]
-              <w:t>1.</w:t>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="218E5942" w14:textId="71DE0817">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcW w:w="931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="008746DC" w:rsidP="00E404D1" w14:paraId="211BF729" w14:textId="0B3C1B42">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="6D02FF1B" w14:textId="6FC7FA40">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
-                <w:noProof/>
-[...13 lines deleted...]
-              <w:t>Nr. 1234</w:t>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="032252BD" w14:textId="137C42D1">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="2701AF9D" w14:textId="55868722">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
-                <w:noProof/>
-[...68 lines deleted...]
-              <w:t>3260014027802</w:t>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="56CCD109" w14:textId="50E13182">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="653E6C96" w14:textId="002D60EB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
-                <w:noProof/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Mājokļa iekšējā vide (koridors un istaba). </w:t>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="576EFA00" w14:textId="67FA4879">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="06BAD6CE" w14:textId="4147E8AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
-                <w:noProof/>
-[...89 lines deleted...]
-            </w:pPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3358" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="07CDA234" w14:textId="2F18E520">
-[...251 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="798D12D2" w14:textId="10D5C348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>datne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2826" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="7639C217" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="4712DA2B" w14:textId="48D048FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>datne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="48298044" w14:textId="365E5170">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
-                <w:noProof/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 201 573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="56BB9497" w14:textId="7DE701E0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 819 612</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="0CA5E6B2" w14:textId="3D88AA81">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>381 961</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="055C9E11" w14:textId="3768CADE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ilgtermiņa aprūpes pakalpojumu saņemšanas infrastruktūra projektēta un veidota tā, ka ir nodrošinātas Būvju vispārīgo prasību būvnormatīvā LBN 200-21 noteiktās  minimālās vides pieejamības prasības cilvēkiem ar funkcionāliem traucējumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="59B672B1" w14:textId="523FC131">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Papildus īstenotas darbības papildus būvnormatīvā noteiktajam. Piemēram:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="475ADF45" w14:textId="5309923E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Attiecībā uz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>uzbrauktuvēm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - margas sniedzas 0,3 metri pāri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>uzbrauktuves</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sākumam un beigām un tās gali ir noapaļoti uz leju, ja margu rokturis ir pārtraukts. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Uzbrauktuves</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> margu sākums un beigas ir apzīmēti ar kontrastējošu joslu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="04343449" w14:textId="2AFFEA43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) Attiecībā uz skaņas, vizuālo un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>taktilo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> informāciju: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="1CB46767" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Ar kontrastējošu joslu apzīmēti ne tikai pirmais un pēdējais pakāpiens, bet ir apzīmēts katrs pakāpiens. Kāpņu margu sākums un beigas ir apzīmēti ar kontrastējošu joslu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="36F17FD2" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Telpas un evakuācijas plāns ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>taktils</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="52A7FB55" w14:textId="3CD70EC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- Ēka aprīkota ar indukcijas cilpas sistēmu, kas novērš blakus  trokšņu iedarbību un nodrošina atskaņošanu  personām ar dzirdes traucējumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="61C67C4E" w14:textId="6CCCA965">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) Ārpusē esošās kāpnes ir marķētas ar kontrastējošu un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pretslīdes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lenti.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="100603A3" w14:textId="028B6EDF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) Attiecībā uz gaiteņu, durvju, sienu ierīkošanu: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="02B8E7B8" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Durvis ir automātiskas vai ar atvēršanas pogu. Izejas durvju atvēršanas slodze ir mazāka par 2 kg. Durvis ir bez sliekšņa vai slieksnis ir mazāks par 1,5 cm un tas ir noapaļots. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="02D93C9D" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Ierīkoti atbalsta rokturi gaiteņos gar sienām 0,9 - 1,1 metru augstumā, kas atvieglo pārvietošanos cilvēkiem ar kustību un redzes traucējumiem. Kontrastējoši risinājumi gaiteņos. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="67BC6CC7" w14:textId="39124927">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- Galvenā ieeja ir pasargāta no lietus, sniega un vēja.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="60984E0B" w14:textId="3D556850">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5) Attiecībā uz sanitāri tehniskajām telpām:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="2F612FB5" w14:textId="608A16C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0060105B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Higiēnas telpā kušete ir ar elektriski regulējamu augstumu.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="47A89D7B" w14:textId="59965E02">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0060105B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Durvis higiēnas telpā ir automātiskas (ar kustības sensoru vai pogu). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="1725859E" w14:textId="49477386">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Ērti lietojama un ergonomiska furnitūra durvīm un aprīkojumam (nav  apaļu rokturu). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="3711FC5A" w14:textId="58720EFD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="0060105B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ir paredzēti kruķu turētāji. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="7F721AB8" w14:textId="79F33897">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0060105B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dušas telpas durvis  no iekšpuses ir aprīkotas ar rokturi visā durvju platumā (atvieglo durvju aizvēršanu cilvēkiem ar vāju satvērienu).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="169BA77C" w14:textId="26770D62">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Klozetpoda priekšā ir brīvs manevrēšanas laukums 1,5 x1,5 metri; tam vismaz vienā pusē 0,8 metru platumā ir brīva piekļuve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>riteņkrēsla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lietotājam, tā augšējās malas augstums (bez vāka) ir 0,45–0,47 metri.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="6C751025" w14:textId="53A6C752">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Pods ir aprīkots ar paceļamiem roku balstiem, kas uzstādīti ne augstāk kā 1,20 metru virs grīdas uz sānu sienas un izvirzīti ne vairāk kā 0,50 metru no sienas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="61F93BF3" w14:textId="7A4F7A60">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Zem izlietnes ir brīva vieta vismaz 0,7 metrus no grīdas līmeņa, izlietnes augšmalas augstums ir 0,80–0,85 metri no grīdas līmeņa. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="0851704E" w14:textId="3FF41499">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- Ir izveidotas divas palīdzības pogas (0,15 un 0,9 metru augstumā no grīdas), kas ir savienotas ar auklu un gaismas indikatoru personām ar kustību traucējumiem.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3D722629" w14:textId="20D7E1C5" w:rsidTr="00DA7818">
+      <w:tr w14:paraId="7483FB6F" w14:textId="77777777" w:rsidTr="00F114B0">
         <w:tblPrEx>
-          <w:tblW w:w="13948" w:type="dxa"/>
+          <w:tblW w:w="14313" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcW w:w="569" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="4B20E1E4" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="2F5B4D14" w14:textId="0DBD0A19">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcW w:w="931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="2EF69FC6" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="5CA8B3E8" w14:textId="7E5E80E5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adrese</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcW w:w="763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="4786B694" w14:textId="48E5B251">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="4F0ABB99" w14:textId="50ADCD9F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="161721F0" w14:textId="14C48834">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="69CBC122" w14:textId="758964E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="3EEF3DEE" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="48BD2C6A" w14:textId="5AF74255">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3358" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="7B27B5B0" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="18388CB1" w14:textId="4622F3D3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>datne</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2826" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7818" w:rsidRPr="003D08D1" w:rsidP="00E404D1" w14:paraId="14FD0E52" w14:textId="77777777">
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="1C5DAA0A" w14:textId="34180304">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="4D61FEA3" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="4372869C" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="1BA2EEE2" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="54B31045" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="29C1E00D" w14:textId="77777777" w:rsidTr="00F114B0">
+        <w:tblPrEx>
+          <w:tblW w:w="14313" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="017617C2" w14:textId="28391D7A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="2A7A224D" w14:textId="4F807046">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adrese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="763" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="2A82BFFD" w14:textId="5BB5ADDC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="750C0DFC" w14:textId="0C6AFD4B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="6A816029" w14:textId="789CD198">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="0614BD44" w14:textId="4EE35C8A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A924B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>datne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="005304CD" w14:textId="4C7A2CC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="73545AF0" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="0631AAA8" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="3A6CB4F1" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00D47922" w14:paraId="77664715" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001B3DE3" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="1ED2629B" w14:textId="77777777">
+    <w:p w:rsidR="00122E03" w:rsidRPr="00FE548D" w:rsidP="00122E03" w14:paraId="5DD21401" w14:textId="6A4F51B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-          <w:iCs/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Norādes par pārskatā ietveramo informāciju:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00990ADF" w:rsidRPr="003D08D1" w:rsidP="007439F4" w14:paraId="5F2ECB3C" w14:textId="6A6E26C6">
+    <w:p w:rsidR="00791901" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="7A56D94A" w14:textId="5A163940">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>N.p.k</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informācija sniedzama par katru ēku;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D44C02" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="65C74180" w14:textId="2F51203A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēkas atrašanās vieta (adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>norāda informāciju par ēkas adresi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D44C02" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="7D2981B9" w14:textId="4FB251FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00E903F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēkas platība kvadrātmetros (m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00E903F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00E903F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>norāda ēkas kopplatību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00086E7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, summējot visu telpu būves stāvos grīdas līmenī aizņemto platību līdz norobežojošo konstrukciju iekšējām virsmām.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00086E7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00086E7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ēkas kopējā platībā ieskaita, izdalot atsevišķi, neapkurināmu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00086E7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ārtelpu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00086E7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> platības – balkonu, lodžiju, terašu, lieveņu, nojumju, ekspluatējamo jumtu, atklātu galeriju platības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="003C6A28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00086E7F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00086E7F" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="08B66439" w14:textId="27F465A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00B064BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kopējā labiekārtotās teritorijas platība (m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norāda </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00044337">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ēkai funkcionāli piesaistītās zemes platību, kas labiekārtota, sniedzot iespējas klientu aktīvai brīvā laika pavadīšanai ārpus telpām (piemēram, celiņi pastaigām, soliņi, nojumes, iespēja darboties dārzā u. c.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00F114B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Ja kopējā ēkai funkcionāli piesaistītā zemes platība atšķiras no labiekārtotās platības,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00246D3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norāda kopējo platību, tai skaitā, labiekārtoto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00044337">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="004D5350">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E903F6" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="489E23AF" w14:textId="6EE4B2F5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MK noteikumu Nr. 475 4. punktā minēto mērķa grupas personu izmitināšanai paredzēto vietu skaits</w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00CA2AB5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norāda klientu vietu skaitu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00CA2AB5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>jaunizveidotajā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00CA2AB5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilgtermiņa aprūpes pakalpojumu saņemšanas infrastruktūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="006503A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0059277E" w:rsidRPr="00FE548D" w:rsidP="0059277E" w14:paraId="50FE4695" w14:textId="138E6504">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēkā pieejamais aprīkojums</w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pievieno sarakstu par ilgtermiņa aprūpes pakalpojumu saņemšanai nodrošināto materiāli tehnisko nodrošinājumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006503A1" w:rsidRPr="00FE548D" w:rsidP="00F33196" w14:paraId="04395014" w14:textId="41B941F5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finansējuma saņēmēja apstiprinājums, ka šīs personas būs investīcijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>galasaņēmēji</w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pievieno datni, kas satur finansējuma saņēmēja atbildīgās amatpersonas e-parakstītu apliecinājumu, ka infrastruktūra un tur izveidotais pakalpojums atbilstošs ilgtermiņa aprūpes pakalpojumam pensijas vecuma personām; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009445AA" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="1F954152" w14:textId="102C5E81">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēkā ieguldītais investīciju apmērs, kas nodrošina pāreju no institucionālās aprūpes uz vietējās kopienas nodrošinātu aprūpi pensijas vecuma personām</w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>norāda kopējo finansējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="006A2F30">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (noapaļojot līdz veseliem skaitļiem)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, kas ieguldīts infrastruktūras izveidei. Uzskaita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="007050F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izdevumus, kas saistīti ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="007050F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ilgtermiņa aprūpes pakalpojuma sniegšanas infrastruktūras pensijas vecuma personām izveidi (ar būvniecību saistītie izdevumi, teritorijas labiekārtošana, materiāli tehniskā nodrošinājuma iegāde)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00AC2303">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="002823FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00246D3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Finansējumam jāsakrīt ar projekta veidlapā norādīto</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5625">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, t.sk. sadalījumā pa finanšu avotiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00246D3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="002823FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ja ir iespējams, norāda ieguldīto finansējumu katrai ēkai, ja tāda uzskaite nav veikta, ieguldīto finansējumu norāda vienā rindā (attiecināmu uz visām ēkām)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00C4573D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00141B77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A7001F" w:rsidRPr="00FE548D" w:rsidP="005D1A5A" w14:paraId="1B44B9D6" w14:textId="3EB9194E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apraksts, ka veiktie ieguldījumi atbilst Būvju vispārīgo prasību būvnormatīvā LBN 200-21 noteiktajām minimālajām vides pieejamības prasībām un ministrijas izstrādātajiem labās prakses ieteikumiem vides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>piekļūstamības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošināšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00130A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="002D27F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informāciju sniedz aprakstošā veidā, norādot kā nodrošināta vides un informācijas pieejamību atbilstoši būvnormatīvos noteiktajām vides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="002D27F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>piekļūstamības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="002D27F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasībām, iekļaujošā dizaina principiem, skaidrojot vai vide ir mērķa grupas personām, it īpaši personām ar invaliditāti (ieteikumi iekļaujošas vides veidošanai pieejami šeit:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00FE548D" w:rsidR="00AC2303">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:bCs/>
+            <w:i/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="002D27F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE2418" w:rsidRPr="00A924B5" w:rsidP="00CE2418" w14:paraId="2AA41486" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D08D1">
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009D2331" w:rsidRPr="003D08D1" w:rsidP="00943C71" w14:paraId="21379C8F" w14:textId="0212B560">
+    <w:p w:rsidR="00556B9D" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="0A8A8431" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
-          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D08D1">
-[...168 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C82C73" w:rsidP="009C4EBB" w14:paraId="6EE31BDC" w14:textId="79B2F7D7">
+    <w:p w:rsidR="00556B9D" w:rsidRPr="00A924B5" w:rsidP="00556B9D" w14:paraId="379047C6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00556B9D" w:rsidRPr="00A924B5" w:rsidP="00556B9D" w14:paraId="351E5963" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003320E5" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="5D268E69" w14:textId="4F04E9CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
-          <w:i/>
-[...1267 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00E415F1">
-      <w:footerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1135" w:right="1440" w:bottom="1135" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00976E2F" w14:paraId="44BCE64F" w14:textId="4F125AF8">
-[...3 lines deleted...]
-  </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00976E2F" w14:paraId="26BF55A4" w14:textId="77777777">
-[...6 lines deleted...]
-  </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="001E6CBF" w:rsidP="00C07FEB" w14:paraId="1FBE35A0" w14:textId="77777777">
+    <w:p w:rsidR="00787332" w:rsidP="00C07FEB" w14:paraId="0F50F81E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="001E6CBF" w:rsidP="00C07FEB" w14:paraId="4E60D2D3" w14:textId="77777777">
+    <w:p w:rsidR="00787332" w:rsidP="00C07FEB" w14:paraId="5182ACCA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00B701B4" w:rsidRPr="00E72B03" w:rsidP="00812E03" w14:paraId="61160C7C" w14:textId="0BB342E5">
+    <w:p w:rsidR="00632355" w:rsidRPr="00FE548D" w:rsidP="00216FF8" w14:paraId="00EB3A85" w14:textId="75489688">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E04162">
+      <w:r w:rsidRPr="00FE548D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E04162">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E72B03" w:rsidR="00E41B01">
-[...67 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="0059277E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministru kabineta (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="0059277E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00323688">
-[...30 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00C348BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>22.08.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2023. noteikumi Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00C348BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 475 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 3.1. reformu un investīciju virziena </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reģionālā politika</w:t>
       </w:r>
-      <w:r w:rsidR="00323688">
-[...101 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2. reformas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sociālo un nodarbinātības pakalpojumu pieejamība minimālo ienākumu reformas atbalstam</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2.3.i. investīcijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ilgstošas sociālās aprūpes pakalpojuma noturība un nepārtrauktība: jaunu ģimeniskai videi pietuvinātu aprūpes pakalpojumu sniedzēju attīstība pensijas vecuma personām</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otrās kārtas īstenošanas un uzraudzības noteikumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B477CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – MK noteikumi Nr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E72B03" w:rsidR="00C0702E">
-[...28 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00FE548D" w:rsidR="00C348BC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> 475</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="005462A3" w:rsidRPr="00E72B03" w:rsidP="00812E03" w14:paraId="25E9DE12" w14:textId="1BD97351">
+    <w:p w:rsidR="00444F46" w:rsidRPr="00E16E40" w:rsidP="00444F46" w14:paraId="1D6418C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C64AF">
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00E16E40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="002C64AF">
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00E16E40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk144206467"/>
-[...95 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00E16E40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16E40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC2056" w:rsidR="007F4ADC">
-[...187 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidRPr="00E16E40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">02.09.2014. noteikumi Nr. 529 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16E40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēku būvnoteikumi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="005462A3" w:rsidRPr="00E72B03" w:rsidP="00812E03" w14:paraId="17F91708" w14:textId="3E1791F6">
-[...154 lines deleted...]
-    <w:p w:rsidR="000D254B" w:rsidRPr="00067A67" w:rsidP="009C4506" w14:paraId="49F5541D" w14:textId="7BA134BD">
+    <w:p w:rsidR="00F114B0" w:rsidRPr="00FE548D" w:rsidP="00216FF8" w14:paraId="60EB7CEE" w14:textId="46EEAAA1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C64AF">
+      <w:r w:rsidRPr="00FE548D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="002C64AF">
-[...219 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00FE548D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Informāciju par katru ēku jānorāda atsevišķi</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="017B7043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34BC5A84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
@@ -9457,695 +5725,594 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="46C06E84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6E2A9A9E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F57C76"/>
     <w:rsid w:val="00004011"/>
     <w:rsid w:val="00005A64"/>
     <w:rsid w:val="00013A95"/>
     <w:rsid w:val="0001751A"/>
     <w:rsid w:val="00020F33"/>
-    <w:rsid w:val="000223F8"/>
     <w:rsid w:val="00023270"/>
     <w:rsid w:val="00023D8A"/>
+    <w:rsid w:val="000259AB"/>
     <w:rsid w:val="000277E0"/>
     <w:rsid w:val="00030A41"/>
     <w:rsid w:val="0003148A"/>
     <w:rsid w:val="00036120"/>
-    <w:rsid w:val="0003753F"/>
-    <w:rsid w:val="000409CC"/>
     <w:rsid w:val="00042A73"/>
+    <w:rsid w:val="00044337"/>
     <w:rsid w:val="000547A9"/>
     <w:rsid w:val="00057F98"/>
-    <w:rsid w:val="00060846"/>
-    <w:rsid w:val="0006258A"/>
     <w:rsid w:val="00062DAD"/>
-    <w:rsid w:val="00063329"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00067A67"/>
     <w:rsid w:val="000713A0"/>
-    <w:rsid w:val="000717FA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0008592B"/>
+    <w:rsid w:val="00086E7F"/>
     <w:rsid w:val="000904B3"/>
     <w:rsid w:val="000912C1"/>
-    <w:rsid w:val="000947E0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B21F6"/>
+    <w:rsid w:val="0009754E"/>
     <w:rsid w:val="000B291F"/>
-    <w:rsid w:val="000B2E6E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="000C2B63"/>
+    <w:rsid w:val="000B2A84"/>
     <w:rsid w:val="000C3A40"/>
+    <w:rsid w:val="000C753B"/>
     <w:rsid w:val="000D1B65"/>
     <w:rsid w:val="000D254B"/>
     <w:rsid w:val="000D326B"/>
-    <w:rsid w:val="000E4D34"/>
     <w:rsid w:val="000E52F4"/>
+    <w:rsid w:val="000E565D"/>
     <w:rsid w:val="000E7A2F"/>
     <w:rsid w:val="000E7D47"/>
-    <w:rsid w:val="000F3C27"/>
-    <w:rsid w:val="001072B9"/>
+    <w:rsid w:val="000F2BB1"/>
+    <w:rsid w:val="00104C23"/>
     <w:rsid w:val="00107341"/>
-    <w:rsid w:val="00122EFF"/>
-    <w:rsid w:val="0012372C"/>
+    <w:rsid w:val="001120F5"/>
+    <w:rsid w:val="00121E60"/>
+    <w:rsid w:val="00122E03"/>
     <w:rsid w:val="00125B59"/>
+    <w:rsid w:val="00130A69"/>
     <w:rsid w:val="00135BED"/>
     <w:rsid w:val="001371C2"/>
+    <w:rsid w:val="00137450"/>
+    <w:rsid w:val="00141B77"/>
     <w:rsid w:val="00142C94"/>
     <w:rsid w:val="00142DA4"/>
     <w:rsid w:val="00143D70"/>
     <w:rsid w:val="0014663E"/>
-    <w:rsid w:val="0015191C"/>
     <w:rsid w:val="00151A0B"/>
-    <w:rsid w:val="0015272C"/>
     <w:rsid w:val="00164FC7"/>
     <w:rsid w:val="001656DF"/>
     <w:rsid w:val="00167E01"/>
-    <w:rsid w:val="001705EE"/>
     <w:rsid w:val="00172351"/>
-    <w:rsid w:val="00182759"/>
+    <w:rsid w:val="0019250C"/>
     <w:rsid w:val="00196870"/>
-    <w:rsid w:val="00196DA3"/>
     <w:rsid w:val="00197DD3"/>
-    <w:rsid w:val="001A52D0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001C0FF8"/>
     <w:rsid w:val="001C409F"/>
     <w:rsid w:val="001C40A7"/>
-    <w:rsid w:val="001C5E17"/>
     <w:rsid w:val="001D2400"/>
     <w:rsid w:val="001D3614"/>
     <w:rsid w:val="001D54D1"/>
     <w:rsid w:val="001D5CFD"/>
-    <w:rsid w:val="001D6515"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001F2E9D"/>
+    <w:rsid w:val="001E4FFD"/>
     <w:rsid w:val="001F66E1"/>
-    <w:rsid w:val="00204796"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002240D5"/>
+    <w:rsid w:val="00216FF8"/>
+    <w:rsid w:val="00217DF8"/>
     <w:rsid w:val="00224685"/>
-    <w:rsid w:val="002250B2"/>
     <w:rsid w:val="00241711"/>
-    <w:rsid w:val="00242249"/>
+    <w:rsid w:val="00246D3C"/>
     <w:rsid w:val="00253FAF"/>
-    <w:rsid w:val="00255414"/>
     <w:rsid w:val="00262243"/>
-    <w:rsid w:val="00266967"/>
-    <w:rsid w:val="00273CB6"/>
+    <w:rsid w:val="00263B0D"/>
+    <w:rsid w:val="002643F9"/>
     <w:rsid w:val="0027530F"/>
     <w:rsid w:val="0027604D"/>
+    <w:rsid w:val="002823FD"/>
     <w:rsid w:val="00282EDE"/>
+    <w:rsid w:val="002849A1"/>
     <w:rsid w:val="002929FE"/>
-    <w:rsid w:val="00292CEF"/>
-    <w:rsid w:val="002938F5"/>
     <w:rsid w:val="002976E5"/>
     <w:rsid w:val="00297CEA"/>
-    <w:rsid w:val="002A03DA"/>
-    <w:rsid w:val="002A53E2"/>
     <w:rsid w:val="002C4A6F"/>
-    <w:rsid w:val="002C64AF"/>
-    <w:rsid w:val="002C7CF9"/>
+    <w:rsid w:val="002C4CE6"/>
     <w:rsid w:val="002D169C"/>
+    <w:rsid w:val="002D27F1"/>
     <w:rsid w:val="002D73A4"/>
     <w:rsid w:val="002E1138"/>
     <w:rsid w:val="002E5403"/>
     <w:rsid w:val="002E6028"/>
+    <w:rsid w:val="002F223C"/>
     <w:rsid w:val="002F4096"/>
-    <w:rsid w:val="00300830"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0033084C"/>
     <w:rsid w:val="003320E5"/>
+    <w:rsid w:val="003327EB"/>
     <w:rsid w:val="00334DAA"/>
-    <w:rsid w:val="00346FE1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0036040D"/>
     <w:rsid w:val="00366C89"/>
     <w:rsid w:val="00367850"/>
     <w:rsid w:val="00371AB0"/>
+    <w:rsid w:val="003730E9"/>
     <w:rsid w:val="00374542"/>
-    <w:rsid w:val="003757C2"/>
-    <w:rsid w:val="00375F8C"/>
+    <w:rsid w:val="0037745B"/>
     <w:rsid w:val="00380E59"/>
     <w:rsid w:val="00394AD0"/>
-    <w:rsid w:val="003A0B6C"/>
+    <w:rsid w:val="003A4AA0"/>
     <w:rsid w:val="003B20D2"/>
-    <w:rsid w:val="003B39F3"/>
     <w:rsid w:val="003B4A02"/>
-    <w:rsid w:val="003C7415"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003D12F4"/>
+    <w:rsid w:val="003C2881"/>
+    <w:rsid w:val="003C5949"/>
+    <w:rsid w:val="003C6A28"/>
     <w:rsid w:val="003D268C"/>
-    <w:rsid w:val="003D2E78"/>
     <w:rsid w:val="003D405F"/>
     <w:rsid w:val="003D6CCB"/>
-    <w:rsid w:val="003D7FEB"/>
     <w:rsid w:val="003E06A6"/>
-    <w:rsid w:val="003F3C49"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0040293D"/>
     <w:rsid w:val="00403786"/>
-    <w:rsid w:val="004137BF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004152B9"/>
+    <w:rsid w:val="004122D3"/>
     <w:rsid w:val="00415326"/>
-    <w:rsid w:val="004232C2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00442784"/>
+    <w:rsid w:val="00433E49"/>
+    <w:rsid w:val="0044086A"/>
+    <w:rsid w:val="00444F46"/>
+    <w:rsid w:val="0045081B"/>
     <w:rsid w:val="00457468"/>
     <w:rsid w:val="004640A6"/>
-    <w:rsid w:val="0046692D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00484C41"/>
+    <w:rsid w:val="00473F03"/>
     <w:rsid w:val="00485791"/>
-    <w:rsid w:val="0049025D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004B3E40"/>
+    <w:rsid w:val="00496D02"/>
+    <w:rsid w:val="004A385D"/>
     <w:rsid w:val="004B5C3A"/>
+    <w:rsid w:val="004B6957"/>
+    <w:rsid w:val="004B7453"/>
+    <w:rsid w:val="004C3589"/>
     <w:rsid w:val="004C4FC7"/>
-    <w:rsid w:val="004D405D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004F4180"/>
+    <w:rsid w:val="004C59A0"/>
+    <w:rsid w:val="004D024D"/>
+    <w:rsid w:val="004D5350"/>
     <w:rsid w:val="004F6A09"/>
-    <w:rsid w:val="00507ACC"/>
-    <w:rsid w:val="00510657"/>
     <w:rsid w:val="00512CAE"/>
-    <w:rsid w:val="0051385E"/>
-    <w:rsid w:val="00515EC4"/>
+    <w:rsid w:val="00512EFD"/>
     <w:rsid w:val="00522A49"/>
-    <w:rsid w:val="00525195"/>
-    <w:rsid w:val="00531870"/>
+    <w:rsid w:val="00524B3C"/>
     <w:rsid w:val="00532CEE"/>
     <w:rsid w:val="00532D45"/>
-    <w:rsid w:val="005341EC"/>
-    <w:rsid w:val="00541ED8"/>
+    <w:rsid w:val="00535D59"/>
     <w:rsid w:val="00542AEE"/>
     <w:rsid w:val="00542B3E"/>
     <w:rsid w:val="005462A3"/>
-    <w:rsid w:val="00547744"/>
-    <w:rsid w:val="00552593"/>
     <w:rsid w:val="00552FFD"/>
     <w:rsid w:val="0055652C"/>
+    <w:rsid w:val="00556B9D"/>
+    <w:rsid w:val="0056170A"/>
     <w:rsid w:val="005625C9"/>
     <w:rsid w:val="00570307"/>
-    <w:rsid w:val="00577507"/>
     <w:rsid w:val="00577E76"/>
     <w:rsid w:val="005801EB"/>
-    <w:rsid w:val="00580E19"/>
-    <w:rsid w:val="0058524B"/>
     <w:rsid w:val="00590675"/>
-    <w:rsid w:val="00593496"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00597AEB"/>
+    <w:rsid w:val="0059277E"/>
     <w:rsid w:val="005A34CA"/>
     <w:rsid w:val="005A6F52"/>
-    <w:rsid w:val="005C02CB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005E0BF5"/>
+    <w:rsid w:val="005C0C4A"/>
+    <w:rsid w:val="005D1A5A"/>
     <w:rsid w:val="005E3A8E"/>
-    <w:rsid w:val="005E7F4C"/>
     <w:rsid w:val="005F09B3"/>
     <w:rsid w:val="005F1E3D"/>
-    <w:rsid w:val="005F2772"/>
     <w:rsid w:val="005F5BA3"/>
-    <w:rsid w:val="005F7929"/>
     <w:rsid w:val="0060011C"/>
+    <w:rsid w:val="0060105B"/>
     <w:rsid w:val="006063EA"/>
     <w:rsid w:val="00606A1C"/>
-    <w:rsid w:val="006141F5"/>
     <w:rsid w:val="00621507"/>
     <w:rsid w:val="006252D7"/>
-    <w:rsid w:val="006268B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00645137"/>
+    <w:rsid w:val="00632355"/>
+    <w:rsid w:val="006503A1"/>
     <w:rsid w:val="00653F0C"/>
     <w:rsid w:val="0065561F"/>
+    <w:rsid w:val="00657E9D"/>
     <w:rsid w:val="006650CC"/>
-    <w:rsid w:val="00666E88"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00672853"/>
     <w:rsid w:val="00685845"/>
-    <w:rsid w:val="0069165E"/>
+    <w:rsid w:val="00686BCF"/>
     <w:rsid w:val="00691CD5"/>
-    <w:rsid w:val="0069387E"/>
     <w:rsid w:val="00696B20"/>
     <w:rsid w:val="00696F7A"/>
-    <w:rsid w:val="006B4CCD"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006C6C17"/>
+    <w:rsid w:val="006A2F30"/>
+    <w:rsid w:val="006B607A"/>
     <w:rsid w:val="006D3950"/>
     <w:rsid w:val="006D6B56"/>
-    <w:rsid w:val="006E2699"/>
-    <w:rsid w:val="006E2C9B"/>
     <w:rsid w:val="006E33D9"/>
-    <w:rsid w:val="006E3622"/>
-    <w:rsid w:val="006F1767"/>
     <w:rsid w:val="006F2A33"/>
-    <w:rsid w:val="006F34DA"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0071766A"/>
+    <w:rsid w:val="007050F9"/>
+    <w:rsid w:val="0070608B"/>
     <w:rsid w:val="0072109B"/>
-    <w:rsid w:val="00725A73"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007439F4"/>
     <w:rsid w:val="00745A7C"/>
     <w:rsid w:val="00747333"/>
+    <w:rsid w:val="00753531"/>
     <w:rsid w:val="00754322"/>
     <w:rsid w:val="00755230"/>
-    <w:rsid w:val="00764667"/>
-    <w:rsid w:val="00764A50"/>
     <w:rsid w:val="007664DD"/>
     <w:rsid w:val="00767A46"/>
-    <w:rsid w:val="00771C7E"/>
-    <w:rsid w:val="00782AB2"/>
+    <w:rsid w:val="00767E4C"/>
+    <w:rsid w:val="00786F85"/>
     <w:rsid w:val="00787332"/>
     <w:rsid w:val="00787E47"/>
     <w:rsid w:val="00791901"/>
     <w:rsid w:val="007A285E"/>
-    <w:rsid w:val="007B0168"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C37E5"/>
+    <w:rsid w:val="007A5671"/>
     <w:rsid w:val="007C78AA"/>
-    <w:rsid w:val="007D2F2C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007F4ADC"/>
+    <w:rsid w:val="007D1D29"/>
     <w:rsid w:val="007F5FF0"/>
     <w:rsid w:val="007F76CF"/>
-    <w:rsid w:val="00812E03"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008174A5"/>
+    <w:rsid w:val="008161C5"/>
     <w:rsid w:val="00825A9A"/>
-    <w:rsid w:val="00835744"/>
     <w:rsid w:val="008475B4"/>
-    <w:rsid w:val="008547AD"/>
     <w:rsid w:val="008548C4"/>
-    <w:rsid w:val="0085613D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00857158"/>
     <w:rsid w:val="0086680D"/>
-    <w:rsid w:val="008676D9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00890D0A"/>
+    <w:rsid w:val="008701E4"/>
+    <w:rsid w:val="00883B18"/>
     <w:rsid w:val="00893166"/>
     <w:rsid w:val="00897644"/>
-    <w:rsid w:val="008A0132"/>
-    <w:rsid w:val="008A052C"/>
     <w:rsid w:val="008A63B8"/>
     <w:rsid w:val="008B646B"/>
-    <w:rsid w:val="008B7676"/>
     <w:rsid w:val="008B76C7"/>
-    <w:rsid w:val="008C42C2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="008E0B9A"/>
+    <w:rsid w:val="008E09AA"/>
     <w:rsid w:val="008E2E99"/>
     <w:rsid w:val="008E5D18"/>
-    <w:rsid w:val="008F437D"/>
-    <w:rsid w:val="008F4B3E"/>
+    <w:rsid w:val="008F26A9"/>
     <w:rsid w:val="008F6D87"/>
-    <w:rsid w:val="008F7275"/>
     <w:rsid w:val="00901B32"/>
     <w:rsid w:val="00905A4C"/>
     <w:rsid w:val="00905CDF"/>
-    <w:rsid w:val="009103DA"/>
     <w:rsid w:val="009158C8"/>
     <w:rsid w:val="009254AF"/>
-    <w:rsid w:val="00927243"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00976E2F"/>
+    <w:rsid w:val="009445AA"/>
     <w:rsid w:val="00982B4A"/>
-    <w:rsid w:val="00987E12"/>
     <w:rsid w:val="00990ADF"/>
     <w:rsid w:val="00991BA8"/>
     <w:rsid w:val="00993029"/>
-    <w:rsid w:val="00994187"/>
-    <w:rsid w:val="009A1A1B"/>
     <w:rsid w:val="009A4834"/>
+    <w:rsid w:val="009A666C"/>
     <w:rsid w:val="009B594A"/>
-    <w:rsid w:val="009C1568"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C4EBB"/>
     <w:rsid w:val="009C6C1D"/>
     <w:rsid w:val="009C6D7E"/>
-    <w:rsid w:val="009D2331"/>
+    <w:rsid w:val="009E0915"/>
     <w:rsid w:val="009E1F1B"/>
-    <w:rsid w:val="009E1F42"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E4D05"/>
     <w:rsid w:val="009F0FBA"/>
     <w:rsid w:val="009F6456"/>
-    <w:rsid w:val="009F6DBF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A05EEA"/>
+    <w:rsid w:val="009F7309"/>
+    <w:rsid w:val="00A01BE1"/>
     <w:rsid w:val="00A112A6"/>
     <w:rsid w:val="00A15798"/>
     <w:rsid w:val="00A2003E"/>
-    <w:rsid w:val="00A20AA7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A238FE"/>
+    <w:rsid w:val="00A23CE4"/>
     <w:rsid w:val="00A27871"/>
-    <w:rsid w:val="00A333FD"/>
-    <w:rsid w:val="00A3369B"/>
     <w:rsid w:val="00A424DA"/>
     <w:rsid w:val="00A47FFD"/>
     <w:rsid w:val="00A5498D"/>
-    <w:rsid w:val="00A573BA"/>
     <w:rsid w:val="00A5791C"/>
     <w:rsid w:val="00A62BD4"/>
-    <w:rsid w:val="00A7128E"/>
+    <w:rsid w:val="00A6700A"/>
+    <w:rsid w:val="00A7001F"/>
     <w:rsid w:val="00A73E2A"/>
     <w:rsid w:val="00A81EBB"/>
-    <w:rsid w:val="00A82CC5"/>
     <w:rsid w:val="00A82FBB"/>
-    <w:rsid w:val="00A84F31"/>
-    <w:rsid w:val="00A86B9F"/>
     <w:rsid w:val="00A86BFA"/>
     <w:rsid w:val="00A91797"/>
-    <w:rsid w:val="00A92E2C"/>
+    <w:rsid w:val="00A924B5"/>
     <w:rsid w:val="00A944D7"/>
-    <w:rsid w:val="00A95819"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB2131"/>
     <w:rsid w:val="00AB5C8F"/>
-    <w:rsid w:val="00AC6734"/>
-    <w:rsid w:val="00AD1327"/>
+    <w:rsid w:val="00AC2303"/>
+    <w:rsid w:val="00AC32BC"/>
+    <w:rsid w:val="00AC4C5B"/>
+    <w:rsid w:val="00AD6194"/>
     <w:rsid w:val="00AE136B"/>
-    <w:rsid w:val="00AE15BD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE465B"/>
     <w:rsid w:val="00AE69D6"/>
-    <w:rsid w:val="00AF260A"/>
-    <w:rsid w:val="00AF4DF6"/>
+    <w:rsid w:val="00AF0278"/>
     <w:rsid w:val="00AF631B"/>
     <w:rsid w:val="00AF7174"/>
     <w:rsid w:val="00B02D31"/>
     <w:rsid w:val="00B05C54"/>
-    <w:rsid w:val="00B068CE"/>
+    <w:rsid w:val="00B064BA"/>
     <w:rsid w:val="00B31969"/>
+    <w:rsid w:val="00B32D4A"/>
     <w:rsid w:val="00B362ED"/>
     <w:rsid w:val="00B40DD2"/>
     <w:rsid w:val="00B45792"/>
-    <w:rsid w:val="00B46DA1"/>
+    <w:rsid w:val="00B477CD"/>
     <w:rsid w:val="00B52240"/>
-    <w:rsid w:val="00B549CF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B6661E"/>
+    <w:rsid w:val="00B624BF"/>
     <w:rsid w:val="00B701B4"/>
-    <w:rsid w:val="00B72168"/>
     <w:rsid w:val="00B722AF"/>
     <w:rsid w:val="00B72F9C"/>
     <w:rsid w:val="00B74C43"/>
-    <w:rsid w:val="00B81FCE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B94EFD"/>
+    <w:rsid w:val="00B811DF"/>
+    <w:rsid w:val="00B8430A"/>
+    <w:rsid w:val="00B85C2F"/>
     <w:rsid w:val="00B95D06"/>
-    <w:rsid w:val="00BA1116"/>
     <w:rsid w:val="00BA5678"/>
-    <w:rsid w:val="00BA6ADE"/>
     <w:rsid w:val="00BA6C49"/>
-    <w:rsid w:val="00BA6CF4"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00BD0589"/>
+    <w:rsid w:val="00BA7CDA"/>
+    <w:rsid w:val="00BC5199"/>
     <w:rsid w:val="00BD2843"/>
-    <w:rsid w:val="00BD3546"/>
     <w:rsid w:val="00BE0D18"/>
-    <w:rsid w:val="00BE54D5"/>
     <w:rsid w:val="00BE6B67"/>
     <w:rsid w:val="00BF1B1E"/>
-    <w:rsid w:val="00BF4DCA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C0702E"/>
+    <w:rsid w:val="00BF7CBB"/>
     <w:rsid w:val="00C071E6"/>
     <w:rsid w:val="00C07FEB"/>
     <w:rsid w:val="00C10B76"/>
     <w:rsid w:val="00C11419"/>
     <w:rsid w:val="00C11D96"/>
-    <w:rsid w:val="00C216DB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C4180E"/>
+    <w:rsid w:val="00C22868"/>
+    <w:rsid w:val="00C348BC"/>
+    <w:rsid w:val="00C36D3E"/>
+    <w:rsid w:val="00C4573D"/>
+    <w:rsid w:val="00C5138D"/>
     <w:rsid w:val="00C525D7"/>
-    <w:rsid w:val="00C62B6D"/>
+    <w:rsid w:val="00C60265"/>
     <w:rsid w:val="00C6302B"/>
     <w:rsid w:val="00C662C2"/>
+    <w:rsid w:val="00C73622"/>
+    <w:rsid w:val="00C73CE9"/>
     <w:rsid w:val="00C7431C"/>
-    <w:rsid w:val="00C7634D"/>
-    <w:rsid w:val="00C76D60"/>
     <w:rsid w:val="00C81674"/>
     <w:rsid w:val="00C826AD"/>
-    <w:rsid w:val="00C82C73"/>
     <w:rsid w:val="00C84E9B"/>
-    <w:rsid w:val="00C91914"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C96316"/>
     <w:rsid w:val="00C9732C"/>
+    <w:rsid w:val="00C97CC1"/>
+    <w:rsid w:val="00CA2AB5"/>
+    <w:rsid w:val="00CA44EA"/>
     <w:rsid w:val="00CB754D"/>
     <w:rsid w:val="00CC2E66"/>
-    <w:rsid w:val="00CC6201"/>
-    <w:rsid w:val="00CD0D54"/>
     <w:rsid w:val="00CD10E9"/>
-    <w:rsid w:val="00CD26E1"/>
-    <w:rsid w:val="00CD6DAD"/>
     <w:rsid w:val="00CE0EDB"/>
-    <w:rsid w:val="00CE11DE"/>
+    <w:rsid w:val="00CE2418"/>
     <w:rsid w:val="00CE5055"/>
-    <w:rsid w:val="00CF180C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D00271"/>
     <w:rsid w:val="00D006F4"/>
     <w:rsid w:val="00D019C0"/>
-    <w:rsid w:val="00D03EFE"/>
-    <w:rsid w:val="00D06728"/>
+    <w:rsid w:val="00D138C2"/>
     <w:rsid w:val="00D1723F"/>
-    <w:rsid w:val="00D20DF9"/>
     <w:rsid w:val="00D21CE5"/>
+    <w:rsid w:val="00D2541F"/>
     <w:rsid w:val="00D260F8"/>
     <w:rsid w:val="00D27FDA"/>
-    <w:rsid w:val="00D30240"/>
     <w:rsid w:val="00D321DF"/>
     <w:rsid w:val="00D3295D"/>
     <w:rsid w:val="00D433F3"/>
+    <w:rsid w:val="00D44C02"/>
     <w:rsid w:val="00D45850"/>
     <w:rsid w:val="00D45878"/>
-    <w:rsid w:val="00D4673B"/>
     <w:rsid w:val="00D4706A"/>
-    <w:rsid w:val="00D5006E"/>
-    <w:rsid w:val="00D52962"/>
+    <w:rsid w:val="00D47922"/>
     <w:rsid w:val="00D52A94"/>
     <w:rsid w:val="00D57ED9"/>
-    <w:rsid w:val="00D60B4A"/>
     <w:rsid w:val="00D67332"/>
     <w:rsid w:val="00D87386"/>
-    <w:rsid w:val="00D93CFD"/>
     <w:rsid w:val="00D9407D"/>
-    <w:rsid w:val="00D9487C"/>
     <w:rsid w:val="00DA0508"/>
-    <w:rsid w:val="00DA34F8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DA786E"/>
     <w:rsid w:val="00DB0A06"/>
-    <w:rsid w:val="00DB3801"/>
     <w:rsid w:val="00DC0948"/>
     <w:rsid w:val="00DC1668"/>
-    <w:rsid w:val="00DC19F6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DD2594"/>
     <w:rsid w:val="00DD2744"/>
     <w:rsid w:val="00DD2B98"/>
-    <w:rsid w:val="00DE05BD"/>
-    <w:rsid w:val="00E04162"/>
+    <w:rsid w:val="00DE1F55"/>
+    <w:rsid w:val="00DF5E17"/>
     <w:rsid w:val="00E0520B"/>
-    <w:rsid w:val="00E07520"/>
+    <w:rsid w:val="00E16E40"/>
     <w:rsid w:val="00E223CE"/>
     <w:rsid w:val="00E225B9"/>
     <w:rsid w:val="00E255A6"/>
     <w:rsid w:val="00E25ECC"/>
-    <w:rsid w:val="00E31194"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E36424"/>
     <w:rsid w:val="00E36E67"/>
-    <w:rsid w:val="00E3708A"/>
-    <w:rsid w:val="00E404D1"/>
     <w:rsid w:val="00E40F62"/>
     <w:rsid w:val="00E415F1"/>
     <w:rsid w:val="00E41B01"/>
-    <w:rsid w:val="00E41E8B"/>
     <w:rsid w:val="00E4622A"/>
-    <w:rsid w:val="00E5019A"/>
-    <w:rsid w:val="00E50E52"/>
     <w:rsid w:val="00E522C8"/>
+    <w:rsid w:val="00E5635F"/>
     <w:rsid w:val="00E573BC"/>
     <w:rsid w:val="00E65FA9"/>
-    <w:rsid w:val="00E66A3C"/>
     <w:rsid w:val="00E66A52"/>
-    <w:rsid w:val="00E72B03"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E92D9F"/>
+    <w:rsid w:val="00E83AFF"/>
+    <w:rsid w:val="00E903F6"/>
     <w:rsid w:val="00EA39DE"/>
-    <w:rsid w:val="00EA6E56"/>
+    <w:rsid w:val="00EA5625"/>
     <w:rsid w:val="00EB2EB2"/>
     <w:rsid w:val="00EC600F"/>
     <w:rsid w:val="00ED0DA1"/>
-    <w:rsid w:val="00ED35C7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF167C"/>
     <w:rsid w:val="00EF27AC"/>
     <w:rsid w:val="00EF4127"/>
     <w:rsid w:val="00EF5B32"/>
-    <w:rsid w:val="00F0786C"/>
-    <w:rsid w:val="00F10A27"/>
+    <w:rsid w:val="00EF74EC"/>
+    <w:rsid w:val="00EF7E45"/>
+    <w:rsid w:val="00F063DC"/>
+    <w:rsid w:val="00F114B0"/>
     <w:rsid w:val="00F12628"/>
     <w:rsid w:val="00F206B4"/>
     <w:rsid w:val="00F30558"/>
+    <w:rsid w:val="00F33196"/>
     <w:rsid w:val="00F36D0F"/>
-    <w:rsid w:val="00F50063"/>
     <w:rsid w:val="00F57C76"/>
     <w:rsid w:val="00F60BFD"/>
-    <w:rsid w:val="00F66AB9"/>
+    <w:rsid w:val="00F61A80"/>
+    <w:rsid w:val="00F628DE"/>
     <w:rsid w:val="00F72353"/>
-    <w:rsid w:val="00F76C89"/>
-    <w:rsid w:val="00F825E9"/>
     <w:rsid w:val="00F92D64"/>
     <w:rsid w:val="00F93213"/>
     <w:rsid w:val="00F95C6F"/>
-    <w:rsid w:val="00F979F9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FB22B0"/>
     <w:rsid w:val="00FB260C"/>
-    <w:rsid w:val="00FB7D0D"/>
     <w:rsid w:val="00FC0E6D"/>
-    <w:rsid w:val="00FD2674"/>
+    <w:rsid w:val="00FC1A6E"/>
     <w:rsid w:val="00FE1220"/>
     <w:rsid w:val="00FE19F1"/>
+    <w:rsid w:val="00FE4529"/>
+    <w:rsid w:val="00FE548D"/>
     <w:rsid w:val="00FF0B48"/>
     <w:rsid w:val="00FF28AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="08F21E97"/>
+  <w14:docId w14:val="3D620059"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{765038D8-5553-4BC4-9766-02E846C69A6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -10496,50 +6663,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B701B4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
@@ -10661,52 +6832,52 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00893166"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB754D"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana1">
-    <w:name w:val="Neatrisināta pieminēšana1"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB754D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00224685"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
@@ -10769,125 +6940,67 @@
     <w:rsid w:val="00D321DF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B701B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00672853"/>
+    <w:rsid w:val="00C22868"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...56 lines deleted...]
-    <w:rsid w:val="00A238FE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11154,65 +7267,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100787D81CC44191443BCE9A84915FD18C3" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="21026fbe3d385f5f8b7940c12a29f869">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17d041801d2414b2bf015265ce6c0c32" ns3:_="">
     <xsd:import namespace="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -11356,139 +7460,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61561EB1-700B-4FD4-8E75-E58C5DC51B1D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ED674F8-0824-4AD3-9919-3BEA7B538297}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{104395AB-640D-4B2A-B223-17A542F343D9}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3B5BD1-F4BB-4551-A5B3-6C981371FB43}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C2F765-512B-46B5-95DA-E72AFBBDE80D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{099D5DE3-FEF4-4FF3-9FF2-1E066F8FE66E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92317D69-86D6-450B-8128-F2B06D1F9BC7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70B1CCF2-3CAB-4B59-A83A-12B9F4BB0257}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7109</Words>
-  <Characters>4053</Characters>
+  <Words>5298</Words>
+  <Characters>3021</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11140</CharactersWithSpaces>
+  <CharactersWithSpaces>8303</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Anna Grinberga</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100787D81CC44191443BCE9A84915FD18C3</vt:lpwstr>
   </property>
 </Properties>
 </file>