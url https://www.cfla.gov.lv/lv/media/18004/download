--- v1 (2026-01-08)
+++ v2 (2026-03-07)
@@ -12,4959 +12,3748 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="000E52F4" w:rsidRPr="00FE548D" w:rsidP="004C3589" w14:paraId="149FBBA1" w14:textId="375FD7EA">
+    <w:p w:rsidR="000E52F4" w:rsidRPr="00CD0AD3" w:rsidP="0058524B" w14:paraId="0A1367FA" w14:textId="0A658CBA">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D">
+      <w:bookmarkStart w:id="0" w:name="_Hlk144206066"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Metodisk</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00137450">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003757C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ās</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D">
+        <w:t xml:space="preserve">ās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> norād</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00137450">
+        <w:t>norād</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003757C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
+      <w:r w:rsidRPr="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fi</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00F57C76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A92E2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">nansējuma </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00893166">
+        <w:t xml:space="preserve">finansējuma saņēmējiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A238FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">saņēmējiem </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B32D4A">
+        <w:t xml:space="preserve">par sagatavojamo informāciju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">par sagatavojamo informāciju </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00E41B01">
+        <w:t xml:space="preserve">3.1.2.1.i. investīcijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>3.1.2.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B624BF">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00E41B01">
+        <w:t>Publisko pakalpojumu un nodarbinātības pieejamības veicināšanas pasākumi cilvēkiem ar funkcionāliem traucējumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">.i. investīcijas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B477CD">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B624BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="002A53E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Ilgstošas sociālās aprūpes pakalpojuma noturība un nepārtrauktība: jaunu ģimeniskai videi pietuvinātu aprūpes pakalpojumu sniedzēju attīstība pensijas vecuma personām</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B477CD">
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
+        <w:t xml:space="preserve"> kārtas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="002A53E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00E41B01">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Atbalsta pasākumi cilvēkiem ar invaliditāti mājokļu vides pieejamības nodrošināšana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kārtas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B477CD">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">ietvaros </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="003320E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>noteikt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+        <w:t xml:space="preserve">ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ā</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="003320E5">
+        <w:t>noteikt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00515EC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">mērķrādītāja </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="003320E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00515EC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>sasniegšanas pamatošanai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00893166">
+        <w:t>mēr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="001705EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>ķ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00515EC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>rādītāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003320E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sasniegšanas pamatošanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00893166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B701B4" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="52CBF71A" w14:textId="77777777">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00004C3F" w:rsidP="00FA3289" w14:paraId="6B90361B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E41B01" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="3363A7B7" w14:textId="04AEC6BB">
+    <w:p w:rsidR="00063274" w:rsidRPr="00CD0AD3" w:rsidP="00FA3289" w14:paraId="496CC89A" w14:textId="03223622">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A924B5">
+      <w:r w:rsidRPr="00A14819">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ttiecībā uz MK noteikumu Nr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A924B5" w:rsidR="00C348BC">
-[...7 lines deleted...]
-        <w:t> 475</w:t>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A333FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0069387E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B811DF">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="005462A3">
+      <w:bookmarkStart w:id="2" w:name="_Hlk144206288"/>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0069387E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="005462A3">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00BA6C49">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00BA6C49">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="005462A3">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">apakšpunktā minēto </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE548D" w:rsidR="004C3589">
+        <w:t>apakšpunktā minēt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00525195">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>mērķrādītāju</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B477CD">
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C7634D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mērķrādītāj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00525195">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B85C2F" w:rsidR="009E0915">
-[...9 lines deleted...]
-      <w:r w:rsidR="00B477CD">
+      <w:r w:rsidR="007E7AC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">250 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB78DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008244B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>mājokļu pielāgošana</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A924B5" w:rsidR="005462A3">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="005462A3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> izpildi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A924B5" w:rsidR="000D254B">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000D254B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A924B5" w:rsidR="00791901">
-[...72 lines deleted...]
-      <w:r w:rsidRPr="00A924B5">
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansējuma saņēmējs Kohēzijas politikas fondu vadības informācijas sistēmā (KP VIS), aizpildot sadaļas “Progresa pārskati un avansa maksājumu pieprasījumi” 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>apakšsadaļu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A924B5">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> pamatojošos dokumentus: </w:t>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Mērķi un atskaites punkti”, pievieno šādus pamatojošos dokumentus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3589" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="5CE7AD6C" w14:textId="77777777">
+    <w:p w:rsidR="00063274" w:rsidRPr="00CD0AD3" w:rsidP="00FA3289" w14:paraId="7BE70122" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00444F46" w:rsidP="00122E03" w14:paraId="7AAE914D" w14:textId="5630CB6A">
+    <w:p w:rsidR="008174A5" w:rsidRPr="00CD0AD3" w14:paraId="2FEC3D23" w14:textId="65690AC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE548D">
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumentus, kas apliecina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vides </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pielāgojumu nodrošināšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personas mājoklī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F825E9" w:rsidRPr="00CD0AD3" w14:paraId="48CAA58C" w14:textId="0B8E5E92">
+      <w:pPr>
+        <w:pStyle w:val="tv213"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecībā uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00716639">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="005E0BF5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>arb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>iem, kas veikti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> slēdzot pakalpojuma/piegādes līgumus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00644830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...91 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0093049D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstoša </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003556A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumenta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00644830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0071308F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00987E12">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00716639">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00987E12">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pielāgojumu veikšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00716639">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personas mājoklī</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>piemēram, pieņemšanas-nodošanas akts, stingrās uzskaites pavadzīme vai cits dokuments, kas nepārprotami apliecina, ka piegāde ir veikta un/vai pakalpojums ir saņemts</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0093049D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D138C2" w:rsidP="00122E03" w14:paraId="1D198B79" w14:textId="06C14B23">
+    <w:p w:rsidR="008174A5" w:rsidRPr="00CD0AD3" w:rsidP="00F825E9" w14:paraId="213DD463" w14:textId="7748702B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>attiecībā uz veiktajiem būvdarbiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informāciju par vides pieejamības pasākumu pabeigšanu mājoklī vai tā daļā un to nodošanu ekspluatācijā (ja attiecināms) atbilstoši būvniecības jomu regulējošajos normatīvajos aktos</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...144 lines deleted...]
-        <w:t>;</w:t>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paredzētajam un Būvniecības informācijas sistēmā (BIS) virzītajai dokumentu kopai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t.i., aktu par būvdarbu pieņemšanu ekspluatācijā, ja būvdarbi veikti atbilstoši akceptētam būvprojektam, vai apliecinājuma karti/paskaidrojuma rakstu ar t.sk. aizpildītu sadaļu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Būvdarbu pabeigšana</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Būvvaldes atbildīgās amatpersonas atzīmi par būvdarbu pabeigšanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00444F46" w:rsidP="00122E03" w14:paraId="5C5120C3" w14:textId="474D5BED">
+    <w:p w:rsidR="00BB0CF7" w:rsidRPr="00CD0AD3" w:rsidP="008174A5" w14:paraId="5C099C5A" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="tv213"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:bCs/>
-[...108 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B477CD" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="53B3CB1A" w14:textId="71A8CD46">
+    <w:p w:rsidR="00791901" w:rsidRPr="00CD0AD3" w:rsidP="008174A5" w14:paraId="77BFFFFC" w14:textId="08167C05">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="tv213"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE548D">
-[...91 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. sagatavot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00C62B6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārskat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00C62B6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00FF025B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par mājokļos nodrošinātajiem vides pielāgojumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0071308F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0071308F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ergoterapeita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0071308F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0071308F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētajam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0071308F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C62B6D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>mērķa grupas personas mājoklī veiktajiem vides pielāgojumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00580E19">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DB3801">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skat. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A92E2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pārskatā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DB3801">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piemēr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DB3801">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tā aizpildīšana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7453" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="3C9DC5EB" w14:textId="77777777">
+    <w:p w:rsidR="00E5019A" w:rsidRPr="00CD0AD3" w:rsidP="008174A5" w14:paraId="1BCC57D7" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="tv213"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...49 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14313" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="13948" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="569"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="1770"/>
+        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="1745"/>
+        <w:gridCol w:w="3358"/>
+        <w:gridCol w:w="2826"/>
       </w:tblGrid>
-      <w:tr w14:paraId="240C054C" w14:textId="77777777" w:rsidTr="00F114B0">
+      <w:tr w14:paraId="12177F5E" w14:textId="77777777" w:rsidTr="00DA7818">
         <w:tblPrEx>
-          <w:tblW w:w="14313" w:type="dxa"/>
-          <w:tblLayout w:type="fixed"/>
+          <w:tblW w:w="13948" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1045"/>
+          <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="5B1FA652" w14:textId="3431663E">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="09529F29" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>N</w:t>
+              <w:t>N.p.k</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A924B5" w:rsidR="0059277E">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A924B5">
-[...49 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="931" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="000C753B" w14:paraId="716B1B5F" w14:textId="3BF624B7">
-[...28 lines deleted...]
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="393FEA02" w14:textId="7FF1FC56">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="41B0A962" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk166494929"/>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ēkas platība (m</w:t>
+              <w:t>Mērķa grupas personas identifikators</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A924B5">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="315EE500" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
+                <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A924B5">
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t>Mājokļa (ēkas), kurā veikti vides pielāgošanas pasākumi, adrese, ēkas kadastra apzīmējuma numurs</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="07318D52" w14:textId="15E0856B">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="20840705" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Kopējā labiekārtotās teritorijas platība (m</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>Mājokļa pielāgojumu veikšanas vieta (ārējā vai iekšējā vide)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1745" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00767E4C" w:rsidP="00767E4C" w14:paraId="7887921E" w14:textId="77777777">
-[...51 lines deleted...]
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="6BE0A0BE" w14:textId="77777777">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="040E1260" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ēkā pieejamais aprīkojuma saraksts</w:t>
+              <w:t xml:space="preserve">Informācija par veiktajiem vides pielāgojumiem </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00F114B0" w14:paraId="00BB555A" w14:textId="2383872C">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="2AE3B243" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="7C3A6F74" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apraksts, kā veiktie vides pielāgojumi atbilst </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ergoterapeita</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atzinumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noteiktajiem </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>mērķa grupas personas mājoklī nepieciešamajiem vides pielāgojumiem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00A14819" w:rsidP="00E404D1" w14:paraId="68D2C167" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Piezīmes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14819">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="78528DD1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="000C753B" w14:paraId="7EE2DD85" w14:textId="3EA98E7F">
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2EE24782" w14:textId="77777777" w:rsidTr="00DA7818">
+        <w:tblPrEx>
+          <w:tblW w:w="13948" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="209"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="2A7DF71E" w14:textId="77777777">
             <w:pPr>
-              <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(pievienota datne)</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00E903F6" w14:paraId="520A6973" w14:textId="451B3B90">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="3D7DF5B1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ēkā ieguldītais investīciju apmērs,</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="4573F925" w14:textId="3A94470F">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="24475F32" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="611BB71C" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="7F4CA4FB" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="3A621C08" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="60DA39A5" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4AD20A66" w14:textId="77777777" w:rsidTr="00DA7818">
+        <w:tblPrEx>
+          <w:tblW w:w="13948" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="39DE1487" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="17C651C4" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nr. 1234</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="2E3B9410" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Apšu iela 10 -12, Rīga,   kadastra apzimējums Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:i/>
                 <w:color w:val="414142"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t> </w:t>
-[...31 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>3260014027802</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00B624BF" w14:paraId="2EAFA9A6" w14:textId="54C50E8B">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="3EABE4B5" w14:textId="77777777">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
+                <w:i/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A924B5">
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
+                <w:i/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apraksts, ka veiktie ieguldījumi atbilst Būvju vispārīgo prasību būvnormatīvā LBN 200-21 noteiktajām minimālajām vides pieejamības prasībām un ministrijas izstrādātajiem labās prakses ieteikumiem vides </w:t>
+              <w:t xml:space="preserve">Mājokļa iekšējā vide (koridors un istaba). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A924B5">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="6371C4C0" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
+                <w:i/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>piekļūstamības</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A924B5">
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
+                <w:i/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nodrošināšanai</w:t>
+              <w:t>Veikta durvju ailes paplašināšana (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bija 0.70 cm, izveidota uz 0.90 cm plata – kas ir platums mērķa grupas personas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>riteņkrēslam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> starp istabu un koridoru. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="1E95E127" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="76EB621E" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbilstoši ergotarepeita atzinumā minētajam nodrošināts vides pielāgojums personas mājokļa iekšējā vidē – veikta durvju ailes paplašināšana starp istabu un koridoru par 0,20 cm, tādā veidā nodrošinot plašāku ieeju un izeju starp telpām, lai mērķa grupas persona riteņkrēslā var  neatkarīgi pārvietoties mājoklī.  Tādējādi ir nodrošināts, ka ir pieejama vide, lai cilvēks varētu dzīvot iespējami neatkarīgu dzīvi, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD0AD3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pārvietoties mājoklī, ir paaugstinātas personas aktivitāšu veikšanas spējas un mazināta atkarība no citu personu palīdzības.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2826" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="3F2007A5" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:i/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6F1F60AC" w14:textId="77777777" w:rsidTr="00F114B0">
+      <w:tr w14:paraId="1762FA1B" w14:textId="77777777" w:rsidTr="00DA7818">
         <w:tblPrEx>
-          <w:tblW w:w="14313" w:type="dxa"/>
-          <w:tblLayout w:type="fixed"/>
+          <w:tblW w:w="13948" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
-        <w:trPr>
-[...1 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="569" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="848" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="75F09057" w14:textId="77777777">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="76E5D380" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="931" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="43C2BFD0" w14:textId="683C8CC0">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="69EFDDA4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="763" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="1A75A040" w14:textId="35060A37">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="3216DE6E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="1896CAE9" w14:textId="77777777">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="325FF37C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1745" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="1B79CC5B" w14:textId="130742B5">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="260CA780" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="3358" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="202F11F3" w14:textId="77777777">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="4E82AFF7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2826" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="593540C1" w14:textId="2DC6015D">
-[...171 lines deleted...]
-          <w:p w:rsidR="00F114B0" w:rsidRPr="00A924B5" w:rsidP="00122E03" w14:paraId="7865A95E" w14:textId="77777777">
+          <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="00E404D1" w14:paraId="06A5881A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="374E1D67" w14:textId="77777777" w:rsidTr="00F114B0">
-[...1666 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00122E03" w:rsidRPr="00FE548D" w:rsidP="00122E03" w14:paraId="5DD21401" w14:textId="6A4F51B6">
+    <w:p w:rsidR="001B3DE3" w:rsidRPr="00CD0AD3" w:rsidP="007439F4" w14:paraId="4B219B2D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:i/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE548D">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00791901" w:rsidRPr="00FE548D" w:rsidP="00D44C02" w14:paraId="7A56D94A" w14:textId="5A163940">
-[...1074 lines deleted...]
-    <w:p w:rsidR="00CE2418" w:rsidRPr="00A924B5" w:rsidP="00CE2418" w14:paraId="2AA41486" w14:textId="77777777">
+    <w:p w:rsidR="00990ADF" w:rsidRPr="00CD0AD3" w:rsidP="007439F4" w14:paraId="634ADE1E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:bCs/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Norādes par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4EBB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārskatā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ietveramo informāciju:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00556B9D" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="0A8A8431" w14:textId="77777777">
+    <w:p w:rsidR="009D2331" w:rsidRPr="00CD0AD3" w:rsidP="00943C71" w14:paraId="4A381DC2" w14:textId="6462DBE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>N.p.k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ņemot vērā, ka informācija sniedzama par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00300830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">katras mērķa grupas personas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mājokl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00300830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ī nodrošinātajiem pasākumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vides pieejamība</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00300830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsevišķi, ietver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="006E2C9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kārtas numuru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par katru </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00300830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ierakstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00556B9D" w:rsidRPr="00A924B5" w:rsidP="00556B9D" w14:paraId="379047C6" w14:textId="77777777">
-[...19 lines deleted...]
-    <w:p w:rsidR="003320E5" w:rsidRPr="00A924B5" w:rsidP="004C3589" w14:paraId="5D268E69" w14:textId="4F04E9CF">
+    <w:p w:rsidR="00C82C73" w:rsidRPr="00CD0AD3" w:rsidP="009C4EBB" w14:paraId="65DA74CA" w14:textId="129F3074">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mērķa grupas personas identifikators</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norāda personas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00300830">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dentifikatoru. Personas identifikatoram ir jāsakrīt ar lēmuma Nr. vai ar Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>anonimizētajā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sarakstā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943C71" w:rsidRPr="00CD0AD3" w:rsidP="009C4EBB" w14:paraId="08BF5702" w14:textId="7CA59AAD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mājokļ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="003F6A8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a (ēkas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00580E19">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veikti vides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pielāgošanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pasākumi, adrese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CC6201">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00731B6B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ēkas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CC6201">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kadastra apzīmējum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00731B6B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a numurs</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orāda informāciju par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CC6201">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mājokļa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00580E19">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(ēk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CC6201">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00580E19">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, kurā veikti vides pieejamības pasākumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00CC6201">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kādas konkrētas personas mājoklī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, adresi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, kadastra apzīmējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2331" w:rsidRPr="00CD0AD3" w:rsidP="00943C71" w14:paraId="2F79913D" w14:textId="6DEC3ACA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mājokļa pielāgojumu veikšanas vieta (ārējā vai iekšējā vide )</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norāda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00580E19">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ārējā vai iekš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00580E19">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ējā vide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="004D405D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C95C90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veikti vides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009E1F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pielāgojumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00731B6B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00731B6B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Par mājokļa iekšējo vidi ir uzskatāmas personas īpašumā vai lietošanā esošā dzīvokļa vai dzīvojamās mājas telpas vai telpu grupas. Par mājokļa ārējo vidi ir uzskatāmas koplietošanas telpas (piemēram, daudzdzīvokļu nama gadījumā – koplietošanas telpas, kas nepieciešamas mērķa grupas personai līdz ieejai dzīvoklī) un ēkai piegulošā teritorija (teritorija, kas funkcionāli ir saistīta ar ēku, tik tālu, cik tā robežojas ar ēkai piesaistīto zemes gabalu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00221CB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="004D405D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Informācija par veiktajiem vides pielāgojumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orāda informāciju par visiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00940A28">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mājoklī (ārējā vai iekšējā vidē) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>veiktajiem vides pielāgojumiem atbilstoši projektā paredzētajam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058524B" w:rsidRPr="00CD0AD3" w:rsidP="007439F4" w14:paraId="65C59CC3" w14:textId="0DC4C7AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00221CB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kolonnā </w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apraksts, kā veiktie vides pielāgojumi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="000C2606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>atbilst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ergoterapeita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinumā noteiktajiem mērķa grupas persona</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s mājoklī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepieciešamajiem vides pielāgojumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00A86B9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nformāciju sniedz aprakstošā veidā, norādot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00C76D60">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai pielāgojumi ir atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ergoterapeita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> slēdzienam, tādējādi nodrošinot, ka persona var neatkarīgi vai ar mazāku atbalstu lietot pielāgojumus savā mājoklī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="0015191C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un brīvāk pārvietoties mājoklī vai ārpus mājokļa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00346FE1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7818" w:rsidRPr="00CD0AD3" w:rsidP="007439F4" w14:paraId="691BC93E" w14:textId="71CFB7C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00183A88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>olonnā “Piezīmes” norāda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00346FE1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00346FE1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiktas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kādas izmaiņas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00346FE1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mērķa grupas personu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (piemēram, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00346FE1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mērķa grupas persona pārtrauc dalību pasākumā - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tiek ievietota ilgstošās sociālās aprūpes un sociālās rehabilitācijas institūcijā, maina dzīvesvietu, nomirst u.c.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00965353">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058524B" w:rsidRPr="00CD0AD3" w:rsidP="007439F4" w14:paraId="6A0438A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D2331" w:rsidRPr="00CD0AD3" w:rsidP="007439F4" w14:paraId="3EFE0C13" w14:textId="6BC7E2A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ergoterapeita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="008D7F1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>slēdzienu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DE05BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kas izstrādāts saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DE05BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MK noteikumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4A35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DE05BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">512 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00DE05BD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>16.4. apakšpunktā noteikto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E07520">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3" w:rsidR="00E07520">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00953AB9" w:rsidRPr="00CD0AD3" w:rsidP="00A14819" w14:paraId="0E43B16D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00E415F1">
-      <w:footerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1135" w:right="1440" w:bottom="1135" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4986,490 +3775,587 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00976E2F" w14:paraId="241B7D3C" w14:textId="77777777">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p>
+  <w:p w:rsidR="00976E2F" w14:paraId="158699CA" w14:textId="77777777">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="004A60B8" w14:paraId="67C69A98" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:b w:val="0"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00787332" w:rsidP="00C07FEB" w14:paraId="0F50F81E" w14:textId="77777777">
+    <w:p w:rsidR="001E6CBF" w:rsidP="00C07FEB" w14:paraId="5FA0FA30" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00787332" w:rsidP="00C07FEB" w14:paraId="5182ACCA" w14:textId="77777777">
+    <w:p w:rsidR="001E6CBF" w:rsidP="00C07FEB" w14:paraId="6022B103" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00632355" w:rsidRPr="00FE548D" w:rsidP="00216FF8" w14:paraId="00EB3A85" w14:textId="75489688">
+    <w:p w:rsidR="00CD0AD3" w:rsidRPr="00A14819" w:rsidP="00A14819" w14:paraId="1A1894DF" w14:textId="7B32FEC9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE548D">
+      <w:r w:rsidRPr="00A14819">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
+      <w:r w:rsidRPr="00A14819">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="0059277E">
-[...56 lines deleted...]
-      <w:r w:rsidR="00B477CD">
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>inistru kabineta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 05.09.2023. noteikumi Nr. 512 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...11 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 3.1. reformu un investīciju virziena </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reģionālā politika</w:t>
       </w:r>
-      <w:r w:rsidR="00B477CD">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
-[...20 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.1.2.1.i. investīcijas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...11 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Publisko pakalpojumu un nodarbinātības pieejamības veicināšanas pasākumi cilvēkiem ar funkcionāliem traucējumiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D" w:rsidR="00B477CD">
-[...20 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otrās kārtas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...11 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Atbalsta pasākumi cilvēkiem ar invaliditāti mājokļu vides pieejamības nodrošināšanai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...11 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanas noteikumi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00FE548D">
+      <w:r w:rsidRPr="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk – MK noteikumi Nr. 512</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0AD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00444F46" w:rsidRPr="00E16E40" w:rsidP="00444F46" w14:paraId="1D6418C7" w14:textId="77777777">
+    <w:p w:rsidR="000D254B" w:rsidRPr="00A14819" w:rsidP="009C4506" w14:paraId="608D3CFC" w14:textId="6E4EBC8A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E16E40">
-[...5 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00E16E40">
-[...5 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E16E40">
-[...14 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Atbilstoši MK noteikumu Nr.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="0069387E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2 7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="0069387E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. apakšpunktam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00CF1CFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mērķrādītājs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sasniedzams līdz</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E16E40">
-[...33 lines deleted...]
-        <w:t>”</w:t>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00C63185">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>31.08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="007F4ADC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.2026.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00F114B0" w:rsidRPr="00FE548D" w:rsidP="00216FF8" w14:paraId="60EB7CEE" w14:textId="46EEAAA1">
+    <w:p w:rsidR="00F825E9" w:rsidRPr="00A14819" w:rsidP="00F825E9" w14:paraId="25698962" w14:textId="744F2370">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE548D">
+      <w:r w:rsidRPr="00A14819">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00FE548D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Informāciju par katru ēku jānorāda atsevišķi</w:t>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 02.09.2014. noteikumi Nr.529 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēku būvnoteikumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0AD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w:rsidR="00B549CF" w:rsidRPr="00A14819" w:rsidP="00C76D60" w14:paraId="5CC8356A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00A14819">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="004A31D3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Finansējuma saņēmējs informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="00C216DB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tabulā uzkrāj kumulatīvi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000C2606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000B5885">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> papildinot to katru reizi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000C2606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, kad</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk215748664"/>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000C2606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, iesniedzot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000B5885">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progresa pārskatu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000C2606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tiek iekļauta informācija par pārskata periodā papildu </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000C2606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>veiktiem pielāgojumiem kādas personas mājoklī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14819" w:rsidR="000B5885">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="017B7043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34BC5A84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
@@ -5725,594 +4611,736 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F57C76"/>
     <w:rsid w:val="00004011"/>
+    <w:rsid w:val="00004C3F"/>
     <w:rsid w:val="00005A64"/>
     <w:rsid w:val="00013A95"/>
     <w:rsid w:val="0001751A"/>
     <w:rsid w:val="00020F33"/>
+    <w:rsid w:val="000223F8"/>
     <w:rsid w:val="00023270"/>
     <w:rsid w:val="00023D8A"/>
-    <w:rsid w:val="000259AB"/>
     <w:rsid w:val="000277E0"/>
     <w:rsid w:val="00030A41"/>
     <w:rsid w:val="0003148A"/>
     <w:rsid w:val="00036120"/>
+    <w:rsid w:val="000367F6"/>
+    <w:rsid w:val="0003753F"/>
+    <w:rsid w:val="000409CC"/>
     <w:rsid w:val="00042A73"/>
-    <w:rsid w:val="00044337"/>
     <w:rsid w:val="000547A9"/>
     <w:rsid w:val="00057F98"/>
+    <w:rsid w:val="00060846"/>
+    <w:rsid w:val="0006258A"/>
     <w:rsid w:val="00062DAD"/>
+    <w:rsid w:val="00063274"/>
+    <w:rsid w:val="00063329"/>
+    <w:rsid w:val="00065028"/>
+    <w:rsid w:val="00067A67"/>
     <w:rsid w:val="000713A0"/>
-    <w:rsid w:val="00086E7F"/>
+    <w:rsid w:val="000717FA"/>
+    <w:rsid w:val="000730E8"/>
+    <w:rsid w:val="00084439"/>
+    <w:rsid w:val="0008592B"/>
     <w:rsid w:val="000904B3"/>
     <w:rsid w:val="000912C1"/>
-    <w:rsid w:val="0009754E"/>
+    <w:rsid w:val="000947E0"/>
+    <w:rsid w:val="000A1A5C"/>
+    <w:rsid w:val="000B21F6"/>
     <w:rsid w:val="000B291F"/>
-    <w:rsid w:val="000B2A84"/>
+    <w:rsid w:val="000B2E6E"/>
+    <w:rsid w:val="000B5885"/>
+    <w:rsid w:val="000B6DC0"/>
+    <w:rsid w:val="000C176C"/>
+    <w:rsid w:val="000C2606"/>
+    <w:rsid w:val="000C2B63"/>
     <w:rsid w:val="000C3A40"/>
-    <w:rsid w:val="000C753B"/>
     <w:rsid w:val="000D1B65"/>
     <w:rsid w:val="000D254B"/>
     <w:rsid w:val="000D326B"/>
+    <w:rsid w:val="000E4D34"/>
     <w:rsid w:val="000E52F4"/>
-    <w:rsid w:val="000E565D"/>
     <w:rsid w:val="000E7A2F"/>
     <w:rsid w:val="000E7D47"/>
-    <w:rsid w:val="000F2BB1"/>
-    <w:rsid w:val="00104C23"/>
+    <w:rsid w:val="000F3C27"/>
+    <w:rsid w:val="001072B9"/>
     <w:rsid w:val="00107341"/>
-    <w:rsid w:val="001120F5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00122E03"/>
+    <w:rsid w:val="00117125"/>
+    <w:rsid w:val="00122EFF"/>
+    <w:rsid w:val="0012372C"/>
     <w:rsid w:val="00125B59"/>
-    <w:rsid w:val="00130A69"/>
     <w:rsid w:val="00135BED"/>
     <w:rsid w:val="001371C2"/>
-    <w:rsid w:val="00137450"/>
-    <w:rsid w:val="00141B77"/>
     <w:rsid w:val="00142C94"/>
     <w:rsid w:val="00142DA4"/>
     <w:rsid w:val="00143D70"/>
     <w:rsid w:val="0014663E"/>
+    <w:rsid w:val="0015191C"/>
     <w:rsid w:val="00151A0B"/>
+    <w:rsid w:val="0015272C"/>
+    <w:rsid w:val="00157819"/>
     <w:rsid w:val="00164FC7"/>
     <w:rsid w:val="001656DF"/>
     <w:rsid w:val="00167E01"/>
+    <w:rsid w:val="001705EE"/>
     <w:rsid w:val="00172351"/>
-    <w:rsid w:val="0019250C"/>
+    <w:rsid w:val="00182759"/>
+    <w:rsid w:val="00183A88"/>
     <w:rsid w:val="00196870"/>
+    <w:rsid w:val="00196DA3"/>
     <w:rsid w:val="00197DD3"/>
+    <w:rsid w:val="001A52D0"/>
+    <w:rsid w:val="001B3DE3"/>
+    <w:rsid w:val="001C0FF8"/>
     <w:rsid w:val="001C409F"/>
     <w:rsid w:val="001C40A7"/>
+    <w:rsid w:val="001C5E17"/>
     <w:rsid w:val="001D2400"/>
     <w:rsid w:val="001D3614"/>
     <w:rsid w:val="001D54D1"/>
     <w:rsid w:val="001D5CFD"/>
-    <w:rsid w:val="001E4FFD"/>
+    <w:rsid w:val="001D6515"/>
+    <w:rsid w:val="001D6B66"/>
+    <w:rsid w:val="001E0F4D"/>
+    <w:rsid w:val="001E5617"/>
+    <w:rsid w:val="001E6CBF"/>
+    <w:rsid w:val="001F2E9D"/>
     <w:rsid w:val="001F66E1"/>
-    <w:rsid w:val="00216FF8"/>
-    <w:rsid w:val="00217DF8"/>
+    <w:rsid w:val="00204796"/>
+    <w:rsid w:val="00221CB6"/>
+    <w:rsid w:val="002240D5"/>
     <w:rsid w:val="00224685"/>
+    <w:rsid w:val="002250B2"/>
     <w:rsid w:val="00241711"/>
-    <w:rsid w:val="00246D3C"/>
+    <w:rsid w:val="00242249"/>
     <w:rsid w:val="00253FAF"/>
+    <w:rsid w:val="00255414"/>
     <w:rsid w:val="00262243"/>
-    <w:rsid w:val="00263B0D"/>
-    <w:rsid w:val="002643F9"/>
+    <w:rsid w:val="00266967"/>
+    <w:rsid w:val="00273CB6"/>
     <w:rsid w:val="0027530F"/>
     <w:rsid w:val="0027604D"/>
-    <w:rsid w:val="002823FD"/>
     <w:rsid w:val="00282EDE"/>
-    <w:rsid w:val="002849A1"/>
     <w:rsid w:val="002929FE"/>
+    <w:rsid w:val="00292CEF"/>
+    <w:rsid w:val="002938F5"/>
+    <w:rsid w:val="00295D10"/>
     <w:rsid w:val="002976E5"/>
     <w:rsid w:val="00297CEA"/>
+    <w:rsid w:val="002A03DA"/>
+    <w:rsid w:val="002A53E2"/>
     <w:rsid w:val="002C4A6F"/>
-    <w:rsid w:val="002C4CE6"/>
+    <w:rsid w:val="002C64AF"/>
+    <w:rsid w:val="002C7CF9"/>
     <w:rsid w:val="002D169C"/>
-    <w:rsid w:val="002D27F1"/>
     <w:rsid w:val="002D73A4"/>
     <w:rsid w:val="002E1138"/>
     <w:rsid w:val="002E5403"/>
     <w:rsid w:val="002E6028"/>
-    <w:rsid w:val="002F223C"/>
     <w:rsid w:val="002F4096"/>
+    <w:rsid w:val="00300830"/>
+    <w:rsid w:val="003071EB"/>
+    <w:rsid w:val="00313895"/>
+    <w:rsid w:val="00316980"/>
+    <w:rsid w:val="00323688"/>
+    <w:rsid w:val="0032569F"/>
+    <w:rsid w:val="0033084C"/>
     <w:rsid w:val="003320E5"/>
-    <w:rsid w:val="003327EB"/>
     <w:rsid w:val="00334DAA"/>
+    <w:rsid w:val="00346FE1"/>
+    <w:rsid w:val="0034796D"/>
+    <w:rsid w:val="003556A1"/>
+    <w:rsid w:val="0036040D"/>
     <w:rsid w:val="00366C89"/>
     <w:rsid w:val="00367850"/>
     <w:rsid w:val="00371AB0"/>
-    <w:rsid w:val="003730E9"/>
     <w:rsid w:val="00374542"/>
-    <w:rsid w:val="0037745B"/>
+    <w:rsid w:val="003757C2"/>
+    <w:rsid w:val="00375F8C"/>
     <w:rsid w:val="00380E59"/>
     <w:rsid w:val="00394AD0"/>
-    <w:rsid w:val="003A4AA0"/>
+    <w:rsid w:val="003A0B6C"/>
     <w:rsid w:val="003B20D2"/>
+    <w:rsid w:val="003B39F3"/>
     <w:rsid w:val="003B4A02"/>
-    <w:rsid w:val="003C2881"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C6A28"/>
+    <w:rsid w:val="003C7415"/>
+    <w:rsid w:val="003D08D1"/>
+    <w:rsid w:val="003D12F4"/>
     <w:rsid w:val="003D268C"/>
+    <w:rsid w:val="003D2E78"/>
     <w:rsid w:val="003D405F"/>
     <w:rsid w:val="003D6CCB"/>
+    <w:rsid w:val="003D7FEB"/>
     <w:rsid w:val="003E06A6"/>
+    <w:rsid w:val="003F3C49"/>
+    <w:rsid w:val="003F6A8A"/>
+    <w:rsid w:val="00401526"/>
+    <w:rsid w:val="0040293D"/>
     <w:rsid w:val="00403786"/>
-    <w:rsid w:val="004122D3"/>
+    <w:rsid w:val="00410955"/>
+    <w:rsid w:val="004137BF"/>
+    <w:rsid w:val="004139D3"/>
+    <w:rsid w:val="00413E1D"/>
+    <w:rsid w:val="004152B9"/>
     <w:rsid w:val="00415326"/>
-    <w:rsid w:val="00433E49"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0045081B"/>
+    <w:rsid w:val="004232C2"/>
+    <w:rsid w:val="00431BB7"/>
+    <w:rsid w:val="00442784"/>
     <w:rsid w:val="00457468"/>
     <w:rsid w:val="004640A6"/>
-    <w:rsid w:val="00473F03"/>
+    <w:rsid w:val="0046692D"/>
+    <w:rsid w:val="00466EED"/>
+    <w:rsid w:val="00481007"/>
+    <w:rsid w:val="00481C4F"/>
+    <w:rsid w:val="00484C41"/>
     <w:rsid w:val="00485791"/>
-    <w:rsid w:val="00496D02"/>
-    <w:rsid w:val="004A385D"/>
+    <w:rsid w:val="0049025D"/>
+    <w:rsid w:val="004924CF"/>
+    <w:rsid w:val="004A1D71"/>
+    <w:rsid w:val="004A31D3"/>
+    <w:rsid w:val="004A5CD4"/>
+    <w:rsid w:val="004A60B8"/>
+    <w:rsid w:val="004B3E40"/>
     <w:rsid w:val="004B5C3A"/>
-    <w:rsid w:val="004B6957"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C3589"/>
     <w:rsid w:val="004C4FC7"/>
-    <w:rsid w:val="004C59A0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004D5350"/>
+    <w:rsid w:val="004D405D"/>
+    <w:rsid w:val="004E4846"/>
+    <w:rsid w:val="004E728A"/>
+    <w:rsid w:val="004F4180"/>
     <w:rsid w:val="004F6A09"/>
+    <w:rsid w:val="00507ACC"/>
+    <w:rsid w:val="00510657"/>
     <w:rsid w:val="00512CAE"/>
-    <w:rsid w:val="00512EFD"/>
+    <w:rsid w:val="0051385E"/>
+    <w:rsid w:val="00515EC4"/>
     <w:rsid w:val="00522A49"/>
-    <w:rsid w:val="00524B3C"/>
+    <w:rsid w:val="00525195"/>
+    <w:rsid w:val="00531870"/>
     <w:rsid w:val="00532CEE"/>
     <w:rsid w:val="00532D45"/>
-    <w:rsid w:val="00535D59"/>
+    <w:rsid w:val="005341EC"/>
+    <w:rsid w:val="00541ED8"/>
     <w:rsid w:val="00542AEE"/>
     <w:rsid w:val="00542B3E"/>
     <w:rsid w:val="005462A3"/>
+    <w:rsid w:val="00547744"/>
+    <w:rsid w:val="00552593"/>
     <w:rsid w:val="00552FFD"/>
     <w:rsid w:val="0055652C"/>
-    <w:rsid w:val="00556B9D"/>
-    <w:rsid w:val="0056170A"/>
     <w:rsid w:val="005625C9"/>
     <w:rsid w:val="00570307"/>
+    <w:rsid w:val="00577507"/>
     <w:rsid w:val="00577E76"/>
     <w:rsid w:val="005801EB"/>
+    <w:rsid w:val="00580E19"/>
+    <w:rsid w:val="0058524B"/>
     <w:rsid w:val="00590675"/>
-    <w:rsid w:val="0059277E"/>
+    <w:rsid w:val="00593496"/>
+    <w:rsid w:val="00593DA5"/>
+    <w:rsid w:val="00597AEB"/>
     <w:rsid w:val="005A34CA"/>
+    <w:rsid w:val="005A673E"/>
     <w:rsid w:val="005A6F52"/>
-    <w:rsid w:val="005C0C4A"/>
-    <w:rsid w:val="005D1A5A"/>
+    <w:rsid w:val="005C02CB"/>
+    <w:rsid w:val="005C72D4"/>
+    <w:rsid w:val="005E0BF5"/>
     <w:rsid w:val="005E3A8E"/>
+    <w:rsid w:val="005E7F4C"/>
     <w:rsid w:val="005F09B3"/>
     <w:rsid w:val="005F1E3D"/>
+    <w:rsid w:val="005F2772"/>
     <w:rsid w:val="005F5BA3"/>
+    <w:rsid w:val="005F7929"/>
     <w:rsid w:val="0060011C"/>
-    <w:rsid w:val="0060105B"/>
     <w:rsid w:val="006063EA"/>
     <w:rsid w:val="00606A1C"/>
+    <w:rsid w:val="006141F5"/>
+    <w:rsid w:val="0061697E"/>
     <w:rsid w:val="00621507"/>
     <w:rsid w:val="006252D7"/>
-    <w:rsid w:val="00632355"/>
-    <w:rsid w:val="006503A1"/>
+    <w:rsid w:val="006268B8"/>
+    <w:rsid w:val="00644830"/>
+    <w:rsid w:val="00645137"/>
     <w:rsid w:val="00653F0C"/>
     <w:rsid w:val="0065561F"/>
-    <w:rsid w:val="00657E9D"/>
     <w:rsid w:val="006650CC"/>
+    <w:rsid w:val="00666E88"/>
+    <w:rsid w:val="006673FC"/>
+    <w:rsid w:val="00672853"/>
     <w:rsid w:val="00685845"/>
-    <w:rsid w:val="00686BCF"/>
+    <w:rsid w:val="0069165E"/>
     <w:rsid w:val="00691CD5"/>
+    <w:rsid w:val="0069387E"/>
     <w:rsid w:val="00696B20"/>
     <w:rsid w:val="00696F7A"/>
-    <w:rsid w:val="006A2F30"/>
-    <w:rsid w:val="006B607A"/>
+    <w:rsid w:val="006B4CCD"/>
+    <w:rsid w:val="006B56E9"/>
+    <w:rsid w:val="006C07E9"/>
+    <w:rsid w:val="006C2078"/>
+    <w:rsid w:val="006C6C17"/>
     <w:rsid w:val="006D3950"/>
     <w:rsid w:val="006D6B56"/>
+    <w:rsid w:val="006E2699"/>
+    <w:rsid w:val="006E2C9B"/>
     <w:rsid w:val="006E33D9"/>
+    <w:rsid w:val="006E3622"/>
+    <w:rsid w:val="006F1767"/>
     <w:rsid w:val="006F2A33"/>
-    <w:rsid w:val="007050F9"/>
-    <w:rsid w:val="0070608B"/>
+    <w:rsid w:val="006F34DA"/>
+    <w:rsid w:val="006F4B8B"/>
+    <w:rsid w:val="00710EB4"/>
+    <w:rsid w:val="0071308F"/>
+    <w:rsid w:val="00714E29"/>
+    <w:rsid w:val="00716639"/>
+    <w:rsid w:val="0071766A"/>
     <w:rsid w:val="0072109B"/>
+    <w:rsid w:val="00725A73"/>
+    <w:rsid w:val="00731B6B"/>
+    <w:rsid w:val="007415C7"/>
+    <w:rsid w:val="00741E7B"/>
+    <w:rsid w:val="007439F4"/>
+    <w:rsid w:val="00745210"/>
     <w:rsid w:val="00745A7C"/>
     <w:rsid w:val="00747333"/>
-    <w:rsid w:val="00753531"/>
     <w:rsid w:val="00754322"/>
     <w:rsid w:val="00755230"/>
+    <w:rsid w:val="00764667"/>
+    <w:rsid w:val="00764A50"/>
     <w:rsid w:val="007664DD"/>
     <w:rsid w:val="00767A46"/>
-    <w:rsid w:val="00767E4C"/>
-    <w:rsid w:val="00786F85"/>
+    <w:rsid w:val="00771C7E"/>
+    <w:rsid w:val="00782AB2"/>
     <w:rsid w:val="00787332"/>
     <w:rsid w:val="00787E47"/>
     <w:rsid w:val="00791901"/>
+    <w:rsid w:val="00797545"/>
     <w:rsid w:val="007A285E"/>
-    <w:rsid w:val="007A5671"/>
+    <w:rsid w:val="007B0168"/>
+    <w:rsid w:val="007B2E14"/>
+    <w:rsid w:val="007B6667"/>
+    <w:rsid w:val="007C37E5"/>
     <w:rsid w:val="007C78AA"/>
-    <w:rsid w:val="007D1D29"/>
+    <w:rsid w:val="007D2F2C"/>
+    <w:rsid w:val="007E266A"/>
+    <w:rsid w:val="007E7AC9"/>
+    <w:rsid w:val="007F3C6C"/>
+    <w:rsid w:val="007F4ADC"/>
     <w:rsid w:val="007F5FF0"/>
     <w:rsid w:val="007F76CF"/>
-    <w:rsid w:val="008161C5"/>
+    <w:rsid w:val="00812E03"/>
+    <w:rsid w:val="00812F9F"/>
+    <w:rsid w:val="008167F3"/>
+    <w:rsid w:val="008174A5"/>
+    <w:rsid w:val="008244B5"/>
     <w:rsid w:val="00825A9A"/>
+    <w:rsid w:val="00835744"/>
     <w:rsid w:val="008475B4"/>
+    <w:rsid w:val="008547AD"/>
     <w:rsid w:val="008548C4"/>
+    <w:rsid w:val="0085613D"/>
+    <w:rsid w:val="00856728"/>
+    <w:rsid w:val="00857158"/>
     <w:rsid w:val="0086680D"/>
-    <w:rsid w:val="008701E4"/>
-    <w:rsid w:val="00883B18"/>
+    <w:rsid w:val="008676D9"/>
+    <w:rsid w:val="008746DC"/>
+    <w:rsid w:val="00884F19"/>
+    <w:rsid w:val="00890D0A"/>
     <w:rsid w:val="00893166"/>
     <w:rsid w:val="00897644"/>
+    <w:rsid w:val="008A0132"/>
+    <w:rsid w:val="008A052C"/>
     <w:rsid w:val="008A63B8"/>
     <w:rsid w:val="008B646B"/>
+    <w:rsid w:val="008B7676"/>
     <w:rsid w:val="008B76C7"/>
-    <w:rsid w:val="008E09AA"/>
+    <w:rsid w:val="008C42C2"/>
+    <w:rsid w:val="008C7244"/>
+    <w:rsid w:val="008D0E00"/>
+    <w:rsid w:val="008D7F1F"/>
+    <w:rsid w:val="008E083F"/>
+    <w:rsid w:val="008E0B9A"/>
     <w:rsid w:val="008E2E99"/>
     <w:rsid w:val="008E5D18"/>
-    <w:rsid w:val="008F26A9"/>
+    <w:rsid w:val="008F437D"/>
+    <w:rsid w:val="008F4B3E"/>
     <w:rsid w:val="008F6D87"/>
+    <w:rsid w:val="008F7275"/>
     <w:rsid w:val="00901B32"/>
+    <w:rsid w:val="0090514F"/>
     <w:rsid w:val="00905A4C"/>
     <w:rsid w:val="00905CDF"/>
+    <w:rsid w:val="009103DA"/>
     <w:rsid w:val="009158C8"/>
     <w:rsid w:val="009254AF"/>
-    <w:rsid w:val="009445AA"/>
+    <w:rsid w:val="00927243"/>
+    <w:rsid w:val="0093049D"/>
+    <w:rsid w:val="00940A28"/>
+    <w:rsid w:val="00943C71"/>
+    <w:rsid w:val="00946EB6"/>
+    <w:rsid w:val="00953AB9"/>
+    <w:rsid w:val="00965353"/>
+    <w:rsid w:val="00975DDC"/>
+    <w:rsid w:val="00976E2F"/>
     <w:rsid w:val="00982B4A"/>
+    <w:rsid w:val="00987E12"/>
     <w:rsid w:val="00990ADF"/>
     <w:rsid w:val="00991BA8"/>
     <w:rsid w:val="00993029"/>
+    <w:rsid w:val="00994187"/>
+    <w:rsid w:val="009A1A1B"/>
     <w:rsid w:val="009A4834"/>
-    <w:rsid w:val="009A666C"/>
     <w:rsid w:val="009B594A"/>
+    <w:rsid w:val="009C1568"/>
+    <w:rsid w:val="009C4506"/>
+    <w:rsid w:val="009C4EBB"/>
     <w:rsid w:val="009C6C1D"/>
     <w:rsid w:val="009C6D7E"/>
-    <w:rsid w:val="009E0915"/>
+    <w:rsid w:val="009D2331"/>
     <w:rsid w:val="009E1F1B"/>
+    <w:rsid w:val="009E1F42"/>
+    <w:rsid w:val="009E4774"/>
+    <w:rsid w:val="009E4D05"/>
     <w:rsid w:val="009F0FBA"/>
+    <w:rsid w:val="009F4A35"/>
     <w:rsid w:val="009F6456"/>
-    <w:rsid w:val="009F7309"/>
-    <w:rsid w:val="00A01BE1"/>
+    <w:rsid w:val="009F6DBF"/>
+    <w:rsid w:val="00A0038C"/>
+    <w:rsid w:val="00A05EEA"/>
+    <w:rsid w:val="00A10E08"/>
     <w:rsid w:val="00A112A6"/>
+    <w:rsid w:val="00A14819"/>
     <w:rsid w:val="00A15798"/>
     <w:rsid w:val="00A2003E"/>
-    <w:rsid w:val="00A23CE4"/>
+    <w:rsid w:val="00A20AA7"/>
+    <w:rsid w:val="00A22766"/>
+    <w:rsid w:val="00A238FE"/>
     <w:rsid w:val="00A27871"/>
+    <w:rsid w:val="00A333FD"/>
+    <w:rsid w:val="00A3369B"/>
     <w:rsid w:val="00A424DA"/>
     <w:rsid w:val="00A47FFD"/>
     <w:rsid w:val="00A5498D"/>
+    <w:rsid w:val="00A573BA"/>
     <w:rsid w:val="00A5791C"/>
     <w:rsid w:val="00A62BD4"/>
-    <w:rsid w:val="00A6700A"/>
-    <w:rsid w:val="00A7001F"/>
+    <w:rsid w:val="00A7128E"/>
     <w:rsid w:val="00A73E2A"/>
     <w:rsid w:val="00A81EBB"/>
+    <w:rsid w:val="00A82CC5"/>
     <w:rsid w:val="00A82FBB"/>
+    <w:rsid w:val="00A84F31"/>
+    <w:rsid w:val="00A86B9F"/>
     <w:rsid w:val="00A86BFA"/>
     <w:rsid w:val="00A91797"/>
-    <w:rsid w:val="00A924B5"/>
+    <w:rsid w:val="00A92E2C"/>
     <w:rsid w:val="00A944D7"/>
+    <w:rsid w:val="00A95819"/>
+    <w:rsid w:val="00A96983"/>
+    <w:rsid w:val="00AB2131"/>
     <w:rsid w:val="00AB5C8F"/>
-    <w:rsid w:val="00AC2303"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD6194"/>
+    <w:rsid w:val="00AC6734"/>
+    <w:rsid w:val="00AD1327"/>
     <w:rsid w:val="00AE136B"/>
+    <w:rsid w:val="00AE15BD"/>
+    <w:rsid w:val="00AE1D23"/>
+    <w:rsid w:val="00AE465B"/>
     <w:rsid w:val="00AE69D6"/>
-    <w:rsid w:val="00AF0278"/>
+    <w:rsid w:val="00AF260A"/>
+    <w:rsid w:val="00AF4DF6"/>
     <w:rsid w:val="00AF631B"/>
     <w:rsid w:val="00AF7174"/>
     <w:rsid w:val="00B02D31"/>
     <w:rsid w:val="00B05C54"/>
-    <w:rsid w:val="00B064BA"/>
+    <w:rsid w:val="00B068CE"/>
     <w:rsid w:val="00B31969"/>
-    <w:rsid w:val="00B32D4A"/>
     <w:rsid w:val="00B362ED"/>
     <w:rsid w:val="00B40DD2"/>
     <w:rsid w:val="00B45792"/>
-    <w:rsid w:val="00B477CD"/>
+    <w:rsid w:val="00B46DA1"/>
     <w:rsid w:val="00B52240"/>
-    <w:rsid w:val="00B624BF"/>
+    <w:rsid w:val="00B549CF"/>
+    <w:rsid w:val="00B6611F"/>
+    <w:rsid w:val="00B6661E"/>
     <w:rsid w:val="00B701B4"/>
+    <w:rsid w:val="00B72168"/>
     <w:rsid w:val="00B722AF"/>
     <w:rsid w:val="00B72F9C"/>
     <w:rsid w:val="00B74C43"/>
-    <w:rsid w:val="00B811DF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B85C2F"/>
+    <w:rsid w:val="00B81FCE"/>
+    <w:rsid w:val="00B845D8"/>
+    <w:rsid w:val="00B85545"/>
+    <w:rsid w:val="00B93046"/>
+    <w:rsid w:val="00B94EFD"/>
     <w:rsid w:val="00B95D06"/>
+    <w:rsid w:val="00BA1116"/>
     <w:rsid w:val="00BA5678"/>
+    <w:rsid w:val="00BA6ADE"/>
     <w:rsid w:val="00BA6C49"/>
-    <w:rsid w:val="00BA7CDA"/>
-    <w:rsid w:val="00BC5199"/>
+    <w:rsid w:val="00BA6CF4"/>
+    <w:rsid w:val="00BB0CF7"/>
+    <w:rsid w:val="00BC1C62"/>
+    <w:rsid w:val="00BC2056"/>
+    <w:rsid w:val="00BD0432"/>
+    <w:rsid w:val="00BD0589"/>
     <w:rsid w:val="00BD2843"/>
+    <w:rsid w:val="00BD3546"/>
     <w:rsid w:val="00BE0D18"/>
+    <w:rsid w:val="00BE54D5"/>
     <w:rsid w:val="00BE6B67"/>
     <w:rsid w:val="00BF1B1E"/>
-    <w:rsid w:val="00BF7CBB"/>
+    <w:rsid w:val="00BF4DCA"/>
+    <w:rsid w:val="00C007FD"/>
+    <w:rsid w:val="00C00FE9"/>
+    <w:rsid w:val="00C05D7D"/>
+    <w:rsid w:val="00C0702E"/>
     <w:rsid w:val="00C071E6"/>
     <w:rsid w:val="00C07FEB"/>
     <w:rsid w:val="00C10B76"/>
     <w:rsid w:val="00C11419"/>
     <w:rsid w:val="00C11D96"/>
-    <w:rsid w:val="00C22868"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C5138D"/>
+    <w:rsid w:val="00C216DB"/>
+    <w:rsid w:val="00C227C7"/>
+    <w:rsid w:val="00C4180E"/>
     <w:rsid w:val="00C525D7"/>
-    <w:rsid w:val="00C60265"/>
+    <w:rsid w:val="00C62B6D"/>
     <w:rsid w:val="00C6302B"/>
+    <w:rsid w:val="00C63185"/>
     <w:rsid w:val="00C662C2"/>
-    <w:rsid w:val="00C73622"/>
-    <w:rsid w:val="00C73CE9"/>
     <w:rsid w:val="00C7431C"/>
+    <w:rsid w:val="00C7634D"/>
+    <w:rsid w:val="00C76D60"/>
+    <w:rsid w:val="00C77A93"/>
     <w:rsid w:val="00C81674"/>
     <w:rsid w:val="00C826AD"/>
+    <w:rsid w:val="00C82C73"/>
     <w:rsid w:val="00C84E9B"/>
+    <w:rsid w:val="00C91914"/>
+    <w:rsid w:val="00C930A2"/>
+    <w:rsid w:val="00C95C90"/>
+    <w:rsid w:val="00C96316"/>
     <w:rsid w:val="00C9732C"/>
-    <w:rsid w:val="00C97CC1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CA44EA"/>
+    <w:rsid w:val="00CB4531"/>
+    <w:rsid w:val="00CB5F2B"/>
     <w:rsid w:val="00CB754D"/>
+    <w:rsid w:val="00CC11A2"/>
     <w:rsid w:val="00CC2E66"/>
+    <w:rsid w:val="00CC6201"/>
+    <w:rsid w:val="00CC650B"/>
+    <w:rsid w:val="00CD0AD3"/>
+    <w:rsid w:val="00CD0D54"/>
     <w:rsid w:val="00CD10E9"/>
+    <w:rsid w:val="00CD26E1"/>
+    <w:rsid w:val="00CD6DAD"/>
     <w:rsid w:val="00CE0EDB"/>
-    <w:rsid w:val="00CE2418"/>
+    <w:rsid w:val="00CE11DE"/>
     <w:rsid w:val="00CE5055"/>
+    <w:rsid w:val="00CF180C"/>
+    <w:rsid w:val="00CF1CFC"/>
+    <w:rsid w:val="00D00271"/>
     <w:rsid w:val="00D006F4"/>
     <w:rsid w:val="00D019C0"/>
-    <w:rsid w:val="00D138C2"/>
+    <w:rsid w:val="00D03EFE"/>
+    <w:rsid w:val="00D06728"/>
     <w:rsid w:val="00D1723F"/>
+    <w:rsid w:val="00D20DF9"/>
     <w:rsid w:val="00D21CE5"/>
-    <w:rsid w:val="00D2541F"/>
     <w:rsid w:val="00D260F8"/>
     <w:rsid w:val="00D27FDA"/>
+    <w:rsid w:val="00D30240"/>
     <w:rsid w:val="00D321DF"/>
     <w:rsid w:val="00D3295D"/>
     <w:rsid w:val="00D433F3"/>
-    <w:rsid w:val="00D44C02"/>
     <w:rsid w:val="00D45850"/>
     <w:rsid w:val="00D45878"/>
+    <w:rsid w:val="00D4673B"/>
     <w:rsid w:val="00D4706A"/>
-    <w:rsid w:val="00D47922"/>
+    <w:rsid w:val="00D5006E"/>
+    <w:rsid w:val="00D52962"/>
     <w:rsid w:val="00D52A94"/>
+    <w:rsid w:val="00D544FB"/>
     <w:rsid w:val="00D57ED9"/>
+    <w:rsid w:val="00D60B4A"/>
     <w:rsid w:val="00D67332"/>
     <w:rsid w:val="00D87386"/>
+    <w:rsid w:val="00D93CFD"/>
     <w:rsid w:val="00D9407D"/>
+    <w:rsid w:val="00D9487C"/>
     <w:rsid w:val="00DA0508"/>
+    <w:rsid w:val="00DA34F8"/>
+    <w:rsid w:val="00DA429E"/>
+    <w:rsid w:val="00DA7818"/>
+    <w:rsid w:val="00DA786E"/>
     <w:rsid w:val="00DB0A06"/>
+    <w:rsid w:val="00DB3801"/>
+    <w:rsid w:val="00DB4FA5"/>
     <w:rsid w:val="00DC0948"/>
     <w:rsid w:val="00DC1668"/>
+    <w:rsid w:val="00DC19F6"/>
+    <w:rsid w:val="00DC3FB7"/>
+    <w:rsid w:val="00DC4A1A"/>
+    <w:rsid w:val="00DC6D4D"/>
+    <w:rsid w:val="00DD2594"/>
     <w:rsid w:val="00DD2744"/>
     <w:rsid w:val="00DD2B98"/>
-    <w:rsid w:val="00DE1F55"/>
-    <w:rsid w:val="00DF5E17"/>
+    <w:rsid w:val="00DE05BD"/>
+    <w:rsid w:val="00DF4BC3"/>
+    <w:rsid w:val="00E04162"/>
     <w:rsid w:val="00E0520B"/>
-    <w:rsid w:val="00E16E40"/>
+    <w:rsid w:val="00E07520"/>
     <w:rsid w:val="00E223CE"/>
     <w:rsid w:val="00E225B9"/>
     <w:rsid w:val="00E255A6"/>
     <w:rsid w:val="00E25ECC"/>
+    <w:rsid w:val="00E31194"/>
+    <w:rsid w:val="00E341D7"/>
+    <w:rsid w:val="00E36424"/>
     <w:rsid w:val="00E36E67"/>
+    <w:rsid w:val="00E3708A"/>
+    <w:rsid w:val="00E404D1"/>
     <w:rsid w:val="00E40F62"/>
     <w:rsid w:val="00E415F1"/>
     <w:rsid w:val="00E41B01"/>
+    <w:rsid w:val="00E41E8B"/>
     <w:rsid w:val="00E4622A"/>
+    <w:rsid w:val="00E5019A"/>
+    <w:rsid w:val="00E50E52"/>
     <w:rsid w:val="00E522C8"/>
-    <w:rsid w:val="00E5635F"/>
     <w:rsid w:val="00E573BC"/>
     <w:rsid w:val="00E65FA9"/>
+    <w:rsid w:val="00E66A3C"/>
     <w:rsid w:val="00E66A52"/>
-    <w:rsid w:val="00E83AFF"/>
-    <w:rsid w:val="00E903F6"/>
+    <w:rsid w:val="00E72B03"/>
+    <w:rsid w:val="00E811D1"/>
+    <w:rsid w:val="00E82B40"/>
+    <w:rsid w:val="00E92A2D"/>
+    <w:rsid w:val="00E92D9F"/>
     <w:rsid w:val="00EA39DE"/>
-    <w:rsid w:val="00EA5625"/>
+    <w:rsid w:val="00EA6E56"/>
     <w:rsid w:val="00EB2EB2"/>
+    <w:rsid w:val="00EB78DD"/>
     <w:rsid w:val="00EC600F"/>
     <w:rsid w:val="00ED0DA1"/>
+    <w:rsid w:val="00ED35C7"/>
+    <w:rsid w:val="00EE51EA"/>
+    <w:rsid w:val="00EF167C"/>
     <w:rsid w:val="00EF27AC"/>
+    <w:rsid w:val="00EF3556"/>
     <w:rsid w:val="00EF4127"/>
     <w:rsid w:val="00EF5B32"/>
-    <w:rsid w:val="00EF74EC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F114B0"/>
+    <w:rsid w:val="00F02071"/>
+    <w:rsid w:val="00F0786C"/>
+    <w:rsid w:val="00F10A27"/>
     <w:rsid w:val="00F12628"/>
     <w:rsid w:val="00F206B4"/>
     <w:rsid w:val="00F30558"/>
-    <w:rsid w:val="00F33196"/>
     <w:rsid w:val="00F36D0F"/>
+    <w:rsid w:val="00F50063"/>
     <w:rsid w:val="00F57C76"/>
     <w:rsid w:val="00F60BFD"/>
-    <w:rsid w:val="00F61A80"/>
-    <w:rsid w:val="00F628DE"/>
+    <w:rsid w:val="00F66AB9"/>
     <w:rsid w:val="00F72353"/>
+    <w:rsid w:val="00F76C89"/>
+    <w:rsid w:val="00F825E9"/>
     <w:rsid w:val="00F92D64"/>
     <w:rsid w:val="00F93213"/>
     <w:rsid w:val="00F95C6F"/>
+    <w:rsid w:val="00F96D15"/>
+    <w:rsid w:val="00F979F9"/>
+    <w:rsid w:val="00FA3289"/>
+    <w:rsid w:val="00FA7559"/>
+    <w:rsid w:val="00FB22B0"/>
     <w:rsid w:val="00FB260C"/>
+    <w:rsid w:val="00FB7D0D"/>
     <w:rsid w:val="00FC0E6D"/>
-    <w:rsid w:val="00FC1A6E"/>
+    <w:rsid w:val="00FD2674"/>
     <w:rsid w:val="00FE1220"/>
     <w:rsid w:val="00FE19F1"/>
-    <w:rsid w:val="00FE4529"/>
-    <w:rsid w:val="00FE548D"/>
+    <w:rsid w:val="00FF025B"/>
     <w:rsid w:val="00FF0B48"/>
     <w:rsid w:val="00FF28AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="3D620059"/>
+  <w14:docId w14:val="4C6E6A83"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{765038D8-5553-4BC4-9766-02E846C69A6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -6663,54 +5691,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B701B4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
@@ -6832,52 +5856,52 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00893166"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB754D"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana1">
+    <w:name w:val="Neatrisināta pieminēšana1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB754D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00224685"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
@@ -6940,67 +5964,125 @@
     <w:rsid w:val="00D321DF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B701B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C22868"/>
+    <w:rsid w:val="00672853"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
+    <w:name w:val="tv213"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00812E03"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A238FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A238FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A238FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A238FE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7267,56 +6349,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100787D81CC44191443BCE9A84915FD18C3" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="21026fbe3d385f5f8b7940c12a29f869">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17d041801d2414b2bf015265ce6c0c32" ns3:_="">
     <xsd:import namespace="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -7460,148 +6551,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ED674F8-0824-4AD3-9919-3BEA7B538297}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61561EB1-700B-4FD4-8E75-E58C5DC51B1D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C2F765-512B-46B5-95DA-E72AFBBDE80D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{104395AB-640D-4B2A-B223-17A542F343D9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3B5BD1-F4BB-4551-A5B3-6C981371FB43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70B1CCF2-3CAB-4B59-A83A-12B9F4BB0257}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15861791-88D5-4A07-8C4A-1A1CA2A227C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3021</Characters>
+  <Pages>2</Pages>
+  <Words>3468</Words>
+  <Characters>1978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8303</CharactersWithSpaces>
+  <CharactersWithSpaces>5436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Anna Grinberga</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100787D81CC44191443BCE9A84915FD18C3</vt:lpwstr>
   </property>
 </Properties>
 </file>