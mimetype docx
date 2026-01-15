--- v0 (2025-10-10)
+++ v1 (2026-01-15)
@@ -1,7205 +1,7305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00E84983" w:rsidP="0032264F" w:rsidRDefault="00E84983" w14:paraId="64985951" w14:textId="77777777">
+    <w:p w14:paraId="64985951" w14:textId="77777777" w:rsidR="00E84983" w:rsidRPr="00BD5D37" w:rsidRDefault="00E84983" w:rsidP="0032264F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidP="0032264F" w:rsidRDefault="00A906AE" w14:paraId="7333EAC9" w14:textId="77777777">
+    <w:p w14:paraId="7333EAC9" w14:textId="77777777" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="00A906AE" w:rsidP="0032264F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="0032264F" w:rsidP="0032264F" w:rsidRDefault="655DEAB1" w14:paraId="5BC88DFD" w14:textId="5128FE97">
+    <w:p w14:paraId="5BC88DFD" w14:textId="5128FE97" w:rsidR="0032264F" w:rsidRPr="000A3E19" w:rsidRDefault="655DEAB1" w:rsidP="0032264F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbildes uz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37" w:rsidR="3A9D785A">
+      <w:r w:rsidR="3A9D785A" w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jautājumiem </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00E84983" w:rsidP="009566C7" w:rsidRDefault="00C73117" w14:paraId="07C36D15" w14:textId="60E8ACE3">
+    <w:p w14:paraId="07C36D15" w14:textId="60E8ACE3" w:rsidR="00E84983" w:rsidRPr="000A3E19" w:rsidRDefault="00C73117" w:rsidP="009566C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2.1.3. pasākumu “Uzņēmuma atbalsts dalībai kapitāla tirgos” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37" w:rsidR="655DEAB1">
+      <w:r w:rsidR="655DEAB1" w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidP="00A906AE" w:rsidRDefault="00A906AE" w14:paraId="44236348" w14:textId="77777777">
+    <w:p w14:paraId="44236348" w14:textId="06FD0DB6" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="00DF17E0" w:rsidP="00A906AE">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000A3E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3503AF86" wp14:editId="45A31FB2">
+            <wp:extent cx="196850" cy="196850"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1094908110" name="Grafika 2" descr="Bell with solid fill"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1094908110" name="Grafika 1094908110" descr="Bell with solid fill"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="196850" cy="196850"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B46D0B" w:rsidRPr="000A3E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atjaunots 10.12.2025. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="0032264F" w:rsidP="00E84983" w:rsidRDefault="0032264F" w14:paraId="25F5C679" w14:textId="2E0E280A">
+    <w:p w14:paraId="25F5C679" w14:textId="2E0E280A" w:rsidR="0032264F" w:rsidRPr="000A3E19" w:rsidRDefault="0032264F" w:rsidP="00E84983">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Izmantotie saīsinājumi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00970EC6" w:rsidP="00E84983" w:rsidRDefault="00970EC6" w14:paraId="0EBCD803" w14:textId="77777777">
+    <w:p w14:paraId="0EBCD803" w14:textId="77777777" w:rsidR="00970EC6" w:rsidRPr="000A3E19" w:rsidRDefault="00970EC6" w:rsidP="00E84983">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Centrālā finanšu un līgumu aģentūra</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00970EC6" w:rsidP="00E84983" w:rsidRDefault="00970EC6" w14:paraId="7DB7913A" w14:textId="617DD3B5">
+    <w:p w14:paraId="7DB7913A" w14:textId="617DD3B5" w:rsidR="00970EC6" w:rsidRPr="000A3E19" w:rsidRDefault="00970EC6" w:rsidP="00E84983">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId11">
-        <w:r w:rsidRPr="00BD5D37">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="000A3E19">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Atlases nolikums</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 1.2.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem” 1.2.1.3. pasākuma “Uzņēmuma atbalsts dalībai kapitāla tirgos” projektu iesniegumu atlases nolikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00970EC6" w:rsidP="00970EC6" w:rsidRDefault="00970EC6" w14:paraId="064B57BD" w14:textId="77777777">
+    <w:p w14:paraId="064B57BD" w14:textId="77777777" w:rsidR="00970EC6" w:rsidRPr="000A3E19" w:rsidRDefault="00970EC6" w:rsidP="00970EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">EM </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>– Ekonomikas ministrija</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="009231D2" w:rsidP="009231D2" w:rsidRDefault="009231D2" w14:paraId="3D653B7C" w14:textId="77777777">
+    <w:p w14:paraId="3D653B7C" w14:textId="77777777" w:rsidR="009231D2" w:rsidRPr="000A3E19" w:rsidRDefault="009231D2" w:rsidP="009231D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId12">
-        <w:r w:rsidRPr="00BD5D37">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="000A3E19">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Komisijas Regula 2023/2831</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Komisijas Regula (ES) 2023/2831 (2023. gada 13. decembris) par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> atbalstam</w:t>
+        <w:t xml:space="preserve"> – Komisijas Regula (ES) 2023/2831 (2023. gada 13. decembris) par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="009231D2" w:rsidP="009231D2" w:rsidRDefault="009231D2" w14:paraId="1F68EF61" w14:textId="793939DC">
+    <w:p w14:paraId="1F68EF61" w14:textId="793939DC" w:rsidR="009231D2" w:rsidRPr="000A3E19" w:rsidRDefault="009231D2" w:rsidP="009231D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId13">
-        <w:r w:rsidRPr="00BD5D37">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="000A3E19">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Komisijas Regula 651/2014</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Komisijas Regula (ES) Nr. 651/2014 ( 2014. gada 17. jūnijs ), ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu Dokuments attiecas uz EEZ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00A46264" w:rsidP="00970EC6" w:rsidRDefault="00A46264" w14:paraId="3180782F" w14:textId="29CD29D2">
+    <w:p w14:paraId="3180782F" w14:textId="29CD29D2" w:rsidR="00A46264" w:rsidRPr="000A3E19" w:rsidRDefault="00A46264" w:rsidP="00970EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId14">
-        <w:r w:rsidRPr="00BD5D37">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="000A3E19">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>MK noteikumi Nr. 104</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Ministru kabineta 2017.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gada 28. februāra noteikumi Nr. 104 “Noteikumi par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="004014D1" w:rsidP="00A46264" w:rsidRDefault="00970EC6" w14:paraId="370FCA26" w14:textId="2E10B0C4">
+    <w:p w14:paraId="370FCA26" w14:textId="2E10B0C4" w:rsidR="004014D1" w:rsidRPr="000A3E19" w:rsidRDefault="00970EC6" w:rsidP="00A46264">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pasākums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 1.2.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem” 1.2.1.3. pasākums</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37" w:rsidR="00A46264">
+      <w:r w:rsidR="00A46264" w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>“Uzņēmuma atbalsts dalībai kapitāla tirgos”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="009231D2" w:rsidP="009231D2" w:rsidRDefault="009231D2" w14:paraId="2D6FC712" w14:textId="77777777">
+    <w:p w14:paraId="2D6FC712" w14:textId="77777777" w:rsidR="009231D2" w:rsidRPr="000A3E19" w:rsidRDefault="009231D2" w:rsidP="009231D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId15">
-        <w:r w:rsidRPr="00BD5D37">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="000A3E19">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Regula 2015/1017</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Eiropas Parlamenta un Padomes Regula (ES) 2015/1017 (2015. gada 25. jūnijs) par Eiropas Stratēģisko investīciju fondu, Eiropas Investīciju konsultāciju centru un Eiropas Investīciju projektu portālu, ar ko groza Regulas (ES) Nr. 1291/2013 un (ES) Nr. 1316/2013 – Eiropas Stratēģisko investīciju fonds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidP="00A46264" w:rsidRDefault="009231D2" w14:paraId="26DAF3B0" w14:textId="4BF06171">
+    <w:p w14:paraId="26DAF3B0" w14:textId="4BF06171" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="009231D2" w:rsidP="00A46264">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId16">
-        <w:r w:rsidRPr="00BD5D37">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="000A3E19">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>SAM noteikumi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BD5D37">
+      <w:r w:rsidRPr="000A3E19">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Ministru kabineta 2023.gada 17.oktobra noteikumi Nr.597 “Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 1.2.1. specifiskā atbalsta mērķa “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem” 1.2.1.3. pasākuma “Uzņēmuma atbalsts dalībai kapitāla tirgos” īstenošanas noteikumi”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidP="00A46264" w:rsidRDefault="00A906AE" w14:paraId="7AF034FF" w14:textId="77777777">
+    <w:p w14:paraId="7AF034FF" w14:textId="77777777" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="00A906AE" w:rsidP="00A46264">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:id w:val="1872647678"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...7 lines deleted...]
-      </w:sdtEndPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00BD5D37" w:rsidR="004014D1" w:rsidP="002251E3" w:rsidRDefault="004014D1" w14:paraId="73CAD5BD" w14:textId="1C1AB4E8">
+        <w:p w14:paraId="73CAD5BD" w14:textId="1C1AB4E8" w:rsidR="004014D1" w:rsidRPr="000A3E19" w:rsidRDefault="004014D1" w:rsidP="002251E3">
           <w:pPr>
-            <w:pStyle w:val="TOCHeading"/>
+            <w:pStyle w:val="Saturardtjavirsraksts"/>
             <w:jc w:val="left"/>
             <w:rPr>
-              <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00BD5D37">
+          <w:r w:rsidRPr="000A3E19">
             <w:rPr>
-              <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Saturs</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidRDefault="004014D1" w14:paraId="3C95EC4D" w14:textId="6B912580">
+        <w:p w14:paraId="3C95EC4D" w14:textId="6B912580" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="004014D1">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00BD5D37">
+          <w:r w:rsidRPr="000A3E19">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00BD5D37">
+          <w:r w:rsidRPr="000A3E19">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00BD5D37">
+          <w:r w:rsidRPr="000A3E19">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:history="1" w:anchor="_Toc180137215">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc180137215" w:history="1">
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc180137215 \h </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="004D71BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004D71BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A906AE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A906AE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidRDefault="00A906AE" w14:paraId="5E97297A" w14:textId="7DF44A20">
+        <w:p w14:paraId="5E97297A" w14:textId="7DF44A20" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="00A906AE">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc180137216">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc180137216" w:history="1">
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Īstenošanas nosacījumi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc180137216 \h </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="004D71BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004D71BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidRDefault="00A906AE" w14:paraId="681F0F8D" w14:textId="7537124C">
+        <w:p w14:paraId="681F0F8D" w14:textId="7537124C" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="00A906AE">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc180137217">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc180137217" w:history="1">
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc180137217 \h </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="004D71BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004D71BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidRPr="00BD5D37" w:rsidR="00A906AE" w:rsidRDefault="00A906AE" w14:paraId="0AA47316" w14:textId="491A8D2E">
+        <w:p w14:paraId="0AA47316" w14:textId="491A8D2E" w:rsidR="00A906AE" w:rsidRPr="000A3E19" w:rsidRDefault="00A906AE">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
+            <w:pStyle w:val="Saturs1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15388"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc180137218">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:hyperlink w:anchor="_Toc180137218" w:history="1">
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Attiecināmās izmaksas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc180137218 \h </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="004D71BC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004D71BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidRPr="00BD5D37" w:rsidR="004014D1" w:rsidP="004014D1" w:rsidRDefault="004014D1" w14:paraId="31DCD7FE" w14:textId="65065224">
+        <w:p w14:paraId="31DCD7FE" w14:textId="65065224" w:rsidR="004014D1" w:rsidRPr="000A3E19" w:rsidRDefault="004014D1" w:rsidP="004014D1">
           <w:pPr>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00BD5D37">
+          <w:r w:rsidRPr="000A3E19">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="977"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8094"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="6307"/>
+        <w:gridCol w:w="8084"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidTr="2C52E15B" w14:paraId="77F4DDC2" w14:textId="77777777">
+      <w:tr w:rsidR="00640E97" w:rsidRPr="000A3E19" w14:paraId="77F4DDC2" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="00601735" w:rsidRDefault="00640E97" w14:paraId="1EF6DC72" w14:textId="2AA460CE">
+          <w:p w14:paraId="1EF6DC72" w14:textId="2AA460CE" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="00640E97" w:rsidP="00601735">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="17" w:right="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nr.p.k</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="00A46264" w:rsidRDefault="00640E97" w14:paraId="0056F754" w14:textId="2E58C7D4">
+          <w:p w14:paraId="0056F754" w14:textId="2E58C7D4" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="00640E97" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="17" w:right="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="00A46264" w:rsidRDefault="00640E97" w14:paraId="235B1301" w14:textId="77777777">
+          <w:p w14:paraId="235B1301" w14:textId="77777777" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="00640E97" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbildes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidTr="2C52E15B" w14:paraId="131B41A7" w14:textId="77777777">
+      <w:tr w:rsidR="00640E97" w:rsidRPr="000A3E19" w14:paraId="131B41A7" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="00A46264" w:rsidRDefault="00640E97" w14:paraId="07EC663F" w14:textId="12B6129D">
+          <w:p w14:paraId="07EC663F" w14:textId="12B6129D" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="00640E97" w:rsidP="00A46264">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
+              <w:pStyle w:val="Virsraksts1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc20918679" w:id="0"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="0" w:name="_Toc20918679"/>
+            <w:bookmarkStart w:id="1" w:name="_Toc46148086"/>
+            <w:bookmarkStart w:id="2" w:name="_Toc180137215"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidTr="2C52E15B" w14:paraId="6E29684F" w14:textId="77777777">
+      <w:tr w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w14:paraId="6E29684F" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidRDefault="00BE21D2" w14:paraId="090D1C94" w14:textId="214FBE75">
+          <w:p w14:paraId="090D1C94" w14:textId="214FBE75" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="00BE21D2">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidP="00A46264" w:rsidRDefault="00BE21D2" w14:paraId="2FE7555E" w14:textId="77777777">
+          <w:p w14:paraId="2FE7555E" w14:textId="77777777" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="00BE21D2" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai uzņēmumi, kas pēdējo gadu laikā ir kotējušies biržā, var pretendēt uz atbalstu? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidP="00A46264" w:rsidRDefault="00BE21D2" w14:paraId="4868760E" w14:textId="77777777">
+          <w:p w14:paraId="4868760E" w14:textId="77777777" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="00BE21D2" w:rsidP="00A46264">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidP="00A46264" w:rsidRDefault="00BE21D2" w14:paraId="570DFE54" w14:textId="0BBCD456">
+          <w:p w14:paraId="570DFE54" w14:textId="0BBCD456" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="00BE21D2" w:rsidP="00A46264">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidP="00A46264" w:rsidRDefault="00BE21D2" w14:paraId="1AC75C27" w14:textId="77777777">
+          <w:p w14:paraId="1AC75C27" w14:textId="77777777" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="00BE21D2" w:rsidP="00A46264">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Uzņēmumi, kuri pēdējo gadu laikā ir kotējušies biržā, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>var pretendēt uz atbalstu, ja nav konstatējams zemāk minētais</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidP="4D636346" w:rsidRDefault="00BE21D2" w14:paraId="6D270773" w14:textId="7A09A437">
+          <w:p w14:paraId="6D270773" w14:textId="7A09A437" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="00BE21D2" w:rsidP="4D636346">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="397" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>pēdējo 24 mēnešu laikā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir vei</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="5FBE97A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="5FBE97A2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kta</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> kapitāla piesaist</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="4DEFF34B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4DEFF34B" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>emitējot parāda vērtspapīrus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> par kopējo summu, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">kas pārsniedz 1 000 000 </w:t>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>kas pārsniedz 1 000 000 euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00BE21D2" w:rsidP="00A46264" w:rsidRDefault="2B4E1D53" w14:paraId="4EE2CEEE" w14:textId="4F981679">
+          <w:p w14:paraId="4EE2CEEE" w14:textId="4F981679" w:rsidR="00BE21D2" w:rsidRPr="000A3E19" w:rsidRDefault="2B4E1D53" w:rsidP="00A46264">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="397" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">brīdī, kad projekta iesniegums iesniegts </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="27F194D8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="27F194D8" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aģentūrā, biržā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>nav emitē</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="770B6100">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="770B6100" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>tas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> visas spēkā esošās emisijas prospektā norādītās akcijas vai obligācijas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Tas nozīmē, ka tiek ļauts iesniegt pieteikumu uzņēmumiem, ja tie ir jau iepriekš kotējušies biržā, tomēr </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>uz projekta iesnieguma iesniegšanas brīdi tiem nav spēkā esošs emisijas prospekts par akciju vai obligāciju emisiju biržā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidTr="2C52E15B" w14:paraId="7D4382B4" w14:textId="77777777">
+      <w:tr w:rsidR="00640E97" w:rsidRPr="000A3E19" w14:paraId="7D4382B4" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidRDefault="00640E97" w14:paraId="169F7729" w14:textId="18F32334">
+          <w:p w14:paraId="169F7729" w14:textId="18F32334" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="00640E97">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00BE21D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00BE21D2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="003547E0" w:rsidP="1B5A472C" w:rsidRDefault="37A2E2A4" w14:paraId="5F3EFB39" w14:textId="0F9CF3BA">
+          <w:p w14:paraId="5F3EFB39" w14:textId="0F9CF3BA" w:rsidR="003547E0" w:rsidRPr="000A3E19" w:rsidRDefault="37A2E2A4" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai atlases nolikuma 2.5.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="57C6EF45">
+            <w:r w:rsidR="57C6EF45" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>apakš</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">punkts nozīmē, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="6B4C1E63">
+            <w:r w:rsidR="6B4C1E63" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="2B1433D6">
+            <w:r w:rsidR="2B1433D6" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ir </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>realizēta obligāciju emisija virs 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="69F7BDFD">
+            <w:r w:rsidR="69F7BDFD" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 000 000</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="4991EA68">
+            <w:r w:rsidR="4991EA68" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="22FA3D42">
+            <w:r w:rsidR="22FA3D42" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pirms gada</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="25EA2354">
+            <w:r w:rsidR="25EA2354" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, tas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> izslēdz dalību šajā programmā šobrīd?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="00A46264" w:rsidRDefault="003547E0" w14:paraId="17B25114" w14:textId="15399817">
+          <w:p w14:paraId="17B25114" w14:textId="15399817" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="003547E0" w:rsidP="00A46264">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots vebinārā</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0038395A" w:rsidP="1B5A472C" w:rsidRDefault="276B0DC7" w14:paraId="10393218" w14:textId="6D89FF48">
+          <w:p w14:paraId="10393218" w14:textId="6D89FF48" w:rsidR="0038395A" w:rsidRPr="000A3E19" w:rsidRDefault="276B0DC7" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SAM noteikumu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="2B4E1D53">
+            <w:r w:rsidR="2B4E1D53" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">17.5.apakšpunktu nevar pretendēt uz atbalstu, ja vērtspapīri 1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="457A65A7">
+            <w:r w:rsidR="457A65A7" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="457A65A7">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>000 000 euro</w:t>
+            </w:r>
+            <w:r w:rsidR="2B4E1D53" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> apmērā ir emitēti </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="2B4E1D53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2B4E1D53" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>pēdējo 24 mēnešu laikā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="6695B4B8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6695B4B8" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> (skatīt atbildi uz jautājumu 1.1.)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="2B4E1D53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2B4E1D53" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="51146E65">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="51146E65" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projektu atlase ilgs līdz pat 2026.gada 31.decembrim. Tātad J</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="2B4E1D53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2B4E1D53" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ūsu gadījumā, ja vērtspapīri ir emitēti 2023.gadā</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="2B4E1D53">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="2B4E1D53" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, dalība programmā ir iespējama un projektu var iesniegt sākot ar 2025.gadu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidTr="2C52E15B" w14:paraId="23F0D7C5" w14:textId="77777777">
+      <w:tr w:rsidR="00640E97" w:rsidRPr="000A3E19" w14:paraId="23F0D7C5" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidRDefault="009D2420" w14:paraId="18363051" w14:textId="60475945">
+          <w:p w14:paraId="18363051" w14:textId="60475945" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A46264">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A46264" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00BE21D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00BE21D2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="00A46264" w:rsidRDefault="009D2420" w14:paraId="3DEF4F59" w14:textId="77777777">
+          <w:p w14:paraId="3DEF4F59" w14:textId="77777777" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai uzņēmums, kas darbojas putnkopības nozarē, klasificējas kā lauksaimniecības nozare un tādēļ nevar pretendēt uz atbalstu? Vai uzņēmums, kas nodarbojas ar zivju pārstrādi, klasificējas kā primārā zivsaimniecības un akvakultūras nozare un tādēļ nevar pretendēt uz atbalstu?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidP="00A46264" w:rsidRDefault="009D2420" w14:paraId="144B338A" w14:textId="77777777">
+          <w:p w14:paraId="144B338A" w14:textId="77777777" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidP="00A46264" w:rsidRDefault="009D2420" w14:paraId="6B4C6D7D" w14:textId="24050263">
+          <w:p w14:paraId="6B4C6D7D" w14:textId="24050263" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="49881727" w:rsidRDefault="276B0DC7" w14:paraId="78B80104" w14:textId="7B21ECC1">
+          <w:p w14:paraId="78B80104" w14:textId="7B21ECC1" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="276B0DC7" w:rsidP="49881727">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="49881727">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18">
-              <w:r w:rsidRPr="49881727">
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Komisijas regulu</w:t>
               </w:r>
-              <w:r w:rsidRPr="49881727" w:rsidR="1D0C3E31">
+              <w:r w:rsidR="1D0C3E31" w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
-              <w:r w:rsidRPr="49881727">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>2023/2831</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="49881727">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, ar kuru piešķir </w:t>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ar kuru piešķir de minimis atbalstu, neatbalstāmā nozare ir lauksaimniecības produktu primārā ražošana, pārstrāde un tirdzniecība, kā arī zvejas un akvakultūras produktu primārā ražošana, pārstrāde un tirdzniecība. Saskaņā ar Centrālās statistikas pārvaldes tīmekļvietnē publicēto vispārējās ekonomiskās darbības klasifikatoru - NACE 2.redakciju – lauksaimniecībā un zivsaimniecībā ietilpst augu un dzīvnieku izcelsmes dabas resursu izmantošana, kas ietver kultūraugu audzēšanu, dzīvnieku audzēšanu, kokmateriālu ieguvi, kā arī citu augu, dzīvnieku vai dzīvnieku izcelsmes </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="49881727">
-[...7 lines deleted...]
-              <w:t>de</w:t>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pirmproduktu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="49881727">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ieguvi to audzēšanas vietās vai to dabiskajā vidē. Līdz ar to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">darbības jomas kā putnkopība (01.77) vai zivju, vēžveidīgo un mīkstmiešu pārstrāde un konservēšana (10.20) ietilpst neatbalstāmo nozaru lauksaimniecība un zivsaimniecība </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="49881727">
-[...7 lines deleted...]
-              <w:t>minimis</w:t>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>apakškategorijās</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="49881727">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">darbības jomas kā putnkopība (01.77) vai zivju, vēžveidīgo un mīkstmiešu pārstrāde un konservēšana (10.20) ietilpst neatbalstāmo nozaru lauksaimniecība un zivsaimniecība </w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="49881727">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACE 2. redakcijas klasifikators pieejams Centrālās statistikas pārvaldes tīmekļa vietnē </w:t>
             </w:r>
-            <w:r w:rsidR="004E2876">
-[...80 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidR="00C2FB90" w:rsidRPr="000A3E19" w:rsidDel="276B0DC7">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>ht</w:t>
+              </w:r>
+              <w:r w:rsidR="00C2FB90" w:rsidRPr="000A3E19">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>tps://www.csp.gov.lv/lv/klasifikacija/nace-2-red/nace-saimniecisko-darbibu-statistiska-klasifikacija-eiropas-kopiena-2-redakcija</w:t>
+              </w:r>
+              <w:r w:rsidRPr="000A3E19">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>    </w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00640E97" w:rsidP="49881727" w:rsidRDefault="2F73FBDF" w14:paraId="272A7C57" w14:textId="4DFBF338">
+          <w:p w14:paraId="272A7C57" w14:textId="4DFBF338" w:rsidR="00640E97" w:rsidRPr="000A3E19" w:rsidRDefault="2F73FBDF" w:rsidP="49881727">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00192F20">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vēršam uzmanību, ka Ekonomikas ministrija plāno izstrādāt SAM noteikumu grozījumus, paredzot, ka atbalstu varēs saņemt komersanti, kas darbojas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00192F20" w:rsidR="006F14D5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006F14D5" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> lauksaimniecības un</w:t>
             </w:r>
-            <w:r w:rsidRPr="00192F20">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> zvejas un akvakultūras nozarēs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidTr="2C52E15B" w14:paraId="27794B62" w14:textId="77777777">
+      <w:tr w:rsidR="009D2420" w:rsidRPr="000A3E19" w14:paraId="27794B62" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidRDefault="009D2420" w14:paraId="3EA372D7" w14:textId="12A0827C">
+          <w:p w14:paraId="3EA372D7" w14:textId="12A0827C" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00A46264">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A46264" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="00BE21D2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00BE21D2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidP="00A46264" w:rsidRDefault="009D2420" w14:paraId="046CA5C0" w14:textId="77777777">
+          <w:p w14:paraId="046CA5C0" w14:textId="77777777" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai finanšu nozares uzņēmumi var pretendēt uz atbalstu? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidP="00A46264" w:rsidRDefault="009D2420" w14:paraId="6B9140DC" w14:textId="77777777">
+          <w:p w14:paraId="6B9140DC" w14:textId="77777777" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidP="00A46264" w:rsidRDefault="009D2420" w14:paraId="1F79798D" w14:textId="3E722F22">
+          <w:p w14:paraId="1F79798D" w14:textId="3E722F22" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="009D2420" w:rsidP="00A46264">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="009D2420" w:rsidP="1B5A472C" w:rsidRDefault="276B0DC7" w14:paraId="1238C8BA" w14:textId="03362FBE">
+          <w:p w14:paraId="1238C8BA" w14:textId="03362FBE" w:rsidR="009D2420" w:rsidRPr="000A3E19" w:rsidRDefault="276B0DC7" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ņemot vērā </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId22">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Komisijas regulas Nr.2023/2831</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.panta 1.punktā uzskaitītās neatbalstāmās nozares un </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId23">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Eiropas Parlamenta un Padomes 2021.gada 24.jūnija Regulas Nr.2021/1058 par Eiropas Reģionālās attīstības fondu un Kohēzijas fondu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.panta 1.punktā uzskaitītās neatbalstāmās darbības, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>finanšu nozare ir atbalstāmā nozare.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="005B5F0C" w:rsidTr="2C52E15B" w14:paraId="60948084" w14:textId="77777777">
+      <w:tr w:rsidR="005B5F0C" w:rsidRPr="000A3E19" w14:paraId="60948084" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="005B5F0C" w:rsidP="005B5F0C" w:rsidRDefault="005B5F0C" w14:paraId="5085968D" w14:textId="6B7C0BEC">
+          <w:p w14:paraId="5085968D" w14:textId="6B7C0BEC" w:rsidR="005B5F0C" w:rsidRPr="000A3E19" w:rsidRDefault="005B5F0C" w:rsidP="005B5F0C">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="005B5F0C" w:rsidP="005B5F0C" w:rsidRDefault="005B5F0C" w14:paraId="29466E01" w14:textId="77777777">
+          <w:p w14:paraId="29466E01" w14:textId="77777777" w:rsidR="005B5F0C" w:rsidRPr="000A3E19" w:rsidRDefault="005B5F0C" w:rsidP="005B5F0C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ja uzņēmums darbojas divās vai vairākās nozarēs, kur viena no tām ir neatbalstāma, vai var pretendēt uz atbalstu? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="005B5F0C" w:rsidP="005B5F0C" w:rsidRDefault="005B5F0C" w14:paraId="0DF6E5CC" w14:textId="77777777">
+          <w:p w14:paraId="0DF6E5CC" w14:textId="77777777" w:rsidR="005B5F0C" w:rsidRPr="000A3E19" w:rsidRDefault="005B5F0C" w:rsidP="005B5F0C">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="005B5F0C" w:rsidP="005B5F0C" w:rsidRDefault="005B5F0C" w14:paraId="2FED813B" w14:textId="53DA76E2">
+          <w:p w14:paraId="2FED813B" w14:textId="53DA76E2" w:rsidR="005B5F0C" w:rsidRPr="000A3E19" w:rsidRDefault="005B5F0C" w:rsidP="005B5F0C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="005B5F0C" w:rsidP="005B5F0C" w:rsidRDefault="005B5F0C" w14:paraId="45837E63" w14:textId="0E3FA8C5">
+          <w:p w14:paraId="45837E63" w14:textId="0E3FA8C5" w:rsidR="005B5F0C" w:rsidRPr="000A3E19" w:rsidRDefault="005B5F0C" w:rsidP="005B5F0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId24">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SAM noteikumu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18.punktu atbalsts netiek piešķirts projekta iesniedzējam, kurš vienlaikus darbojas nozarē vai veic darbības, kas minētas šo noteikumu 17.2.apakšpunktā un secīgi </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId25">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Komisijas regulas 2023/2831</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1. panta 1. punktā jeb ir neatbalstāmas. Uzņēmums, kas darbojas divās vai vairāk nozarēs, kur viena no tām ir neatbalstāma, saņemot atbalstu dalībai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">kapitāla tirgos, nevar nodalīt izmaksas vai darbības tā, lai kapitāla piesaistīšanas rezultātā negūtu labumu kādā konkrētā nozarē, līdz ar to šāds uzņēmums uz atbalstu SAMP 1.2.1.3. ietvaros </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>nevar pretendēt</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidTr="2C52E15B" w14:paraId="58CED89F" w14:textId="77777777">
+      <w:tr w:rsidR="0021284B" w:rsidRPr="000A3E19" w14:paraId="58CED89F" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tblPrEx>
           <w:tblBorders>
-            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-            <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidP="0021284B" w:rsidRDefault="07540187" w14:paraId="25310A13" w14:textId="67821963">
+          <w:p w14:paraId="25310A13" w14:textId="67821963" w:rsidR="0021284B" w:rsidRPr="000A3E19" w:rsidRDefault="07540187" w:rsidP="0021284B">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidP="1B5A472C" w:rsidRDefault="359B0D00" w14:paraId="758A09F9" w14:textId="6232FBD6">
+          <w:p w14:paraId="758A09F9" w14:textId="6232FBD6" w:rsidR="0021284B" w:rsidRPr="000A3E19" w:rsidRDefault="359B0D00" w:rsidP="1B5A472C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="35CEF9E3">
+            <w:r w:rsidR="35CEF9E3" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsta </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>programmā var piedalīties valsts un pašvaldības kapitālsabiedrība (SIA)?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidP="0021284B" w:rsidRDefault="359B0D00" w14:paraId="655C4288" w14:textId="4BAD9296">
+          <w:p w14:paraId="655C4288" w14:textId="4BAD9296" w:rsidR="0021284B" w:rsidRPr="000A3E19" w:rsidRDefault="359B0D00" w:rsidP="0021284B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots vebinārā</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidP="1EC5133F" w:rsidRDefault="359B0D00" w14:paraId="40600EEA" w14:textId="0B842D9D">
+          <w:p w14:paraId="40600EEA" w14:textId="0B842D9D" w:rsidR="0021284B" w:rsidRPr="000A3E19" w:rsidRDefault="359B0D00" w:rsidP="1EC5133F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId23">
-              <w:r w:rsidRPr="1EC5133F">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="034990"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SAM noteikumu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  2.1.apakšpunktu uz atbalstu pretendē "</w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>komersanti</w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Latvijas Republikas komercreģistrā reģistrētas kapitālsabiedrības, </w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>kas atbilst mazā un vidējā komersanta statusam</w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="138E6E35">
+            <w:r w:rsidR="138E6E35" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24">
-              <w:r w:rsidRPr="1EC5133F">
+            <w:hyperlink r:id="rId27">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Eiropas Komisijas 2014.</w:t>
               </w:r>
-              <w:r w:rsidRPr="1EC5133F" w:rsidR="0A1DBAFB">
+              <w:r w:rsidR="0A1DBAFB" w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>gada 17.jūnija Regulas (ES) Nr.</w:t>
               </w:r>
-              <w:r w:rsidRPr="1EC5133F">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (turpmāk – Komisijas regula Nr.651/2014), I pielikuma 2. panta 1. punktu, </w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>vai mazās vidējas kapitalizācijas sabiedrības</w:t>
             </w:r>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas atbilst </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25">
-              <w:r w:rsidRPr="1EC5133F">
+            <w:hyperlink r:id="rId28">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2015. </w:t>
-[...11 lines deleted...]
-                <w:t>gada 25. jūnija Regulas (ES) 2015/1017 par Eiropas Stratēģisko investīciju fondu, Eiropas Investīciju konsultāciju centru un Eiropas Investīciju projektu portālu, ar ko groza Regulas (ES) Nr. 1291/2013 un (ES) Nr. 1316/2013 – Eiropas Stratēģisko investīciju fonds</w:t>
+                <w:t>Eiropas Parlamenta un Padomes 2015. gada 25. jūnija Regulas (ES) 2015/1017 par Eiropas Stratēģisko investīciju fondu, Eiropas Investīciju konsultāciju centru un Eiropas Investīciju projektu portālu, ar ko groza Regulas (ES) Nr. 1291/2013 un (ES) Nr. 1316/2013 – Eiropas Stratēģisko investīciju fonds</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="001A1E79">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="001A1E79" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (turpmāk – Regula 2015/1017)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="ui-provider"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. panta 6. punktā noteiktajai definīcijai."</w:t>
+            </w:r>
+            <w:r w:rsidR="00687ACF" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="ui-provider"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00987746" w:rsidR="001A1E79">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidR="002A5B16" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00687ACF">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Saskaņā ar</w:t>
+            </w:r>
+            <w:r w:rsidR="008507ED" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002A5B16">
+            <w:r w:rsidR="00A734BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Komisijas Ieteikum</w:t>
+            </w:r>
+            <w:r w:rsidR="00104CBD" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00A734BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2003/361/EK (2003. gada 6. maijs) par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A734BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mikrouzņēmumu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A734BC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un mazo un vidējo uzņēmumu definīcij</w:t>
+            </w:r>
+            <w:r w:rsidR="002A5B16" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidR="008507ED" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7F309EA6" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="008507ED">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.panta 4.punktu uzņēmums nav uzskatāms par </w:t>
+            </w:r>
+            <w:r w:rsidR="3399AD2C" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...79 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="7F309EA6">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mazo un vidējo uzņēmumu (turpmāk - </w:t>
+            </w:r>
+            <w:r w:rsidR="7F309EA6" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="3399AD2C">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MVU</w:t>
+            </w:r>
+            <w:r w:rsidR="60C09FF1" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="7F309EA6">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="7F309EA6" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="60C09FF1">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, ja 25 % vai vairāk tā kapitāla vai balsstiesību kopā vai atsevišķi tieši vai netieši kontrolē viena vai vairākas publiskas struktūras</w:t>
+            </w:r>
+            <w:r w:rsidR="00F14F56" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="7F309EA6">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="7F309EA6" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00F14F56">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tātad atbilstoši iepriekš minētajam </w:t>
+            </w:r>
+            <w:r w:rsidR="7F309EA6" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F" w:rsidR="7F309EA6">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>valsts un pašvaldību kapitālsabiedrības noteikti nebūs MVU</w:t>
+            </w:r>
+            <w:r w:rsidR="7F3A579C" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidP="1B5A472C" w:rsidRDefault="6A69180D" w14:paraId="40C9BA80" w14:textId="71AE95FB">
+          <w:p w14:paraId="40C9BA80" w14:textId="71AE95FB" w:rsidR="0021284B" w:rsidRPr="000A3E19" w:rsidRDefault="6A69180D" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Papildus </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A734BC" w:rsidR="00232841">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00232841" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Komisijas Ieteikuma 2003/361/EK (2003. gada 6. maijs) par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00232841" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mikrouzņēmumu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00232841" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un mazo un vidējo uzņēmumu definīcij</w:t>
+            </w:r>
+            <w:r w:rsidR="00C764A0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">u </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="ui-provider"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1.pant</w:t>
+            </w:r>
+            <w:r w:rsidR="00C764A0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="ui-provider"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A734BC" w:rsidR="00232841">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F">
+            <w:r w:rsidR="00C764A0" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00C764A0">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00126F09" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00C764A0">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tiek </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00126F09">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no</w:t>
+            </w:r>
+            <w:r w:rsidR="00126F09" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00126F09" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00126F09">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>eikts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="00126F09">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ka </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>par uzņēmumu uzskata jebkuru saimnieciskās darbības subjektu neatkarīgi no tā juridiskās formas.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="1EC5133F">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Atbilstoši iepriekš minētajam </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>par uzņēmumu uzskata jebkuru saimnieciskās darbības subjektu neatkarīgi no tā juridiskās formas.</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>arī valsts un pašvaldību kapitālsabiedrības, kas veic saimniecisku darbību, valsts atbalsta kontekstā tiek vērtētas kā uzņēmums.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="005D07E7" w:rsidR="00F017D7" w:rsidP="1B5A472C" w:rsidRDefault="359B0D00" w14:paraId="3C470B8F" w14:textId="4B722A48">
+          <w:p w14:paraId="3C470B8F" w14:textId="3CBA7A75" w:rsidR="00F017D7" w:rsidRPr="000A3E19" w:rsidRDefault="359B0D00" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Vienlaikus vēršam uzmanību, ka programmas mērķis ir veicināt komersantu attīstībai nepieciešamā finansējuma piesaisti kapitāla tirgos, tādējādi paaugstinot komersantu starptautisko konkurētspēju, kā arī sekmējot investīcijas dzīvotspējīgos un </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>inovatīvos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> uzņēmumos, ļaujot tiem straujāk augt un attīstīties. </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D07E7">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Mērķa grupa ir  komersanti, kuru darbība ir vērsta uz tehnoloģisko attīstību un izaugsmi, kā arī uz investīciju veikšanu pētniecībā, attīstībā un inovācijās.</w:t>
+              <w:t>Mērķa grupa ir komersanti, kuru darbība ir vērsta uz tehnoloģisko attīstību un izaugsmi, kā arī uz investīciju veikšanu pētniecībā, attīstībā un inovācijās.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="0021284B" w:rsidP="1EC5133F" w:rsidRDefault="007E02F0" w14:paraId="1F714E20" w14:textId="7127A96B">
+          <w:p w14:paraId="1F714E20" w14:textId="7127A96B" w:rsidR="0021284B" w:rsidRPr="000A3E19" w:rsidRDefault="007E02F0" w:rsidP="1EC5133F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D07E7">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ņemot vērā augstāk minēto, arī valsts un pašvaldību kapitālsabiedrības, kas veic saimniecisku darbību, var pieteikties dalībai atbalsta programmā,</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D07E7" w:rsidR="001A1E79">
+            <w:r w:rsidR="001A1E79" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja to darbinieku skaits nepārsniedz 499 vienības atbilstoši </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D07E7" w:rsidR="001A1E79">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="001A1E79" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Regulas 2015/1017</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D07E7" w:rsidR="001A1E79">
+            <w:r w:rsidR="001A1E79" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2. panta 6. punkta definīcijai, kā arī,</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D07E7">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja tās atbilst visiem atbalsta programmas nosacījumiem, tostarp programmas mērķim un mērķa grupai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="69F95D86" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="69F95D86" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="0BA31237" w14:paraId="58292D30" w14:textId="2B288AD8">
+          <w:p w14:paraId="58292D30" w14:textId="2B288AD8" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="0BA31237" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1EC5133F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="2A17953F" w14:paraId="603EFA13" w14:textId="7C69D56C">
+          <w:p w14:paraId="603EFA13" w14:textId="7C69D56C" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="33366AAD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="33366AAD" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsta programmas nosacījumiem </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ir ietekme uz uzņēmuma </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dividenšu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> politiku? Vai var turpināt maksāt dividendes?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="2A17953F" w14:paraId="3EB7603B" w14:textId="6B0C98AC">
+          <w:p w14:paraId="3EB7603B" w14:textId="6B0C98AC" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="00545203">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots vebinārā</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="002C56B0" w:rsidP="1EC5133F" w:rsidRDefault="007E02F0" w14:paraId="1BF39073" w14:textId="3BA1A501">
+          <w:p w14:paraId="1BF39073" w14:textId="3BA1A501" w:rsidR="002C56B0" w:rsidRPr="000A3E19" w:rsidRDefault="007E02F0" w:rsidP="1EC5133F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1EC5133F">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">atbalsta mērķis nav ierobežot uzņēmuma normālu un paredzamu darbību. Apliecinājums nepieciešams tādēļ, lai netiktu veidoti mākslīgi un tieši neregulēti mehānismi (ar attiecīgām vienošanām), kuru mērķis ir apiet vispārējo dividenžu izmaksas kārtību. Līdz ar to, atbildot uz jautājumu, atbalsta programmas nosacījumi neietekmē uzņēmumu dividenžu politiku. </w:t>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informējam, ka dividenžu izmaksa ir uzņēmuma darbības sastāvdaļa, kas ir skaidri noteikta un reglamentēta normatīvajos aktos, tostarp Komerclikumā (https://likumi.lv/ta/id/5490-komerclikums). Ekonomikas ministrija norāda, ka atbalsta mērķis nav ierobežot uzņēmuma normālu un paredzamu darbību. Apliecinājums nepieciešams tādēļ, lai netiktu veidoti mākslīgi un tieši neregulēti mehānismi (ar attiecīgām vienošanām), kuru mērķis ir apiet vispārējo dividenžu izmaksas kārtību. Līdz ar to, atbildot uz jautājumu, atbalsta programmas nosacījumi neietekmē uzņēmumu dividenžu politiku. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="007A5D90" w:rsidTr="2C52E15B" w14:paraId="764A42AD" w14:textId="77777777">
+      <w:tr w:rsidR="007A5D90" w:rsidRPr="000A3E19" w14:paraId="764A42AD" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="1EC5133F" w:rsidR="007A5D90" w:rsidP="00545203" w:rsidRDefault="007A5D90" w14:paraId="32218171" w14:textId="41C81D77">
+          <w:p w14:paraId="32218171" w14:textId="41C81D77" w:rsidR="007A5D90" w:rsidRPr="000A3E19" w:rsidRDefault="007A5D90" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A5D90" w:rsidP="00545203" w:rsidRDefault="00AB7EAE" w14:paraId="18108251" w14:textId="77777777">
+          <w:p w14:paraId="18108251" w14:textId="77777777" w:rsidR="007A5D90" w:rsidRPr="000A3E19" w:rsidRDefault="00AB7EAE" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai NACE nozares 10.1. – g</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F2235F" w:rsidR="00F2235F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F2235F" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aļas un gaļas produktu ražošana, pārstrāde un konservēšana</w:t>
             </w:r>
-            <w:r w:rsidR="004A1102">
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004A1102" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 10.12 - mājputnu gaļas pārstrāde un konservēšana</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7529" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 10.5 - piena produktu ražošana</w:t>
+            </w:r>
+            <w:r w:rsidR="008C55A0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> var pretendēt uz atbalstu?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00757C95" w:rsidR="00757C95" w:rsidP="00545203" w:rsidRDefault="00757C95" w14:paraId="4A6F9854" w14:textId="599A8C85">
+          <w:p w14:paraId="4A6F9854" w14:textId="599A8C85" w:rsidR="00757C95" w:rsidRPr="000A3E19" w:rsidRDefault="00757C95" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007B2BFE" w:rsidR="00BD331D" w:rsidP="00880F4B" w:rsidRDefault="00880F4B" w14:paraId="663C3D27" w14:textId="7069E665">
+          <w:p w14:paraId="663C3D27" w14:textId="7069E665" w:rsidR="00BD331D" w:rsidRPr="000A3E19" w:rsidRDefault="00880F4B" w:rsidP="00880F4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saskaņā ar SAM noteikumu 17.2. un 17.4. apakšpunktu projekta iesniedzējs nevar pretendēt</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00506FAB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00506FAB" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> uz atbalstu</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja tas atbilst nozarēm vai darbībām, kas noteiktas Komisijas regulas 2023/2831 1. panta 1. punktā vai nodarbojas primārajā lauksaimniecības nozarē. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="009E54BA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="009E54BA" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Savukārt </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00554E74">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00554E74" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atbilstoši </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Komisijas regulas 2023/2831 1. panta 1. punkta c) apakšpunktam atbalstu nepiešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu, un atbilstoši d) apakšpunktam atbalstu nepiešķir uzņēmumiem, kuri darbojas lauksaimniecības produktu pārstrādē un tirdzniecībā. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="006E7C9D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006E7C9D" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ņemot vērā, ka jautājumā </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>minētās</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="006E7C9D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006E7C9D" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACE klasifikācijas </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">norāda uz uzņēmuma </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="004B1BCA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004B1BCA" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>darbīb</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="004B1BCA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004B1BCA" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="000511CC">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="000511CC" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">primāro </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F45DE9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F45DE9" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>lauksaimniecības produktu</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas minēti Līguma par Eiropas Savienības darbību </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId26">
-              <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Līguma I pielikumā</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F45DE9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F45DE9" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ražošan</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F45DE9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F45DE9" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F92A0C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F92A0C" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pārstrād</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F92A0C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F92A0C" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un tirdzniecīb</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">u, </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00560200">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00560200" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tad</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> uzņēmumi šādās darbības nozarēs </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00554E74">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00554E74" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">nevar </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00976B97">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00976B97" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pretendēt uz</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00554E74">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00554E74" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalst</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00976B97">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00976B97" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00554E74">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00554E74" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007B2BFE" w:rsidR="00317467" w:rsidP="00317467" w:rsidRDefault="00BD331D" w14:paraId="3633A4E9" w14:textId="69701732">
+          <w:p w14:paraId="3633A4E9" w14:textId="69701732" w:rsidR="00317467" w:rsidRPr="000A3E19" w:rsidRDefault="00BD331D" w:rsidP="00317467">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vēršam uzmanību, ka</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00E22C46">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E22C46" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ekonomikas ministrija</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> plāno izstrādāt SAM noteikumu grozījumus, </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00E22C46">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E22C46" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">paredzot, ka atbalstu varēs saņemt komersanti, kas darbojas lauksaimniecības nozarēs. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="003D7D45" w:rsidTr="2C52E15B" w14:paraId="02B00BD7" w14:textId="77777777">
+      <w:tr w:rsidR="003D7D45" w:rsidRPr="000A3E19" w14:paraId="02B00BD7" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="1EC5133F" w:rsidR="003D7D45" w:rsidP="00545203" w:rsidRDefault="003D7D45" w14:paraId="03536C37" w14:textId="17B75D66">
+          <w:p w14:paraId="03536C37" w14:textId="17B75D66" w:rsidR="003D7D45" w:rsidRPr="000A3E19" w:rsidRDefault="003D7D45" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="007A5D90">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="007A5D90" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D7D45" w:rsidP="008A772C" w:rsidRDefault="00CD5039" w14:paraId="12E1ECBC" w14:textId="62AE21EF">
+          <w:p w14:paraId="12E1ECBC" w14:textId="62AE21EF" w:rsidR="003D7D45" w:rsidRPr="000A3E19" w:rsidRDefault="00CD5039" w:rsidP="008A772C">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai NACE nozare</w:t>
+            </w:r>
+            <w:r w:rsidR="008A772C" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD5039">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10.20 </w:t>
             </w:r>
-            <w:r w:rsidR="008A772C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="008A772C" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- z</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD5039">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ivju, vēžveidīgo un mīkstmiešu pārstrāde un konservēšana</w:t>
             </w:r>
-            <w:r w:rsidR="008A772C">
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="008A772C" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 10.41 - eļļu ieguve no zivīm un jūras zīdītājiem un 10.85 - zivju ēdienu ražošana; 10.89 - ekstraktu un sulu ražošana no zivīm, vēžveidīgajiem vai mīkstmiešiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilst </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId27">
-              <w:r w:rsidRPr="008D0657">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>Komisijas regulas Nr. ​2023/2831</w:t>
+                <w:t xml:space="preserve">Komisijas regulas Nr. </w:t>
+              </w:r>
+              <w:r w:rsidRPr="000A3E19">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>​</w:t>
+              </w:r>
+              <w:r w:rsidRPr="000A3E19">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>2023/2831</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00CD5039">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1. panta 1. punkta g)</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1102" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD5039">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“zvejas un akvakultūras produktu apstrāde un tirdzniecība” ir visas darbības, kas ietver pārkraušanu, apstrādi un transformāciju, kuras veic pēc izkraušanas vai – akvakultūras gadījumā – ieguves un pēc kuru veikšanas iegūst pārstrādātu produktu, kā arī šādu produktu izplatīšanu</w:t>
             </w:r>
-            <w:r w:rsidR="00D34026">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D34026" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, un šāds projekta iesniedzējs nevar pretendēt uz </w:t>
+            </w:r>
+            <w:r w:rsidR="00226EDE" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atbalstu?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007B2BFE" w:rsidR="00226EDE" w:rsidP="00CD5039" w:rsidRDefault="00226EDE" w14:paraId="326B3181" w14:textId="1998480B">
+          <w:p w14:paraId="326B3181" w14:textId="1998480B" w:rsidR="00226EDE" w:rsidRPr="000A3E19" w:rsidRDefault="00226EDE" w:rsidP="00CD5039">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Jautājums uzdots e-pastā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="007B2BFE" w:rsidR="002571D1" w:rsidP="00880F4B" w:rsidRDefault="00880F4B" w14:paraId="4500A1A5" w14:textId="4FBBB959">
+          <w:p w14:paraId="4500A1A5" w14:textId="4FBBB959" w:rsidR="002571D1" w:rsidRPr="000A3E19" w:rsidRDefault="00880F4B" w:rsidP="00880F4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B2BFE">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar SAM noteikumu 17.2. apakšpunktu projekta iesniedzējs nevar pretendēt, ja tas atbilst nozarēm vai darbībām, kas noteiktas Komisijas regulas 2023/2831 1. panta 1. punktā. Atbilstoši Komisijas regulas 2023/2831 1. panta 1. punkta a) un b) apakšpunkta, atbalstu nepiešķiet uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu vai zvejas un akvakultūras produktu apstrādi un tirdzniecību. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00E22C46">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E22C46" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Savukārt </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Komisijas regulas Nr. 2023/2831 2. panta 1. punktam zvejas un akvakultūras produkti ir produkti, kas definēti </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId28">
-              <w:r w:rsidRPr="007B2BFE">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Eiropas Parlamenta un Padomes 2013. gada 11. decembra Regulā Nr. 1379/2013 par zvejas un akvakultūras produktu tirgu kopīgo organizāciju un ar ko groza Padomes Regulas (EK) Nr. 1184/2006 un (EK) Nr. 1224/2009 un atceļ Padomes Regulu (EK) Nr. 104/2000</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (turpmāk – </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId29">
-              <w:r w:rsidRPr="007B2BFE">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Padomes regula Nr. 1379/2013</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) 5. panta a) un b) punktā.</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00E22C46">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E22C46" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00284CE0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00284CE0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ņemot vērā, ka jautājumā </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>minētās</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00284CE0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00284CE0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACE klasifikācijas </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">norāda uz </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00284CE0">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidR="00284CE0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">uzņēmuma darbību </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="0015286B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0015286B" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>zvejas un akvakultūras produktu</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, kas minēti Padomes regulas Nr. 1379/2013 I pielikumā,</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00284CE0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00284CE0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ražošanu, pārstrādi un tirdzniecīb</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="0015286B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0015286B" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, tad uzņēmumi šādās darbības nozarēs nevar </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00976B97">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00976B97" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pretendēt uz </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atbalst</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00976B97">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00976B97" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B2BFE" w:rsidR="00F76FF2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F76FF2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007B2BFE" w:rsidR="003D7D45" w:rsidP="00983289" w:rsidRDefault="00983289" w14:paraId="5556EC32" w14:textId="63AF1F50">
+          <w:p w14:paraId="5556EC32" w14:textId="63AF1F50" w:rsidR="003D7D45" w:rsidRPr="000A3E19" w:rsidRDefault="00983289" w:rsidP="00983289">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B2BFE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vēršam uzmanību, ka Ekonomikas ministrija plāno izstrādāt SAM noteikumu grozījumus, paredzot, ka atbalstu varēs saņemt komersanti, kas darbojas zvejas un akvakultūras nozarēs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00BD3274" w:rsidTr="2C52E15B" w14:paraId="251AB13B" w14:textId="77777777">
+      <w:tr w:rsidR="00BD3274" w:rsidRPr="000A3E19" w14:paraId="251AB13B" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="1EC5133F" w:rsidR="00BD3274" w:rsidP="00545203" w:rsidRDefault="008C55A0" w14:paraId="5F4746E4" w14:textId="28E3102B">
+          <w:p w14:paraId="5F4746E4" w14:textId="28E3102B" w:rsidR="00BD3274" w:rsidRPr="000A3E19" w:rsidRDefault="008C55A0" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>1.10</w:t>
             </w:r>
-            <w:r w:rsidR="00BD3274">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00BD3274" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD3274" w:rsidP="00FC36F4" w:rsidRDefault="00EA5895" w14:paraId="68F714A2" w14:textId="08A411F7">
+          <w:p w14:paraId="68F714A2" w14:textId="08A411F7" w:rsidR="00BD3274" w:rsidRPr="000A3E19" w:rsidRDefault="00EA5895" w:rsidP="00FC36F4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            <w:r w:rsidR="00FC36F4">
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai pareizi saprotam ka programmā var piedalīties un saņemt atbalstu mazās vidējās kapitalizācijas sabiedrības?</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC36F4" w:rsidR="00FC36F4">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balstoties uz Regulas 2.panta sesto daļu: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C15824" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC36F4" w:rsidR="00FC36F4">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mazas vidējas kapitalizācijas sabiedrības ir vienības, kam </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ir līdz 499 darbiniekiem un kas nav MVU</w:t>
+            </w:r>
+            <w:r w:rsidR="00C15824" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidR="002652CF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="002652CF" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC36F4" w:rsidR="00FC36F4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Attiecīgi </w:t>
             </w:r>
-            <w:r w:rsidR="00C15824">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C15824" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vai </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC36F4" w:rsidR="00FC36F4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">sabiedrība ar 275 darbiniekiem, apgrozījumu 550 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FC36F4" w:rsidR="00FC36F4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mijl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FC36F4" w:rsidR="00FC36F4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00FC36F4" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. EUR un bilances kopsummu 330 milj. EUR, būtu klasificējama kā mazās vidējās kapitalizācijas sabiedrība un pretendētu uz atbalstu</w:t>
             </w:r>
-            <w:r w:rsidR="002652CF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="002652CF" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="004931C9" w:rsidR="002D5780" w:rsidP="00FC36F4" w:rsidRDefault="002D5780" w14:paraId="4C7771EB" w14:textId="74205872">
+          <w:p w14:paraId="4C7771EB" w14:textId="74205872" w:rsidR="002D5780" w:rsidRPr="000A3E19" w:rsidRDefault="002D5780" w:rsidP="00FC36F4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots e-pastā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="004931C9" w:rsidR="001B5C10" w:rsidP="106CEAB5" w:rsidRDefault="02F00192" w14:paraId="1D5A1D17" w14:textId="1502CA49">
+          <w:p w14:paraId="1D5A1D17" w14:textId="1502CA49" w:rsidR="001B5C10" w:rsidRPr="000A3E19" w:rsidRDefault="02F00192" w:rsidP="106CEAB5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId30">
-              <w:r w:rsidRPr="106CEAB5">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="034990"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SAM noteikumu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  2.1.apakšpunktu uz atbalstu pretendē "</w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>komersanti</w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Latvijas Republikas komercreģistrā reģistrētas kapitālsabiedrības, </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>kas atbilst mazā un vidējā komersanta statusam</w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31">
-              <w:r w:rsidRPr="106CEAB5">
+            <w:hyperlink r:id="rId34">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>Eiropas Komisijas 2014.gada 17.jūnija Regulas (ES) Nr.651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:t>
+                <w:t xml:space="preserve">Eiropas Komisijas 2014.gada 17.jūnija Regulas (ES) Nr.651/2014, ar ko </w:t>
+              </w:r>
+              <w:r w:rsidRPr="000A3E19">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (turpmāk – Komisijas regula Nr.651/2014), I pielikuma 2. panta 1. punktu, </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">vai </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">mazās vidējas kapitalizācijas sabiedrības, kas atbilst </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32">
-              <w:r w:rsidRPr="106CEAB5">
+            <w:hyperlink r:id="rId35">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Eiropas Parlamenta un Padomes 2015. gada 25. jūnija Regulas (ES) 2015/1017 par Eiropas Stratēģisko investīciju fondu, Eiropas Investīciju konsultāciju centru un Eiropas Investīciju projektu portālu, ar ko groza Regulas (ES) Nr. 1291/2013 un (ES) Nr. 1316/2013 – Eiropas Stratēģisko investīciju fonds</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="106CEAB5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (turpmāk – Regula 2015/1017)</w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2. panta 6. punktā noteiktajai definīcijai." </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink w:tgtFrame="_blank" w:tooltip="Original URL: https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:32015R1017&amp;qid=1696226211035. Click or tap if you trust this link." w:history="1" r:id="rId33">
-              <w:r w:rsidRPr="106CEAB5">
+            <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:tooltip="Original URL: https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:32015R1017&amp;qid=1696226211035. Click or tap if you trust this link." w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Regulas 2015/1017</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="106CEAB5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2. panta 6.punktu mazas vidējas kapitalizācijas sabiedrības ir vienības, kam ir līdz 499 darbiniekiem un kas nav MVU. Līdz ar to jā, sabiedrība ar 275 darbiniekiem, apgrozījumu 550 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="106CEAB5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mijl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="106CEAB5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. EUR un bilances kopsummu 330 milj. EUR, būtu klasificējama kā mazās vidējās kapitalizācijas sabiedrība un var pretendēt uz atbalstu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="001A5C1B" w:rsidTr="2C52E15B" w14:paraId="27C019DA" w14:textId="77777777">
+      <w:tr w:rsidR="001A5C1B" w:rsidRPr="000A3E19" w14:paraId="27C019DA" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="001A5C1B" w:rsidP="00545203" w:rsidRDefault="001A5C1B" w14:paraId="7C8C3DE7" w14:textId="4F79117E">
+          <w:p w14:paraId="7C8C3DE7" w14:textId="4F79117E" w:rsidR="001A5C1B" w:rsidRPr="000A3E19" w:rsidRDefault="001A5C1B" w:rsidP="00545203">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D45B8E" w:rsidP="00D45B8E" w:rsidRDefault="008C7EBE" w14:paraId="3BB3176E" w14:textId="77777777">
+          <w:p w14:paraId="3BB3176E" w14:textId="77777777" w:rsidR="00D45B8E" w:rsidRPr="000A3E19" w:rsidRDefault="008C7EBE" w:rsidP="00D45B8E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai atbalsts ir pieejams holdin</w:t>
+            </w:r>
+            <w:r w:rsidR="00D45B8E" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>giem</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C7EBE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, kuru meitas sabiedrības attīsta Latvijā atjaunojamās enerģijas projektus</w:t>
             </w:r>
-            <w:r w:rsidR="00D45B8E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D45B8E" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009F1D78" w:rsidR="009F1D78" w:rsidP="00D45B8E" w:rsidRDefault="009F1D78" w14:paraId="2B2FC134" w14:textId="5D3B0170">
+          <w:p w14:paraId="2B2FC134" w14:textId="5D3B0170" w:rsidR="009F1D78" w:rsidRPr="000A3E19" w:rsidRDefault="009F1D78" w:rsidP="00D45B8E">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="1EC5133F" w:rsidR="001A5C1B" w:rsidP="004931C9" w:rsidRDefault="00880F4B" w14:paraId="6213AC26" w14:textId="0F785052">
+          <w:p w14:paraId="6213AC26" w14:textId="0F785052" w:rsidR="001A5C1B" w:rsidRPr="000A3E19" w:rsidRDefault="00880F4B" w:rsidP="004931C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ņemot vērā, ka SAM noteikumu 17. punktā minēto ierobežojumu uzskaitījumā nav uzņēmuma darbība atjaunojamās enerģijas jomā, tad atbalstam var pieteikties</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00C77D49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C77D49" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="008339A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="008339A2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">uzņēmuma </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00F81A19">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F81A19" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>meitas sabiedrība, kas Latvijā attīsta atjaunojamās enerģijas projektus. Vienlaikus jāievēro, ka meitas sabiedrībai ir jāatbilst</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00F81A19">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F81A19" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SAM noteikumu 2.1. komersanta prasībām </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00AE65E2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00AE65E2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">– Latvijas Republikas komercreģistrā reģistrēta kapitālsabiedrība (atbilst </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00F81A19">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F81A19" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mazā un vidējā komersanta statusam Komisijas regulas 651/2014 izpratnē</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00AE65E2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00AE65E2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00F81A19">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F81A19" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">vai mazā vidējā </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kapitālizācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sabiedrība (skatīt </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00F83A98">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F83A98" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atbildi uz</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00724DAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00724DAA" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>jautājum</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="009931A8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="009931A8" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="004E2876" w:rsidR="00724DAA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00724DAA" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="2FEB01EF" w14:textId="77777777">
+      <w:tr w:rsidR="00DF17E0" w:rsidRPr="000A3E19" w14:paraId="00CC2B65" w14:textId="77777777" w:rsidTr="2C52E15B">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="317" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06C29E4A" w14:textId="505BBE75" w:rsidR="00DF17E0" w:rsidRPr="000A3E19" w:rsidRDefault="000C5273" w:rsidP="00545203">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:pict w14:anchorId="6967D66A">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Bell with solid fill" style="width:15.5pt;height:15.5pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQBsYMeG0AEAAN0DAAAOAAAAZHJzL2Uyb0RvYy54bWykk9tu&#10;2zAMhu8H7B0E37e2i61IjDgFiqDdgGELhu0BGJmKheoESomTtx9le2l2taG7sECK9s+PB68eTtaI&#10;I1LU3rVFfVsVAp30nXb7tvj54+lmUYiYwHVgvMO2OGMsHtbv362G0OCd773pkASLuNgMoS36lEJT&#10;llH2aCHe+oCOg8qThcQu7cuOYGB1a8q7qrovB09dIC8xRr7dTMFiPeorhTJ9UypiEqYtmC2NJ43n&#10;Lp/legXNniD0Ws4Y8AYKC9px0ovUBhKIA+k3SAUt04GQ1dhq+Jmx2PoPtVnE/pOGBXo5hBvpbYCk&#10;d9rodB67PUO541bLLU2E8utxS0J3PP1q+WFZLeqaG+3A8rSfCZR+AXEd6TBKHsAjGiMGnXoRvdGd&#10;UNqYPI1cdJbMCdgts/9Hvp3R4Ylfzt3O9lwZS/59d7xSWuLGy4NFl6YFIjRcpHex1yEWghq0O+Rq&#10;6HNXT+sRE2GSfU6YKb/zUmUyaC6BkfIVLDPHkBsEzUmRFYo5P3GDuH/QMIQ4jRt4vmwgnpKQfFkv&#10;7xcfuX2SQ7M9pcoy+eNAMT2jtyIbDMksoygcv8SZ6vcrc/MmkJGQuUbued/zkl77bF//letfAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAP9tBJ1wMAABcDAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBO&#10;Rw0KGgoAAAANSUhEUgAAAMAAAADACAYAAABS3GwHAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8&#10;YQUAAAAJcEhZcwAAHYcAAB2HAY/l8WUAAAvxSURBVHhe7d39ldQ4FgXwW5vAFhHQRLBNBGNHAERA&#10;E0HTEQARdBEBPRHQRGATAbURTE0E443A+4efpz3q+vCHZEnv3d85nGEEzBzKutKTLLsAIiIiIiIi&#10;IiIiIiIiIiIiIiIiIiIiIiLKzcZtoHAqYAvgLYDtBngJ4BpAA6BpgT/lt9UlUDt/lAJhAAKTTv9x&#10;A7wBcIXu3y9pADy0wNcSOLi/SP4wAIEMOv7tyE5/ymML3DEIYTAAAVRAsQG+yYjvRQt8KYHPbjst&#10;wwB4VnWj/qeFo/4pdQGUbiPNxwB4VAGfpfOHtG+BsuzWCbTQv9wGmmcw8od2vQEqt5Hm4QzgQfXU&#10;KUOUPac8FsA7t5GmYQAWqro9/Ur29C9ppIT5HcAeTzs7VzKy/wbgxvkzJ7XAuxJ4dNtpPAZgoQl1&#10;/152cs52WJlNvo/cQWoK4IXbSONxDbCAjP63bvsRO1m4nu38AFAC+wJ41QJf3F87YltNmDHoOQZg&#10;mZsRdf+u6G5kTdq1kT3/ndvu2gD3bhuNxwAsIMcbzjmMHMmPKoA7WSucs63GlUt0BAMwkxx1KNz2&#10;oRb4MHXkd7XjdnpYBs3EAMx3qdM9+jjVKWeAHtz2oZHrEDqCAQhEtjq9aIEfbhv5wQDMtAH+47Y5&#10;LtXuU1yaSbZSktFEDMB8qXU4LoRn4I2wmeru7u/JRXALvCiBZrBYvpZZY+v8QP9U2ODO8KEFfsrT&#10;YY3cb/hr8J9/pgVe8ZmB6RiAmerubu1bt32glg4+5ojEOQcpp879vxiAmVgCzXepsxUeOj+ktDnb&#10;+QEc2PnnYQBmkhIlFez8MzEA86W06OQu0ExcA0wkz/veeypvvJKH5y+eH6InDMBIshPzaeQBuJj2&#10;cgTD530ItRiAESae0U8C3yIxDgNwQQXcSMmT8qh/Ct8icQEDcMKg5Pno/lpmWBKdwQAcIZ3/fsSJ&#10;z1w08kQaQ+DgNugRyjo/IA/uVwnuXMXGGcBRd6801NT5hzgTOBiAgbob+XOv+S9pWuA1j050WAIJ&#10;ebuC9s4PKYe+u41WcQboOv/VBviV6VbnXA8F8MFttMb8DCA7Pt+MdX4AuKkunzJVz3wApOw5+WCL&#10;Zhvgm/VXqpgOgJQ+lt+o0N/sM8t0AAJ+kUVObizfHzAbgKore7Tu909i+fWKZgNgfep3FFYXxCYD&#10;IBfb5ML3FKtrIZMB2ADv3TZCYXFHyFwAxrzU1iqLs4C5AMi+v/Wdn1PMbQqYC4B8Dxcdt5XdMTNM&#10;BYDlzyimPh9TAbB2ceewtg6wFgCzdzwnMPWSLVMB4PbnaGYGClMByOm9PpGZKRXNBMDyga+pNsBL&#10;t00rMwHg3v8kZj4rSwFg+TOemdnSUgDMjGoemPmszARgxLc60hMzW6FmAkB0jKUAmBjRPDKxZrIU&#10;AKJnLAWAM8A0Jj4vSwEwMaV7xACQaQwAmcYAKMMSiJ4xEQCLbzvwgDOAIiYupk9W7pwzAGSalQCw&#10;BJrOxIlQKwHgDDCdic/MRACs1LOemTgRaiIAVkazANR/bgwAnaN+7WQlAOovZCDqF8LqAyA3wRiA&#10;edTPnOoDwM4/n4XNAwsBUD+NB6T+BVnqA2BhFAtI/Vao+gBYqGMDU11CWggAS6BlVJdBqgMg7wNV&#10;PYKFpr2EVB0Ajv5eqP7+YNUB4PeBeaF6Iaw6ANrr1xWpnUnVBkBGLdb/fqgdSNQGQPNFW5vmhbDa&#10;ALD+9+qt1nWA2gBo372IQOXnqTIA3P/3T+uMqjIAWkeryFR+pioDoHW0imyr8Zs21QVALhJ3gALY&#10;ALduW+7UBUDrVJ0IdZ+tugBsgPduG3mzrYAbtzFnqgJQdSMUd38C2gBv3LacqQoAR/9VvNX0tm01&#10;AZCLwsXvCjbAJ7ctV2oCgK42VXm7PkFqZgEVAaiArcYtuoRttewIqQgAgI8c/delpQzKPgAc/aPZ&#10;VsBntzE32QeAo388G+A297VA1gGogCuO/lFtcy+Fsg6AfPgc/eO6yXkWyDYActdX1W35XG2Ab25b&#10;LrIMgCx8s556lSlkQMpOlgGQha+6s+k52wDfcnxuOLsAVEDBhW+StjmWQhu3IWVS+lQc/dPVAu9K&#10;4NFtT1VWM4DU/ez8CZNSKJtdoWwCIA9ifHTbKTlZlUJZBEBueN277ZSsIpdjEsmvAaTu/86z/vlp&#10;gbIEarc9JcnPAFL3s/NnaAN8T309kHQAqq7mZ92fr+TXA8kGoAKuebdXhaJOeP2W5BqAdb8+qa4H&#10;kpwBWPfrI+uB5I5KJBcAOVTFul+fflZPSlIBkNIn6UUTLVLIxkYykloD1N0IkdOx2kb+eZAfjfwI&#10;8oqWFviyAV4O3n53leOb8FrgdQns3fYYkglABXxM9G5vg+5i7VvgT/l539Gb8ikEwNPu1a9hmy8t&#10;8KrsgvYPstfefyngFt2d898SDsihAF65jTEkEQApfX5FvlhuR68BHNwOfkkFfA64fftQAB/cxktk&#10;XbWVL7tL4vXxLfChBB7c9rWlEoCQneaURjr7T3THdyd39mNq4I+AQW4K4IXbOEfVheBaZooYZae3&#10;v8sS0QMgB91+haiZHUE6vCtwAFAEumYxAtECX8rIh+aCfJhT1N2uT6iH2/tO/zuAxxAdfkjC/Ifb&#10;7tNaC8gKeCuvQg91bQCgkb/Ps3XNWqIGQB5vrNz2hVbt9EOylvnLbfdprQAMBQ7DYwG8cxvXEjUA&#10;ddf5fS3Imhb4CmC3ZqcfWikAR3eC1iK7dbc+y7yYj1FGC4DHbc+6BX4AeIjV8YcCrwGSWDiiu343&#10;snHh4+8arRSKcifY03t96hZ4V3SHrKKN+keEHMmSOUxWdluyr1qglJuAS/joD7NECcDCF9o2LXAX&#10;c9o8R2ajIGRdk5QSqCUId7L+mivKKxajBGDBd3k9SA2c0oj/D3LkN8QitU4x8L0S2El5tnN/bYJV&#10;tl+HVg/AzG9ybFrgrujuHibZ8YfaGXdrL2mBL25biopudr5z28eQexCrWj0AMzv/h3LZyLKqstuG&#10;ndUJTtil+DDJKSWwa4HXbvsIvnYER4sRgEm1v9wtTHbqP0UC6yO0u8JvmFYhg0C0/f2xYgRgqqU7&#10;DNEsKQcGZd/cP5+jSYOjDzECMKlDy6v2sn0d4qAcmHLysZZnaH3MIFHIsfCpDzeF2Dw4a/UbYXJb&#10;ffKjcalue04hQS7kWEF/Vr+RH4f+oN7aRx18kyMu32eM6HXR3VdYTYwALDkukGU9bMXgBuesJ+Ji&#10;nA5dPQBYfgJ03wJfU3iYgp7IqH+/4O3djdzjWXWbO0oAPJ0C3UtZNGlNQX4NvrBk6U2sWU+7LRUl&#10;APD7APyjzAjZ7JNr4LHjI9boj5gBWLgWOIalUWDyYqvrhaXOMzGfD44WAPgrhY7ZtcAPzgp+yHXq&#10;H4iZvLi9IOrGRtQAoPtwfT0XcMxBSiSGYSJ5Rrjv+N5Ge8dDC9zFKH160QOAbj1wv8LrEBv5wH/m&#10;fj8hBClvCjmQVgTs9L1HKX2idX6kEgCEnwmOqQdviahjX4i19R1eavr+xpzv8uaUnez5R//MkwkA&#10;uotyLWuCtS7E0EEC8d8+HClcIB/6xat09v7lWKFH+GMaKXmiLHiPSSoAeNodul9wo8y3R7lw/dvi&#10;+odekiKdvD9ecSXvEO07eowBxVVL50/qmEdyAejJQ9dTD1OtqT/Dsx8EBM5Lcvt/738/zs0qzvvz&#10;t4OO2z9DsZXnZ1/Kz/uyZc3yZapGHuZJ4qUFrmQDgDRnA5omyVF/KOkA9GRtcMsgZCP5jt/LIgA9&#10;BiFpjWwiZNHxe1kFYEi2TT8lXPta0b+RL8vnGLINQE8esHnv6VAWjdOP9sm8kW+u7AMwJLPCmxhv&#10;FzCilhuHD1qOoasKQE+2E2/WfNe9Uv1Ir+JRzWNUBsAlL+Pqv/yBs8Np/X2NvrxRczf8FBMBcDEQ&#10;f9sPHsaf9Z1ouTMZAJe8lLU/K5PytysuMSxnVJ11WoIBOGMQjO3gfM3f523c3x9ZM/i+4oPzla7m&#10;RvaxGIAF3ICg+0D/Pbg3MTzPc+rnGJwbOvbPZz9vgf8N6nV2cCIiIiIiIiIiIiIiIiIiIiIiIiIi&#10;IiIiMuX/K7rOKtehK4cAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAIVpIwJ6AwAAegMAABQAAABk&#10;cnMvbWVkaWEvaW1hZ2UyLnN2Zzxzdmcgdmlld0JveD0iMCAwIDk2IDk2IiB4bWxucz0iaHR0cDov&#10;L3d3dy53My5vcmcvMjAwMC9zdmciIHhtbG5zOnhsaW5rPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5&#10;L3hsaW5rIiBpZD0iSWNvbnNfQmVsbCIgb3ZlcmZsb3c9ImhpZGRlbiI+PHBhdGggZD0iTTgwLjQg&#10;NzAuNEM3Ni43IDYyLjIgNjcuNiA1OS4zIDY3IDM1TDY3IDM1LjFDNjYuNyAyOC4xIDYyLjYgMjIu&#10;MiA1Ni44IDE5LjIgNTcgMTguNSA1Ny4xIDE3LjggNTcuMSAxNy4xIDU3LjEgMTIuMSA1My4xIDgu&#10;MSA0OC4xIDguMSA0My4xIDguMSAzOS4xIDEyLjEgMzkuMSAxNy4xIDM5LjEgMTcuOCAzOS4yIDE4&#10;LjYgMzkuNCAxOS4yIDMzLjYgMjIuMiAyOS41IDI4LjIgMjkuMiAzNS4xTDI5LjIgMzVDMjguNiA1&#10;OS4zIDE5LjUgNjIuMiAxNS44IDcwLjQgMTQuOCA3MS43IDE0LjIgNzMgMTQuMiA3NC41IDE0IDgy&#10;IDI5LjIgODggNDggODggNjYuOCA4OCA4MiA4MiA4MiA3NC41IDgyIDczLjEgODEuNSA3MS43IDgw&#10;LjQgNzAuNFpNNDggMTJDNTAuOCAxMiA1MyAxNC4yIDUzIDE3IDUzIDE3LjIgNTMgMTcuNCA1Mi45&#10;IDE3LjcgNTEuNCAxNy4yIDQ5LjcgMTcgNDggMTcgNDYuMyAxNyA0NC42IDE3LjIgNDMuMSAxNy43&#10;IDQzLjEgMTcuNSA0MyAxNy4zIDQzIDE3IDQzIDE0LjIgNDUuMiAxMiA0OCAxMlpNNDggODJDMzAu&#10;NSA4MiAyMSA3Ni43IDIwIDc0LjUgMjAuOCA3Mi42IDI4LjUgNjguMSA0Mi42IDY3LjIgNDIuMiA2&#10;OCA0MS45IDY5IDQxLjkgNzAgNDEuOSA3My4zIDQ0LjYgNzYgNDggNzYgNTEuNCA3NiA1NC4xIDcz&#10;LjMgNTQuMSA3MCA1NC4xIDY5IDUzLjggNjggNTMuNCA2Ny4yIDY3LjUgNjguMSA3NS4yIDcyLjYg&#10;NzYgNzQuNSA3NSA3Ni43IDY1LjUgODIgNDggODJaIiBmaWxsPSIjQzAwMDAwIi8+PC9zdmc+UEsD&#10;BBQABgAIAAAAIQDzrSCQ2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/DMkJv&#10;dlMVkZhNKcWAh2Kw+gOm2WkSm50N2W0T/72jHuxlhscb3nwvW02uU2caQuvZwHKRgCKuvG25NvDx&#10;Xtw8ggoR2WLnmQx8UYBVPrvKMLV+5Dc672KtJIRDigaaGPtU61A15DAsfE8s3sEPDqPIodZ2wFHC&#10;Xadvk+RBO2xZPjTY06ah6rg7OQPTS/n8ee+Ph+K1LXVRbse4LkZj5tfT+glUpCn+H8MPvqBDLkx7&#10;f2IbVGdAisTfKd7dUtT+b+s805fs+TcAAAD//wMAUEsDBBQABgAIAAAAIQAiVg7uxwAAAKUBAAAZ&#10;AAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQsWoDMQyG90LewWjv+e6GUkp8WUoha0gfQNg6&#10;n8lZNpYbmrePaZYGAt06SuL//g9td99xVWcqEhIbGLoeFLFNLrA38Hn8eH4FJRXZ4ZqYDFxIYDdt&#10;nrYHWrG2kCwhi2oUFgNLrflNa7ELRZQuZeJ2mVOJWNtYvM5oT+hJj33/ostvBkx3TLV3BsrejaCO&#10;l9ya/2aneQ6W3pP9isT1QYUOsXU3IBZP1UAkF/C2HDs5e9CPHYb/cRi6zD8O+u650xUAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAqNbHqBMBAABJAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEQBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBsYMeG0AEAAN0DAAAOAAAAAAAAAAAAAAAAAEMCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQA/20EnXAwAAFwMAAAUAAAAAAAAAAAAAAAAAD8EAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQCFaSMCegMAAHoDAAAUAAAAAAAAAAAA&#10;AAAAAM0QAABkcnMvbWVkaWEvaW1hZ2UyLnN2Z1BLAQItABQABgAIAAAAIQDzrSCQ2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAHkUAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAIlYO7scAAACl&#10;AQAAGQAAAAAAAAAAAAAAAAB+FQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABwAH&#10;AL4BAAB8FgAAAAA=&#10;">
+                  <v:imagedata r:id="rId37" o:title="" cropbottom="-640f" cropleft="-7633f" cropright="-8422f"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00DF17E0" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2053" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4641347E" w14:textId="77777777" w:rsidR="00DF17E0" w:rsidRPr="000A3E19" w:rsidRDefault="00BD79F6" w:rsidP="00BD79F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vai bankas kā finanšu nozares uzņēmumi var pretendēt uz atbalstu?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733F3F57" w14:textId="2E5C8FB8" w:rsidR="00BD79F6" w:rsidRPr="000A3E19" w:rsidRDefault="00BD79F6" w:rsidP="00BD79F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2630" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="631B783F" w14:textId="77777777" w:rsidR="00951670" w:rsidRPr="000A3E19" w:rsidRDefault="00951670" w:rsidP="00951670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jā, bankas kā finanšu nozares uzņēmumi var pretendēt uz atbalstu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE0FF6D" w14:textId="1C0A781E" w:rsidR="00951670" w:rsidRPr="000A3E19" w:rsidRDefault="00951670" w:rsidP="00951670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paskaidrojums: Komisijas regulas (ES) 2023/2831 1. panta 1. punktā ietvertajā neatbalstāmo nozaru uzskaitījumā finanšu nozare nav minēta, līdz ar to, tai nav noteikti ierobežojumi atbalsta saņemšanai. Tāpat arī Eiropas Parlamenta un Padomes Regulas (ES) 2021/1058 7. panta 1. punktā noteiktās neatbalstāmās darbības nav uzskaitītas darbības, kas saistītas ar finanšu nozari, t.i., finanšu nozares pakalpojumi nav minēti kā neatbalstāmas darbības.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C6DF13A" w14:textId="65B3B9B5" w:rsidR="00DF17E0" w:rsidRPr="000A3E19" w:rsidRDefault="00951670" w:rsidP="00951670">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vienlaikus, jāņem vērā, ka atbilstoši SAM MK noteikumiem, atbalstu saņem komersanti, kuru darbība ir vērsta uz tehnoloģisko attīstību un izaugsmi, kā arī uz investīciju veikšanu pētniecībā, attīstībā un inovācijās. Līdz ar to finanšu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nozares uzņēmumu, t.sk. banku, iespējas saņemt atbalstu ir atkarīgas no tā, vai projekts tiek īstenots ievērojot konkrētās atbalsta programmas mērķus un nosacījumus.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00951670" w:rsidRPr="000A3E19" w14:paraId="575A053A" w14:textId="77777777" w:rsidTr="2C52E15B">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="317" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B6BAE8" w14:textId="3F96ECB5" w:rsidR="00951670" w:rsidRPr="000A3E19" w:rsidRDefault="00951670" w:rsidP="00545203">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5427C1AE" wp14:editId="3F9C555D">
+                  <wp:extent cx="196850" cy="196850"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1269014796" name="Attēls 3" descr="Bell with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1094908110" name="Grafika 1094908110" descr="Bell with solid fill"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="196850" cy="196850"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2053" w:type="pct"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="782D1C56" w14:textId="0AFC3123" w:rsidR="00951670" w:rsidRPr="000A3E19" w:rsidRDefault="000A3E19" w:rsidP="00BD79F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00951670" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ēdējo 24 mēnešu laikā ir piesaistī</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ts</w:t>
+            </w:r>
+            <w:r w:rsidR="00951670" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> finansējumu no saviem akcionāriem finansējumu AT1 kapitāla vērtspapīru formātā, kas tiek iekļauti bankas kapitāla bāzē (turētāji ir tikai bankas akcionāri, šie ir ierobežotas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00951670" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pārvedamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00951670" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vērtspapīri – tos nevar pārdot citiem investoriem, un vērtspapīri nav iekļauti (un tos nav paredzēts iekļaut) biržas sarakstos. Vai šāda darbība netiks uzskatīta par SAM MK noteikumos 17.5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00951670" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apakšpunktā noteikto, t.i., pēdējo 24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00951670" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mēnešu laikā ir veicis kapitāla piesaisti, emitējot parāda vērtspapīrus par kopējo summu, kas pārsniedz 1 000 000 euro?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2630" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AE0498F" w14:textId="77777777" w:rsidR="000A3E19" w:rsidRPr="000A3E19" w:rsidRDefault="000A3E19" w:rsidP="000A3E19">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nē, AT1 kapitāla instrumentu emisija netiek kvalificēta kā SAM MK noteikumu 17.5. apakšpunktā minētā parāda vērtspapīru emisija, kas ierobežotu iespējas potenciālajam projekta iesniedzējam pretendēt  uz finansējumu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4972BFD3" w14:textId="77777777" w:rsidR="000A3E19" w:rsidRPr="000A3E19" w:rsidRDefault="000A3E19" w:rsidP="000A3E19">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paskaidrojums:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A50913" w14:textId="5235E96D" w:rsidR="00951670" w:rsidRPr="000A3E19" w:rsidRDefault="000A3E19" w:rsidP="000A3E19">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Papildus, to nosaka arī AT1 instrumentu kapitāla ietvars - pirmā līmeņa pamata kapitāls (CET1) ir augstākā regulatīvā kapitāla kvalitāte, jo tas absorbē zaudējumus uzreiz, kad tie rodas. Papildu pirmā līmeņa kapitāls (AT1) arī nodrošina zaudējumu absorbciju, pamatojoties uz darbības turpināšanas principu. Tādēļ AT1 instrumenti pēc būtības nav parāda vērtspapīri, kas savukārt ir finanšu instrumenti, kas nepieder pie regulatīvā kapitāla (CET1, AT1 vai T2), jo tie nepilda zaudējumu absorbcijas funkciju.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="2FEB01EF" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="699262F3" w14:textId="1F9291D8">
+          <w:p w14:paraId="699262F3" w14:textId="1F9291D8" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
+              <w:pStyle w:val="Virsraksts1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc20918681" w:id="3"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:bookmarkStart w:id="3" w:name="_Toc20918681"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc46148087"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc180137216"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Īstenošanas nosacījumi</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="4183D992" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="4183D992" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="222CF867" w14:textId="2E7551B7">
+          <w:p w14:paraId="222CF867" w14:textId="2E7551B7" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="66CF2A37" w14:textId="77777777">
+          <w:p w14:paraId="66CF2A37" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kā veicami iepirkumi projekta ietvaros?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="65B5F8C0" w14:textId="0C008FE9">
+          <w:p w14:paraId="65B5F8C0" w14:textId="0C008FE9" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="2C52E15B" w:rsidRDefault="00545203" w14:paraId="6682C31B" w14:textId="50221B72">
+          <w:p w14:paraId="6682C31B" w14:textId="50221B72" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="003B8322" w:rsidP="2C52E15B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:u w:val="none"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2C52E15B" w:rsidR="003B8322">
-[...6 lines deleted...]
-                <w:u w:val="none"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbilde tiek saskaņota ar Iepirkumu uzraudzības biroju</w:t>
             </w:r>
-            <w:r w:rsidRPr="2C52E15B" w:rsidR="498F7444">
-[...6 lines deleted...]
-                <w:u w:val="none"/>
+            <w:r w:rsidR="498F7444" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un drīzumā tiks publicēta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="7DCB6047" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="7DCB6047" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="3A26CE76" w14:textId="5BB98520">
+          <w:p w14:paraId="3A26CE76" w14:textId="5BB98520" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
+              <w:pStyle w:val="Virsraksts1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc20918685" w:id="6"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc20918685"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc46148091"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc180137217"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vērtēšana</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:bookmarkEnd w:id="7"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un lēmumu pieņemšana</w:t>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="7C88D4FB" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="7C88D4FB" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="5E7A97CE" w14:textId="35CAFA42">
+          <w:p w14:paraId="5E7A97CE" w14:textId="35CAFA42" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="20" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="0B135546" w14:textId="77777777">
+          <w:p w14:paraId="0B135546" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kā vērtē uzņēmuma atbilstību MVU un mazas vidējas kapitalizācijas statusam?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="2D488A63" w14:textId="77777777">
+          <w:p w14:paraId="2D488A63" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="7E3974B5" w14:textId="5800319D">
+          <w:p w14:paraId="7E3974B5" w14:textId="5800319D" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="20" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="17B6C440" w14:textId="77777777">
+          <w:p w14:paraId="17B6C440" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink w:tgtFrame="_blank" w:tooltip="Original URL: https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV. Click or tap if you trust this link." w:history="1" r:id="rId34">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:tooltip="Original URL: https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV. Click or tap if you trust this link." w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
-                  <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                  <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 </w:rPr>
                 <w:t>Komisijas regulas Nr.651/2014</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> I pielikuma 2.panta 1.punktu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>mikrouzņēmumu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>, mazo un vidējo uzņēmumu (MVU) kategorijā ietilpst uzņēmumi, kam ir mazāk nekā 250 darbinieku un kuru gada apgrozījums nepārsniedz EUR 50 miljonus un/vai gada bilances kopsumma nepārsniedz EUR 43 miljonus. MVU kategoriju nosaka, ņemot vērā Komisijas regulas Nr.651/2014 I Pielikuma nosacījumus. Tātad tiek vērtēts darbinieku skaits un finansiālās robežvērtības uzņēmuma grupas līmenī, izmantojot datus no diviem pēdējiem noslēgtajiem gada pārskatu datiem. Kopumā MVU kategorijas pārbaudei uzņēmuma grupā ir jāiekļauj šādi dati (ja attiecināms):  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="59938039" w14:textId="77777777">
+          <w:p w14:paraId="59938039" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>visu pirmā līmeņa partneruzņēmumu dati (tie, kas atrodas tieši pirms vai pēc atbalsta pretendenta un attiecīgi partneruzņēmuma partnera dati netiek iekļauti MVU statusa pārbaudē);  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="0AAAF4A9" w14:textId="77777777">
+          <w:p w14:paraId="0AAAF4A9" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>visu saistīto uzņēmumu dati;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="5B78A4BA" w14:textId="77777777">
+          <w:p w14:paraId="5B78A4BA" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>visu ar partneruzņēmumiem saistīto uzņēmumu dati, ja partneruzņēmums atrodas pirmajā līmenī pret atbalsta pretendentu (tieši saistīts ar atbalsta pretendentu);  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="3E54494A" w14:textId="77777777">
+          <w:p w14:paraId="3E54494A" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>visu ar saistītajiem uzņēmumiem saistīto uzņēmumu dati;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="428C6DEE" w14:textId="77777777">
+          <w:p w14:paraId="428C6DEE" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>visu saistīto uzņēmumu partneruzņēmumu dati.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="20621955" w14:textId="77777777">
+          <w:p w14:paraId="20621955" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="540" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
-[...1 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>Detalizēta informācija par MVK kategorijas noteikšanu pieejama CFLA izstrādātajā informatīvajā materiālā par mikro, mazā un vidējā uzņēmuma statusa noteikšanu, kas pieejamas CFLA tīmekļvietnē </w:t>
             </w:r>
-            <w:hyperlink w:tgtFrame="_blank" w:tooltip="Original URL: https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu. Click or tap if you trust this link." w:history="1" r:id="rId35">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="Original URL: https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu. Click or tap if you trust this link." w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
-                  <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                  <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 </w:rPr>
                 <w:t>https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t> . </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="422001B4" w14:textId="77777777">
+          <w:p w14:paraId="422001B4" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
-[...1 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="106CEAB5" w:rsidRDefault="50CAACD2" w14:paraId="47615864" w14:textId="16C39E0B">
+          <w:p w14:paraId="47615864" w14:textId="16C39E0B" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="50CAACD2" w:rsidP="106CEAB5">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="106CEAB5">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink w:tgtFrame="_blank" w:tooltip="Original URL: https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:32015R1017&amp;qid=1696226211035. Click or tap if you trust this link." w:history="1" r:id="rId36">
-              <w:r w:rsidRPr="106CEAB5">
+            <w:hyperlink r:id="rId40" w:tgtFrame="_blank" w:tooltip="Original URL: https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:32015R1017&amp;qid=1696226211035. Click or tap if you trust this link." w:history="1">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
-                  <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                  <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>Regulas 2015/1017</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="106CEAB5">
-[...1 lines deleted...]
-                <w:rStyle w:val="Hyperlink"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5">
-[...3 lines deleted...]
-                <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2. panta 6.punktu mazas vidējas kapitalizācijas sabiedrības ir vienības, kam ir līdz 499 darbiniekiem un kas nav MVU.”</w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5" w:rsidR="6BB843A7">
-              <w:rPr>
+            <w:r w:rsidR="6BB843A7" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="106CEAB5" w:rsidR="251A3808">
-              <w:rPr>
+            <w:r w:rsidR="251A3808" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Atbilstība minētajam kritērijam tiek vērtēta uzņēmuma grupas līmenī.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="2F11DB32" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="2F11DB32" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="6F1C6314" w14:textId="14B32A18">
+          <w:p w14:paraId="6F1C6314" w14:textId="14B32A18" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
+              <w:pStyle w:val="Virsraksts1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc180137218" w:id="9"/>
-[...2 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc180137218"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Attiecināmās izmaksas</w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="29C2E4A2" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="29C2E4A2" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="7A249BB7" w14:textId="5ED7F0CD">
+          <w:p w14:paraId="7A249BB7" w14:textId="5ED7F0CD" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="2F19B521" w14:textId="68938435">
+          <w:p w14:paraId="2F19B521" w14:textId="68938435" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai ir pieejams pārskatāms visu atba</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="74909A34">
+            <w:r w:rsidR="74909A34" w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>stāmo potenciālo attiecināmo izmaksu kopsavilkums? Vai emisijas organizētāja komisijas maksa (neatkarīgi no tās apzīmējuma) ir attiecināma izmaksa?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="5B12DA6A" w14:textId="08466F63">
+          <w:p w14:paraId="5B12DA6A" w14:textId="08466F63" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots vebinārā</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="4CC12C07" w14:textId="61694E37">
+          <w:p w14:paraId="4CC12C07" w14:textId="61694E37" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Attiecināmās izmaksas </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ir uzskaitītas </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId41">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SAM noteikumu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20.punkta apakšpunktos, kur 20.1.1.apakšpunkts paredz attiecināt kapitāla piesaistīšanas, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>emisijas organizētāja pakalpojumu izmaksas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
+            <w:r w:rsidRPr="000A3E19">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidTr="2C52E15B" w14:paraId="798F9D98" w14:textId="77777777">
+      <w:tr w:rsidR="00545203" w:rsidRPr="000A3E19" w14:paraId="798F9D98" w14:textId="77777777" w:rsidTr="2C52E15B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="67D926B1" w14:textId="5FCC2D4E">
+          <w:p w14:paraId="67D926B1" w14:textId="5FCC2D4E" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2053" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="5AA38F8B" w14:textId="77777777">
+          <w:p w14:paraId="5AA38F8B" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai biržas (tirdzniecības vietas) un depozitārija izmaksas ir attiecināmas? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="464BC1D3" w14:textId="77777777">
+          <w:p w14:paraId="464BC1D3" w14:textId="77777777" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="00545203" w:rsidRDefault="00545203" w14:paraId="34C9D765" w14:textId="4FC6AEBF">
+          <w:p w14:paraId="34C9D765" w14:textId="4FC6AEBF" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="00545203" w:rsidP="00545203">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jautājums uzdots telefoniski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2630" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00BD5D37" w:rsidR="00545203" w:rsidP="1B5A472C" w:rsidRDefault="2A17953F" w14:paraId="3E590E8A" w14:textId="66C2B080">
+          <w:p w14:paraId="3E590E8A" w14:textId="66C2B080" w:rsidR="00545203" w:rsidRPr="000A3E19" w:rsidRDefault="2A17953F" w:rsidP="1B5A472C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Attiecināmās izmaksas ir definētas SAM noteikumu 20.punktā, un tās </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>neiekļauj biržas un depozitārija izmaksas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Tāpat jāņem vērā, ka </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">iepirkumi projekta ietvaros ir veicami saskaņā ar </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38">
-              <w:r w:rsidRPr="00BD5D37">
+            <w:hyperlink r:id="rId42">
+              <w:r w:rsidRPr="000A3E19">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>noteikumiem Nr. 104</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00BD5D37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>, nodrošinot pārredzamu, nediskriminējošu, beznosacījumu un konkurenci nodrošinošu procedūru.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dokumentācija, kas apliecina potenciālo pakalpojumu sniedzēju apzināšanu vai līgumslēdzēja izvēli, tai skaitā nolikuma 10.3.apakšpunktā noteiktie dokumenti (projekta gatavību apliecinoši dokumenti – tirgus izpēte, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>iepirkuma procedūra, līguma projekts u.c.), ir jāpievieno projekta iesnieguma pielikumā</w:t>
+            </w:r>
+            <w:r w:rsidR="55DDBBE2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="55DDBBE2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="55DDBBE2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tai skaitā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD5D37" w:rsidR="55DDBBE2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="55DDBBE2" w:rsidRPr="000A3E19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>lai apliecinātu projekta gatavību.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00BD5D37" w:rsidR="0001751C" w:rsidP="00E84983" w:rsidRDefault="655DEAB1" w14:paraId="02C9F9E3" w14:textId="524B8A91">
+    <w:p w14:paraId="02C9F9E3" w14:textId="524B8A91" w:rsidR="0001751C" w:rsidRPr="00BD5D37" w:rsidRDefault="655DEAB1" w:rsidP="00E84983">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5D37">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00BD5D37" w:rsidR="0001751C" w:rsidSect="00A906AE">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId42"/>
+    <w:sectPr w:rsidR="0001751C" w:rsidRPr="00BD5D37" w:rsidSect="00A906AE">
+      <w:headerReference w:type="default" r:id="rId43"/>
+      <w:footerReference w:type="default" r:id="rId44"/>
+      <w:headerReference w:type="first" r:id="rId45"/>
+      <w:footerReference w:type="first" r:id="rId46"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA36D5" w:rsidP="00F40189" w:rsidRDefault="00FA36D5" w14:paraId="2E024036" w14:textId="77777777">
+    <w:p w14:paraId="2E024036" w14:textId="77777777" w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA36D5" w:rsidP="00F40189" w:rsidRDefault="00FA36D5" w14:paraId="11E99C34" w14:textId="77777777">
+    <w:p w14:paraId="11E99C34" w14:textId="77777777" w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5" w14:paraId="690627C0" w14:textId="77777777">
+    <w:p w14:paraId="690627C0" w14:textId="77777777" w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="495927430"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00A906AE" w:rsidR="00A906AE" w:rsidRDefault="00A906AE" w14:paraId="3F68F405" w14:textId="74A59165">
+      <w:p w14:paraId="3F68F405" w14:textId="74A59165" w:rsidR="00A906AE" w:rsidRPr="00A906AE" w:rsidRDefault="00A906AE">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Kjene"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="3723CF3A" w:rsidP="3723CF3A" w:rsidRDefault="3723CF3A" w14:paraId="2EB90903" w14:textId="513628CC">
+  <w:p w14:paraId="2EB90903" w14:textId="513628CC" w:rsidR="3723CF3A" w:rsidRDefault="3723CF3A" w:rsidP="3723CF3A">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1999114868"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00A906AE" w:rsidRDefault="00A906AE" w14:paraId="7BEA28FB" w14:textId="235D1142">
+      <w:p w14:paraId="7BEA28FB" w14:textId="235D1142" w:rsidR="00A906AE" w:rsidRDefault="00A906AE">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Kjene"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00A906AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="3723CF3A" w:rsidP="3723CF3A" w:rsidRDefault="3723CF3A" w14:paraId="7F7C1A92" w14:textId="2895A38F">
+  <w:p w14:paraId="7F7C1A92" w14:textId="2895A38F" w:rsidR="3723CF3A" w:rsidRDefault="3723CF3A" w:rsidP="3723CF3A">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA36D5" w:rsidP="00F40189" w:rsidRDefault="00FA36D5" w14:paraId="38FC6BE0" w14:textId="77777777">
+    <w:p w14:paraId="38FC6BE0" w14:textId="77777777" w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA36D5" w:rsidP="00F40189" w:rsidRDefault="00FA36D5" w14:paraId="497F3A22" w14:textId="77777777">
+    <w:p w14:paraId="497F3A22" w14:textId="77777777" w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5" w14:paraId="00FF9736" w14:textId="77777777">
+    <w:p w14:paraId="00FF9736" w14:textId="77777777" w:rsidR="00FA36D5" w:rsidRDefault="00FA36D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00F40189" w:rsidP="00F40189" w:rsidRDefault="00F40189" w14:paraId="4BBD296E" w14:textId="514E4B28">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BBD296E" w14:textId="514E4B28" w:rsidR="00F40189" w:rsidRDefault="00F40189" w:rsidP="00F40189">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w:rsidR="00B50AEE" w:rsidP="00B50AEE" w:rsidRDefault="00B50AEE" w14:paraId="4A33F3F5" w14:textId="4141ACA8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A33F3F5" w14:textId="4141ACA8" w:rsidR="00B50AEE" w:rsidRDefault="00B50AEE" w:rsidP="00B50AEE">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F898F76" wp14:editId="2B5160F5">
           <wp:extent cx="2428875" cy="1673514"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:docPr id="2" name="Picture 2" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
@@ -7224,51 +7324,77 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations/>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Grafika 2" o:spid="_x0000_i1037" type="#_x0000_t75" alt="Bell with solid fill" style="width:12.5pt;height:15.5pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQBsYMeG0AEAAN0DAAAOAAAAZHJzL2Uyb0RvYy54bWykk9tu&#10;2zAMhu8H7B0E37e2i61IjDgFiqDdgGELhu0BGJmKheoESomTtx9le2l2taG7sECK9s+PB68eTtaI&#10;I1LU3rVFfVsVAp30nXb7tvj54+lmUYiYwHVgvMO2OGMsHtbv362G0OCd773pkASLuNgMoS36lEJT&#10;llH2aCHe+oCOg8qThcQu7cuOYGB1a8q7qrovB09dIC8xRr7dTMFiPeorhTJ9UypiEqYtmC2NJ43n&#10;Lp/legXNniD0Ws4Y8AYKC9px0ovUBhKIA+k3SAUt04GQ1dhq+Jmx2PoPtVnE/pOGBXo5hBvpbYCk&#10;d9rodB67PUO541bLLU2E8utxS0J3PP1q+WFZLeqaG+3A8rSfCZR+AXEd6TBKHsAjGiMGnXoRvdGd&#10;UNqYPI1cdJbMCdgts/9Hvp3R4Ylfzt3O9lwZS/59d7xSWuLGy4NFl6YFIjRcpHex1yEWghq0O+Rq&#10;6HNXT+sRE2GSfU6YKb/zUmUyaC6BkfIVLDPHkBsEzUmRFYo5P3GDuH/QMIQ4jRt4vmwgnpKQfFkv&#10;7xcfuX2SQ7M9pcoy+eNAMT2jtyIbDMksoygcv8SZ6vcrc/MmkJGQuUbued/zkl77bF//letfAAAA&#10;//8DAFBLAwQKAAAAAAAAACEAP9tBJ1wMAABcDAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBO&#10;Rw0KGgoAAAANSUhEUgAAAMAAAADACAYAAABS3GwHAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8&#10;YQUAAAAJcEhZcwAAHYcAAB2HAY/l8WUAAAvxSURBVHhe7d39ldQ4FgXwW5vAFhHQRLBNBGNHAERA&#10;E0HTEQARdBEBPRHQRGATAbURTE0E443A+4efpz3q+vCHZEnv3d85nGEEzBzKutKTLLsAIiIiIiIi&#10;IiIiIiIiIiIiIiIiIiIiIiLKzcZtoHAqYAvgLYDtBngJ4BpAA6BpgT/lt9UlUDt/lAJhAAKTTv9x&#10;A7wBcIXu3y9pADy0wNcSOLi/SP4wAIEMOv7tyE5/ymML3DEIYTAAAVRAsQG+yYjvRQt8KYHPbjst&#10;wwB4VnWj/qeFo/4pdQGUbiPNxwB4VAGfpfOHtG+BsuzWCbTQv9wGmmcw8od2vQEqt5Hm4QzgQfXU&#10;KUOUPac8FsA7t5GmYQAWqro9/Ur29C9ppIT5HcAeTzs7VzKy/wbgxvkzJ7XAuxJ4dNtpPAZgoQl1&#10;/152cs52WJlNvo/cQWoK4IXbSONxDbCAjP63bvsRO1m4nu38AFAC+wJ41QJf3F87YltNmDHoOQZg&#10;mZsRdf+u6G5kTdq1kT3/ndvu2gD3bhuNxwAsIMcbzjmMHMmPKoA7WSucs63GlUt0BAMwkxx1KNz2&#10;oRb4MHXkd7XjdnpYBs3EAMx3qdM9+jjVKWeAHtz2oZHrEDqCAQhEtjq9aIEfbhv5wQDMtAH+47Y5&#10;LtXuU1yaSbZSktFEDMB8qXU4LoRn4I2wmeru7u/JRXALvCiBZrBYvpZZY+v8QP9U2ODO8KEFfsrT&#10;YY3cb/hr8J9/pgVe8ZmB6RiAmerubu1bt32glg4+5ojEOQcpp879vxiAmVgCzXepsxUeOj+ktDnb&#10;+QEc2PnnYQBmkhIlFez8MzEA86W06OQu0ExcA0wkz/veeypvvJKH5y+eH6InDMBIshPzaeQBuJj2&#10;cgTD530ItRiAESae0U8C3yIxDgNwQQXcSMmT8qh/Ct8icQEDcMKg5Pno/lpmWBKdwQAcIZ3/fsSJ&#10;z1w08kQaQ+DgNugRyjo/IA/uVwnuXMXGGcBRd6801NT5hzgTOBiAgbob+XOv+S9pWuA1j050WAIJ&#10;ebuC9s4PKYe+u41WcQboOv/VBviV6VbnXA8F8MFttMb8DCA7Pt+MdX4AuKkunzJVz3wApOw5+WCL&#10;Zhvgm/VXqpgOgJQ+lt+o0N/sM8t0AAJ+kUVObizfHzAbgKore7Tu909i+fWKZgNgfep3FFYXxCYD&#10;IBfb5ML3FKtrIZMB2ADv3TZCYXFHyFwAxrzU1iqLs4C5AMi+v/Wdn1PMbQqYC4B8Dxcdt5XdMTNM&#10;BYDlzyimPh9TAbB2ceewtg6wFgCzdzwnMPWSLVMB4PbnaGYGClMByOm9PpGZKRXNBMDyga+pNsBL&#10;t00rMwHg3v8kZj4rSwFg+TOemdnSUgDMjGoemPmszARgxLc60hMzW6FmAkB0jKUAmBjRPDKxZrIU&#10;AKJnLAWAM8A0Jj4vSwEwMaV7xACQaQwAmcYAKMMSiJ4xEQCLbzvwgDOAIiYupk9W7pwzAGSalQCw&#10;BJrOxIlQKwHgDDCdic/MRACs1LOemTgRaiIAVkazANR/bgwAnaN+7WQlAOovZCDqF8LqAyA3wRiA&#10;edTPnOoDwM4/n4XNAwsBUD+NB6T+BVnqA2BhFAtI/Vao+gBYqGMDU11CWggAS6BlVJdBqgMg7wNV&#10;PYKFpr2EVB0Ajv5eqP7+YNUB4PeBeaF6Iaw6ANrr1xWpnUnVBkBGLdb/fqgdSNQGQPNFW5vmhbDa&#10;ALD+9+qt1nWA2gBo372IQOXnqTIA3P/3T+uMqjIAWkeryFR+pioDoHW0imyr8Zs21QVALhJ3gALY&#10;ALduW+7UBUDrVJ0IdZ+tugBsgPduG3mzrYAbtzFnqgJQdSMUd38C2gBv3LacqQoAR/9VvNX0tm01&#10;AZCLwsXvCjbAJ7ctV2oCgK42VXm7PkFqZgEVAaiArcYtuoRttewIqQgAgI8c/delpQzKPgAc/aPZ&#10;VsBntzE32QeAo388G+A297VA1gGogCuO/lFtcy+Fsg6AfPgc/eO6yXkWyDYActdX1W35XG2Ab25b&#10;LrIMgCx8s556lSlkQMpOlgGQha+6s+k52wDfcnxuOLsAVEDBhW+StjmWQhu3IWVS+lQc/dPVAu9K&#10;4NFtT1VWM4DU/ez8CZNSKJtdoWwCIA9ifHTbKTlZlUJZBEBueN277ZSsIpdjEsmvAaTu/86z/vlp&#10;gbIEarc9JcnPAFL3s/NnaAN8T309kHQAqq7mZ92fr+TXA8kGoAKuebdXhaJOeP2W5BqAdb8+qa4H&#10;kpwBWPfrI+uB5I5KJBcAOVTFul+fflZPSlIBkNIn6UUTLVLIxkYykloD1N0IkdOx2kb+eZAfjfwI&#10;8oqWFviyAV4O3n53leOb8FrgdQns3fYYkglABXxM9G5vg+5i7VvgT/l539Gb8ikEwNPu1a9hmy8t&#10;8KrsgvYPstfefyngFt2d898SDsihAF65jTEkEQApfX5FvlhuR68BHNwOfkkFfA64fftQAB/cxktk&#10;XbWVL7tL4vXxLfChBB7c9rWlEoCQneaURjr7T3THdyd39mNq4I+AQW4K4IXbOEfVheBaZooYZae3&#10;v8sS0QMgB91+haiZHUE6vCtwAFAEumYxAtECX8rIh+aCfJhT1N2uT6iH2/tO/zuAxxAdfkjC/Ifb&#10;7tNaC8gKeCuvQg91bQCgkb/Ps3XNWqIGQB5vrNz2hVbt9EOylvnLbfdprQAMBQ7DYwG8cxvXEjUA&#10;ddf5fS3Imhb4CmC3ZqcfWikAR3eC1iK7dbc+y7yYj1FGC4DHbc+6BX4AeIjV8YcCrwGSWDiiu343&#10;snHh4+8arRSKcifY03t96hZ4V3SHrKKN+keEHMmSOUxWdluyr1qglJuAS/joD7NECcDCF9o2LXAX&#10;c9o8R2ajIGRdk5QSqCUId7L+mivKKxajBGDBd3k9SA2c0oj/D3LkN8QitU4x8L0S2El5tnN/bYJV&#10;tl+HVg/AzG9ybFrgrujuHibZ8YfaGXdrL2mBL25biopudr5z28eQexCrWj0AMzv/h3LZyLKqstuG&#10;ndUJTtil+DDJKSWwa4HXbvsIvnYER4sRgEm1v9wtTHbqP0UC6yO0u8JvmFYhg0C0/f2xYgRgqqU7&#10;DNEsKQcGZd/cP5+jSYOjDzECMKlDy6v2sn0d4qAcmHLysZZnaH3MIFHIsfCpDzeF2Dw4a/UbYXJb&#10;ffKjcalue04hQS7kWEF/Vr+RH4f+oN7aRx18kyMu32eM6HXR3VdYTYwALDkukGU9bMXgBuesJ+Ji&#10;nA5dPQBYfgJ03wJfU3iYgp7IqH+/4O3djdzjWXWbO0oAPJ0C3UtZNGlNQX4NvrBk6U2sWU+7LRUl&#10;APD7APyjzAjZ7JNr4LHjI9boj5gBWLgWOIalUWDyYqvrhaXOMzGfD44WAPgrhY7ZtcAPzgp+yHXq&#10;H4iZvLi9IOrGRtQAoPtwfT0XcMxBSiSGYSJ5Rrjv+N5Ge8dDC9zFKH160QOAbj1wv8LrEBv5wH/m&#10;fj8hBClvCjmQVgTs9L1HKX2idX6kEgCEnwmOqQdviahjX4i19R1eavr+xpzv8uaUnez5R//MkwkA&#10;uotyLWuCtS7E0EEC8d8+HClcIB/6xat09v7lWKFH+GMaKXmiLHiPSSoAeNodul9wo8y3R7lw/dvi&#10;+odekiKdvD9ecSXvEO07eowBxVVL50/qmEdyAejJQ9dTD1OtqT/Dsx8EBM5Lcvt/738/zs0qzvvz&#10;t4OO2z9DsZXnZ1/Kz/uyZc3yZapGHuZJ4qUFrmQDgDRnA5omyVF/KOkA9GRtcMsgZCP5jt/LIgA9&#10;BiFpjWwiZNHxe1kFYEi2TT8lXPta0b+RL8vnGLINQE8esHnv6VAWjdOP9sm8kW+u7AMwJLPCmxhv&#10;FzCilhuHD1qOoasKQE+2E2/WfNe9Uv1Ir+JRzWNUBsAlL+Pqv/yBs8Np/X2NvrxRczf8FBMBcDEQ&#10;f9sPHsaf9Z1ouTMZAJe8lLU/K5PytysuMSxnVJ11WoIBOGMQjO3gfM3f523c3x9ZM/i+4oPzla7m&#10;RvaxGIAF3ICg+0D/Pbg3MTzPc+rnGJwbOvbPZz9vgf8N6nV2cCIiIiIiIiIiIiIiIiIiIiIiIiIi&#10;IiIiMuX/K7rOKtehK4cAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAIVpIwJ6AwAAegMAABQAAABk&#10;cnMvbWVkaWEvaW1hZ2UyLnN2Zzxzdmcgdmlld0JveD0iMCAwIDk2IDk2IiB4bWxucz0iaHR0cDov&#10;L3d3dy53My5vcmcvMjAwMC9zdmciIHhtbG5zOnhsaW5rPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5&#10;L3hsaW5rIiBpZD0iSWNvbnNfQmVsbCIgb3ZlcmZsb3c9ImhpZGRlbiI+PHBhdGggZD0iTTgwLjQg&#10;NzAuNEM3Ni43IDYyLjIgNjcuNiA1OS4zIDY3IDM1TDY3IDM1LjFDNjYuNyAyOC4xIDYyLjYgMjIu&#10;MiA1Ni44IDE5LjIgNTcgMTguNSA1Ny4xIDE3LjggNTcuMSAxNy4xIDU3LjEgMTIuMSA1My4xIDgu&#10;MSA0OC4xIDguMSA0My4xIDguMSAzOS4xIDEyLjEgMzkuMSAxNy4xIDM5LjEgMTcuOCAzOS4yIDE4&#10;LjYgMzkuNCAxOS4yIDMzLjYgMjIuMiAyOS41IDI4LjIgMjkuMiAzNS4xTDI5LjIgMzVDMjguNiA1&#10;OS4zIDE5LjUgNjIuMiAxNS44IDcwLjQgMTQuOCA3MS43IDE0LjIgNzMgMTQuMiA3NC41IDE0IDgy&#10;IDI5LjIgODggNDggODggNjYuOCA4OCA4MiA4MiA4MiA3NC41IDgyIDczLjEgODEuNSA3MS43IDgw&#10;LjQgNzAuNFpNNDggMTJDNTAuOCAxMiA1MyAxNC4yIDUzIDE3IDUzIDE3LjIgNTMgMTcuNCA1Mi45&#10;IDE3LjcgNTEuNCAxNy4yIDQ5LjcgMTcgNDggMTcgNDYuMyAxNyA0NC42IDE3LjIgNDMuMSAxNy43&#10;IDQzLjEgMTcuNSA0MyAxNy4zIDQzIDE3IDQzIDE0LjIgNDUuMiAxMiA0OCAxMlpNNDggODJDMzAu&#10;NSA4MiAyMSA3Ni43IDIwIDc0LjUgMjAuOCA3Mi42IDI4LjUgNjguMSA0Mi42IDY3LjIgNDIuMiA2&#10;OCA0MS45IDY5IDQxLjkgNzAgNDEuOSA3My4zIDQ0LjYgNzYgNDggNzYgNTEuNCA3NiA1NC4xIDcz&#10;LjMgNTQuMSA3MCA1NC4xIDY5IDUzLjggNjggNTMuNCA2Ny4yIDY3LjUgNjguMSA3NS4yIDcyLjYg&#10;NzYgNzQuNSA3NSA3Ni43IDY1LjUgODIgNDggODJaIiBmaWxsPSIjQzAwMDAwIi8+PC9zdmc+UEsD&#10;BBQABgAIAAAAIQDzrSCQ2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/DMkJv&#10;dlMVkZhNKcWAh2Kw+gOm2WkSm50N2W0T/72jHuxlhscb3nwvW02uU2caQuvZwHKRgCKuvG25NvDx&#10;Xtw8ggoR2WLnmQx8UYBVPrvKMLV+5Dc672KtJIRDigaaGPtU61A15DAsfE8s3sEPDqPIodZ2wFHC&#10;Xadvk+RBO2xZPjTY06ah6rg7OQPTS/n8ee+Ph+K1LXVRbse4LkZj5tfT+glUpCn+H8MPvqBDLkx7&#10;f2IbVGdAisTfKd7dUtT+b+s805fs+TcAAAD//wMAUEsDBBQABgAIAAAAIQAiVg7uxwAAAKUBAAAZ&#10;AAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQsWoDMQyG90LewWjv+e6GUkp8WUoha0gfQNg6&#10;n8lZNpYbmrePaZYGAt06SuL//g9td99xVWcqEhIbGLoeFLFNLrA38Hn8eH4FJRXZ4ZqYDFxIYDdt&#10;nrYHWrG2kCwhi2oUFgNLrflNa7ELRZQuZeJ2mVOJWNtYvM5oT+hJj33/ostvBkx3TLV3BsrejaCO&#10;l9ya/2aneQ6W3pP9isT1QYUOsXU3IBZP1UAkF/C2HDs5e9CPHYb/cRi6zD8O+u650xUAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAqNbHqBMBAABJAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAEQBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBsYMeG0AEAAN0DAAAOAAAAAAAAAAAAAAAAAEMCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQA/20EnXAwAAFwMAAAUAAAAAAAAAAAAAAAAAD8EAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQCFaSMCegMAAHoDAAAUAAAAAAAAAAAA&#10;AAAAAM0QAABkcnMvbWVkaWEvaW1hZ2UyLnN2Z1BLAQItABQABgAIAAAAIQDzrSCQ2AAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAHkUAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAIlYO7scAAACl&#10;AQAAGQAAAAAAAAAAAAAAAAB+FQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABwAH&#10;AL4BAAB8FgAAAAA=&#10;" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="" cropbottom="-640f" cropleft="-7633f" cropright="-8422f"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00BE2A0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5847136"/>
     <w:lvl w:ilvl="0" w:tplc="04260017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7324,512 +7450,512 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0159D953"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="623C1928"/>
     <w:lvl w:ilvl="0" w:tplc="66845E8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="30CA3CF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B8949880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="D8B88E58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="62B2A2AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="503A1B66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="653C0D70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C0480202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74960EAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D0B15D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="931C04CE"/>
     <w:lvl w:ilvl="0" w:tplc="CB2E24D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F8F2F73A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1BD2ABF8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="F956FFF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="27542B5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="9C480432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="44ACE404" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="326483BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3B1C094E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E423244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24089170"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="116BB454"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1E2D646"/>
     <w:lvl w:ilvl="0" w:tplc="F55EA35C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8D3CCC2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B530813A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="F760BA8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="402C2758">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B8C862F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="183AAA8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6984716E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="150CBFBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B694F09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD90F2F0"/>
     <w:lvl w:ilvl="0" w:tplc="7C089F34">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FA041838">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7888,147 +8014,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="06F68572">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E0CEE13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82CAEF0A"/>
     <w:lvl w:ilvl="0" w:tplc="DF3A4ACE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="22B49FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F6967336">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="5D60C29C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6B7E38EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="41B6654A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="385EE9E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0D4EC8EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A936086E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EA96C92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2B6DF6A"/>
     <w:lvl w:ilvl="0" w:tplc="922ACB18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D6BA4ACE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8176,410 +8302,410 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C3BF88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A2E9E0C"/>
     <w:lvl w:ilvl="0" w:tplc="99DE45E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E14E5F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="CE58BFC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="7116CBE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04BCFE4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6ED0B672">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E74ABEDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D958C5FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="59DA6882">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34A01A42"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AF0E1B28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B36589E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F44E0C22"/>
     <w:lvl w:ilvl="0" w:tplc="0426000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA15E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82D25144"/>
     <w:lvl w:ilvl="0" w:tplc="1740685E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
@@ -8731,260 +8857,260 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="59E4FC3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="512CD896"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6618FDEA"/>
     <w:lvl w:ilvl="0" w:tplc="9E50D7E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="77209920">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EEB654F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3FD06980">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="BF6C2518">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="979CE66A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2B4A307E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D4160454">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="58B0E940">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51EEE8E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8646BF10"/>
     <w:lvl w:ilvl="0" w:tplc="44164E52">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2AAED97A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BD142D38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="3E86F38A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A91C4654">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="897CE006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="CA6409C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="41A6DEB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="12B294A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53856B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43DA8C8A"/>
     <w:lvl w:ilvl="0" w:tplc="BB94C97C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -9047,51 +9173,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B7F6A00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD608FBC"/>
     <w:lvl w:ilvl="0" w:tplc="0426000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -9335,260 +9461,260 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A172330C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68E6D462"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68C0EEE6"/>
     <w:lvl w:ilvl="0" w:tplc="84F2DC7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="11E873E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A4F28AF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="79869F7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0938FE40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A8380EF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="12EAFAEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3878B78A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A40843F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B087C9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C0C0F52"/>
     <w:lvl w:ilvl="0" w:tplc="0B24CF4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="90989372">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="27DEEDC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="9000FDD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A51CC424">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="47C820E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="9ABC865A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B5DA2398">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D466EFFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1423338996">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="365525267">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2035423361">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="780682338">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2083260641">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="941036152">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1823233868">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="79916257">
@@ -9649,95 +9775,97 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="188567160">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="995843523">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="257831505">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1096706835">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="168059377">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="06AFE82F"/>
     <w:rsid w:val="00002D38"/>
     <w:rsid w:val="0000336C"/>
     <w:rsid w:val="0001751C"/>
     <w:rsid w:val="000223C3"/>
     <w:rsid w:val="00035E8E"/>
     <w:rsid w:val="00041BFA"/>
     <w:rsid w:val="00045762"/>
     <w:rsid w:val="000511CC"/>
     <w:rsid w:val="000544D6"/>
     <w:rsid w:val="00054588"/>
     <w:rsid w:val="00057164"/>
     <w:rsid w:val="00057938"/>
     <w:rsid w:val="000734A1"/>
     <w:rsid w:val="000968B5"/>
     <w:rsid w:val="000978BC"/>
     <w:rsid w:val="000A3B3D"/>
+    <w:rsid w:val="000A3E19"/>
     <w:rsid w:val="000C116D"/>
+    <w:rsid w:val="000C5273"/>
     <w:rsid w:val="000C7E39"/>
     <w:rsid w:val="000D26AB"/>
     <w:rsid w:val="000E77A1"/>
     <w:rsid w:val="000EB3B5"/>
     <w:rsid w:val="000F05E3"/>
     <w:rsid w:val="00104CBD"/>
     <w:rsid w:val="00105B5A"/>
     <w:rsid w:val="00124CE6"/>
     <w:rsid w:val="00126F09"/>
     <w:rsid w:val="0014647D"/>
     <w:rsid w:val="0015286B"/>
     <w:rsid w:val="00163273"/>
     <w:rsid w:val="0018203F"/>
     <w:rsid w:val="00192033"/>
     <w:rsid w:val="00192F20"/>
     <w:rsid w:val="001A1E79"/>
     <w:rsid w:val="001A445C"/>
     <w:rsid w:val="001A5C1B"/>
     <w:rsid w:val="001B066F"/>
     <w:rsid w:val="001B158C"/>
     <w:rsid w:val="001B43A8"/>
     <w:rsid w:val="001B5C10"/>
     <w:rsid w:val="001C0236"/>
     <w:rsid w:val="001F0DB9"/>
     <w:rsid w:val="001F6A34"/>
@@ -9824,198 +9952,205 @@
     <w:rsid w:val="005771AB"/>
     <w:rsid w:val="00583B74"/>
     <w:rsid w:val="0058598E"/>
     <w:rsid w:val="00593DA2"/>
     <w:rsid w:val="00595AC1"/>
     <w:rsid w:val="005A04E3"/>
     <w:rsid w:val="005A186C"/>
     <w:rsid w:val="005B5F0C"/>
     <w:rsid w:val="005C1E02"/>
     <w:rsid w:val="005D07E7"/>
     <w:rsid w:val="005E430D"/>
     <w:rsid w:val="005E7EA4"/>
     <w:rsid w:val="005F4E70"/>
     <w:rsid w:val="005F515B"/>
     <w:rsid w:val="00601735"/>
     <w:rsid w:val="006018BF"/>
     <w:rsid w:val="00606B0A"/>
     <w:rsid w:val="00611436"/>
     <w:rsid w:val="00616B8D"/>
     <w:rsid w:val="0062139C"/>
     <w:rsid w:val="00622496"/>
     <w:rsid w:val="00637B42"/>
     <w:rsid w:val="00640E97"/>
     <w:rsid w:val="0064784E"/>
     <w:rsid w:val="00650F80"/>
+    <w:rsid w:val="00667F1E"/>
     <w:rsid w:val="00687ACF"/>
     <w:rsid w:val="006C4F61"/>
     <w:rsid w:val="006D1074"/>
     <w:rsid w:val="006D48CF"/>
     <w:rsid w:val="006E7C9D"/>
     <w:rsid w:val="006F14D5"/>
     <w:rsid w:val="0072448A"/>
     <w:rsid w:val="00724DAA"/>
     <w:rsid w:val="00725552"/>
     <w:rsid w:val="00726B52"/>
     <w:rsid w:val="00726BD7"/>
     <w:rsid w:val="00735759"/>
     <w:rsid w:val="00757C95"/>
     <w:rsid w:val="00762141"/>
     <w:rsid w:val="00796F34"/>
     <w:rsid w:val="00797983"/>
     <w:rsid w:val="007A3F76"/>
     <w:rsid w:val="007A5D90"/>
     <w:rsid w:val="007B2BFE"/>
     <w:rsid w:val="007C637B"/>
     <w:rsid w:val="007E02F0"/>
     <w:rsid w:val="007E1D58"/>
     <w:rsid w:val="007E690E"/>
     <w:rsid w:val="007F648C"/>
     <w:rsid w:val="00800DDB"/>
     <w:rsid w:val="00815774"/>
     <w:rsid w:val="008339A2"/>
     <w:rsid w:val="00837054"/>
     <w:rsid w:val="00841E7F"/>
     <w:rsid w:val="008507ED"/>
     <w:rsid w:val="00852881"/>
     <w:rsid w:val="00852B47"/>
     <w:rsid w:val="00874868"/>
     <w:rsid w:val="008806B4"/>
     <w:rsid w:val="00880F4B"/>
     <w:rsid w:val="00882F3B"/>
     <w:rsid w:val="008A772C"/>
     <w:rsid w:val="008B5980"/>
     <w:rsid w:val="008C55A0"/>
     <w:rsid w:val="008C5E52"/>
     <w:rsid w:val="008C7EBE"/>
     <w:rsid w:val="008D0657"/>
     <w:rsid w:val="008E4B75"/>
     <w:rsid w:val="008E6510"/>
     <w:rsid w:val="008E7529"/>
     <w:rsid w:val="009231D2"/>
     <w:rsid w:val="00940B9C"/>
+    <w:rsid w:val="00951670"/>
     <w:rsid w:val="009566C7"/>
     <w:rsid w:val="00963B60"/>
     <w:rsid w:val="00970177"/>
     <w:rsid w:val="00970EC6"/>
     <w:rsid w:val="00976B97"/>
     <w:rsid w:val="00983289"/>
     <w:rsid w:val="00987746"/>
     <w:rsid w:val="009931A8"/>
     <w:rsid w:val="009A39BF"/>
     <w:rsid w:val="009A6859"/>
     <w:rsid w:val="009C42EF"/>
     <w:rsid w:val="009D0694"/>
     <w:rsid w:val="009D0DDC"/>
     <w:rsid w:val="009D2420"/>
     <w:rsid w:val="009D2D37"/>
     <w:rsid w:val="009E1410"/>
     <w:rsid w:val="009E4393"/>
     <w:rsid w:val="009E44F0"/>
     <w:rsid w:val="009E54BA"/>
     <w:rsid w:val="009F1D78"/>
     <w:rsid w:val="00A0096C"/>
     <w:rsid w:val="00A04F9D"/>
     <w:rsid w:val="00A40312"/>
     <w:rsid w:val="00A43C8C"/>
     <w:rsid w:val="00A46264"/>
     <w:rsid w:val="00A50B47"/>
     <w:rsid w:val="00A53018"/>
     <w:rsid w:val="00A56206"/>
     <w:rsid w:val="00A63884"/>
     <w:rsid w:val="00A734BC"/>
     <w:rsid w:val="00A73849"/>
     <w:rsid w:val="00A906AE"/>
     <w:rsid w:val="00AA593C"/>
     <w:rsid w:val="00AB7EAE"/>
     <w:rsid w:val="00AC1C4B"/>
     <w:rsid w:val="00AC474F"/>
     <w:rsid w:val="00AE65E2"/>
     <w:rsid w:val="00AF5A3C"/>
     <w:rsid w:val="00AF5F03"/>
     <w:rsid w:val="00B063A7"/>
     <w:rsid w:val="00B14761"/>
     <w:rsid w:val="00B20863"/>
     <w:rsid w:val="00B208EF"/>
     <w:rsid w:val="00B33385"/>
     <w:rsid w:val="00B41813"/>
     <w:rsid w:val="00B41D22"/>
+    <w:rsid w:val="00B46D0B"/>
     <w:rsid w:val="00B50AEE"/>
     <w:rsid w:val="00B54DA8"/>
     <w:rsid w:val="00B57178"/>
     <w:rsid w:val="00B573DD"/>
+    <w:rsid w:val="00B64B4D"/>
     <w:rsid w:val="00B752EB"/>
     <w:rsid w:val="00B77427"/>
     <w:rsid w:val="00B83DF3"/>
     <w:rsid w:val="00B86266"/>
     <w:rsid w:val="00B925F1"/>
+    <w:rsid w:val="00B92700"/>
     <w:rsid w:val="00B976B7"/>
     <w:rsid w:val="00BA28D4"/>
     <w:rsid w:val="00BA3719"/>
     <w:rsid w:val="00BB03E0"/>
     <w:rsid w:val="00BB2D95"/>
     <w:rsid w:val="00BC0A6E"/>
     <w:rsid w:val="00BD3274"/>
     <w:rsid w:val="00BD331D"/>
     <w:rsid w:val="00BD38BB"/>
     <w:rsid w:val="00BD5D37"/>
+    <w:rsid w:val="00BD79F6"/>
     <w:rsid w:val="00BE21D2"/>
     <w:rsid w:val="00BE5A7A"/>
     <w:rsid w:val="00BF16CB"/>
     <w:rsid w:val="00BF4B83"/>
     <w:rsid w:val="00BF76CB"/>
     <w:rsid w:val="00C15824"/>
     <w:rsid w:val="00C2636A"/>
     <w:rsid w:val="00C2667A"/>
     <w:rsid w:val="00C2FB90"/>
     <w:rsid w:val="00C32DB2"/>
     <w:rsid w:val="00C353E4"/>
     <w:rsid w:val="00C5068B"/>
     <w:rsid w:val="00C6731E"/>
     <w:rsid w:val="00C73117"/>
     <w:rsid w:val="00C764A0"/>
     <w:rsid w:val="00C77D49"/>
     <w:rsid w:val="00C8771A"/>
     <w:rsid w:val="00C9088D"/>
     <w:rsid w:val="00CD5039"/>
     <w:rsid w:val="00CF1E99"/>
     <w:rsid w:val="00CF36B8"/>
     <w:rsid w:val="00CF62D3"/>
     <w:rsid w:val="00D00F2F"/>
     <w:rsid w:val="00D034E2"/>
     <w:rsid w:val="00D14535"/>
     <w:rsid w:val="00D1456E"/>
     <w:rsid w:val="00D34026"/>
     <w:rsid w:val="00D45B8E"/>
     <w:rsid w:val="00D55FD6"/>
     <w:rsid w:val="00D951FE"/>
     <w:rsid w:val="00DA533B"/>
     <w:rsid w:val="00DB0E2F"/>
     <w:rsid w:val="00DB728E"/>
     <w:rsid w:val="00DE076B"/>
     <w:rsid w:val="00DE16FC"/>
     <w:rsid w:val="00DE7F22"/>
+    <w:rsid w:val="00DF17E0"/>
     <w:rsid w:val="00E02533"/>
     <w:rsid w:val="00E10A68"/>
     <w:rsid w:val="00E2232D"/>
     <w:rsid w:val="00E22C46"/>
     <w:rsid w:val="00E50CBB"/>
     <w:rsid w:val="00E60D6C"/>
     <w:rsid w:val="00E75219"/>
     <w:rsid w:val="00E84983"/>
     <w:rsid w:val="00E84B6A"/>
     <w:rsid w:val="00E96095"/>
     <w:rsid w:val="00EA203B"/>
     <w:rsid w:val="00EA2CD8"/>
     <w:rsid w:val="00EA5895"/>
     <w:rsid w:val="00EA73B4"/>
     <w:rsid w:val="00EA7DB9"/>
     <w:rsid w:val="00EB1FC0"/>
     <w:rsid w:val="00EB2C7F"/>
     <w:rsid w:val="00EC0059"/>
     <w:rsid w:val="00EC0B5C"/>
     <w:rsid w:val="00EC5F11"/>
     <w:rsid w:val="00ED2939"/>
     <w:rsid w:val="00ED727B"/>
     <w:rsid w:val="00EF0C22"/>
     <w:rsid w:val="00EF0F96"/>
     <w:rsid w:val="00EF5746"/>
@@ -10197,147 +10332,147 @@
     <w:rsid w:val="7B3B4291"/>
     <w:rsid w:val="7C1DE37A"/>
     <w:rsid w:val="7D8A43A3"/>
     <w:rsid w:val="7D8E4230"/>
     <w:rsid w:val="7DD8EB23"/>
     <w:rsid w:val="7E114138"/>
     <w:rsid w:val="7F309EA6"/>
     <w:rsid w:val="7F3A579C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="06AFE82F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D3E0E421-EF29-4854-9F26-027F3EDCD573}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10493,52 +10628,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -10605,983 +10740,983 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003932E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="60" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading5Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts5Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading6Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts6Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading7Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts7Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3763"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading8Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts8Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="ApakvirsrakstsRakstz"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="5A5A5A"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citts">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="QuoteChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="CittsRakstz"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Intensvscitts">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="IntensvscittsRakstz"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,Colorful List - Accent 12,List Paragraph1,List1,Akapit z listą BS,Numbered Para 1,Dot pt,List Paragraph Char Char Char,Indicator Text,Bullet 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="SarakstarindkopaRakstz"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003932E0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
+    <w:name w:val="Virsraksts 5 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
+    <w:name w:val="Virsraksts 6 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="1F3763"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
+    <w:name w:val="Virsraksts 7 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="1F3763"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
+    <w:name w:val="Virsraksts 8 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
+    <w:name w:val="Apakšvirsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Apakvirsraksts"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="5A5A5A"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CittsRakstz">
+    <w:name w:val="Citāts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Citts"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntensvscittsRakstz">
+    <w:name w:val="Intensīvs citāts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Intensvscitts"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Saturs1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Saturs2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Saturs3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Saturs4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Saturs5">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="880"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Saturs6">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Saturs7">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Saturs8">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1540"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Saturs9">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Beiguvresteksts">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BeiguvrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BeiguvrestekstsRakstz">
+    <w:name w:val="Beigu vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Beiguvresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="Saturardtjavirsraksts">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Heading1"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Virsraksts1"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004014D1"/>
     <w:pPr>
       <w:keepLines/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ListParagraphChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="ListParagraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
+    <w:name w:val="Saraksta rindkopa Rakstz."/>
+    <w:aliases w:val="H&amp;P List Paragraph Rakstz.,2 Rakstz.,Strip Rakstz.,Saraksta rindkopa1 Rakstz.,Normal bullet 2 Rakstz.,Bullet list Rakstz.,Colorful List - Accent 12 Rakstz.,List Paragraph1 Rakstz.,List1 Rakstz.,Akapit z listą BS Rakstz."/>
+    <w:link w:val="Sarakstarindkopa"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="004014D1"/>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PlainText">
+  <w:style w:type="paragraph" w:styleId="Vienkrsteksts">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="PlainTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VienkrstekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004014D1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlainTextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="PlainText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VienkrstekstsRakstz">
+    <w:name w:val="Vienkāršs teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vienkrsteksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004014D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A04E3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D2D37"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="003547E0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE21D2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00545203"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mention">
+  <w:style w:type="character" w:styleId="Piemint">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A0D46"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB0E2F"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="355939">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="87848330">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -11804,54 +11939,59 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="713232722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A12012E%2FTXT" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2014%2F651%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979434022%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=w8vKNsDEvD4PcGWcL4hd15x89VyOqwcBWKCSpEQmsP8%3D&amp;reserved=0" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02013R1379-20241127" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-2-1-3" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32015R1017" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2015/1017/oj?locale=lv" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02013R1379-20241127" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32015R1017%26qid%3D1696226211035&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979472068%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=Z7DA%2BKsBU%2BzFpP85ijKVI6JEj8kci8jZ3UVlwB2KiQU%3D&amp;reserved=0" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmvk-gnu-un-vvu&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979450089%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=835Fg1%2Fagc9K1GyrASJIta5R0Ccm9XdgYUsWh6GM0Iw%3D&amp;reserved=0" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32015R1017" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32015R1017%26qid%3D1696226211035&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979472068%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=Z7DA%2BKsBU%2BzFpP85ijKVI6JEj8kci8jZ3UVlwB2KiQU%3D&amp;reserved=0" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32021R1058" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId41" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-2-1-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmvk-gnu-un-vvu&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979450089%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=835Fg1%2Fagc9K1GyrASJIta5R0Ccm9XdgYUsWh6GM0Iw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csp.gov.lv/lv/klasifikacija/nace-2-red/nace-saimniecisko-darbibu-statistiska-klasifikacija-eiropas-kopiena-2-redakcija" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=celex%3A12012E%2FTXT" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02013R1379-20241127" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32015R1017%26qid%3D1696226211035&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979472068%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=Z7DA%2BKsBU%2BzFpP85ijKVI6JEj8kci8jZ3UVlwB2KiQU%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32021R1058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32015R1017" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32015R1017%26qid%3D1696226211035&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979472068%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=Z7DA%2BKsBU%2BzFpP85ijKVI6JEj8kci8jZ3UVlwB2KiQU%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:02013R1379-20241127" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32015R1017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2015/1017/oj?locale=lv" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2014%2F651%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Clinda.purgaile%40cfla.gov.lv%7C2ab2bbb3470a466d6d1d08dcec1697ff%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638644828979434022%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=w8vKNsDEvD4PcGWcL4hd15x89VyOqwcBWKCSpEQmsP8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346660-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -12089,78 +12229,84 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a8c0a6ef51c4202741ac7f2d538e8b85">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70ce71153bee3b71918a281891b37a47" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -12184,50 +12330,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -12339,123 +12490,110 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70F4FA6D-2133-4D67-B10D-7ABC88AE2038}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C134231C-B56B-408D-8755-09D6C987BCC2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9CCF5D5-3A44-403A-802C-DC63EACF11D4}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21FAB9C6-8409-4C8F-BC42-69EEE770CECA}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B973892-BB2A-480D-8930-4BBD9B57C6F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C134231C-B56B-408D-8755-09D6C987BCC2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70F4FA6D-2133-4D67-B10D-7ABC88AE2038}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>10</Pages>
+  <Words>16578</Words>
+  <Characters>9450</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>78</Lines>
+  <Paragraphs>51</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>25977</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Madara Austriņa</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Linda Purgaile</lastModifiedBy>
-  <revision>41</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
 </Properties>
 </file>