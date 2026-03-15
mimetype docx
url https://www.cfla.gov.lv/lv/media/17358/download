--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="58DD1DAF" w14:textId="04EFFA0F" w:rsidR="00080B28" w:rsidRPr="00440576" w:rsidRDefault="00080B28" w:rsidP="249D8784">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -951,51 +950,50 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="5"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00440576">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="5"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Eiropas Savienības </w:t>
       </w:r>
       <w:r w:rsidR="006E2E4D" w:rsidRPr="00440576">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="5"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">kohēzijas politikas programmas </w:t>
       </w:r>
       <w:r w:rsidRPr="00440576">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:spacing w:val="5"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2021.–2027. gadam</w:t>
       </w:r>
       <w:r w:rsidR="006A587F" w:rsidRPr="00440576">
@@ -1099,116 +1097,188 @@
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="006A587F" w:rsidRPr="00440576">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> un projekta iesnieguma aizpildīšanas metodika</w:t>
       </w:r>
       <w:r w:rsidR="00E327AA" w:rsidRPr="00440576">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2B3152" w14:textId="77777777" w:rsidR="00A67003" w:rsidRPr="00440576" w:rsidRDefault="00A67003" w:rsidP="00A67003">
+    <w:p w14:paraId="3D2B3152" w14:textId="6BCA19C9" w:rsidR="00A67003" w:rsidRPr="00440576" w:rsidRDefault="00A67003" w:rsidP="00A67003">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00440576">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-regionalas-attistibas-fonda-eiropas-sociala-fonda-plus-kohezijas-fonda-un-taisnigas-parkartosanas-fonda-projektu-iesniegumu-atlases-metodika-2021-2027-gadam"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00440576">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Finanšu ministrijas 202</w:t>
+      </w:r>
+      <w:ins w:id="0" w:author="Tatjana Tokareva" w:date="2026-02-27T14:44:00Z" w16du:dateUtc="2026-02-27T12:44:00Z">
+        <w:r w:rsidR="00D57F85">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Finanšu ministrijas 2023.gada 26.janvāra metodika Nr.3.1. “Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus, Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodika 2021.–2027.gadam”</w:t>
+          <w:t>6</w:t>
         </w:r>
-      </w:hyperlink>
+      </w:ins>
+      <w:del w:id="1" w:author="Tatjana Tokareva" w:date="2026-02-27T14:44:00Z" w16du:dateUtc="2026-02-27T12:44:00Z">
+        <w:r w:rsidRPr="00440576" w:rsidDel="00D57F85">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>3</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00440576">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada </w:t>
+      </w:r>
+      <w:ins w:id="2" w:author="Tatjana Tokareva" w:date="2026-02-27T14:44:00Z" w16du:dateUtc="2026-02-27T12:44:00Z">
+        <w:r w:rsidR="00D57F85">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="3" w:author="Tatjana Tokareva" w:date="2026-02-27T14:44:00Z" w16du:dateUtc="2026-02-27T12:44:00Z">
+        <w:r w:rsidRPr="00440576" w:rsidDel="00D57F85">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>26</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00440576">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.janvāra metodika Nr.3.1. “Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus, Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodika 2021.–2027.gadam”</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="00440576">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D068455" w14:textId="77777777" w:rsidR="003C46D4" w:rsidRPr="00440576" w:rsidRDefault="003C46D4" w:rsidP="00873721">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14596" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="753"/>
         <w:gridCol w:w="3070"/>
-        <w:gridCol w:w="1346"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8080"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00530315" w:rsidRPr="00440576" w14:paraId="1EC92775" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="00530315" w:rsidRPr="00440576" w14:paraId="1EC92775" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="768E6A96" w14:textId="77777777" w:rsidR="00530315" w:rsidRPr="00440576" w:rsidRDefault="00530315" w:rsidP="00053C55">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
@@ -1225,51 +1295,51 @@
           <w:p w14:paraId="509C0098" w14:textId="77777777" w:rsidR="00530315" w:rsidRPr="00440576" w:rsidRDefault="00530315" w:rsidP="00053C55">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="-13"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kritērijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BCF9A9E" w14:textId="3D98A467" w:rsidR="00530315" w:rsidRPr="00440576" w:rsidRDefault="00530315" w:rsidP="00053C55">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kritērija ietekme uz lēmuma pieņemšanu (P</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
@@ -1296,135 +1366,135 @@
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="366B593E" w14:textId="77777777" w:rsidR="00530315" w:rsidRPr="00440576" w:rsidRDefault="00530315" w:rsidP="00053C55">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kritērija iespējamais vērtējums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F4B820E" w14:textId="77777777" w:rsidR="00530315" w:rsidRPr="00440576" w:rsidRDefault="00530315" w:rsidP="00053C55">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Piemērošanas skaidrojums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00530315" w:rsidRPr="00440576" w14:paraId="3BB299F0" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="00530315" w:rsidRPr="00440576" w14:paraId="3BB299F0" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="25FB7B36" w14:textId="77777777" w:rsidR="00530315" w:rsidRPr="00440576" w:rsidRDefault="00530315" w:rsidP="00053C55">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>VIENOTIE KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="75BF23F8" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="75BF23F8" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="327E884C" w14:textId="78917479" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1469,103 +1539,103 @@
               </w:rPr>
               <w:t xml:space="preserve">noteiktajām specifiskajām prasībām (apakškritērijus izvēlas atbilstoši </w:t>
             </w:r>
             <w:r w:rsidR="00F7498B" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
             <w:r w:rsidR="00581D1E" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">MK noteikumos </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">noteiktajam, definējot kritēriju kopu): </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BB116F4" w14:textId="6DB09E63" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="2BB116F4" w14:textId="6DB09E63" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00680228">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzējs atbilst </w:t>
             </w:r>
             <w:r w:rsidR="00F7498B" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
             <w:r w:rsidR="00581D1E" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">MK noteikumos </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">noteiktajam iesniedzēju lokam; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43CA554C" w14:textId="3EAA4EDB" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="43CA554C" w14:textId="3EAA4EDB" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00680228">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta īstenošanas termiņš atbilst </w:t>
             </w:r>
             <w:r w:rsidR="00F7498B" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
             <w:r w:rsidR="00581D1E" w:rsidRPr="00440576">
@@ -1577,108 +1647,106 @@
               <w:t xml:space="preserve">MK noteikumos </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">noteiktajam termiņam; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B3F9A5C" w14:textId="44372977" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Projekta iesniegumam ir pievienoti nolikumā noteiktie papildu pievienojamie pielikumi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12119198" w14:textId="133E8071" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="470B2359" w14:textId="5FD22A18" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CA5B9A8" w14:textId="6FFD05B3" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00156E26">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzēja un projekta iesnieguma atbilstību pārbauda, pamatojoties uz projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju. Projekta iesniedzēja atbilstību </w:t>
             </w:r>
             <w:r w:rsidR="00F7498B" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
             <w:r w:rsidR="00581D1E" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
@@ -1703,72 +1771,71 @@
               <w:t xml:space="preserve"> specifikas. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CD01AD4" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76A204B7" w14:textId="409B185A" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="76A204B7" w14:textId="409B185A" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00680228">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">projekta iesniedzējs atbilst </w:t>
             </w:r>
             <w:r w:rsidR="00652C3D" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MK noteikum</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1796,56 +1863,56 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteiktajam iesniedzēj</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>am</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un attiecīgajām izvirzītajām prasībām;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="409BC82E" w14:textId="16174B7F" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="409BC82E" w14:textId="16174B7F" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00680228">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta īstenošanas termiņš nepārsniedz </w:t>
             </w:r>
             <w:r w:rsidR="00652C3D" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
@@ -1896,56 +1963,56 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> termiņ</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335B7589" w14:textId="38D113A2" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="335B7589" w14:textId="38D113A2" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00680228">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="431" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniegumam pievienotie pielikumi atbilst </w:t>
             </w:r>
             <w:r w:rsidR="002E0F86" w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SAMP </w:t>
             </w:r>
             <w:r w:rsidR="00581D1E" w:rsidRPr="00440576">
@@ -2005,5104 +2072,5406 @@
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="3C51729C" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="00704675" w:rsidRPr="00440576" w14:paraId="2E1870CE" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A489D5" w14:textId="74EA0CE8" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="5AD73014" w14:textId="261684EC" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...9 lines deleted...]
-              <w:t>1.2.</w:t>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003E11E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:ins w:id="4" w:author="Tatjana Tokareva" w:date="2026-03-02T12:10:00Z" w16du:dateUtc="2026-03-02T10:10:00Z">
+              <w:r w:rsidR="003E11E7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="5" w:author="Tatjana Tokareva" w:date="2026-03-02T12:10:00Z" w16du:dateUtc="2026-03-02T10:10:00Z">
+              <w:r w:rsidR="003E11E7" w:rsidDel="003E11E7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4898E8" w14:textId="5441F5F7" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="0C5C43A3" w14:textId="22662CE4" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>euro</w:t>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekta iesniegumā ir identificēti, aprakstīti un izvērtēti projekta riski, novērtēta to ietekme un iestāšanās varbūtība, kā arī noteikti riskus mazinošie pasākumi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1EBEAA" w14:textId="1903B6E8" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="4A9B8BEC" w14:textId="44D4F38E" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65857D69" w14:textId="3E8C9AC7" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="4C53B00E" w14:textId="3890686D" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="331A9C7C" w14:textId="76313F86" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
-[...64 lines deleted...]
-          <w:p w14:paraId="47CAB5F9" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="1702EF46" w14:textId="77777777" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ja balstoties uz VID parādnieku datu bāzē pieejamo informāciju uz projekta iesnieguma un, ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienu (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma un, ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienas) projekta iesniedzējam un sadarbības partnerim, ja tāds projektā ir paredzēts, nav </w:t>
-[...52 lines deleted...]
-          <w:p w14:paraId="021C9458" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:t xml:space="preserve"> ja projekta iesniegumā: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A20374" w14:textId="77777777" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="1D73928B" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir identificēti un analizēti projekta īstenošanas riski vismaz šādā griezumā: finanšu, īstenošanas, rezultātu un uzraudzības rādītāju sasniegšanas, administrēšanas riski. Var būt norādīti arī citi riski; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706B6DBA" w14:textId="77777777" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:ind w:left="434"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sniegts katra riska apraksts, t.i., konkretizējot riska būtību, kā arī raksturojot, kādi apstākļi un informācija pamato tā iestāšanās varbūtību; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645D6AAF" w14:textId="77777777" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:ind w:left="434"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">katram riskam ir norādīta tā ietekme (augsta, vidēja, zema) un iestāšanās varbūtība (augsta, vidēja, zema); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED2ADFD" w14:textId="77777777" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="431" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV"/>
-[...32 lines deleted...]
-          <w:p w14:paraId="75C9962B" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">katram riskam ir norādīti plānotie un ieviešanas procesā esošie riska novēršanas/mazināšanas pasākumi, tai skaitā, raksturojot to īstenošanas biežumu un norādot par risku novēršanas/ mazināšanas pasākumu īstenošanu atbildīgās personas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2369AAC3" w14:textId="77777777" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projektā ir paredzēts sadarbības partneris, </w:t>
+              <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>vērtējumu “Jā, ar nosacījumu” un “Nē”</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="5192DEE4" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un izvirza atbilstošus nosacījumus. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4195E253" w14:textId="27C8CB64" w:rsidR="00704675" w:rsidRPr="00440576" w:rsidRDefault="00704675" w:rsidP="00704675">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...78 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...27 lines deleted...]
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ja saskaņā ar VID parādnieku datu bāzē pieejamo informāciju precizētā projekta iesnieguma iesniegšanas dienā (t.i., informāciju, kas publicēta divas darba dienas pēc precizētā projekta iesnieguma iesniegšanas sadarbības </w:t>
-[...97 lines deleted...]
-              <w:t>, to pamatojot ar neatbilstību šim kritērijam, pat gadījumā, ja sākotnējā novērtēšanā projekta iesniegums šajā kritērijā novērtēts ar “Jā”."</w:t>
+              <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="38996A5F" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="00AC40D3" w:rsidRPr="00440576" w14:paraId="4E1ACC1E" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="439C9651" w14:textId="2CF62DC5" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="337005BF" w14:textId="5B68C91F" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...9 lines deleted...]
-              <w:t>1.3.</w:t>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:ins w:id="6" w:author="Tatjana Tokareva" w:date="2026-03-02T12:11:00Z" w16du:dateUtc="2026-03-02T10:11:00Z">
+              <w:r w:rsidR="00A03B2C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>3</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="7" w:author="Tatjana Tokareva" w:date="2026-03-02T12:11:00Z" w16du:dateUtc="2026-03-02T10:11:00Z">
+              <w:r w:rsidR="00A03B2C" w:rsidDel="00A03B2C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>4</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="693F88E6" w14:textId="7B46B5DB" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="6B993B76" w14:textId="0823505D" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...8 lines deleted...]
-              <w:t>Projekta iesniegumā ir identificēti, aprakstīti un izvērtēti projekta riski, novērtēta to ietekme un iestāšanās varbūtība, kā arī noteikti riskus mazinošie pasākumi.</w:t>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta iesniegumā ir ietverta informācija, kas apliecina dubultā finansējuma neesamību un plānoto demarkāciju un/ vai sinerģiju ar projekta iesniedzēja īstenoto (jau pabeigto) vai īstenošanā esošo projektu atbalsta pasākumiem vai citu subjektu īstenotiem projektiem vai atbalsta pasākumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4573D9D6" w14:textId="62BB83D9" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="708B1E37" w14:textId="4DCEB835" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0878D15E" w14:textId="4EBE0E3F" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="24132A07" w14:textId="0E7D9A7B" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C356EBC" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="039C1044" w14:textId="77777777" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ja projekta iesniegumā: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="58E6190F" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:t xml:space="preserve"> ja: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1528C14B" w14:textId="77777777" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ir identificēti un analizēti projekta īstenošanas riski vismaz šādā griezumā: finanšu, īstenošanas, rezultātu un uzraudzības rādītāju sasniegšanas, administrēšanas riski. Var būt norādīti arī citi riski; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E5C2A8C" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:t xml:space="preserve">projekta iesniegumā ir ietverta informācija par projekta iesniedzēja īstenotajiem (jau pabeigtajiem) vai īstenošanā esošiem projektiem, ar kuriem konstatējama projekta iesniegumā plānoto darbību un izmaksu demarkācija, ieguldījumu sinerģija; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="578C23C0" w14:textId="77777777" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="33"/>
-[...47 lines deleted...]
-                <w:numId w:val="33"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="431" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">katram riskam ir norādīti plānotie un ieviešanas procesā esošie riska novēršanas/mazināšanas pasākumi, tai skaitā, raksturojot to īstenošanas biežumu un norādot par risku novēršanas/ mazināšanas pasākumu īstenošanu atbildīgās personas. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C3A48E9" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:t>projekta iesniegumā apliecināts, ka projektā plānotie ieguldījumi par tām pašām izmaksām vienlaikus netiks finansēti ar cita projekta vai atbalsta pasākuma ietvaros piesaistītu līdzfinansējumu, kā arī projektā īstenojamās darbības projekta īstenošanai piešķirtā finansējuma ietvaros netiks finansētas dubultā, novēršot dubultā finansējuma risku.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36445DDC" w14:textId="77777777" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un izvirza atbilstošus nosacījumus. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E04C8D6" w14:textId="030BDA2B" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00440576">
+          <w:p w14:paraId="0E4026BD" w14:textId="77D183FB" w:rsidR="00AC40D3" w:rsidRPr="00440576" w:rsidRDefault="00AC40D3" w:rsidP="00AC40D3">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Vērtējums ir “Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="5DF515DE" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="004D46FB" w:rsidRPr="00440576" w14:paraId="3C3A0AEE" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1272F800" w14:textId="78BD5256" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="0F369122" w14:textId="0784410A" w:rsidR="004D46FB" w:rsidRPr="00440576" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="8" w:author="Tatjana Tokareva" w:date="2026-03-02T12:03:00Z" w16du:dateUtc="2026-03-02T10:03:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1.4.</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA0D0DE" w14:textId="120CA3F9" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="682524B9" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="008176B5" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="9" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="10" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Projekta iesniegumā paredzētais ES</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>fonda finansējuma apmērs un</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">intensitāte atbilst </w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAMP </w:t>
+              </w:r>
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>MK noteikumos</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>noteiktajam</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="11" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="12" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ES fonda finansējuma apmēram un</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="13" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="14" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>intensitātei, iekļautās kopējās</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="15" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="16" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>attiecināmās izmaksas un izmaksu</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="17" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="18" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pozīcijas atbilst </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="19" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAMP </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="20" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>MK noteikumos</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="21" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="22" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>noteiktajam,</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="23" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="24" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>tai skaitā nepārsniedz noteikto</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="25" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="26" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>izmaksu pozīciju apjomus un:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="73FEB701" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="008176B5" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="27" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="28" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>a. ir saistītas ar projekta</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0DBF8D7D" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="008176B5" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="29" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="30" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>īstenošanu,</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="08A3AC16" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="008176B5" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="31" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="32" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>b. ir nepieciešamas projekta</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3B6A7874" w14:textId="0A0D79E6" w:rsidR="004D46FB" w:rsidRPr="00440576" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...7 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="33" w:author="Tatjana Tokareva" w:date="2026-02-27T14:49:00Z" w16du:dateUtc="2026-02-27T12:49:00Z">
+              <w:r w:rsidRPr="008176B5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>īstenošanai (projektā norādīto</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="34" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="35" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z">
+              <w:r w:rsidRPr="00603E4B">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>darbību īstenošanai, mērķa grupas vajadzību nodrošināšanai, definētās problēmas risināšanai) un izvērtēta to lietderība, c. nodrošina projektā izvirzītā mērķa un rādītāju sasniegšan</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="36" w:author="Tatjana Tokareva" w:date="2026-02-27T14:50:00Z" w16du:dateUtc="2026-02-27T12:50:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>u.</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3779CFAE" w14:textId="09FB377D" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="7E9BCF55" w14:textId="420A1EFB" w:rsidR="004D46FB" w:rsidRPr="00440576" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P</w:t>
-            </w:r>
+            </w:pPr>
+            <w:ins w:id="37" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z" w16du:dateUtc="2026-02-27T12:51:00Z">
+              <w:r w:rsidRPr="00440576">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>P</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="572129CA" w14:textId="058C7A73" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="3A6DDDE0" w14:textId="19536664" w:rsidR="004D46FB" w:rsidRPr="00440576" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="38" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z" w16du:dateUtc="2026-02-27T12:51:00Z">
+              <w:r w:rsidRPr="00440576">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79423E8D" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2F8BD0B0" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="00C21C48" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="39" w:author="Tatjana Tokareva" w:date="2026-02-27T14:52:00Z" w16du:dateUtc="2026-02-27T12:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Vērtējums ir “Jā”,</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="7D66B0F0" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+            </w:pPr>
+            <w:ins w:id="40" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Vērtējums ir “Jā”,</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ja projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti nolikumā, norādītais </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="41" w:author="Tatjana Tokareva" w:date="2026-03-02T11:19:00Z" w16du:dateUtc="2026-03-02T09:19:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ERAF</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="42" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> finansējums un tā atbalsta intensitāte atbilst </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="43" w:author="Tatjana Tokareva" w:date="2026-03-02T11:20:00Z" w16du:dateUtc="2026-03-02T09:20:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAMP </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="44" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MK noteikumos noteiktajam </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="45" w:author="Tatjana Tokareva" w:date="2026-03-02T11:20:00Z" w16du:dateUtc="2026-03-02T09:20:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ERAF</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="46" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> finansējuma apjomam un atbalsta intensitātei, un projekta iesniegumā plānotās izmaksas atbilst </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="47" w:author="Tatjana Tokareva" w:date="2026-03-02T11:20:00Z" w16du:dateUtc="2026-03-02T09:20:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAMP </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="48" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>MK noteikumos noteiktajām izmaksu pozīcijām un nepārsniedz to noteiktos apjomus (</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001C7F3A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ja attiecināms</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">), tai skaitā: </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="21D1B8EB" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="00C21C48" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="34"/>
+                <w:numId w:val="22"/>
               </w:numPr>
-              <w:ind w:left="434"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="679EE1FE" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="49" w:author="Tatjana Tokareva" w:date="2026-02-27T14:52:00Z" w16du:dateUtc="2026-02-27T12:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="50" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>izmaksas ir nepieciešamas projekta plānoto darbību īstenošanai</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="51" w:author="Tatjana Tokareva" w:date="2026-02-27T14:53:00Z" w16du:dateUtc="2026-02-27T12:53:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>;</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="52" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="05AFE611" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="00C21C48" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="34"/>
+                <w:numId w:val="22"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="5550C263" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="53" w:author="Tatjana Tokareva" w:date="2026-02-27T14:52:00Z" w16du:dateUtc="2026-02-27T12:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="54" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">projekta iesniegumā ir sniegts plānoto izmaksu lietderīguma pamatojums un izmaksu apmēra pamatojums; </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="4819D3B8" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="00C21C48" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="55" w:author="Tatjana Tokareva" w:date="2026-02-27T14:53:00Z" w16du:dateUtc="2026-02-27T12:53:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="56" w:author="Tatjana Tokareva" w:date="2026-02-27T14:51:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>izmaksas nodrošina projektā izvirzītā mērķa un rādītāju sasniegšanu.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="21DC26DE" w14:textId="77777777" w:rsidR="004D46FB" w:rsidRPr="00C21C48" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="57" w:author="Tatjana Tokareva" w:date="2026-02-27T14:54:00Z" w16du:dateUtc="2026-02-27T12:54:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="58" w:author="Tatjana Tokareva" w:date="2026-02-27T14:53:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">vērtējums ir “Jā, ar nosacījumu” </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">un izvirza atbilstošus nosacījumus. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="23E5A6BB" w14:textId="15CBD124" w:rsidR="004D46FB" w:rsidRPr="00440576" w:rsidRDefault="004D46FB" w:rsidP="004D46FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
-[...22 lines deleted...]
-                <w:b/>
+            </w:pPr>
+            <w:ins w:id="59" w:author="Tatjana Tokareva" w:date="2026-02-27T14:53:00Z">
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Vērtējums ir “Nē”,</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
+              </w:r>
+            </w:ins>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Vērtējums ir “Nē”,</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="529EFAE5" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="00064982" w:rsidRPr="00440576" w14:paraId="2811471A" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE8A93B" w14:textId="6949BBD8" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="7A3E68C3" w14:textId="1D4AFA20" w:rsidR="00064982" w:rsidRDefault="00064982" w:rsidP="00064982">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-                <w:szCs w:val="22"/>
-[...9 lines deleted...]
-            </w:r>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="60" w:author="Tatjana Tokareva" w:date="2026-03-02T12:07:00Z" w16du:dateUtc="2026-03-02T10:07:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1.5.</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="61" w:author="Tatjana Tokareva" w:date="2026-03-02T12:07:00Z" w16du:dateUtc="2026-03-02T10:07:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00064982">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>2.</w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="62" w:author="Tatjana Tokareva" w:date="2026-02-27T14:55:00Z" w16du:dateUtc="2026-02-27T12:55:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>1</w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="63" w:author="Tatjana Tokareva" w:date="2026-03-02T12:07:00Z" w16du:dateUtc="2026-03-02T10:07:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00064982">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>.</w:delText>
+              </w:r>
+            </w:del>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64B129D4" w14:textId="4CB830F9" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
-[...32 lines deleted...]
-              <w:t>gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās noteiktajam.</w:t>
+          <w:p w14:paraId="4745FB33" w14:textId="7A27634B" w:rsidR="00064982" w:rsidRPr="008176B5" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekta iesniedzējam un projekta sadarbības partnerim (ja attiecināms) ir pietiekama īstenošanas un finanšu kapacitāte projekta īstenošanai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9E8B58" w14:textId="77DD18CB" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="62C29ED4" w14:textId="54193C51" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C54AD4D" w14:textId="780D224C" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="5F5419E8" w14:textId="672BC3DE" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE9B5DF" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
-[...16 lines deleted...]
-          <w:p w14:paraId="62F2F404" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+          <w:p w14:paraId="150610B0" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vērtējums ir „Jā”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, ja projekta iesniegumā ir pietiekami raksturota un pamatota projekta iesniedzēja un projekta sadarbības partneru (ja attiecināms) projekta īstenošanas un finanšu kapacitāte.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24BAFF24" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="15"/>
               </w:numPr>
-              <w:ind w:left="438"/>
-[...34 lines deleted...]
-          <w:p w14:paraId="1D882CA6" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:ind w:left="464" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>projekta administrēšanas un īstenošanas kapacitāte ir pietiekama, ja projekta iesniegumā ir aprakstīts projekta vadības process un tā organizēšana, un norādīti vadības procesa organizēšanai nepieciešamie atbildīgie speciālisti – to pieejamība vai plānotā iesaistīšana projekta ieviešanas laikā, tiem plānotā nepieciešamā kvalifikācija, pieredze un kompetence;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34DABB55" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="15"/>
               </w:numPr>
-              <w:ind w:left="438"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3995"/>
+              </w:tabs>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="464"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">finanšu kapacitāte ir pietiekama, ja projekta iesniegumā ir norādīti un pamatoti finansējuma avoti projekta īstenošanai, tai skaitā pamatojot nepārtrauktas finanšu plūsmas nodrošināšanu projekta ieviešanai tā plānotajā apjomā un termiņā. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465168A5" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3995"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Finanšu kapacitāte ir vērtējama projekta iesnieguma līmenī.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2867B2" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3995"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekta īstenošanai finansējuma saņēmējs var saņemt avansu un to var izmaksāt pa daļām.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751EE4C3" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3995"/>
+              </w:tabs>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Atbalstāmo darbību ietvaros ir attiecināms pievienotās vērtības nodoklis tiešajām attiecināmajām izmaksām atbilstoši Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regulas (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai 64.panta 1.punkta “c” apakšpunktā ietvertajiem nosacījumiem, ja tas nav atgūstams atbilstoši normatīvajiem aktiem nodokļu politikas jomā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3B0985" w14:textId="77777777" w:rsidR="00064982" w:rsidRPr="00440576" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="0C25A510" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="79AB2742">
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vērtējums ir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“Jā, ar nosacījumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, izvirza atbilstošus nosacījumus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3872D2E4" w14:textId="1CE916C0" w:rsidR="00064982" w:rsidRPr="00C21C48" w:rsidRDefault="00064982" w:rsidP="00064982">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vērtējums ir “Nē”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="1986FE84" w14:textId="77777777" w:rsidTr="2E77D26E">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="753" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A92DA33" w14:textId="6800C552" w:rsidR="005509D2" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="64" w:author="Tatjana Tokareva" w:date="2026-03-02T12:08:00Z" w16du:dateUtc="2026-03-02T10:08:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1.6.</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="65" w:author="Tatjana Tokareva" w:date="2026-03-02T12:08:00Z" w16du:dateUtc="2026-03-02T10:08:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="005509D2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>2.</w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="66" w:author="Tatjana Tokareva" w:date="2026-02-27T14:55:00Z" w16du:dateUtc="2026-02-27T12:55:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC9CEA3" w14:textId="0488144E" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekta mērķis atbilst SAMP MK noteikumos noteiktajam mērķim, definētie uzraudzības rādītāji nodrošina un apliecina mērķa sasniegšanu, uzraudzības rādītāji ir precīzi definēti, pamatoti un izmērāmi.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F092393" w14:textId="737F9860" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA68883" w14:textId="010582E1" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7AA9B6" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vērtējums ir „Jā”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, ja:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BCD78E5" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā minētā informācija par projekta mērķi un projekta darbībām liecina, ka tas atbilst SAMP mērķim – veicināt starptautisko sadarbību pētniecības jomā un sasaisti ar Latvijas Viedās specializācijas (turpmāk- RIS3) specializācijas jomu attīstīšanu, tai skaitā stiprinot Nacionālā kontaktpunkta kapacitāti, lai  nodrošinātu investīcijas dalībai Eiropas Partnerībās atbilstoši Latvijas stratēģiskajām prioritātēm (tai skaitā kopīgu pētniecības projektu īstenošana), kā arī sinerģijas mehānismu nodrošināšana ar citām ES pētniecības programmām, tai skaitā pārfinansējot programmas “Apvārsnis Eiropa” rezervē esošos virs kvalitātes sliekšņa novērtētos projektus;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A3BCF6" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniedzējs ir paredzējis uzkrāt informāciju par </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">otrajai kārtai noteiktajiem </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>RIS3 rādītājiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2895060E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>vērtējums ir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“Jā, ar nosacījumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, izvirza atbilstošus nosacījumus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BCFAF5A" w14:textId="78161502" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vērtējums ir “Nē”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="05B934A9" w14:textId="77777777" w:rsidTr="2E77D26E">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="753" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A2B911" w14:textId="191527C1" w:rsidR="005509D2" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="67" w:author="Tatjana Tokareva" w:date="2026-03-02T12:08:00Z" w16du:dateUtc="2026-03-02T10:08:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="005509D2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>2.</w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="68" w:author="Tatjana Tokareva" w:date="2026-02-27T14:55:00Z" w16du:dateUtc="2026-02-27T12:55:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="69" w:author="Tatjana Tokareva" w:date="2026-03-02T12:08:00Z" w16du:dateUtc="2026-03-02T10:08:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1.7.</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A24C4F" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projekta iesniegumā plānotie sagaidāmie rezultāti ir skaidri definēti un izriet no plānoto darbību aprakstiem, plānotās projekta darbības: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32562ECB" w14:textId="703EE738" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="70" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="002C79FD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="71" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r w:rsidR="002C79FD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:ins w:id="72" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r w:rsidR="00C61A81">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>7</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="73" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00C61A81">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.1.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>atbilst SAMP MK noteikumos noteiktajam un paredz saikni ar attiecīgajām atbalstāmajām darbībām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A2A9C7" w14:textId="3B1494FC" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="00C61A81" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="-11"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="74" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="75" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00C61A81">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidR="005509D2" w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:ins w:id="76" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>7</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="77" w:author="Tatjana Tokareva" w:date="2026-03-02T14:55:00Z" w16du:dateUtc="2026-03-02T12:55:00Z">
+              <w:r w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00C61A81">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidR="005509D2" w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.2.</w:t>
+            </w:r>
+            <w:r w:rsidR="005509D2" w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>ir precīzi definētas un pamatotas, un tās risina projektā definētās problēmas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="335800A6" w14:textId="5BDC50A1" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="521DB379" w14:textId="2E0E29CC" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706653DE" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Vērtējums ir „Jā”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, ja:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20AC66E8" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="4"/>
               </w:numPr>
-              <w:ind w:left="438"/>
-[...1669 lines deleted...]
-          <w:p w14:paraId="1B3A189A" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:ind w:left="464" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā norādītie sagaidāmie rezultāti ir skaidri definēti un izriet no projekta iesniegumā plānotajām darbībām, to satura un apraksta, kas šīs darbības ietvaros tiks īstenots;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F4A47B" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="4"/>
               </w:numPr>
-              <w:ind w:left="438"/>
-[...62 lines deleted...]
-          <w:p w14:paraId="1ECE91DB" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:ind w:left="464" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā norādītajiem sagaidāmajiem rezultātiem ir noteikta skaitliskā vērtība;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1456C021" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="4"/>
               </w:numPr>
-              <w:ind w:left="438"/>
-[...68 lines deleted...]
-          <w:p w14:paraId="75BE4417" w14:textId="4B8740BE" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+              <w:ind w:left="464" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā ietvertās darbības atbilst SAMP MK noteikumos norādītajām atbalstāmajām darbībām un izmaksu pozīcijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F15635D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="35"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="464"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā plānotās darbības ir precīzi definētas un nepieciešamas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576" w:rsidDel="00810A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta mērķa, plānoto rādītāju un projekta rezultātu sasniegšanai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5291DB86" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>vērtējums ir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“Jā, ar nosacījumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, izvirza atbilstošus nosacījumus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587B1A9F" w14:textId="409F7D5F" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vērtējums ir “Nē”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="3C51729C" w14:textId="77777777" w:rsidTr="2E77D26E">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="753" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A489D5" w14:textId="441DE078" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="78" w:author="Tatjana Tokareva" w:date="2026-03-02T12:09:00Z" w16du:dateUtc="2026-03-02T10:09:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00AC6A4B">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>1.2.</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="79" w:author="Tatjana Tokareva" w:date="2026-03-02T12:09:00Z" w16du:dateUtc="2026-03-02T10:09:00Z">
+              <w:r w:rsidR="00AC6A4B">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1.8.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4898E8" w14:textId="2037163B" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="00DD5D8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta iesniedzējam un projekta sadarbības partnerim</w:t>
+            </w:r>
+            <w:del w:id="80" w:author="Tatjana Tokareva" w:date="2026-03-02T14:26:00Z" w16du:dateUtc="2026-03-02T12:26:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00795FA6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText>,</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="81" w:author="Tatjana Tokareva" w:date="2026-03-02T14:26:00Z" w16du:dateUtc="2026-03-02T12:26:00Z">
+              <w:r w:rsidR="00795FA6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> (</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="82" w:author="Tatjana Tokareva" w:date="2026-03-02T14:26:00Z" w16du:dateUtc="2026-03-02T12:26:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00795FA6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>ja tāds projektā ir paredzēts</w:t>
+            </w:r>
+            <w:ins w:id="83" w:author="Tatjana Tokareva" w:date="2026-03-02T14:26:00Z" w16du:dateUtc="2026-03-02T12:26:00Z">
+              <w:r w:rsidR="00795FA6">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:ins w:id="84" w:author="Tatjana Tokareva" w:date="2026-03-02T14:26:00Z">
+              <w:r w:rsidR="00934A93" w:rsidRPr="00934A93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>ir laba nodokļu saistību izpilde vai</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="85" w:author="Tatjana Tokareva" w:date="2026-03-02T14:26:00Z" w16du:dateUtc="2026-03-02T12:26:00Z">
+              <w:r w:rsidR="00934A93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Latvijas Republikā nav Valsts ieņēmumu dienesta administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:ins w:id="86" w:author="Tatjana Tokareva" w:date="2026-02-27T15:45:00Z">
+              <w:r w:rsidRPr="004E3D3F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">vai pārsniedz citu </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="87" w:author="Tatjana Tokareva" w:date="2026-03-02T14:24:00Z" w16du:dateUtc="2026-03-02T12:24:00Z">
+              <w:r w:rsidR="00FC7E05">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAMP </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="88" w:author="Tatjana Tokareva" w:date="2026-02-27T15:45:00Z">
+              <w:r w:rsidRPr="004E3D3F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1EBEAA" w14:textId="1903B6E8" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65857D69" w14:textId="3E8C9AC7" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F428EBE" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="89" w:author="Tatjana Tokareva" w:date="2026-02-27T14:58:00Z" w16du:dateUtc="2026-02-27T12:58:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekta iesniedzēja un sadarbības partnera, ja tāds projektā ir paredzēts, atbilstības kritērijam pārbaudi veic katram atsevišķi, balstoties uz</w:t>
+            </w:r>
+            <w:ins w:id="90" w:author="Tatjana Tokareva" w:date="2026-02-27T14:58:00Z" w16du:dateUtc="2026-02-27T12:58:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="65BE66F3" w14:textId="41C7530A" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:ind w:left="464"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="91" w:author="Tatjana Tokareva" w:date="2026-02-27T15:02:00Z" w16du:dateUtc="2026-02-27T13:02:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="92" w:author="Tatjana Tokareva" w:date="2026-02-27T14:59:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Valsts ieņēmumu dienesta (turpmāk</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="93" w:author="Tatjana Tokareva" w:date="2026-02-27T15:03:00Z" w16du:dateUtc="2026-02-27T13:03:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="94" w:author="Tatjana Tokareva" w:date="2026-02-27T14:59:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>–</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VID</w:t>
+            </w:r>
+            <w:ins w:id="95" w:author="Tatjana Tokareva" w:date="2026-02-27T14:59:00Z" w16du:dateUtc="2026-02-27T12:59:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> publiskojamo datu bāzes sadaļā “Nodokļu </w:t>
+            </w:r>
+            <w:ins w:id="96" w:author="Tatjana Tokareva" w:date="2026-02-27T15:00:00Z" w16du:dateUtc="2026-02-27T13:00:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>maksātāju reitings</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="97" w:author="Tatjana Tokareva" w:date="2026-02-27T15:00:00Z" w16du:dateUtc="2026-02-27T13:00:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="00FE380A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>parādnieki</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:ins w:id="98" w:author="Tatjana Tokareva" w:date="2026-02-27T15:01:00Z" w16du:dateUtc="2026-02-27T13:01:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:footnoteReference w:id="5"/>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (turpmāk – </w:t>
+            </w:r>
+            <w:ins w:id="100" w:author="Tatjana Tokareva" w:date="2026-02-27T15:00:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>VID reitingu datubāze</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="101" w:author="Tatjana Tokareva" w:date="2026-02-27T15:00:00Z" w16du:dateUtc="2026-02-27T13:00:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="00ED3F93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>VID parādnieku datu bāze</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>) pieejamo aktuālo informāciju</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141B2C69" w14:textId="50A4B2C4" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="459" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="102" w:author="Tatjana Tokareva" w:date="2026-02-27T14:59:00Z" w16du:dateUtc="2026-02-27T12:59:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="103" w:author="Tatjana Tokareva" w:date="2026-02-27T15:07:00Z" w16du:dateUtc="2026-02-27T13:07:00Z">
+              <w:r w:rsidRPr="2E77D26E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>informāciju, ko iegūst, izmantojot Kohēzijas politikas fondu vadības informācijas sistēmā pieejamo funkcionalitāti – e-izziņas par nodokļu nomaksas statusa izgūšana (turpmāk – projektu portāla e-izziņa par nodokļu nomaksu). Ja informācija nav izgūstama projektu portāla e-izziņā par nodokļu nomaksu, pārbauda pamatojoties uz VID publiskojamo datu bāzes sadaļā “Nodokļu parādnieki” (turpmāk – VID parādnieku datu bāze)</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:footnoteReference w:id="6"/>
+              </w:r>
+              <w:r w:rsidRPr="2E77D26E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> pieejamo aktuālo informāciju, ņemot vērā, ka informācija par veikto nodokļu nomaksu VID parādnieku datu bāzē tiek aktualizēta un publicēta ar divu darba dienu nobīdi, t.i., pārbauda informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma un (</w:t>
+              </w:r>
+              <w:r w:rsidRPr="2E77D26E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ja attiecināms</w:t>
+              </w:r>
+              <w:r w:rsidRPr="2E77D26E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>) precizētā projekta iesnieguma iesniegšanas dienas</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="106" w:author="Tatjana Tokareva" w:date="2026-02-27T15:02:00Z">
+              <w:r w:rsidRPr="2E77D26E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="107" w:author="Tatjana Tokareva" w:date="2026-02-27T15:07:00Z" w16du:dateUtc="2026-02-27T13:07:00Z">
+              <w:r w:rsidRPr="2E77D26E" w:rsidDel="005509D2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="331A9C7C" w14:textId="7421DA1C" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="002573E1" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="108" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="109" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="002573E1">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">par situāciju projekta iesnieguma un ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienā sadarbības iestādē, ņemot vērā, ka informācija par veikto nodokļu nomaksu VID parādnieku datu bāzē tiek aktualizēta un publicēta ar divu darba dienu nobīdi. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1B382D40" w14:textId="799A0C84" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="002573E1" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="110" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="111" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="002573E1">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Vērtējums tiek noteikts, balstoties uz VID parādnieku datu bāzē pieejamo informāciju par projekta iesniedzēja un tā sadarbības partnera, ja tāds ir paredzēts, nodokļu nomaksas stāvokli datumā, kas ir divas darba dienas pēc projekta iesnieguma vai ja attiecināms, precizētā projekta iesnieguma iesniegšanas sadarbības iestādē.</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1EF212DF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="112" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B503F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projekta iesnieguma Vērtēšanas komisijas atzinumā norāda pārbaudes datumu un konstatēto situāciju. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BB690EF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1250"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="113" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="114" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projekta iesniedzēja un projekta sadarbības partnera, ja tāds projektā ir paredzēts, nodokļu maksātāja reitingu nosaka atbilstoši </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>VID reitingu datubāze pieejamajai aktuālai informācijai, veicot</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="45E2D3A0" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1250"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="115" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="116" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>sākotnējo projekta iesnieguma vērtēšanu</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="29DD80CF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1250"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="117" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="118" w:author="Tatjana Tokareva" w:date="2026-02-27T15:08:00Z" w16du:dateUtc="2026-02-27T13:08:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>precizētā projekta iesnieguma vērtēšanu, neatkarīgi no tā, vai lēmuma par apstiprināšanu ar nosacījumu izvirzītais nosacījums ir saistīts ar šī kritērija izpildi.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="52426D37" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1250"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="119" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="120" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Vērtējums ir “Jā”</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, ja projekta iesniedzējam vai projekta sadarbības partnerim pārbaudes brīdī nodokļu maksātāja </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>reitings ir “A”,</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> attiecīgi nodokļu parāda esamības vai neesamības pārbaude netiek veikta</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5964B7DD" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="121" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="122" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ja projekta iesniedzējam vai projekta sadarbības partnerim pārbaudes brīdī </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t xml:space="preserve">nodokļu maksātāja reitings ir “B”, “J”, “C”, “N” vai </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t>nodokļu maksātāja reitings netiek veidots,</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> piemēram, publiskai personai, publiskai atvasinātai personai u.c., </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t>veic nodokļu parāda esamības vai neesamības pārbaudi</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t>:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="07EE6DCF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="123" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="124" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>uz projekta iesniegšanas dienu;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="60F74D7A" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="125" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:strike/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="126" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>uz precizētā projekta iesnieguma iesniegšanas dienu, neatkarīgi no tā, vai lēmumā par apstiprināšanu ar nosacījumu izvirzītais nosacījums ir saistīts ar šī kritērija izpildi.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0A6432C4" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="127" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="128" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t>Projekts neatbilst kritērija prasībām, ja veicot nodokļu parāda esamības vai neesamības pārbaudi, tiek konstatēts, ka:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="40FC3CD4" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="129" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="130" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">projekta iesniedzējam un projekta sadarbības partnerim, ja tāds projektā ir paredzēts, ir VID administrēto nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>euro</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vai SAMP MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="27B670A0" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="131" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="132" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">projekta iesniedzējam un projekta sadarbības partnerim, ja tāds projektā ir paredzēts, nav VID administrēto nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>euro</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vai SAMP MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu, vienlaikus ir piezīme, ka precīzu informāciju par nodokļu nomaksas stāvokli VID nevar sniegt, jo nodokļu maksātājs nav iesniedzis visas deklarācijas, kuras šo stāvokli uz pārbaudes datumu var ietekmēt.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1D0B7B46" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="133" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="134" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                  <w14:ligatures w14:val="standardContextual"/>
+                </w:rPr>
+                <w:t>Ja tiek konstatēta projekta neatbilstība kritērija prasībām:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5C84FB67" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="135" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="136" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>uz projekta iesniegšanas dienu:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="74AD897D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1306"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="137" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="138" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">un projektam izvirzāmi nosacījumi arī citos kritērijos, </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> un tiek izvirzīts atbilstošs nosacījums:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="40806FE7" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1732"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="139" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="140" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">veikt visu nodokļu parādu nomaksu, nodrošinot, ka ne projekta iesniedzējam, ne sadarbības partnerim, ja tāds projektā ir paredzēts, Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>euro</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vai SAMP MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu, ja ir notikts cits apjoms;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="1A51D58D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1732"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="141" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="142" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">iesniegt visas deklarācijas un nodrošināt, ka ne projekta iesniedzējam, ne sadarbības partnerim, ja tāds projektā ir paredzēts, Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>euro</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> vai SAMP MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu, ja ir notikts cits apjoms;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="507A3386" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="1165" w:hanging="284"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="143" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="144" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">un vērtējums citos kritērijos ir “Jā”, </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>vērtējums ir “Jā”</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> un sadarbības iestāde veic atkātotu pārbaudi lēmuma par projekta apstiprināšanu izdošanas dienā. Ja uz lēmuma par projekta apstiprināšanu izdošanas dienu VID administrēto nodokļu parāds pārsniedz pieļaujamo apmēru, lēmumā tiek iekļauts nosacījums veikt nodokļu parādu nomaksu līdz līguma vai vienošanās par projekta īstenošanu noslēgšanai;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0799C501" w14:textId="7B178972" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="145" w:author="Tatjana Tokareva" w:date="2026-02-27T15:10:00Z" w16du:dateUtc="2026-02-27T13:10:00Z">
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">uz precizētā projekta iesnieguma iesniegšanas dienu, </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>vērtējums ir “Jā”</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> un sadarbības iestāde veic atkātotu pārbaudi atzinuma par nosacījumu izpildi izdošanas dienā. Ja uz atzinuma izdošanas dienu VID administrēto nodokļu parāds pārsniedz pieļaujamo apmēru, atzinumā tiek iekļauts nosacījums veikt nodokļu parādu nomaksu līdz līguma vai vienošanās par projekta īstenošanu noslēgšanai.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="47CAB5F9" w14:textId="3DC2C545" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="146" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="147" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Vērtējums ir “Jā”,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> ja balstoties uz VID parādnieku datu bāzē pieejamo informāciju uz projekta iesnieguma un, ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienu (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma un, ja attiecināms, precizētā projekta iesnieguma iesniegšanas dienas) projekta iesniedzējam un sadarbības partnerim, ja tāds projektā ir paredzēts, nav VID administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu (turpmāk – nodokļu parādi), kas kopsummā katram atsevišķi pārsniedz 150 </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>euro</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="46B3FDCE" w14:textId="5F72CE5D" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="148" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="149" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Vērtējums ir “Jā ar nosacījumu”,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> ja:</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="021C9458" w14:textId="0CC3238E" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:ind w:left="434"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="150" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="151" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">saskaņā ar VID parādnieku datu bāzē pieejamo informāciju par situāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam un/vai sadarbības partnerim, ja tāds projektā ir paredzēts, ir nodokļu parādi, kas kopsummā katram atsevišķi pārsniedz 150 </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText>euro</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">; </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1D73928B" w14:textId="2E7EE278" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="431" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="152" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="153" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">saskaņā ar VID parādnieku datu bāzē pieejamo informāciju par situāciju projekta iesnieguma iesniegšanas sadarbības iestādē dienā (t.i., informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma iesniegšanas sadarbības iestādē) projekta iesniedzējam un/vai sadarbības partnerim, ja tāds projektā ir paredzēts, nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText>euro</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">, bet vienlaikus ir piezīme, ka precīzu informāciju par nodokļu nomaksas stāvokli VID nevar sniegt, jo nodokļu maksātājs nav iesniedzis visas deklarācijas, kuras šo stāvokli uz pārbaudes datumu var ietekmēt. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="75C9962B" w14:textId="4FD9CFA5" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="154" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="155" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Ja projektā ir paredzēts sadarbības partneris, </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>vērtējumu “Jā, ar nosacījumu” un “Nē”</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> piešķir neatkarīgi no tā, vai vērtējumam raksturīgās pazīmes konstatējamas attiecībā gan uz projekta iesniedzēju, gan sadarbības partneri, vai tikai vienu no tiem. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="5192DEE4" w14:textId="7F2E7928" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="156" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="157" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Konstatējot minētos faktus, izvirza nosacījumus: </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="0A7DA0A1" w14:textId="3AE992B5" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="158" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="159" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">veikt visu nodokļu parādu nomaksu, nodrošinot, ka ne projekta iesniedzējam, ne sadarbības partnerim, ja tāds projektā ir paredzēts, Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText>euro</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">; </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="10880520" w14:textId="66B10FFB" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="160" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="161" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">iesniegt VID visas nodokļu deklarācijas, kas bija jāiesniedz līdz pārbaudes datumam, papildu iesniedzot </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>sadarbības iestādē</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> aktualizētu izziņu par faktisko nodokļu nomaksas stāvokli pārbaudes datumā. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="2A6BF389" w14:textId="23D3E5DF" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="162" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="163" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Vērtējums ir “Nē”,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> ja saskaņā ar VID parādnieku datu bāzē pieejamo informāciju precizētā projekta iesnieguma iesniegšanas dienā (t.i., informāciju, kas publicēta divas darba dienas pēc precizētā projekta iesnieguma iesniegšanas sadarbības iestādē), ir konstatējams, ka projekta iesniedzējs un/vai sadarbības partneris, ja tāds projektā ir paredzēts, nav veicis nodokļu parādu nomaksu un iesniedzējam un/vai sadarbības partnerim, ja tāds projektā ir paredzēts, ir nodokļu parādi, kas kopsummā katram atsevišķi pārsniedz 150 </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>euro</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>.</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1486F72F" w14:textId="66A55564" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidDel="0019691D" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="164" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="165" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Lai nodrošinātu minētā kritērija visaptverošu pārbaudi, projekta iesniedzēja un sadarbības partnera, ja tāds ir paredzēts, atbilstību šajā kritērijā noteiktajam pārbauda atkārtoti, ja projekta iesniegums apstiprināts ar nosacījumu, neatkarīgi no tā, vai nosacījums ir saistīts ar šī kritērija izpildi.</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="4D291683" w14:textId="132CAF3C" w:rsidR="005509D2" w:rsidRPr="00B503F3" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="166" w:author="Tatjana Tokareva" w:date="2026-02-27T15:11:00Z" w16du:dateUtc="2026-02-27T13:11:00Z">
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Ja sadarbības iestāde atkārtotas pārbaudes rezultātā konstatē nodokļu parādu, sadarbības iestāde </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>pieņem lēmumu par projekta iesnieguma noraidīšanu</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00B503F3" w:rsidDel="0019691D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>, to pamatojot ar neatbilstību šim kritērijam, pat gadījumā, ja sākotnējā novērtēšanā projekta iesniegums šajā kritērijā novērtēts ar “Jā”."</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w14:paraId="529EFAE5" w14:textId="7399548B" w:rsidTr="2E77D26E">
+        <w:trPr>
+          <w:jc w:val="center"/>
+          <w:del w:id="167" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="753" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE8A93B" w14:textId="1F3E1B1D" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:del w:id="168" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="169" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>1.5.</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B129D4" w14:textId="1A6FBA4B" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="170" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="171" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText>Projekta iesniegumā plānotie komunikācijas un vizuālās identitātes prasību nodrošināšanas nosacījumi atbilst Kopīgo noteikumu regulas</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:footnoteReference w:id="7"/>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> 47. un 50.pantā, normatīvajos aktos, kas nosaka kārtību, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā, un Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās noteiktajam.</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9E8B58" w14:textId="08097C67" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:del w:id="174" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="175" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:delText>P</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C54AD4D" w14:textId="778B60AD" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:del w:id="176" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="177" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText>Jā/ Jā, ar nosacījumu/ Nē</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7655" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE9B5DF" w14:textId="211F83F0" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="178" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="179" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Vērtējums ir “Jā”, ja projekta iesniegumā paredzēts: </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="62F2F404" w14:textId="2F951C17" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="438"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="180" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="181" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">projekta iesniedzēja oficiālajā tīmekļa vietnē, ja šāda vietne ir, un sociālo mediju vietnēs plānots </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>publicēt īsu un ar atbalsta apjomu samērīgu aprakstu par projektu,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> tostarp tā mērķiem un rezultātiem, un norādi, ka projekts līdzfinansēts ar Eiropas Savienības saņemtu finansiālu atbalstu; </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1D882CA6" w14:textId="1F067CA2" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="438"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="182" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="183" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>ar projekta īstenošanu saistītajos dokumentos un komunikācijas materiālos,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> ko paredzēts izplatīt sabiedrībai vai dalībniekiem, plānots sniegt pamanāmu paziņojumu, kurā tiks uzsvērts no Eiropas Savienības saņemtais atbalsts; </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="0C25A510" w14:textId="4B419F99" w:rsidR="005509D2" w:rsidRPr="008A09E5" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="438"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="184" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="185" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="008A09E5" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText>projektiem, kas saņem atbalstu no Eiropas Reģionālās attīstības fonda un Kohēzijas fonda un kuru kopējās izmaksas pārsniedz 500 000 EUR vai projektiem, kas saņem atbalstu no Eiropas Sociālā fonda plus un Taisnīgas pārkārtošanās fonda, kuru kopējās izmaksas pārsniedz 100 000 EUR,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="008A09E5" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> un ietver materiālas investīcijas vai aprīkojuma iegādi, tiks uzstādītas sabiedrībai skaidri redzamas </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="008A09E5" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText>ilgtspējīgas plāksnes vai informācijas stendi,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="008A09E5" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> kuros ir attēlota Eiropas Savienības emblēma</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:footnoteReference w:id="8"/>
+              </w:r>
+              <w:r w:rsidRPr="008A09E5" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">, attiecībā uz projektā plānotajām darbībām un aktivitātēm. Ilgtspējīgas plāksnes vai informācijas stendi tiks uzstādīti, tiklīdz sākas projektu darbību faktiskā īstenošana, kas ietver materiālas investīcijas, vai tiklīdz tiek uzstādīts iegādātais aprīkojums; </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1B3A189A" w14:textId="1CD3A016" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="438"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="188" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="189" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>projektiem, uz kuriem neattiecas šī kritērija skaidrojuma 3. punkts,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> sabiedrībai skaidri redzamā vietā plānots uzstādīt </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>vismaz vienu plakātu</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">, kura minimālais izmērs ir A3, </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>vai līdzvērtīgu elektronisku paziņojumu</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>, kurā izklāstīta informācija par projektu un uzsvērts no Eiropas Savienības fondiem saņemtais atbalsts;</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1ECE91DB" w14:textId="52ABC907" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="438"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="190" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="191" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">ja projekta iesniegums paredz </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>stratēģiski svarīga projekta īstenošanu, ir izstrādāts komunikācijas plāns</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>, kas atbilst Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās noteiktajam un minēto vadlīniju pielikumā ietvertajai veidlapai un ir pievienots kā projekta iesnieguma pielikums</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:footnoteReference w:id="9"/>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:footnoteReference w:id="10"/>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="75BE4417" w14:textId="40FB1AE9" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="436" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:del w:id="196" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00440576">
-[...20 lines deleted...]
-          <w:p w14:paraId="1F4715C7" w14:textId="37BD8429" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+            <w:del w:id="197" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText>ja projekta iesniegums paredz darbības, kuru kopējās izmaksas pārsniedz 10 000 000 EUR</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">, ir paredzēts organizēt vismaz vienu informatīvu pasākumu vai aktivitāti (piemēram, atklāšanas, vidusposma, noslēguma pasākums vai aktivitāte) un savlaicīgi tajā iesaistīt Eiropas Komisiju un/ vai Eiropas Komisijas pārstāvniecību Latvijā, kā arī atbildīgo iestādi, vadošo iestādi un sadarbības iestādi. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="1F4715C7" w14:textId="1FC02FB8" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...47 lines deleted...]
-          <w:p w14:paraId="051B2AAB" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+                <w:del w:id="198" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="199" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Papildus Kopīgo noteikumu regulā</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                  <w:vertAlign w:val="superscript"/>
+                </w:rPr>
+                <w:delText>4</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> un normatīvajos aktos, kas nosaka kārtību, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā, noteiktajām obligātajām minimālajām publicitātes prasībām projekta iesniedzējs var plānot projekta iesniegumā cita veida komunikācijas aktivitātes, ar kuru palīdzību tiek sasniegts projekta mērķis, vai arī par ES fondu ieguldījumu projektā informēta plašāka sabiedrība, ja tādas ir paredzētas MK noteikumos par SAMP īstenošanu. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="051B2AAB" w14:textId="2CB6B86A" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="2789200B" w14:textId="7E409E83" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00FF54E0">
+                <w:del w:id="200" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="201" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>vērtējums ir “Jā, ar nosacījumu”</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> un izvirza atbilstošus nosacījumus. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="2789200B" w14:textId="78D73857" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...19 lines deleted...]
-            </w:r>
+                <w:del w:id="202" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="203" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Vērtējums ir “Nē”,</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="00440576" w:rsidDel="00D5010A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:delText>
+              </w:r>
+            </w:del>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="46A564A3" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="46A564A3" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="16C2B4F9" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="16C2B4F9" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>VIENOTIE IZVĒLES KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="2DB3ABEF" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="3723C368" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52129330" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3D910416" w14:textId="04636910" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2.1.</w:t>
-            </w:r>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:del w:id="204" w:author="Tatjana Tokareva" w:date="2026-02-27T14:55:00Z" w16du:dateUtc="2026-02-27T12:55:00Z">
+              <w:r w:rsidRPr="00440576" w:rsidDel="00C21C48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>4</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="205" w:author="Tatjana Tokareva" w:date="2026-03-02T12:09:00Z" w16du:dateUtc="2026-03-02T10:09:00Z">
+              <w:r w:rsidR="0016743C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>1.</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA56757" w14:textId="1D7922C2" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
-[...15 lines deleted...]
-              <w:t>Projekta iesniedzējam un projekta sadarbības partnerim (ja attiecināms) ir pietiekama īstenošanas un finanšu kapacitāte projekta īstenošanai.</w:t>
+          <w:p w14:paraId="7F568825" w14:textId="02D1DC7C" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekta sadarbības partneris un tā plānotās darbības projekta ietvaros atbilst SAMP MK noteikumos noteiktajām prasībām (attiecināms Eiropas zinātnieku nakts (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MSCA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Citizens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>) ietvaros).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7A3259" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="35B1F093" w14:textId="55C4F6E7" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="11"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13EA4D96" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="0666F812" w14:textId="24462A25" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
+              <w:t>Jā/ Jā, ar nosacījumu/ Nē/ N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D93469F" w14:textId="4D523C92" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:p w14:paraId="3ACC61DC" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vērtējums ir „Jā”,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD30BFD" w14:textId="4B52E7EF" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="36"/>
+                <w:numId w:val="16"/>
               </w:numPr>
-              <w:ind w:left="464" w:hanging="357"/>
-[...18 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="464"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta iesniegumā norādītais sadarbības partneris atbilst SAMP MK noteikumos noteiktajam un ir sniegts pamatojums sadarbības partnera izvēlei;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347FC54C" w14:textId="7E75C08A" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="36"/>
+                <w:numId w:val="16"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:ind w:left="464"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniegumā ir aprakstīts, kuras no projektā plānotajām darbībām veiks sadarbības partneris; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24C0CD07" w14:textId="06686858" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="464"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...83 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:lastRenderedPageBreak/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniegumā ir norādīts finansējuma apjoms, kas projekta ietvaros tiks novirzīts sadarbības partnerim (ja attiecināms). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="138645E9" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t>“Jā, ar nosacījumu”</w:t>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Jā, ar nosacījumu</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00440576">
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, izvirza atbilstošus nosacījumus. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BDFE367" w14:textId="2134B03F" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vērtējums ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>“Nē”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="12EC7FC3" w14:textId="77777777" w:rsidTr="16E8F017">
-[...1149 lines deleted...]
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="58A29A1A" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="58A29A1A" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14596" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="720C3037" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="720C3037" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="309" w:hanging="309"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SPECIFISKIE ATBILSTĪBAS KRITĒRIJI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="0FE57046" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="0FE57046" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70FEB57A" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="70FEB57A" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="768507F2" w14:textId="65CA6964" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="003D7F22">
+          <w:p w14:paraId="768507F2" w14:textId="65CA6964" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniegums atbilst </w:t>
-[...35 lines deleted...]
-              <w:t>noteiktajām un SAMP  ietvaros atbalstāmajām Eiropas Savienības pētniecības un inovācijas pamatprogrammas “Apvārsnis Eiropa” (turpmāk – programma "Apvārsnis Eiropa") un 10. Ietvara programmas apakšprogrammām.</w:t>
+              <w:t>Projekta iesniegums atbilst SAMP MK noteikumos noteiktajām un SAMP  ietvaros atbalstāmajām Eiropas Savienības pētniecības un inovācijas pamatprogrammas “Apvārsnis Eiropa” (turpmāk – programma "Apvārsnis Eiropa") un 10. Ietvara programmas apakšprogrammām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="688ECE37" w14:textId="6D6CAFDF" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="688ECE37" w14:textId="6D6CAFDF" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="498A0532" w14:textId="7DA3EA0E" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="498A0532" w14:textId="7DA3EA0E" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="733981FE" w14:textId="1B15E7BB" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="733981FE" w14:textId="1B15E7BB" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projekta iesniegums atbilst </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="003CF127" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+              <w:t>, ja projekta iesniegums atbilst SAMP MK noteikumos noteiktajām un SAMP ietvaros atbalstāmajām programmas “Apvārsnis Eiropa” un 10. Ietvara programmas apakšprogrammām:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="003CF127" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>Izcilības izplatīšanas un dalības paplašināšanas (</w:t>
@@ -7194,102 +7563,102 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">) apakšprogramma ERA </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chairs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CFC0CA8" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3CFC0CA8" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Marijas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sklodovskas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-Kirī stipendijas apakšprogrammas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78CF658C" w14:textId="00FE6B03" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="6B8610D9" w:rsidP="3E371F27">
+          <w:p w14:paraId="78CF658C" w14:textId="00FE6B03" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Eiropas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -7313,233 +7682,144 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>nakts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (MSCA and Citizens</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="4777A05F" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+              <w:t xml:space="preserve"> (MSCA and Citizens);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4777A05F" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:ins w:id="0" w:author="Inese Kalva" w:date="2024-10-15T09:42:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ukrainas pētnieku stipendijas (MSCA4Ukraine)</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B239D9D" w14:textId="77777777" w:rsidR="00CE7573" w:rsidRPr="00440576" w:rsidRDefault="00CE7573" w:rsidP="00CE7573">
+          <w:p w14:paraId="2B239D9D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:ins w:id="1" w:author="Inese Kalva" w:date="2024-10-15T09:42:00Z"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="7D51EA5A" w14:textId="1062575F" w:rsidR="00CE7573" w:rsidRPr="00440576" w:rsidRDefault="00CE7573" w:rsidP="00CE7573">
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="206" w:name="_Hlk179877804"/>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eiropas stipendijas (European Fellowship);</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="206"/>
+          </w:p>
+          <w:p w14:paraId="7D51EA5A" w14:textId="1062575F" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk179877852"/>
-[...56 lines deleted...]
-          <w:p w14:paraId="535047BC" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+            <w:bookmarkStart w:id="207" w:name="_Hlk179877852"/>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pasaules stipendijas (Global Fellowship)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="207"/>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535047BC" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>Eiropas Pētniecības padomes (</w:t>
@@ -7613,204 +7893,204 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Research</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> granti:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49DCCE5D" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="16E8F017">
+          <w:p w14:paraId="49DCCE5D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Starting</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>grant</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ERC-SG);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36E5A22C" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="16E8F017">
+          <w:p w14:paraId="36E5A22C" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Consolidator</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>grant</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ERC-CG);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="228B4A67" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="16E8F017">
+          <w:p w14:paraId="228B4A67" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Advanced</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> grants (ERC-AG);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54B211C8" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="16E8F017">
+          <w:p w14:paraId="54B211C8" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Proof</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
@@ -7858,2634 +8138,2447 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ERC-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>PoC</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C2AFF6" w14:textId="43ADD5EB" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="68C2AFF6" w14:textId="43ADD5EB" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projekta iesniegums neatbilst MK noteikumos par SAMP noteiktajām un SAMP ietvaros atbalstāmajām programmas “Apvārsnis Eiropa” un 10. Ietvara programmas </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">apakšprogrammām, </w:t>
+              <w:t xml:space="preserve">Ja projekta iesniegums neatbilst MK noteikumos par SAMP noteiktajām un SAMP ietvaros atbalstāmajām programmas “Apvārsnis Eiropa” un 10. Ietvara programmas apakšprogrammām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vērtējums ir „Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un projekta iesniegums tiek virzīts noraidīšanai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="3C0C2BB4" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="3C0C2BB4" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7010E33A" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="7010E33A" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52EA11F1" w14:textId="393D1D19" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="003D7F22">
+          <w:p w14:paraId="52EA11F1" w14:textId="393D1D19" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1980"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta pieteikums ir pārvarējis noteikto kvalitātes slieksni programmas "Apvārsnis Eiropa" projektu pieteikumu vērtēšanā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78BF3DB6" w14:textId="6C573C48" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="78BF3DB6" w14:textId="6C573C48" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAF7649" w14:textId="69B097C8" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="5BAF7649" w14:textId="69B097C8" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5585F26C" w14:textId="40F654E8" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="5585F26C" w14:textId="40F654E8" w:rsidR="005509D2" w:rsidRPr="00785144" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00440576">
+            <w:r w:rsidRPr="00785144">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Jā”, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00440576">
+            <w:r w:rsidRPr="00785144">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ja projekta pieteikums Eiropas Komisijas novērtējumā ir sasniedzis vai pārsniedzis noteikto kvalitātes sliekšņa vērtību programmas "Apvārsnis Eiropa" projektu pieteikumu vērtēšanā atbilstoši konkrētās programmas "Apvārsnis Eiropa" apakšprogrammas projektu pieteikumu vērtēšanas nosacījumiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D7F1EF4" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="1AE199AC" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00785144" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="60D3241F" w14:textId="053B89CE" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+                <w:ins w:id="208" w:author="Tatjana Tokareva" w:date="2026-03-02T10:29:00Z" w16du:dateUtc="2026-03-02T08:29:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="209" w:author="Tatjana Tokareva" w:date="2026-03-02T10:29:00Z" w16du:dateUtc="2026-03-02T08:29:00Z">
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virs kvalitātes sliekšņa novērtējumu apliecina izdruka no informācijas sistēmas </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Funding</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>and</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Tenders</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Portal</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>, kurā ietverta informācija par projekta novērtējumu un sasniegto novērtējuma kvalitātes slieksni (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Evaluation</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Summary</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Report</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">) </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>vai</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Eiropas Komisijas izsniegts Izcilības zīmoga sertifikāts (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Seal</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>of</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Excellence</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00785144">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>), ja Eiropas Komisija to piešķir konkrētajai programmas "Apvārsnis Eiropa" apakšprogrammai.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="0D7F1EF4" w14:textId="3DB19A48" w:rsidR="005509D2" w:rsidRPr="00785144" w:rsidDel="009F2BF5" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...169 lines deleted...]
-            <w:r w:rsidRPr="00440576">
+                <w:del w:id="210" w:author="Tatjana Tokareva" w:date="2026-02-27T16:58:00Z" w16du:dateUtc="2026-02-27T14:58:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="211" w:author="Tatjana Tokareva" w:date="2026-02-27T16:58:00Z" w16du:dateUtc="2026-02-27T14:58:00Z">
+              <w:r w:rsidRPr="00785144" w:rsidDel="009F2BF5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">Ja konkrētajai programmas "Apvārsnis Eiropa" apakšprogrammai Eiropas Komisija piešķir Izcilības zīmoga sertifikātu (Seal of Excellence), tad noteikto kvalitātes slieksni apliecina Eiropas Komisijas izsniegtais Izcilības zīmoga sertifikāts. </w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="60D3241F" w14:textId="6736AACD" w:rsidR="005509D2" w:rsidRPr="00785144" w:rsidDel="009F2BF5" w:rsidRDefault="005509D2" w:rsidP="005509D2">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:del w:id="212" w:author="Tatjana Tokareva" w:date="2026-02-27T16:58:00Z" w16du:dateUtc="2026-02-27T14:58:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="213" w:author="Tatjana Tokareva" w:date="2026-02-27T16:58:00Z" w16du:dateUtc="2026-02-27T14:58:00Z">
+              <w:r w:rsidRPr="00785144" w:rsidDel="009F2BF5">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="auto"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:delText>Ja konkrētajai programmas "Apvārsnis Eiropa" apakšprogrammai Eiropas Komisija nepiešķir Izcilības zīmoga sertifikātu vai projekts iesniegts, pirms Eiropas Komisija uzsākusi Izcilības zīmoga sertifikāta piešķiršanu, tad noteikto kvalitātes slieksni apliecina izdruka no informācijas sistēmas Funding and Tenders Portal, kas satur informāciju par projekta novērtējumu un sasniegto novērtējuma kvalitātes slieksni (Evaluation Summary Report).</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="7AE19B35" w14:textId="58225506" w:rsidR="005509D2" w:rsidRPr="00785144" w:rsidRDefault="005509D2" w:rsidP="2E77D26E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Ja projekta pieteikums nav sasniedzis  noteikto kvalitātes slieksni programmas "Apvārsnis Eiropa" projektu pieteikumu vērtēšanā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">atbilstoši konkrētās programmas "Apvārsnis Eiropa" apakšprogrammas projektu pieteikumu vērtēšanas nosacījumiem, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>vērtējums ir „Nē”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00440576">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="2E77D26E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> un projekta iesniegums tiek virzīts noraidīšanai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="64791413" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="64791413" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F55E26" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="39F55E26" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF3986A" w14:textId="6A31765C" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="003D7F22">
+          <w:p w14:paraId="2FF3986A" w14:textId="6A31765C" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1980"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Projektā plānotās darbības sniedz ieguldījumu Latvijas Viedās specializācijas stratēģijas (turpmāk</w:t>
-[...17 lines deleted...]
-              <w:t>– RIS3) mērķa sasniegšanā un RIS3 specializācijas jomu attīstībā.</w:t>
+              <w:t>Projektā plānotās darbības sniedz ieguldījumu Latvijas Viedās specializācijas stratēģijas (turpmāk – RIS3) mērķa sasniegšanā un RIS3 specializācijas jomu attīstībā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2AD6FA" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="2F2AD6FA" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1985FEB4" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="1985FEB4" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E19AD2D" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="4E19AD2D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniegumā ir sniegts pamatojums, ka projektā plānotās darbības sniedz ieguldījumu RIS3 mērķa sasniegšanā un RIS3 specializācijas jomu (vienas vai vairāku) attīstībā.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A156DF7" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="4A156DF7" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Atbilstoši Nacionālās industriālās politikas pamatnostādnēs 2021.-2027. gadam noteiktajam:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="332875AC" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="332875AC" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>RIS3 mērķis</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir palielināt tautsaimniecības spēju veidot inovācijas sistēmu, kas veicina un atbalsta zināšanu intensīvu aktivitāšu, produktu un pakalpojumu īpatsvara palielināšanos tautsaimniecībā, nodrošināt zināšanu ietilpīgu aktivitāšu ilgtspēju.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32371244" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="32371244" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>RIS3 specializācijas jomas</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05C478D3" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="6B8610D9" w:rsidP="3E371F27">
+          <w:p w14:paraId="05C478D3" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zināšanu </w:t>
+              <w:t>Zināšanu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ietilpīga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>bioekonomika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D5BDA04" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          </w:p>
+          <w:p w14:paraId="5D5BDA04" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Biomedicīna</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, medicīnas tehnoloģijas, farmācija</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C7C178" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="27C7C178" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Fotonika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un viedie materiāli, tehnoloģijas un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>inženiersistēmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3555CF4B" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3555CF4B" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Viedā enerģētika un mobilitāte</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37FE3AA7" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="37FE3AA7" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="17"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informācijas un komunikācijas tehnoloģijas</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F1CDA4E" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="2F1CDA4E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajai prasībai, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vērtējums ir „Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, izvirza atbilstošus nosacījumus. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="540BD1B6" w14:textId="00EFC0AD" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="540BD1B6" w14:textId="00EFC0AD" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir „Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="4FFA177B" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="4FFA177B" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1403F865" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="1403F865" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="775CE5D9" w14:textId="19F4458C" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="008B3513">
+          <w:p w14:paraId="775CE5D9" w14:textId="19F4458C" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniegums atbilst </w:t>
-[...15 lines deleted...]
-              <w:t>MK noteikumos noteiktajiem nosacījumiem</w:t>
+              <w:t>Projekta iesniegums atbilst SAMP MK noteikumos noteiktajiem nosacījumiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar saimniecisko darbību nesaistītam projektam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41EAA7A6" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="41EAA7A6" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="622E61D8" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="622E61D8" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BF5443" w14:textId="19CD963C" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="08BF5443" w14:textId="19CD963C" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projekta iesniegums atbilst </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="4BB98AC5" w14:textId="755B9A46" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="00FA1E22">
+              <w:t>, ja projekta iesniegums atbilst SAMP MK noteikumos noteiktajiem nosacījumiem ar saimniecisko darbību nesaistītam projektam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB98AC5" w14:textId="755B9A46" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ar saimniecisko darbību nesaistīts projekts otrās kārtas ietvaros – projekts, kuru iesniedza </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">SAMP </w:t>
+              <w:t xml:space="preserve">Ar saimniecisko darbību nesaistīts projekts otrās kārtas ietvaros – projekts, kuru iesniedza SAMP </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">MK noteikumos </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>29. punktā minētais projekta iesniedzējs Latvijas Republikas zinātnisko institūciju reģistrā reģistrēta zinātniskā institūcija, kas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="280D7B30" w14:textId="3E117140" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="00FA1E22">
+          <w:p w14:paraId="280D7B30" w14:textId="3E117140" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="40"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">atbilst </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="283BAF30" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="00FA1E22">
+              <w:t>atbilst SAMP MK noteikumu 2.8. apakšpunktā minētajai pētniecības organizācijas definīcijai;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283BAF30" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="40"/>
+                <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>projektā īsteno darbības, kurām nav saimnieciska rakstura;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14BC9A9C" w14:textId="64C57FA3" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="00FA1E22">
+          <w:p w14:paraId="14BC9A9C" w14:textId="64C57FA3" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Projekta iesniedzēja atbilstība pētniecības organizācijas statusam tiks vērtēta atbilstoši IZM nacionālajā līmenī izstrādātajai metodikai finansējuma saņēmēja atbilstībai pētniecības organizācijas statusa vērtēšanai</w:t>
             </w:r>
-            <w:r w:rsidR="00B91B6A" w:rsidRPr="00440576">
+            <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="12"/>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (turpmāk – metodika).  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="228401CE" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="00FA1E22">
+          <w:p w14:paraId="228401CE" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Atbilstību pētniecības organizācijai vērtē, ievērojot projekta iesniedzēja apliecinājumā, kas atbilst metodikas pielikumam “Apliecinājums par atbilstību pētniecības un zināšanu izplatīšanas organizācijai” (turpmāk – apliecinājums), sniegto informāciju par subjekta atbilstību šādiem aspektiem:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D45F8FA" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="3E371F27">
+          <w:p w14:paraId="3D45F8FA" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>vai subjekta galvenais mērķis jeb pamatdarbība ir:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="406D710D" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="3E371F27">
+          <w:p w14:paraId="406D710D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1031" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">neatkarīgi veikt fundamentālos pētījumus, rūpnieciskos pētījumus vai eksperimentālo izstrādi (turpmāk – neatkarīga pētniecība) vai </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4196DE95" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="3E371F27">
+          <w:p w14:paraId="4196DE95" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1031" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">plaši izplatīt šādu darbību rezultātus mācību, publikāciju vai zināšanu pārneses veidā; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53E5D252" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="3E371F27">
+          <w:p w14:paraId="53E5D252" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ja subjekts veic arī saimniecisko darbību, tad vai šādas darbības finansējums, izmaksas un ieņēmumi ir uzskaitīti atsevišķi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C2659D" w14:textId="77777777" w:rsidR="00FA1E22" w:rsidRPr="00440576" w:rsidRDefault="00FA1E22" w:rsidP="3E371F27">
+          <w:p w14:paraId="32C2659D" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>uzņēmumiem, kas var izšķiroši ietekmēt subjektu, piemēram, būdami tā akcionāri vai dalībnieki, nedrīkst būt privileģēta piekļuve šā subjekta radītajiem rezultātiem.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CA03B18" w14:textId="63EC6B0B" w:rsidR="008570FD" w:rsidRPr="00440576" w:rsidRDefault="008570FD" w:rsidP="00E47855">
+          <w:p w14:paraId="4CA03B18" w14:textId="63EC6B0B" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Darbība, kurai nav saimnieciska rakstura, </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:t>Darbība, kurai nav saimnieciska rakstura, tiks vērtēta sekojoši – tā ir pētniecības organizācijas pamatdarbība, kura neietilpst Līguma par Eiropas Savienības darbību 107.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...15 lines deleted...]
-              <w:t>pētniecības organizācijas pamatdarbība, kura neietilpst Līguma par Eiropas Savienības darbību 107.</w:t>
+              <w:t>panta</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t> </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1. punktā noteiktajā darbības jomā un kuras izpausmes veidi ir šādi:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A07D785" w14:textId="77777777" w:rsidR="008570FD" w:rsidRPr="00440576" w:rsidRDefault="008570FD" w:rsidP="00480932">
+          <w:p w14:paraId="3A07D785" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="20"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="747"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>neatkarīga pētniecība un izstrāde ar mērķi gūt vairāk zināšanu un labāku izpratni, tostarp īstenota kopīga pētniecība un izstrāde, pētniecības organizācijai iesaistoties efektīvā sadarbībā;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59E3CDF3" w14:textId="77777777" w:rsidR="008570FD" w:rsidRPr="00440576" w:rsidRDefault="008570FD" w:rsidP="00480932">
+          <w:p w14:paraId="59E3CDF3" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="20"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="747"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>pētniecības rezultātu izplatīšana bez ekskluzivitātes un diskriminēšanas, tai skaitā izmantojot mācīšanu, brīvas piekļuves datubāzes, atklātas publikācijas vai atklātā pirmkoda programmatūru;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1360CBCE" w14:textId="77777777" w:rsidR="008570FD" w:rsidRPr="00440576" w:rsidRDefault="008570FD" w:rsidP="00480932">
+          <w:p w14:paraId="1360CBCE" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="20"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="747"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>zinātības un tehnoloģiju pārneses darbības, ja:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0377603A" w14:textId="77777777" w:rsidR="008570FD" w:rsidRPr="00440576" w:rsidRDefault="008570FD" w:rsidP="00480932">
+          <w:p w14:paraId="0377603A" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="1173"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>zinātības un tehnoloģiju pārneses darbības veic pētniecības organizācija vai pētniecības organizācijas nodaļa, vai pētniecības organizācijas meitas uzņēmums (tāda komercsabiedrība, kurā mātes uzņēmuma līdzdalības daļa pārsniedz 50% vai kurā mātes uzņēmumam ir balsu vairākums un kura atbilst pētniecības organizācijas definīcijai), vai pētniecības organizācija kopīgi ar citām pētniecības organizācijām, vai pētniecības organizācija kopīgi ar trešajām pusēm, atklātā konkursā slēdzot līgumus par noteiktiem pakalpojumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15B34200" w14:textId="77777777" w:rsidR="008570FD" w:rsidRPr="00440576" w:rsidRDefault="008570FD" w:rsidP="00480932">
+          <w:p w14:paraId="15B34200" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="1168" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>visa peļņa no šādām darbībām tiek atkal ieguldīta pētniecības organizācijas pamatdarbībās.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F1056A6" w14:textId="2BF520CA" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00AB02B3">
+          <w:p w14:paraId="2F1056A6" w14:textId="2BF520CA" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajai prasībai, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vērtējums ir „Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, izvirza atbilstošus nosacījumus. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75D037D0" w14:textId="20D8E826" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="75D037D0" w14:textId="20D8E826" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir „Nē”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503BD4" w:rsidRPr="00440576" w14:paraId="2FB74429" w14:textId="77777777" w:rsidTr="16E8F017">
+      <w:tr w:rsidR="005509D2" w:rsidRPr="00440576" w14:paraId="2FB74429" w14:textId="77777777" w:rsidTr="2E77D26E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="572F20E9" w14:textId="7606C546" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="572F20E9" w14:textId="7606C546" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="460E665B" w14:textId="213E5635" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="008B3513">
+          <w:p w14:paraId="460E665B" w14:textId="213E5635" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projektā ir paredzētas darbības, kas veicina horizontālā principa ”Vienlīdzība, iekļaušana, nediskriminācija un </w:t>
-[...9 lines deleted...]
-              <w:t>pamattiesību ievērošana” īstenošanu.</w:t>
+              <w:t>Projektā ir paredzētas darbības, kas veicina horizontālā principa ”Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana” īstenošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3179977D" w14:textId="72CD36AD" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3179977D" w14:textId="72CD36AD" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1347" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20B55581" w14:textId="45B777F1" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="20B55581" w14:textId="45B777F1" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4EC0BA" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3C4EC0BA" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums atbilst minimālajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, t.i. no projekta iesniegumā ietvertās informācijas ir secināms, ka projektā plānotas: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34446345" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="34446345" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1) vismaz 3 vispārīgās HP VINPI darbības, piemēram: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EA118FF" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3EA118FF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Attiecībā uz projekta personālu:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4548BAB0" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="4548BAB0" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">* sievietēm un vīriešiem (projekta vadības un īstenošanas personālam) tiks nodrošinātas vienlīdzīgas iespējas, tostarp nodrošinot dalību mācību pasākumos, semināros, darba grupās, komandējumos; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="122ED9CB" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="122ED9CB" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">* projekta vadībā un īstenošanā tiks ievēroti tādi personāla atlases nosacījumi un prakses, kas ir nediskriminējošas un iekļaujošas cilvēkiem ar invaliditāti; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A65EAC8" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="2A65EAC8" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>* projekta vadība un īstenošana notiks personām ar funkcionāliem traucējumiem pielāgotās telpās, tostarp pielāgotas informācijas un komunikāciju tehnoloģijas, ja tas ir nepieciešams.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22ECD0AD" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="22ECD0AD" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Attiecībā uz informācijas un publicitātes pasākumiem:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="720E4467" w14:textId="04099215" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="720E4467" w14:textId="04099215" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">* īstenojot projekta komunikācijas aktivitātes, tiks izvēlēta valoda un vizuālie tēli, kas mazina diskrimināciju un stereotipu veidošanos par kādu no dzimumiem, personām ar invaliditāti, reliģisko pārliecību, vecumu, rasi un etnisko izcelsmi vai seksuālo orientāciju (skat. LM metodisko materiālu “Ieteikumi diskrimināciju un stereotipus mazinošai komunikācijai ar sabiedrību”, (pieejams šeit: </w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00440576">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://www.lm.gov.lv/lv/metodiskie-materiali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00A4718D" w:rsidRPr="00440576">
+              <w:r w:rsidRPr="00440576">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.lm.gov.lv/lv/metodiskie-materiali</w:t>
+                <w:t>https://www.lm.gov.lv/lv/media/18838/download</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28630F2B" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="28630F2B" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>* īstenojot projekta informācijas un publicitātes aktivitātes, to saturs tiks rūpīgi izvērtēts un tiks izvēlēta valoda un vizuālie tēli, kas mazina diskrimināciju un stereotipu veidošanos vai uzturēšanu par kādu no dzimumiem, personām ar invaliditāti, reliģisko pārliecību, vecumu, rasi un etnisko izcelsmi vai seksuālo orientāciju (skat. metodisko materiālu “Ieteikumi diskrimināciju un stereotipus mazinošai komunikācijai ar sabiedrību”, (https://www.lm.gov.lv/lv/media/18838/download).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B499FE3" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="7B499FE3" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Attiecībā uz publiskajiem iepirkumiem: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5287BB4E" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="5287BB4E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">projektā tiks īstenots sociāli atbildīgs iepirkums, pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iekļautību</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, nodrošinātu </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="3C297248" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+              <w:t>, nodrošinātu piekļūstamību pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba nosacījumus cilvēkiem ar invaliditāti un nelabvēlīgākā situācijā esošiem cilvēkiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C297248" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>vismaz 3 specifiskās HP VINPI darbības, kas risinās identificētās mērķa grupas vajadzības un problēmas un veicinās vienlīdzību, iekļaušanu, nediskrimināciju un pamattiesību ievērošanu, piemēram:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1210EC" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="1D1210EC" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">tiks nodrošinātas dzimumu līdztiesības ekspertu konsultācijas (vai konsultatīva rakstura pasākumi) pasākumu un projekta ietvaros izstrādāto  materiālu satura izvērtēšanai no dzimumu līdztiesības viedokļa (attiecīgi pievienojot dokumentus, piem. konsultāciju protokolus, pakalpojuma līgumus u.c.); </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="591FDC43" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="591FDC43" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>semināru, diskusiju, konferenču pasākumu īstenošanā sabiedrības informēšanai tiks nodrošināti cilvēkiem ar dažāda veida funkcionāliem traucējumiem piekļūstami formāti (piem., tulkošana zīmju valodā, subtitrēšana, reāllaika transkripcija, raidījumu un pasākumu ierakstīšana);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3651EED3" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3651EED3" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>pasākumos un diskusijās (diskusiju paneļi) tiks piesaistīti abu dzimumu eksperti, viedokļu paudēji, lai nodrošinātu abu dzimumu viedokļu, situācijas, vajadzību atspoguļojumu un interešu pārstāvniecību;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0043F17E" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="0043F17E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">lai nodrošinātu projekta pasākuma norises vietas vides </w:t>
+              <w:t xml:space="preserve">lai nodrošinātu projekta pasākuma norises vietas vides piekļūstamību, tiks nodrošināta tehnisko risinājumu noma (piemēram, pārvietojamais </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>piekļūstamību</w:t>
+              <w:t>panduss</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, tiks nodrošināta tehnisko risinājumu noma (piemēram, pārvietojamais </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>, pacēlājs, individuālo indukcijas cilpu noma u.c.);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49942446" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="49942446" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t>tiks nodrošināti atbalsta pasākumi studējošajiem un pētniecības institūciju darbiniekiem, kuri aprūpē mazgadīgu bērnu vai tuvinieku, darba un ģimenes dzīves saskaņošanai;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53405F6E" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="53405F6E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">mācību un metodisko līdzekļu saturs tiks veidots, ievērojot dzimumu līdztiesības principus, īpašu uzmanību veltot sabiedrībā valdošos stereotipu par dzimumu lomu sadalījumu izskaušanai un nepieļaujot </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>stereotipisku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dzimumu attēlojumus mācību līdzekļos (piemēram: sieviete – mājsaimniece, vīrietis – naudas pelnītājs);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6799EA8E" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="6799EA8E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16C8437F" w14:textId="4CB5A4B3" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidDel="00CC0A03" w:rsidRDefault="00503BD4" w:rsidP="00CC0A03">
+          <w:p w14:paraId="1BD226EC" w14:textId="692D0D3E" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:del w:id="6" w:author="Tatjana Tokareva" w:date="2025-06-25T17:46:00Z" w16du:dateUtc="2025-06-25T14:46:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3) ir noteikts </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1 HP VINPI rādītājs</w:t>
-[...33 lines deleted...]
-          <w:p w14:paraId="1BD226EC" w14:textId="392567D4" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00CC0A03">
+              <w:t>1 HP VINPI rādītājs;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="682BDFA8" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:del w:id="10" w:author="Tatjana Tokareva" w:date="2025-06-25T17:46:00Z" w16du:dateUtc="2025-06-25T14:46:00Z">
-[...10 lines deleted...]
-          <w:p w14:paraId="682BDFA8" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+            <w:r w:rsidRPr="00440576">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) norādītas projekta budžeta izmaksu pozīcijas, kuras veicina HP VINPI (ja attiecināms); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76302B83" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) norādītas projekta budžeta izmaksu pozīcijas, kuras veicina HP VINPI (ja attiecināms); </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="76302B83" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+              <w:t xml:space="preserve">5) projekta iesniegumā ir identificētas galvenās problēmas, kas skar mērķa grupu, jomā, kurā darbojas projekta iesniedzējs un apraksts, kā projektā paredzētās HP VINPI darbības risinās identificētās problēmas; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3102279E" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) projekta iesniegumā ir identificētas galvenās problēmas, kas skar mērķa grupu, jomā, kurā darbojas projekta iesniedzējs un apraksts, kā projektā paredzētās HP VINPI darbības risinās identificētās problēmas; </w:t>
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">6) ir sniegta informācija par projekta vadības un īstenošanas personālu dalījumā pēc dzimuma u.c. pazīmes (vai plānots sniegt) un sniegta (vai plānots sniegt) informācija sadalījumā pēc dzimumu u.c. pazīmes par projekta mērķa grupām; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AB6A8F2" w14:textId="024F3937" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="3AB6A8F2" w14:textId="024F3937" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">7) projekta iesniegumā ir paskaidrots, kā projektu vadībā un īstenošanā tiks nodrošināta nediskriminācija pēc vecuma, dzimuma, etniskās piederības u.c. pazīmes un virzīti pasākumi, kas veicina nediskrimināciju un pamattiesību ievērošanu. Informācija ir sagatavota, balstoties, piemēram, uz konsultācijām ar valsts, pašvaldību institūcijām vai nevalstiskajām organizācijām, kas pārstāv mērķa grupu intereses, dažādiem pieejamiem statistikas datiem, pētījumiem u.c. datu avotiem, kas raksturo attiecīgās mērķa grupas situāciju. Plānotajām vispārīgajām HP VINPI darbībām jāaptver visas vispārīgo darbību jomas – </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>komunikāciju un vizuālo identitāti, projekta vadību un īstenošanu un publiskos iepirkumus</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(ja attiecināms). </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C7C2FDF" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="0C7C2FDF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minimālajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10495,51 +10588,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jā, ar nosacījumu</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">”, izvirza atbilstošus nosacījumus. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="679DE717" w14:textId="13453D54" w:rsidR="00503BD4" w:rsidRPr="00440576" w:rsidRDefault="00503BD4" w:rsidP="00503BD4">
+          <w:p w14:paraId="679DE717" w14:textId="13453D54" w:rsidR="005509D2" w:rsidRPr="00440576" w:rsidRDefault="005509D2" w:rsidP="005509D2">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10554,231 +10647,232 @@
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
             <w:r w:rsidRPr="00440576">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>”, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem un projekta iesniegums ir noraidāms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BCBCB68" w14:textId="77777777" w:rsidR="00A67003" w:rsidRPr="00440576" w:rsidRDefault="00A67003" w:rsidP="00873721">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A67003" w:rsidRPr="00440576" w:rsidSect="006F4B4F">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1276" w:right="1134" w:bottom="566" w:left="1440" w:header="708" w:footer="132" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47C70AFD" w14:textId="77777777" w:rsidR="004F1450" w:rsidRDefault="004F1450" w:rsidP="00AF5352">
+    <w:p w14:paraId="3EE7D6CF" w14:textId="77777777" w:rsidR="00540289" w:rsidRDefault="00540289" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4694A6AF" w14:textId="77777777" w:rsidR="004F1450" w:rsidRDefault="004F1450" w:rsidP="00AF5352">
+    <w:p w14:paraId="30C1F7FA" w14:textId="77777777" w:rsidR="00540289" w:rsidRDefault="00540289" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="491CE8E7" w14:textId="77777777" w:rsidR="004F1450" w:rsidRDefault="004F1450">
+    <w:p w14:paraId="38356C9A" w14:textId="77777777" w:rsidR="00540289" w:rsidRDefault="00540289">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ヒラギノ角ゴ Pro W3">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="7AC7FFFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002000D" w:csb1="00000000"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="ヒラギノ角ゴ Pro W3">
+    <w:altName w:val="MS Mincho"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D068537" w14:textId="30D990D5" w:rsidR="0093308F" w:rsidRPr="009B2B2D" w:rsidRDefault="0093308F" w:rsidP="009B2B2D">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00C198AB" w14:textId="77777777" w:rsidR="004F1450" w:rsidRDefault="004F1450" w:rsidP="00AF5352">
+    <w:p w14:paraId="6AC5200F" w14:textId="77777777" w:rsidR="00540289" w:rsidRDefault="00540289" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13C5B357" w14:textId="77777777" w:rsidR="004F1450" w:rsidRDefault="004F1450" w:rsidP="00AF5352">
+    <w:p w14:paraId="6B682C47" w14:textId="77777777" w:rsidR="00540289" w:rsidRDefault="00540289" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4CAEA8AF" w14:textId="77777777" w:rsidR="004F1450" w:rsidRDefault="004F1450">
+    <w:p w14:paraId="058CB376" w14:textId="77777777" w:rsidR="00540289" w:rsidRDefault="00540289">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3B8F7E1B" w14:textId="7D999E30" w:rsidR="00A43694" w:rsidRPr="00B24C65" w:rsidRDefault="00A43694" w:rsidP="00E60CA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -10842,454 +10936,436 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="78EE86D4" w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu vai noraidīšanu, ievērojot nolikumā noteikto.</w:t>
+        <w:t xml:space="preserve"> Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu vai noraidīšanu, ievērojot nolikumā noteikto.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="23E7EB92" w14:textId="58154FB1" w:rsidR="00626562" w:rsidRPr="005020A1" w:rsidRDefault="00626562" w:rsidP="00A43694">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma noraidīšanu, ievērojot nolikumā noteikto</w:t>
+        <w:t xml:space="preserve"> Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma noraidīšanu, ievērojot nolikumā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="513BA2B0" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00B24C65" w:rsidRDefault="00503BD4" w:rsidP="00B24C65">
+    <w:p w14:paraId="0C402BC1" w14:textId="6D55EF22" w:rsidR="005509D2" w:rsidRPr="00AA08DB" w:rsidRDefault="005509D2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="99" w:author="Tatjana Tokareva" w:date="2026-02-27T15:01:00Z" w16du:dateUtc="2026-02-27T13:01:00Z">
+        <w:r w:rsidRPr="00AA08DB">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00AA08DB">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> https://www.vid.gov.lv/lv/nodoklu-maksataju-reitinga-sistema</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="5018E9BF" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="006F6B13" w:rsidRDefault="005509D2" w:rsidP="006718EC">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:ins w:id="104" w:author="Tatjana Tokareva" w:date="2026-02-27T15:07:00Z" w16du:dateUtc="2026-02-27T13:07:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="105" w:author="Tatjana Tokareva" w:date="2026-02-27T15:07:00Z" w16du:dateUtc="2026-02-27T13:07:00Z">
+        <w:r w:rsidRPr="006F6B13">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidR="2E77D26E" w:rsidRPr="2E77D26E">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Informāciju var izgūt arī izmantojot Kohēzijas politikas fondu vadības informācijas sistēmā (projektu portālā) pieejamo funkcionalitāti – e-izziņas par nodokļu nomaksas statusa izgūšana.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="513BA2B0" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B24C65" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="00B24C65">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:del w:id="172" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B24C65">
-[...28 lines deleted...]
-        <w:r w:rsidR="78EE86D4" w:rsidRPr="00B24C65">
+      <w:del w:id="173" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Eiropas Parlamenta un Padomes 2021.gada 24.jūnija regula Nr. 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai; </w:delText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:delInstrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN"</w:delInstrText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
-          <w:t>https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN</w:t>
+          <w:delText>https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN</w:delText>
         </w:r>
-      </w:hyperlink>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:del>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
-    <w:p w14:paraId="100DF0DE" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00B24C65" w:rsidRDefault="00503BD4" w:rsidP="00B24C65">
+  <w:footnote w:id="8">
+    <w:p w14:paraId="100DF0DE" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B24C65" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="00B24C65">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="186" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="187" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Vizuālās identitātes prasības un paraugi iekļauti Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijās. Pieejamas: Esfondi.lv: </w:delText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:delInstrText>HYPERLINK "https://www.esfondi.lv/vadlinijas"</w:delInstrText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText>https://www.esfondi.lv/vadlinijas</w:delText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:del>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="01DE3012" w14:textId="77777777" w:rsidR="005509D2" w:rsidRPr="00B24C65" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="00B24C65">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="192" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="193" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas pieejamas Esfondi.lv: </w:delText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:delInstrText>HYPERLINK "https://www.esfondi.lv/vadlinijas"</w:delInstrText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText>https://www.esfondi.lv/vadlinijas</w:delText>
+        </w:r>
+        <w:r w:rsidDel="00D5010A">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
+    <w:p w14:paraId="43E6D797" w14:textId="1DF6DD9A" w:rsidR="005509D2" w:rsidRPr="005020A1" w:rsidDel="00D5010A" w:rsidRDefault="005509D2" w:rsidP="00B24C65">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="194" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="195" w:author="Tatjana Tokareva" w:date="2026-02-27T15:21:00Z" w16du:dateUtc="2026-02-27T13:21:00Z">
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00B24C65" w:rsidDel="00D5010A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> Nav piemērojams gadījumos, kad MK noteikumos par SAM īstenošanu noteikts, ka atbildīgā iestāde centralizēti nodrošina stratēģiski svarīgu projektu īstenošanai nepieciešamo komunikāciju, t.sk. izstrādā komunikācijas plānu</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="0040D529" w14:textId="04376978" w:rsidR="005509D2" w:rsidRPr="00B24C65" w:rsidRDefault="005509D2" w:rsidP="00B24C65">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidR="78EE86D4" w:rsidRPr="00B24C65">
+      <w:r w:rsidR="2E77D26E" w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Attiecās uz projektu iesniedzējiem, kas iesniedz projektu SAMP MK noteikumu 31.2.3. apakšpunktā minētās programmas ietvaros. Pārējie projekta iesniedzēji projektu īsteno individuāli.</w:t>
       </w:r>
-      <w:r w:rsidR="78EE86D4" w:rsidRPr="00B24C65">
-[...19 lines deleted...]
-      </w:hyperlink>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="7">
-    <w:p w14:paraId="01DE3012" w14:textId="77777777" w:rsidR="00503BD4" w:rsidRPr="00B24C65" w:rsidRDefault="00503BD4" w:rsidP="00B24C65">
+  <w:footnote w:id="12">
+    <w:p w14:paraId="07BE6F27" w14:textId="3D9DF3A1" w:rsidR="005509D2" w:rsidRPr="00B24C65" w:rsidRDefault="005509D2" w:rsidP="00B24C65">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="lv-LV"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...92 lines deleted...]
-          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Metodika ir pieejama tīmekļvietnē: </w:t>
       </w:r>
-      <w:r w:rsidR="00A1730B" w:rsidRPr="00B24C65">
-[...95 lines deleted...]
-        <w:r w:rsidR="005D5347" w:rsidRPr="00B24C65">
+      <w:hyperlink r:id="rId2" w:history="1">
+        <w:r w:rsidRPr="00B24C65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.izm.gov.lv/lv/metodika-petniecibas-un-zinasanu-izplatisanas-organizaciju-statusa-izvertejumam</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005D5347" w:rsidRPr="00B24C65">
+      <w:r w:rsidRPr="00B24C65">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D068535" w14:textId="77777777" w:rsidR="0093308F" w:rsidRPr="00FA4B3C" w:rsidRDefault="0093308F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FA4B3C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11509,334 +11585,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18180BE2"/>
-[...282 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="217715B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="461E803C"/>
     <w:lvl w:ilvl="0" w:tplc="445E3464">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11905,442 +11697,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...390 lines deleted...]
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CEA3C07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4162C956"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12382,51 +11783,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ECF74D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4D2AC4C"/>
     <w:lvl w:ilvl="0" w:tplc="445E3464">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12495,51 +11896,146 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F7718F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04522388"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="52F2A708">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="835CD43C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30A90EC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="515EEFC0"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12581,51 +12077,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32330749"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37949350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12667,51 +12163,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33B60A91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A4C34B2"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12753,51 +12249,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="351D491B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95F68F50"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12839,164 +12335,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36E34FC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDA2F0B0"/>
     <w:lvl w:ilvl="0" w:tplc="04260011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13041,315 +12424,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...263 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D466227"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACF260A2"/>
     <w:lvl w:ilvl="0" w:tplc="08090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -13394,169 +12513,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...117 lines deleted...]
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="422A05A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42669BCE"/>
     <w:lvl w:ilvl="0" w:tplc="39DE88BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
@@ -13601,137 +12602,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B134F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A85EBD74"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13773,64 +12688,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4CE22D50"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C617AB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78C00348"/>
-    <w:lvl w:ilvl="0" w:tplc="04260011">
+    <w:tmpl w:val="AC329136"/>
+    <w:lvl w:ilvl="0" w:tplc="40E4D36E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -13862,454 +12777,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...402 lines deleted...]
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59554B5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D5680FE"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14351,51 +12863,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A413B1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE6E2006"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14437,51 +12949,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B701C81"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30CC6302"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CD40A26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58228176"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14523,140 +13121,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F66BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF7E2C18"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14698,51 +13207,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66C2628D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2494AF0E"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14784,341 +13293,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6974675C"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75D4289F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0540CC66"/>
-    <w:lvl w:ilvl="0" w:tplc="0C963FFA">
+    <w:tmpl w:val="407AE240"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="425" w:hanging="284"/>
-[...116 lines deleted...]
-      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75DE18AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="186C6D3C"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15160,51 +13465,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78954DE1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6D868CC"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7966038B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F52E994"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="796B4558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08167702"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15246,164 +13723,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D8D70A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7868B3B6"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15436,357 +13800,594 @@
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E012DD3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CE23A4A"/>
+    <w:lvl w:ilvl="0" w:tplc="771E4F5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E0F6973"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D8F2458A"/>
+    <w:lvl w:ilvl="0" w:tplc="14183D3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2118140889">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="829097896">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="297691613">
+  <w:num w:numId="3" w16cid:durableId="851803301">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="762065849">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="87237818">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1708989749">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1387994557">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1538734863">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1807047603">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1353457832">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="921254086">
+  <w:num w:numId="11" w16cid:durableId="1488355237">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1223449384">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="199589100">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="49884134">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1068962338">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1118186824">
-[...11 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="1677226882">
+  <w:num w:numId="16" w16cid:durableId="902564972">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1787774397">
+  <w:num w:numId="17" w16cid:durableId="154226355">
     <w:abstractNumId w:val="18"/>
-  </w:num>
-[...82 lines deleted...]
-    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1783501613">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="18" w16cid:durableId="1783501613">
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="2027977623">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="19" w16cid:durableId="2027977623">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="468744795">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="20" w16cid:durableId="468744795">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="2034526821">
-    <w:abstractNumId w:val="41"/>
+  <w:num w:numId="21" w16cid:durableId="2034526821">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1506705066">
+  <w:num w:numId="22" w16cid:durableId="394477504">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1075516556">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="142739999">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="32341763">
+    <w:abstractNumId w:val="27"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="369495983">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="482545072">
+    <w:abstractNumId w:val="28"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="328875386">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2042322621">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="2080518284">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="30" w16cid:durableId="282463073">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="14"/>
+  <w:numIdMacAtCleanup w:val="28"/>
 </w:numbering>
-</file>
-[...9 lines deleted...]
-</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF5352"/>
     <w:rsid w:val="00002EB7"/>
     <w:rsid w:val="000032E9"/>
     <w:rsid w:val="00003D92"/>
     <w:rsid w:val="00003FF9"/>
     <w:rsid w:val="00005CA0"/>
+    <w:rsid w:val="00006AC8"/>
     <w:rsid w:val="00006ECE"/>
     <w:rsid w:val="00010A90"/>
     <w:rsid w:val="00013E58"/>
     <w:rsid w:val="00015CA7"/>
     <w:rsid w:val="000163AB"/>
     <w:rsid w:val="00016F83"/>
     <w:rsid w:val="00020602"/>
     <w:rsid w:val="00021A3A"/>
     <w:rsid w:val="000234B7"/>
     <w:rsid w:val="000238A7"/>
     <w:rsid w:val="0002419F"/>
     <w:rsid w:val="0002471C"/>
     <w:rsid w:val="00030D4D"/>
     <w:rsid w:val="00031418"/>
     <w:rsid w:val="00034FEA"/>
     <w:rsid w:val="00035A1C"/>
     <w:rsid w:val="00035B74"/>
     <w:rsid w:val="00036F8A"/>
     <w:rsid w:val="00037A8D"/>
     <w:rsid w:val="0004096A"/>
     <w:rsid w:val="00041C55"/>
     <w:rsid w:val="0004272C"/>
     <w:rsid w:val="00043D26"/>
     <w:rsid w:val="00045787"/>
     <w:rsid w:val="00045F12"/>
     <w:rsid w:val="000462B8"/>
     <w:rsid w:val="00046626"/>
     <w:rsid w:val="00046C50"/>
     <w:rsid w:val="00046FEC"/>
     <w:rsid w:val="0005021C"/>
     <w:rsid w:val="000509A7"/>
     <w:rsid w:val="00051772"/>
     <w:rsid w:val="00051C06"/>
     <w:rsid w:val="0005283A"/>
+    <w:rsid w:val="00053778"/>
     <w:rsid w:val="00053C55"/>
     <w:rsid w:val="000545B3"/>
     <w:rsid w:val="00054B9A"/>
     <w:rsid w:val="00054CE5"/>
     <w:rsid w:val="0005515A"/>
     <w:rsid w:val="0005525A"/>
     <w:rsid w:val="00057BF6"/>
     <w:rsid w:val="000611E4"/>
     <w:rsid w:val="0006288C"/>
     <w:rsid w:val="00062F3F"/>
     <w:rsid w:val="00063657"/>
     <w:rsid w:val="0006368D"/>
+    <w:rsid w:val="00064982"/>
     <w:rsid w:val="00066BC8"/>
     <w:rsid w:val="00067CCE"/>
     <w:rsid w:val="00070415"/>
     <w:rsid w:val="00074003"/>
     <w:rsid w:val="0007507D"/>
     <w:rsid w:val="000759F4"/>
     <w:rsid w:val="00076414"/>
     <w:rsid w:val="000768A7"/>
     <w:rsid w:val="00076C80"/>
     <w:rsid w:val="000771B9"/>
     <w:rsid w:val="00077512"/>
     <w:rsid w:val="00080B28"/>
     <w:rsid w:val="00080DD8"/>
     <w:rsid w:val="000816EF"/>
     <w:rsid w:val="0008370C"/>
+    <w:rsid w:val="00083A5B"/>
     <w:rsid w:val="000841A4"/>
     <w:rsid w:val="00084403"/>
     <w:rsid w:val="00084C94"/>
     <w:rsid w:val="00084F90"/>
     <w:rsid w:val="0008686F"/>
     <w:rsid w:val="00086A40"/>
     <w:rsid w:val="0008772B"/>
     <w:rsid w:val="000878BC"/>
     <w:rsid w:val="00091680"/>
     <w:rsid w:val="000924AE"/>
     <w:rsid w:val="000924DE"/>
     <w:rsid w:val="00093D7E"/>
     <w:rsid w:val="0009419C"/>
     <w:rsid w:val="00094259"/>
     <w:rsid w:val="00095227"/>
     <w:rsid w:val="000955F5"/>
     <w:rsid w:val="00096226"/>
     <w:rsid w:val="00096F31"/>
     <w:rsid w:val="0009763D"/>
     <w:rsid w:val="00097DF2"/>
     <w:rsid w:val="000A0C7F"/>
     <w:rsid w:val="000A259F"/>
     <w:rsid w:val="000A2830"/>
     <w:rsid w:val="000A2F97"/>
     <w:rsid w:val="000A31A7"/>
@@ -15801,180 +14402,189 @@
     <w:rsid w:val="000A7E75"/>
     <w:rsid w:val="000B0D72"/>
     <w:rsid w:val="000B333F"/>
     <w:rsid w:val="000B3B1C"/>
     <w:rsid w:val="000B3C32"/>
     <w:rsid w:val="000B41C0"/>
     <w:rsid w:val="000B4332"/>
     <w:rsid w:val="000B4C75"/>
     <w:rsid w:val="000B4EFD"/>
     <w:rsid w:val="000B5564"/>
     <w:rsid w:val="000B5678"/>
     <w:rsid w:val="000B5961"/>
     <w:rsid w:val="000B61C2"/>
     <w:rsid w:val="000C02E4"/>
     <w:rsid w:val="000C2522"/>
     <w:rsid w:val="000C2568"/>
     <w:rsid w:val="000C2DC9"/>
     <w:rsid w:val="000C32A8"/>
     <w:rsid w:val="000C5F7B"/>
     <w:rsid w:val="000D15E2"/>
     <w:rsid w:val="000D1F3B"/>
     <w:rsid w:val="000D2904"/>
     <w:rsid w:val="000D3330"/>
     <w:rsid w:val="000D3DA2"/>
     <w:rsid w:val="000D426D"/>
+    <w:rsid w:val="000D4464"/>
     <w:rsid w:val="000D7803"/>
     <w:rsid w:val="000D7AB6"/>
     <w:rsid w:val="000E2248"/>
     <w:rsid w:val="000E36D7"/>
     <w:rsid w:val="000E3AF0"/>
     <w:rsid w:val="000E601A"/>
     <w:rsid w:val="000E692F"/>
+    <w:rsid w:val="000E72BE"/>
     <w:rsid w:val="000E762D"/>
     <w:rsid w:val="000F042F"/>
     <w:rsid w:val="000F0C52"/>
     <w:rsid w:val="000F17A3"/>
     <w:rsid w:val="000F24CE"/>
     <w:rsid w:val="000F2EF5"/>
     <w:rsid w:val="000F32F5"/>
     <w:rsid w:val="000F4135"/>
     <w:rsid w:val="000F4334"/>
     <w:rsid w:val="000F7349"/>
     <w:rsid w:val="000F73DF"/>
     <w:rsid w:val="000F79B9"/>
     <w:rsid w:val="000F7B8B"/>
     <w:rsid w:val="001002FB"/>
     <w:rsid w:val="0010145C"/>
     <w:rsid w:val="00102166"/>
     <w:rsid w:val="00102E6D"/>
     <w:rsid w:val="00102F34"/>
     <w:rsid w:val="00103388"/>
     <w:rsid w:val="0010499D"/>
     <w:rsid w:val="00106025"/>
     <w:rsid w:val="00107613"/>
     <w:rsid w:val="00107885"/>
+    <w:rsid w:val="0011141B"/>
     <w:rsid w:val="00111A9F"/>
     <w:rsid w:val="00111BA4"/>
     <w:rsid w:val="00111C26"/>
+    <w:rsid w:val="001123CC"/>
     <w:rsid w:val="00112763"/>
     <w:rsid w:val="001135C0"/>
     <w:rsid w:val="001148B2"/>
     <w:rsid w:val="00115DC8"/>
     <w:rsid w:val="00117DA3"/>
     <w:rsid w:val="00117EF6"/>
     <w:rsid w:val="001207CB"/>
     <w:rsid w:val="00123593"/>
     <w:rsid w:val="00123635"/>
     <w:rsid w:val="001241FC"/>
     <w:rsid w:val="00124A1B"/>
     <w:rsid w:val="0013152C"/>
+    <w:rsid w:val="00132E13"/>
     <w:rsid w:val="00134271"/>
     <w:rsid w:val="00134BD2"/>
     <w:rsid w:val="001354A0"/>
     <w:rsid w:val="001354B3"/>
     <w:rsid w:val="0013554F"/>
     <w:rsid w:val="00135612"/>
     <w:rsid w:val="00136D1A"/>
     <w:rsid w:val="0013735A"/>
     <w:rsid w:val="0014103D"/>
     <w:rsid w:val="00141B63"/>
     <w:rsid w:val="00142353"/>
     <w:rsid w:val="00146E07"/>
     <w:rsid w:val="00147354"/>
     <w:rsid w:val="00152C96"/>
     <w:rsid w:val="0015313A"/>
     <w:rsid w:val="0015385B"/>
     <w:rsid w:val="00153FA9"/>
     <w:rsid w:val="0015487F"/>
     <w:rsid w:val="00155136"/>
     <w:rsid w:val="001551ED"/>
     <w:rsid w:val="00156393"/>
     <w:rsid w:val="00156E26"/>
     <w:rsid w:val="00160A59"/>
     <w:rsid w:val="001620EA"/>
     <w:rsid w:val="001623DA"/>
     <w:rsid w:val="00165339"/>
     <w:rsid w:val="0016577C"/>
     <w:rsid w:val="00167223"/>
     <w:rsid w:val="00167435"/>
+    <w:rsid w:val="0016743C"/>
     <w:rsid w:val="00167C45"/>
     <w:rsid w:val="0017078B"/>
     <w:rsid w:val="001718F4"/>
     <w:rsid w:val="001720DF"/>
     <w:rsid w:val="001727C6"/>
     <w:rsid w:val="00174B13"/>
     <w:rsid w:val="00180C26"/>
     <w:rsid w:val="00183027"/>
     <w:rsid w:val="00183760"/>
     <w:rsid w:val="00184549"/>
     <w:rsid w:val="0018666A"/>
     <w:rsid w:val="00187C38"/>
     <w:rsid w:val="00190425"/>
     <w:rsid w:val="00190CF1"/>
     <w:rsid w:val="00191687"/>
     <w:rsid w:val="001918EB"/>
     <w:rsid w:val="00192479"/>
     <w:rsid w:val="0019337D"/>
     <w:rsid w:val="001935A1"/>
     <w:rsid w:val="00193F1C"/>
     <w:rsid w:val="0019559C"/>
     <w:rsid w:val="00195BBD"/>
+    <w:rsid w:val="0019691D"/>
     <w:rsid w:val="00196FFC"/>
     <w:rsid w:val="001A0472"/>
     <w:rsid w:val="001A0524"/>
     <w:rsid w:val="001A11D6"/>
     <w:rsid w:val="001A30E6"/>
     <w:rsid w:val="001A63E7"/>
     <w:rsid w:val="001B0830"/>
     <w:rsid w:val="001B08E5"/>
     <w:rsid w:val="001B1EBC"/>
     <w:rsid w:val="001B3448"/>
     <w:rsid w:val="001B36D2"/>
     <w:rsid w:val="001B4938"/>
     <w:rsid w:val="001B4ACC"/>
     <w:rsid w:val="001B4FBA"/>
     <w:rsid w:val="001B784E"/>
     <w:rsid w:val="001C183E"/>
     <w:rsid w:val="001C1E3B"/>
     <w:rsid w:val="001C253E"/>
     <w:rsid w:val="001C2D47"/>
     <w:rsid w:val="001C3CCF"/>
     <w:rsid w:val="001C4738"/>
     <w:rsid w:val="001C609B"/>
     <w:rsid w:val="001C7121"/>
     <w:rsid w:val="001C7410"/>
+    <w:rsid w:val="001C7F3A"/>
     <w:rsid w:val="001D0258"/>
     <w:rsid w:val="001D117D"/>
     <w:rsid w:val="001D15C8"/>
     <w:rsid w:val="001D168D"/>
     <w:rsid w:val="001D1F04"/>
     <w:rsid w:val="001D2599"/>
     <w:rsid w:val="001D28AC"/>
     <w:rsid w:val="001D2AD7"/>
     <w:rsid w:val="001D2EE6"/>
     <w:rsid w:val="001D2F06"/>
+    <w:rsid w:val="001D309C"/>
     <w:rsid w:val="001D39B4"/>
     <w:rsid w:val="001D4667"/>
     <w:rsid w:val="001D5D86"/>
     <w:rsid w:val="001D7807"/>
     <w:rsid w:val="001E00E4"/>
     <w:rsid w:val="001E026D"/>
     <w:rsid w:val="001E02BE"/>
     <w:rsid w:val="001E291C"/>
     <w:rsid w:val="001E32AC"/>
     <w:rsid w:val="001E4A03"/>
     <w:rsid w:val="001E589D"/>
     <w:rsid w:val="001E6207"/>
     <w:rsid w:val="001E6DF3"/>
     <w:rsid w:val="001E7EF1"/>
     <w:rsid w:val="001F198E"/>
     <w:rsid w:val="001F2BDC"/>
     <w:rsid w:val="001F2CF5"/>
     <w:rsid w:val="001F3A4D"/>
     <w:rsid w:val="00202C5C"/>
     <w:rsid w:val="002035A8"/>
     <w:rsid w:val="00203864"/>
     <w:rsid w:val="00204747"/>
     <w:rsid w:val="002065B3"/>
     <w:rsid w:val="00210359"/>
     <w:rsid w:val="00210CD4"/>
@@ -15991,127 +14601,132 @@
     <w:rsid w:val="002227C5"/>
     <w:rsid w:val="002236CB"/>
     <w:rsid w:val="00224A59"/>
     <w:rsid w:val="00224DBC"/>
     <w:rsid w:val="00226F7E"/>
     <w:rsid w:val="00227A47"/>
     <w:rsid w:val="002331C9"/>
     <w:rsid w:val="00233716"/>
     <w:rsid w:val="00235788"/>
     <w:rsid w:val="00235967"/>
     <w:rsid w:val="0023644F"/>
     <w:rsid w:val="00237502"/>
     <w:rsid w:val="002377B9"/>
     <w:rsid w:val="00240790"/>
     <w:rsid w:val="00241E81"/>
     <w:rsid w:val="00242395"/>
     <w:rsid w:val="00243B12"/>
     <w:rsid w:val="00243D7D"/>
     <w:rsid w:val="002441E2"/>
     <w:rsid w:val="002446F3"/>
     <w:rsid w:val="00244EE3"/>
     <w:rsid w:val="0024715C"/>
     <w:rsid w:val="00253B1A"/>
     <w:rsid w:val="00255DBA"/>
     <w:rsid w:val="00257297"/>
+    <w:rsid w:val="002573E1"/>
     <w:rsid w:val="00257B16"/>
     <w:rsid w:val="00260A82"/>
     <w:rsid w:val="0026139E"/>
     <w:rsid w:val="0026197A"/>
     <w:rsid w:val="002619EE"/>
     <w:rsid w:val="002625C1"/>
     <w:rsid w:val="0026338C"/>
     <w:rsid w:val="00264A82"/>
     <w:rsid w:val="00266306"/>
     <w:rsid w:val="00266A05"/>
     <w:rsid w:val="002702E0"/>
     <w:rsid w:val="00271A3D"/>
     <w:rsid w:val="002725B6"/>
     <w:rsid w:val="002726D2"/>
     <w:rsid w:val="00272766"/>
     <w:rsid w:val="00273874"/>
     <w:rsid w:val="00274969"/>
     <w:rsid w:val="00276999"/>
     <w:rsid w:val="0028037E"/>
     <w:rsid w:val="002810DB"/>
     <w:rsid w:val="0028331E"/>
     <w:rsid w:val="00283E4B"/>
     <w:rsid w:val="0028498A"/>
     <w:rsid w:val="002849B3"/>
     <w:rsid w:val="00284ADE"/>
     <w:rsid w:val="00284F6B"/>
     <w:rsid w:val="002865B6"/>
     <w:rsid w:val="00291664"/>
     <w:rsid w:val="00293166"/>
     <w:rsid w:val="002960BF"/>
     <w:rsid w:val="00296718"/>
     <w:rsid w:val="00296BF4"/>
     <w:rsid w:val="0029789A"/>
     <w:rsid w:val="002A2A6B"/>
     <w:rsid w:val="002A33CB"/>
     <w:rsid w:val="002A74E1"/>
     <w:rsid w:val="002B0838"/>
     <w:rsid w:val="002B0D43"/>
     <w:rsid w:val="002B1502"/>
     <w:rsid w:val="002B16F9"/>
     <w:rsid w:val="002B18C3"/>
     <w:rsid w:val="002B2576"/>
     <w:rsid w:val="002B2D87"/>
     <w:rsid w:val="002B38D1"/>
     <w:rsid w:val="002B74E8"/>
     <w:rsid w:val="002B7A35"/>
+    <w:rsid w:val="002B7A44"/>
     <w:rsid w:val="002C11E8"/>
     <w:rsid w:val="002C1366"/>
     <w:rsid w:val="002C209A"/>
     <w:rsid w:val="002C5373"/>
     <w:rsid w:val="002C568C"/>
     <w:rsid w:val="002C67B1"/>
+    <w:rsid w:val="002C79FD"/>
     <w:rsid w:val="002D0954"/>
     <w:rsid w:val="002D09ED"/>
     <w:rsid w:val="002D1776"/>
     <w:rsid w:val="002D2A56"/>
     <w:rsid w:val="002D36BC"/>
     <w:rsid w:val="002D4578"/>
     <w:rsid w:val="002D488F"/>
     <w:rsid w:val="002D5DE5"/>
     <w:rsid w:val="002D69A2"/>
     <w:rsid w:val="002D724E"/>
     <w:rsid w:val="002E0F86"/>
     <w:rsid w:val="002E112C"/>
+    <w:rsid w:val="002E12EF"/>
     <w:rsid w:val="002E14AB"/>
     <w:rsid w:val="002E327D"/>
     <w:rsid w:val="002E4886"/>
     <w:rsid w:val="002E4E9D"/>
     <w:rsid w:val="002E5C07"/>
     <w:rsid w:val="002F09AC"/>
     <w:rsid w:val="002F14A4"/>
     <w:rsid w:val="002F3580"/>
     <w:rsid w:val="002F5003"/>
     <w:rsid w:val="002F648F"/>
     <w:rsid w:val="002F7B0F"/>
     <w:rsid w:val="0030160F"/>
     <w:rsid w:val="00302532"/>
+    <w:rsid w:val="00303C0E"/>
     <w:rsid w:val="00304588"/>
     <w:rsid w:val="003059F2"/>
     <w:rsid w:val="00306043"/>
     <w:rsid w:val="00306A08"/>
     <w:rsid w:val="00306CDF"/>
     <w:rsid w:val="0030762C"/>
     <w:rsid w:val="00311BD7"/>
     <w:rsid w:val="003132FF"/>
     <w:rsid w:val="00313EB0"/>
     <w:rsid w:val="00315B1C"/>
     <w:rsid w:val="0032187F"/>
     <w:rsid w:val="0032260F"/>
     <w:rsid w:val="003230E3"/>
     <w:rsid w:val="003236F0"/>
     <w:rsid w:val="0032496E"/>
     <w:rsid w:val="00324B85"/>
     <w:rsid w:val="003255D2"/>
     <w:rsid w:val="00326D14"/>
     <w:rsid w:val="003275D0"/>
     <w:rsid w:val="00327B1E"/>
     <w:rsid w:val="00330F22"/>
     <w:rsid w:val="00331974"/>
     <w:rsid w:val="00331ED5"/>
     <w:rsid w:val="0033434A"/>
     <w:rsid w:val="00334C15"/>
@@ -16146,98 +14761,103 @@
     <w:rsid w:val="00370679"/>
     <w:rsid w:val="00370E2F"/>
     <w:rsid w:val="003713F9"/>
     <w:rsid w:val="00371ECE"/>
     <w:rsid w:val="003720F5"/>
     <w:rsid w:val="00372BFF"/>
     <w:rsid w:val="003747F3"/>
     <w:rsid w:val="0037657F"/>
     <w:rsid w:val="00377B4C"/>
     <w:rsid w:val="00380531"/>
     <w:rsid w:val="00383A2A"/>
     <w:rsid w:val="00383DE7"/>
     <w:rsid w:val="00385A2F"/>
     <w:rsid w:val="00385F3D"/>
     <w:rsid w:val="00386605"/>
     <w:rsid w:val="003867B2"/>
     <w:rsid w:val="00387AA0"/>
     <w:rsid w:val="003911CF"/>
     <w:rsid w:val="00391B33"/>
     <w:rsid w:val="00393009"/>
     <w:rsid w:val="0039348B"/>
     <w:rsid w:val="00393841"/>
     <w:rsid w:val="003944F6"/>
     <w:rsid w:val="003945F5"/>
     <w:rsid w:val="00394F35"/>
+    <w:rsid w:val="00395C44"/>
     <w:rsid w:val="003967CA"/>
     <w:rsid w:val="00397178"/>
     <w:rsid w:val="00397A2B"/>
     <w:rsid w:val="003A00DA"/>
     <w:rsid w:val="003A044D"/>
     <w:rsid w:val="003A10FD"/>
+    <w:rsid w:val="003A171C"/>
     <w:rsid w:val="003A29E6"/>
     <w:rsid w:val="003A33C4"/>
+    <w:rsid w:val="003A3C12"/>
     <w:rsid w:val="003A3CD0"/>
     <w:rsid w:val="003A405A"/>
     <w:rsid w:val="003A676A"/>
     <w:rsid w:val="003A6BE8"/>
     <w:rsid w:val="003A7521"/>
     <w:rsid w:val="003A77B8"/>
     <w:rsid w:val="003B3232"/>
     <w:rsid w:val="003B3AE5"/>
     <w:rsid w:val="003B418D"/>
     <w:rsid w:val="003B433E"/>
     <w:rsid w:val="003B4FEB"/>
     <w:rsid w:val="003B519F"/>
     <w:rsid w:val="003B62CA"/>
     <w:rsid w:val="003B7EBB"/>
     <w:rsid w:val="003C0694"/>
     <w:rsid w:val="003C100E"/>
     <w:rsid w:val="003C267A"/>
     <w:rsid w:val="003C300C"/>
     <w:rsid w:val="003C3787"/>
     <w:rsid w:val="003C3F01"/>
     <w:rsid w:val="003C3FDA"/>
     <w:rsid w:val="003C46D4"/>
     <w:rsid w:val="003C525A"/>
     <w:rsid w:val="003C5759"/>
     <w:rsid w:val="003C586B"/>
     <w:rsid w:val="003C6E43"/>
     <w:rsid w:val="003C70A5"/>
     <w:rsid w:val="003C7715"/>
     <w:rsid w:val="003D019C"/>
+    <w:rsid w:val="003D05CA"/>
     <w:rsid w:val="003D1645"/>
     <w:rsid w:val="003D1BBB"/>
     <w:rsid w:val="003D3187"/>
     <w:rsid w:val="003D33D2"/>
     <w:rsid w:val="003D351A"/>
     <w:rsid w:val="003D3B9C"/>
     <w:rsid w:val="003D3C86"/>
     <w:rsid w:val="003D5317"/>
     <w:rsid w:val="003D7C5A"/>
     <w:rsid w:val="003D7F22"/>
     <w:rsid w:val="003E08E8"/>
+    <w:rsid w:val="003E11E7"/>
     <w:rsid w:val="003E121D"/>
     <w:rsid w:val="003E13E6"/>
     <w:rsid w:val="003E2C09"/>
     <w:rsid w:val="003E2EDB"/>
     <w:rsid w:val="003E3319"/>
     <w:rsid w:val="003E35D4"/>
     <w:rsid w:val="003E3E1A"/>
     <w:rsid w:val="003E431F"/>
     <w:rsid w:val="003E4556"/>
     <w:rsid w:val="003E5016"/>
     <w:rsid w:val="003E671B"/>
     <w:rsid w:val="003F0216"/>
     <w:rsid w:val="003F0371"/>
     <w:rsid w:val="003F0E11"/>
     <w:rsid w:val="003F1AA6"/>
     <w:rsid w:val="003F1FF0"/>
     <w:rsid w:val="003F3D4A"/>
     <w:rsid w:val="003F4C05"/>
     <w:rsid w:val="003F58A2"/>
     <w:rsid w:val="003F596D"/>
     <w:rsid w:val="003F5D3C"/>
     <w:rsid w:val="003F5ED9"/>
     <w:rsid w:val="003F6D20"/>
     <w:rsid w:val="003F7D6D"/>
     <w:rsid w:val="004003C7"/>
@@ -16303,95 +14923,101 @@
     <w:rsid w:val="0046284A"/>
     <w:rsid w:val="00463B30"/>
     <w:rsid w:val="00464964"/>
     <w:rsid w:val="00466230"/>
     <w:rsid w:val="0046639E"/>
     <w:rsid w:val="00466674"/>
     <w:rsid w:val="004671BC"/>
     <w:rsid w:val="004704CC"/>
     <w:rsid w:val="004716B4"/>
     <w:rsid w:val="0047219D"/>
     <w:rsid w:val="00474A09"/>
     <w:rsid w:val="00474E63"/>
     <w:rsid w:val="00474F72"/>
     <w:rsid w:val="00475D24"/>
     <w:rsid w:val="0048064A"/>
     <w:rsid w:val="00480932"/>
     <w:rsid w:val="00481C2D"/>
     <w:rsid w:val="004824CF"/>
     <w:rsid w:val="004834A2"/>
     <w:rsid w:val="00483D66"/>
     <w:rsid w:val="00484B9E"/>
     <w:rsid w:val="00484E8C"/>
     <w:rsid w:val="004869EE"/>
     <w:rsid w:val="00487A7C"/>
     <w:rsid w:val="00487ABB"/>
+    <w:rsid w:val="0049073E"/>
     <w:rsid w:val="00492379"/>
     <w:rsid w:val="00493A5B"/>
     <w:rsid w:val="004958B4"/>
     <w:rsid w:val="0049727E"/>
     <w:rsid w:val="00497A56"/>
     <w:rsid w:val="00497EB8"/>
     <w:rsid w:val="004A0286"/>
     <w:rsid w:val="004A067A"/>
     <w:rsid w:val="004A06C4"/>
     <w:rsid w:val="004A1C1C"/>
     <w:rsid w:val="004A3129"/>
     <w:rsid w:val="004A35DE"/>
     <w:rsid w:val="004A4B0D"/>
     <w:rsid w:val="004A6219"/>
     <w:rsid w:val="004A6BC5"/>
     <w:rsid w:val="004A7184"/>
     <w:rsid w:val="004A7EC5"/>
     <w:rsid w:val="004B0582"/>
     <w:rsid w:val="004B06C8"/>
     <w:rsid w:val="004B3E9E"/>
     <w:rsid w:val="004B49E4"/>
     <w:rsid w:val="004B5851"/>
     <w:rsid w:val="004B5B5E"/>
     <w:rsid w:val="004B77B6"/>
     <w:rsid w:val="004C05FB"/>
     <w:rsid w:val="004C0C72"/>
     <w:rsid w:val="004C1BC7"/>
     <w:rsid w:val="004C1D9D"/>
     <w:rsid w:val="004C2D2F"/>
     <w:rsid w:val="004C5428"/>
+    <w:rsid w:val="004C5D30"/>
     <w:rsid w:val="004C77E7"/>
     <w:rsid w:val="004D05B0"/>
     <w:rsid w:val="004D0EDC"/>
+    <w:rsid w:val="004D46FB"/>
     <w:rsid w:val="004D5041"/>
     <w:rsid w:val="004D66FF"/>
     <w:rsid w:val="004D69B1"/>
+    <w:rsid w:val="004E0733"/>
     <w:rsid w:val="004E216A"/>
+    <w:rsid w:val="004E3D3F"/>
     <w:rsid w:val="004E3F67"/>
     <w:rsid w:val="004E508B"/>
     <w:rsid w:val="004F1450"/>
     <w:rsid w:val="004F22FE"/>
     <w:rsid w:val="004F30D6"/>
     <w:rsid w:val="004F376D"/>
     <w:rsid w:val="004F496B"/>
     <w:rsid w:val="004F4B2E"/>
+    <w:rsid w:val="004F555F"/>
     <w:rsid w:val="004F565B"/>
     <w:rsid w:val="004F5730"/>
     <w:rsid w:val="004F67FC"/>
     <w:rsid w:val="004F6952"/>
     <w:rsid w:val="00500997"/>
     <w:rsid w:val="00501610"/>
     <w:rsid w:val="005020A1"/>
     <w:rsid w:val="005024C4"/>
     <w:rsid w:val="00502C42"/>
     <w:rsid w:val="005034D8"/>
     <w:rsid w:val="00503BD4"/>
     <w:rsid w:val="00504CAA"/>
     <w:rsid w:val="0050523C"/>
     <w:rsid w:val="00505B56"/>
     <w:rsid w:val="00506223"/>
     <w:rsid w:val="00506586"/>
     <w:rsid w:val="005101C8"/>
     <w:rsid w:val="00512231"/>
     <w:rsid w:val="00512ECA"/>
     <w:rsid w:val="0051345E"/>
     <w:rsid w:val="00513A76"/>
     <w:rsid w:val="00513FD7"/>
     <w:rsid w:val="005160B2"/>
     <w:rsid w:val="005160D1"/>
     <w:rsid w:val="00516506"/>
@@ -16399,221 +15025,233 @@
     <w:rsid w:val="00517547"/>
     <w:rsid w:val="005175C7"/>
     <w:rsid w:val="005175DB"/>
     <w:rsid w:val="005177A5"/>
     <w:rsid w:val="00517893"/>
     <w:rsid w:val="00517A82"/>
     <w:rsid w:val="00520509"/>
     <w:rsid w:val="0052396B"/>
     <w:rsid w:val="00523DCF"/>
     <w:rsid w:val="00526315"/>
     <w:rsid w:val="00526962"/>
     <w:rsid w:val="00527611"/>
     <w:rsid w:val="00527F6B"/>
     <w:rsid w:val="00530315"/>
     <w:rsid w:val="00530589"/>
     <w:rsid w:val="00530A7C"/>
     <w:rsid w:val="00532674"/>
     <w:rsid w:val="0053299D"/>
     <w:rsid w:val="00533510"/>
     <w:rsid w:val="005361E4"/>
     <w:rsid w:val="005368A6"/>
     <w:rsid w:val="00536CCC"/>
     <w:rsid w:val="00536E2D"/>
     <w:rsid w:val="00537845"/>
     <w:rsid w:val="00537C2C"/>
+    <w:rsid w:val="00540289"/>
     <w:rsid w:val="00540572"/>
+    <w:rsid w:val="0054065E"/>
     <w:rsid w:val="00540CDE"/>
     <w:rsid w:val="005414A7"/>
     <w:rsid w:val="00541A35"/>
     <w:rsid w:val="005423E7"/>
     <w:rsid w:val="00542494"/>
     <w:rsid w:val="0054289C"/>
     <w:rsid w:val="00545F42"/>
     <w:rsid w:val="00546828"/>
     <w:rsid w:val="00550076"/>
+    <w:rsid w:val="005509D2"/>
     <w:rsid w:val="00550A17"/>
     <w:rsid w:val="00553619"/>
     <w:rsid w:val="00555054"/>
     <w:rsid w:val="0055527A"/>
     <w:rsid w:val="00555281"/>
     <w:rsid w:val="00555B17"/>
     <w:rsid w:val="00557C01"/>
     <w:rsid w:val="005614C1"/>
     <w:rsid w:val="00561E65"/>
     <w:rsid w:val="005627F7"/>
+    <w:rsid w:val="00563529"/>
     <w:rsid w:val="00563C9F"/>
     <w:rsid w:val="005678B1"/>
     <w:rsid w:val="00572AC0"/>
     <w:rsid w:val="0057326C"/>
     <w:rsid w:val="00573552"/>
     <w:rsid w:val="005764F3"/>
     <w:rsid w:val="0057773D"/>
     <w:rsid w:val="00581D1E"/>
     <w:rsid w:val="00583A17"/>
     <w:rsid w:val="005840C5"/>
     <w:rsid w:val="0058508C"/>
     <w:rsid w:val="005851D8"/>
     <w:rsid w:val="005852DA"/>
     <w:rsid w:val="00585E37"/>
     <w:rsid w:val="00586830"/>
     <w:rsid w:val="00590AAA"/>
+    <w:rsid w:val="00591911"/>
     <w:rsid w:val="00593010"/>
     <w:rsid w:val="00593626"/>
     <w:rsid w:val="00594447"/>
     <w:rsid w:val="0059454A"/>
     <w:rsid w:val="0059570C"/>
     <w:rsid w:val="00595C7D"/>
     <w:rsid w:val="00596F23"/>
     <w:rsid w:val="00597413"/>
     <w:rsid w:val="0059749D"/>
     <w:rsid w:val="005A00A1"/>
     <w:rsid w:val="005A044B"/>
     <w:rsid w:val="005A0725"/>
     <w:rsid w:val="005A14F0"/>
     <w:rsid w:val="005A366C"/>
     <w:rsid w:val="005A40F4"/>
     <w:rsid w:val="005A4634"/>
     <w:rsid w:val="005A4E87"/>
     <w:rsid w:val="005A50CE"/>
     <w:rsid w:val="005A7206"/>
     <w:rsid w:val="005A7285"/>
     <w:rsid w:val="005B02C2"/>
+    <w:rsid w:val="005B0678"/>
     <w:rsid w:val="005B069B"/>
     <w:rsid w:val="005B1209"/>
     <w:rsid w:val="005B29C5"/>
     <w:rsid w:val="005B2E20"/>
     <w:rsid w:val="005B2F35"/>
     <w:rsid w:val="005B3805"/>
+    <w:rsid w:val="005B5ED6"/>
     <w:rsid w:val="005B6122"/>
     <w:rsid w:val="005C00E2"/>
     <w:rsid w:val="005C06F0"/>
     <w:rsid w:val="005C2575"/>
     <w:rsid w:val="005C2999"/>
     <w:rsid w:val="005C375D"/>
     <w:rsid w:val="005C6019"/>
     <w:rsid w:val="005C69AF"/>
     <w:rsid w:val="005C748C"/>
     <w:rsid w:val="005C74C5"/>
     <w:rsid w:val="005C7576"/>
     <w:rsid w:val="005D200E"/>
     <w:rsid w:val="005D3047"/>
     <w:rsid w:val="005D4715"/>
     <w:rsid w:val="005D5347"/>
     <w:rsid w:val="005D58ED"/>
     <w:rsid w:val="005E0254"/>
     <w:rsid w:val="005E0EF1"/>
     <w:rsid w:val="005E257B"/>
     <w:rsid w:val="005E2E9C"/>
     <w:rsid w:val="005E3BC9"/>
     <w:rsid w:val="005E4FED"/>
     <w:rsid w:val="005E7A2E"/>
     <w:rsid w:val="005F1436"/>
     <w:rsid w:val="005F21C8"/>
     <w:rsid w:val="005F3C0A"/>
     <w:rsid w:val="005F5BD2"/>
     <w:rsid w:val="005F61E1"/>
     <w:rsid w:val="005F7056"/>
     <w:rsid w:val="0060088C"/>
     <w:rsid w:val="00600E9B"/>
     <w:rsid w:val="006010D1"/>
     <w:rsid w:val="006018A9"/>
     <w:rsid w:val="00601D45"/>
     <w:rsid w:val="00603C42"/>
+    <w:rsid w:val="00603E4B"/>
     <w:rsid w:val="00604699"/>
     <w:rsid w:val="00604998"/>
     <w:rsid w:val="00604CAA"/>
     <w:rsid w:val="00605C7F"/>
     <w:rsid w:val="00606437"/>
     <w:rsid w:val="006101FF"/>
     <w:rsid w:val="0061022D"/>
     <w:rsid w:val="00610444"/>
     <w:rsid w:val="0061117D"/>
     <w:rsid w:val="006117CF"/>
     <w:rsid w:val="00613349"/>
     <w:rsid w:val="00613EB5"/>
     <w:rsid w:val="006143FD"/>
     <w:rsid w:val="00614962"/>
     <w:rsid w:val="006155B5"/>
     <w:rsid w:val="00615C0E"/>
     <w:rsid w:val="006169AB"/>
     <w:rsid w:val="00616F78"/>
     <w:rsid w:val="00617519"/>
     <w:rsid w:val="00620A35"/>
     <w:rsid w:val="00621CF5"/>
     <w:rsid w:val="00622C54"/>
     <w:rsid w:val="00622DAB"/>
     <w:rsid w:val="006245CC"/>
     <w:rsid w:val="00625DD8"/>
     <w:rsid w:val="00626562"/>
     <w:rsid w:val="00630CD5"/>
     <w:rsid w:val="006314DF"/>
     <w:rsid w:val="00632A4E"/>
     <w:rsid w:val="006331DC"/>
     <w:rsid w:val="00636A8A"/>
     <w:rsid w:val="00640A2C"/>
     <w:rsid w:val="00640AA6"/>
     <w:rsid w:val="00642D6C"/>
     <w:rsid w:val="00643C66"/>
     <w:rsid w:val="00644808"/>
     <w:rsid w:val="00644E9E"/>
     <w:rsid w:val="006457B9"/>
     <w:rsid w:val="006502AB"/>
     <w:rsid w:val="006508D7"/>
     <w:rsid w:val="0065265E"/>
     <w:rsid w:val="00652C3D"/>
     <w:rsid w:val="006530B4"/>
     <w:rsid w:val="00653F79"/>
     <w:rsid w:val="0065410C"/>
     <w:rsid w:val="006543C0"/>
     <w:rsid w:val="00656110"/>
+    <w:rsid w:val="00656763"/>
     <w:rsid w:val="00656D67"/>
     <w:rsid w:val="00657707"/>
     <w:rsid w:val="00657A77"/>
     <w:rsid w:val="006630DF"/>
     <w:rsid w:val="00665AFD"/>
     <w:rsid w:val="00666827"/>
     <w:rsid w:val="00670A2D"/>
     <w:rsid w:val="00670D9C"/>
     <w:rsid w:val="00670EE2"/>
+    <w:rsid w:val="006718EC"/>
     <w:rsid w:val="00671B59"/>
     <w:rsid w:val="006722FC"/>
     <w:rsid w:val="00672A24"/>
     <w:rsid w:val="0067312D"/>
     <w:rsid w:val="0067357A"/>
     <w:rsid w:val="006748AE"/>
     <w:rsid w:val="0067495D"/>
     <w:rsid w:val="00674EE5"/>
     <w:rsid w:val="00674F84"/>
     <w:rsid w:val="00675135"/>
     <w:rsid w:val="00676491"/>
     <w:rsid w:val="00676623"/>
     <w:rsid w:val="006769C2"/>
     <w:rsid w:val="00677078"/>
     <w:rsid w:val="00677995"/>
     <w:rsid w:val="00677A00"/>
+    <w:rsid w:val="00680228"/>
     <w:rsid w:val="00680F26"/>
+    <w:rsid w:val="0068218C"/>
     <w:rsid w:val="00682E14"/>
     <w:rsid w:val="00683C1C"/>
     <w:rsid w:val="00684020"/>
     <w:rsid w:val="00685A3E"/>
     <w:rsid w:val="00686BBB"/>
     <w:rsid w:val="0068740F"/>
     <w:rsid w:val="00687424"/>
     <w:rsid w:val="00687A75"/>
     <w:rsid w:val="00690418"/>
     <w:rsid w:val="00691B39"/>
     <w:rsid w:val="00692F08"/>
     <w:rsid w:val="00693433"/>
     <w:rsid w:val="00695346"/>
     <w:rsid w:val="00695A2F"/>
     <w:rsid w:val="006972A4"/>
     <w:rsid w:val="006A0D31"/>
     <w:rsid w:val="006A1687"/>
     <w:rsid w:val="006A1846"/>
     <w:rsid w:val="006A2D68"/>
     <w:rsid w:val="006A2FD3"/>
     <w:rsid w:val="006A35C4"/>
     <w:rsid w:val="006A4489"/>
     <w:rsid w:val="006A4B53"/>
     <w:rsid w:val="006A4F59"/>
     <w:rsid w:val="006A56E8"/>
@@ -16625,234 +15263,246 @@
     <w:rsid w:val="006B0FD3"/>
     <w:rsid w:val="006B135A"/>
     <w:rsid w:val="006B1D9A"/>
     <w:rsid w:val="006B1FD0"/>
     <w:rsid w:val="006B362C"/>
     <w:rsid w:val="006B37A1"/>
     <w:rsid w:val="006B4C07"/>
     <w:rsid w:val="006B5310"/>
     <w:rsid w:val="006B55F5"/>
     <w:rsid w:val="006B7A93"/>
     <w:rsid w:val="006B7F2F"/>
     <w:rsid w:val="006C0064"/>
     <w:rsid w:val="006C1361"/>
     <w:rsid w:val="006C1A9F"/>
     <w:rsid w:val="006C2029"/>
     <w:rsid w:val="006C2850"/>
     <w:rsid w:val="006C2E06"/>
     <w:rsid w:val="006C2F8B"/>
     <w:rsid w:val="006C39FE"/>
     <w:rsid w:val="006C3A9E"/>
     <w:rsid w:val="006C3EFA"/>
     <w:rsid w:val="006C4DB6"/>
     <w:rsid w:val="006C4E0F"/>
     <w:rsid w:val="006C5084"/>
     <w:rsid w:val="006C5445"/>
+    <w:rsid w:val="006C79CF"/>
     <w:rsid w:val="006D1777"/>
     <w:rsid w:val="006D1ACF"/>
     <w:rsid w:val="006D28E6"/>
     <w:rsid w:val="006D39F4"/>
     <w:rsid w:val="006D42BE"/>
     <w:rsid w:val="006D52DC"/>
     <w:rsid w:val="006D531C"/>
     <w:rsid w:val="006D5B80"/>
     <w:rsid w:val="006D5E8F"/>
     <w:rsid w:val="006E2208"/>
     <w:rsid w:val="006E2E4D"/>
     <w:rsid w:val="006E39BA"/>
     <w:rsid w:val="006E513E"/>
     <w:rsid w:val="006E7969"/>
     <w:rsid w:val="006F04D1"/>
+    <w:rsid w:val="006F1138"/>
     <w:rsid w:val="006F17BB"/>
     <w:rsid w:val="006F2907"/>
     <w:rsid w:val="006F2EE0"/>
     <w:rsid w:val="006F3284"/>
     <w:rsid w:val="006F3847"/>
     <w:rsid w:val="006F4793"/>
     <w:rsid w:val="006F4B4F"/>
     <w:rsid w:val="006F54BE"/>
     <w:rsid w:val="006F58CB"/>
     <w:rsid w:val="006F5D40"/>
     <w:rsid w:val="006F6ECE"/>
     <w:rsid w:val="006F70DE"/>
     <w:rsid w:val="006F73CC"/>
     <w:rsid w:val="006F771A"/>
     <w:rsid w:val="006F77A9"/>
     <w:rsid w:val="007006FE"/>
     <w:rsid w:val="007007AB"/>
     <w:rsid w:val="007008C4"/>
     <w:rsid w:val="00703100"/>
     <w:rsid w:val="00703890"/>
+    <w:rsid w:val="00704675"/>
     <w:rsid w:val="0070553E"/>
     <w:rsid w:val="00706297"/>
     <w:rsid w:val="00711421"/>
     <w:rsid w:val="00711F3A"/>
     <w:rsid w:val="007128CC"/>
     <w:rsid w:val="00714781"/>
     <w:rsid w:val="00714B39"/>
     <w:rsid w:val="00714B41"/>
     <w:rsid w:val="00716CA4"/>
     <w:rsid w:val="00716F63"/>
     <w:rsid w:val="00717B8D"/>
     <w:rsid w:val="00717DC7"/>
     <w:rsid w:val="00720562"/>
     <w:rsid w:val="00722B1B"/>
     <w:rsid w:val="00722D1C"/>
     <w:rsid w:val="007237C4"/>
     <w:rsid w:val="00723EA6"/>
     <w:rsid w:val="0072771F"/>
     <w:rsid w:val="00727720"/>
     <w:rsid w:val="00727FB8"/>
     <w:rsid w:val="007300E4"/>
     <w:rsid w:val="00732DED"/>
     <w:rsid w:val="007335AE"/>
     <w:rsid w:val="00733E26"/>
     <w:rsid w:val="00733ECA"/>
     <w:rsid w:val="007354AD"/>
     <w:rsid w:val="007357C0"/>
     <w:rsid w:val="007433A3"/>
     <w:rsid w:val="00744404"/>
     <w:rsid w:val="00745802"/>
     <w:rsid w:val="00745AC9"/>
+    <w:rsid w:val="00745C91"/>
     <w:rsid w:val="00745F21"/>
     <w:rsid w:val="00747B8B"/>
     <w:rsid w:val="00747D8B"/>
     <w:rsid w:val="00752F81"/>
     <w:rsid w:val="007532B6"/>
     <w:rsid w:val="00753DA1"/>
     <w:rsid w:val="00756019"/>
     <w:rsid w:val="00756E5C"/>
     <w:rsid w:val="00756F84"/>
     <w:rsid w:val="00757B9C"/>
     <w:rsid w:val="00760ADA"/>
     <w:rsid w:val="0076107A"/>
     <w:rsid w:val="007621BA"/>
     <w:rsid w:val="007645B4"/>
     <w:rsid w:val="00764AB3"/>
     <w:rsid w:val="007654C8"/>
     <w:rsid w:val="00765B45"/>
     <w:rsid w:val="00770C87"/>
     <w:rsid w:val="00771147"/>
     <w:rsid w:val="00771934"/>
     <w:rsid w:val="00771E67"/>
     <w:rsid w:val="00772E3D"/>
     <w:rsid w:val="00775CFB"/>
     <w:rsid w:val="007770DF"/>
     <w:rsid w:val="007772ED"/>
     <w:rsid w:val="007774D9"/>
     <w:rsid w:val="00780B84"/>
     <w:rsid w:val="00780F32"/>
     <w:rsid w:val="007812E8"/>
     <w:rsid w:val="00782950"/>
     <w:rsid w:val="007848A6"/>
+    <w:rsid w:val="00785144"/>
+    <w:rsid w:val="00785BF0"/>
     <w:rsid w:val="00785C44"/>
     <w:rsid w:val="00785FB0"/>
     <w:rsid w:val="007862A6"/>
     <w:rsid w:val="00786302"/>
     <w:rsid w:val="007873A4"/>
     <w:rsid w:val="00790538"/>
     <w:rsid w:val="0079146A"/>
     <w:rsid w:val="00791914"/>
     <w:rsid w:val="007924BC"/>
     <w:rsid w:val="00792B68"/>
     <w:rsid w:val="00792ED8"/>
     <w:rsid w:val="00793125"/>
     <w:rsid w:val="00793E9C"/>
     <w:rsid w:val="00795C91"/>
+    <w:rsid w:val="00795FA6"/>
     <w:rsid w:val="00796B10"/>
     <w:rsid w:val="007977B1"/>
     <w:rsid w:val="00797C8C"/>
     <w:rsid w:val="007A0C91"/>
+    <w:rsid w:val="007A0CC1"/>
     <w:rsid w:val="007A29F8"/>
     <w:rsid w:val="007A34E7"/>
     <w:rsid w:val="007A3A2D"/>
     <w:rsid w:val="007A47B7"/>
     <w:rsid w:val="007A4E5E"/>
     <w:rsid w:val="007A528A"/>
     <w:rsid w:val="007A5BB8"/>
     <w:rsid w:val="007A6C06"/>
     <w:rsid w:val="007B0154"/>
     <w:rsid w:val="007B23C4"/>
     <w:rsid w:val="007B2D74"/>
     <w:rsid w:val="007B2EB0"/>
     <w:rsid w:val="007B32A8"/>
+    <w:rsid w:val="007B3CCD"/>
     <w:rsid w:val="007B4819"/>
     <w:rsid w:val="007B497F"/>
     <w:rsid w:val="007B659C"/>
     <w:rsid w:val="007B7970"/>
     <w:rsid w:val="007C061C"/>
     <w:rsid w:val="007C074B"/>
     <w:rsid w:val="007C09D0"/>
     <w:rsid w:val="007C0A47"/>
     <w:rsid w:val="007C366C"/>
     <w:rsid w:val="007C36F5"/>
     <w:rsid w:val="007C3AFC"/>
     <w:rsid w:val="007C3EBC"/>
     <w:rsid w:val="007C4A1A"/>
     <w:rsid w:val="007C4A1D"/>
     <w:rsid w:val="007C61E2"/>
     <w:rsid w:val="007C66A7"/>
     <w:rsid w:val="007C68C2"/>
     <w:rsid w:val="007C6CDA"/>
     <w:rsid w:val="007D0193"/>
     <w:rsid w:val="007D2EBA"/>
     <w:rsid w:val="007D51FA"/>
     <w:rsid w:val="007D69A3"/>
     <w:rsid w:val="007D7E14"/>
     <w:rsid w:val="007E0014"/>
     <w:rsid w:val="007E05C7"/>
     <w:rsid w:val="007E20DF"/>
     <w:rsid w:val="007E2ADE"/>
     <w:rsid w:val="007E305A"/>
     <w:rsid w:val="007E3734"/>
     <w:rsid w:val="007E3FCF"/>
     <w:rsid w:val="007E5A59"/>
     <w:rsid w:val="007E7167"/>
     <w:rsid w:val="007F00AE"/>
     <w:rsid w:val="007F00C3"/>
     <w:rsid w:val="007F1809"/>
     <w:rsid w:val="007F43D3"/>
     <w:rsid w:val="007F4529"/>
     <w:rsid w:val="007F55A1"/>
     <w:rsid w:val="008017E3"/>
     <w:rsid w:val="008017EE"/>
     <w:rsid w:val="00801C2A"/>
     <w:rsid w:val="00801D7A"/>
     <w:rsid w:val="008029E8"/>
     <w:rsid w:val="00802F30"/>
     <w:rsid w:val="0080382A"/>
+    <w:rsid w:val="00803E76"/>
     <w:rsid w:val="00804427"/>
     <w:rsid w:val="008044D2"/>
     <w:rsid w:val="00804834"/>
     <w:rsid w:val="008057E4"/>
     <w:rsid w:val="00806DF5"/>
     <w:rsid w:val="00807CE7"/>
     <w:rsid w:val="00807DD6"/>
     <w:rsid w:val="00810A5D"/>
     <w:rsid w:val="00811FA9"/>
     <w:rsid w:val="00813DF3"/>
+    <w:rsid w:val="0081446C"/>
     <w:rsid w:val="0081469B"/>
+    <w:rsid w:val="008176B5"/>
     <w:rsid w:val="008177B9"/>
     <w:rsid w:val="00817DCF"/>
     <w:rsid w:val="00820EC4"/>
     <w:rsid w:val="00821876"/>
     <w:rsid w:val="00821ABD"/>
     <w:rsid w:val="008226A5"/>
     <w:rsid w:val="008238F7"/>
     <w:rsid w:val="0082458F"/>
     <w:rsid w:val="00826257"/>
     <w:rsid w:val="00826461"/>
     <w:rsid w:val="00827353"/>
     <w:rsid w:val="008314A5"/>
     <w:rsid w:val="0083375E"/>
     <w:rsid w:val="00833C00"/>
     <w:rsid w:val="00833E0C"/>
     <w:rsid w:val="0083626D"/>
     <w:rsid w:val="00836569"/>
     <w:rsid w:val="00837F69"/>
     <w:rsid w:val="00841E1F"/>
     <w:rsid w:val="00842EC1"/>
     <w:rsid w:val="00847B5A"/>
     <w:rsid w:val="00847D3E"/>
     <w:rsid w:val="008502E6"/>
     <w:rsid w:val="00852478"/>
     <w:rsid w:val="00852999"/>
@@ -16889,173 +15539,181 @@
     <w:rsid w:val="0088131B"/>
     <w:rsid w:val="00881CF7"/>
     <w:rsid w:val="008825A9"/>
     <w:rsid w:val="00882928"/>
     <w:rsid w:val="00884688"/>
     <w:rsid w:val="00884AE7"/>
     <w:rsid w:val="0088500D"/>
     <w:rsid w:val="008859C5"/>
     <w:rsid w:val="008861C8"/>
     <w:rsid w:val="00887821"/>
     <w:rsid w:val="00887871"/>
     <w:rsid w:val="0088791C"/>
     <w:rsid w:val="00887C11"/>
     <w:rsid w:val="00887F10"/>
     <w:rsid w:val="00890169"/>
     <w:rsid w:val="008905EE"/>
     <w:rsid w:val="00890C35"/>
     <w:rsid w:val="00890FE3"/>
     <w:rsid w:val="00893F81"/>
     <w:rsid w:val="00894338"/>
     <w:rsid w:val="00895232"/>
     <w:rsid w:val="00895362"/>
     <w:rsid w:val="0089627A"/>
     <w:rsid w:val="008976CB"/>
     <w:rsid w:val="008A00B0"/>
+    <w:rsid w:val="008A09E5"/>
     <w:rsid w:val="008A19C8"/>
     <w:rsid w:val="008A1D6C"/>
     <w:rsid w:val="008A31EE"/>
     <w:rsid w:val="008A3BB1"/>
+    <w:rsid w:val="008A4150"/>
     <w:rsid w:val="008A4969"/>
     <w:rsid w:val="008A4D92"/>
     <w:rsid w:val="008A5266"/>
     <w:rsid w:val="008A6513"/>
     <w:rsid w:val="008A6BA6"/>
     <w:rsid w:val="008B1000"/>
     <w:rsid w:val="008B124C"/>
     <w:rsid w:val="008B28D1"/>
+    <w:rsid w:val="008B2AE8"/>
     <w:rsid w:val="008B32E8"/>
     <w:rsid w:val="008B3513"/>
     <w:rsid w:val="008B4807"/>
     <w:rsid w:val="008B5977"/>
+    <w:rsid w:val="008B752E"/>
     <w:rsid w:val="008B7D9F"/>
     <w:rsid w:val="008C12E9"/>
     <w:rsid w:val="008C1397"/>
     <w:rsid w:val="008C1B49"/>
     <w:rsid w:val="008C233F"/>
     <w:rsid w:val="008C373C"/>
     <w:rsid w:val="008C3C60"/>
     <w:rsid w:val="008C4F7E"/>
     <w:rsid w:val="008C5E78"/>
     <w:rsid w:val="008C687D"/>
     <w:rsid w:val="008D0D60"/>
     <w:rsid w:val="008D1397"/>
     <w:rsid w:val="008D1E0A"/>
     <w:rsid w:val="008D276A"/>
     <w:rsid w:val="008D2D72"/>
     <w:rsid w:val="008D3872"/>
     <w:rsid w:val="008D4DDD"/>
     <w:rsid w:val="008D57EC"/>
+    <w:rsid w:val="008D6EBE"/>
     <w:rsid w:val="008D7F60"/>
     <w:rsid w:val="008E29AA"/>
     <w:rsid w:val="008E2E6E"/>
     <w:rsid w:val="008E34F3"/>
     <w:rsid w:val="008E44E2"/>
     <w:rsid w:val="008E52D4"/>
     <w:rsid w:val="008E535F"/>
     <w:rsid w:val="008E6B1B"/>
     <w:rsid w:val="008E6D14"/>
     <w:rsid w:val="008E71B7"/>
     <w:rsid w:val="008E759A"/>
     <w:rsid w:val="008E79BD"/>
     <w:rsid w:val="008E7DF0"/>
     <w:rsid w:val="008F0401"/>
     <w:rsid w:val="008F0696"/>
     <w:rsid w:val="008F2730"/>
     <w:rsid w:val="008F29FD"/>
     <w:rsid w:val="008F3A52"/>
     <w:rsid w:val="008F44EB"/>
     <w:rsid w:val="008F4A9F"/>
     <w:rsid w:val="008F559B"/>
     <w:rsid w:val="008F7CD9"/>
     <w:rsid w:val="008F7DD6"/>
     <w:rsid w:val="00902AF4"/>
     <w:rsid w:val="009059A5"/>
     <w:rsid w:val="0090600B"/>
     <w:rsid w:val="009060C4"/>
     <w:rsid w:val="00906EC3"/>
     <w:rsid w:val="00912518"/>
     <w:rsid w:val="00912C22"/>
     <w:rsid w:val="00913865"/>
     <w:rsid w:val="009151F1"/>
     <w:rsid w:val="00915E84"/>
     <w:rsid w:val="0091647C"/>
     <w:rsid w:val="009202C5"/>
     <w:rsid w:val="00920E39"/>
     <w:rsid w:val="009215CC"/>
     <w:rsid w:val="00923464"/>
     <w:rsid w:val="00924155"/>
     <w:rsid w:val="009256FB"/>
     <w:rsid w:val="009257A2"/>
     <w:rsid w:val="009306CC"/>
     <w:rsid w:val="00930FE7"/>
     <w:rsid w:val="00931123"/>
     <w:rsid w:val="0093276C"/>
     <w:rsid w:val="0093308F"/>
     <w:rsid w:val="009330D4"/>
+    <w:rsid w:val="00934A93"/>
     <w:rsid w:val="009371C8"/>
     <w:rsid w:val="009373B3"/>
     <w:rsid w:val="00940D6C"/>
     <w:rsid w:val="009411F7"/>
     <w:rsid w:val="00942631"/>
     <w:rsid w:val="009445B0"/>
     <w:rsid w:val="00944FE2"/>
     <w:rsid w:val="009465A1"/>
     <w:rsid w:val="00946A46"/>
     <w:rsid w:val="00946F89"/>
     <w:rsid w:val="0094720A"/>
     <w:rsid w:val="00952BE2"/>
     <w:rsid w:val="00954B9A"/>
     <w:rsid w:val="00954D34"/>
     <w:rsid w:val="0095510B"/>
     <w:rsid w:val="00955743"/>
+    <w:rsid w:val="00956117"/>
     <w:rsid w:val="00956F18"/>
     <w:rsid w:val="00957437"/>
     <w:rsid w:val="0096051F"/>
     <w:rsid w:val="009630FE"/>
     <w:rsid w:val="0096449A"/>
     <w:rsid w:val="009649D0"/>
     <w:rsid w:val="00965702"/>
     <w:rsid w:val="00965BB0"/>
     <w:rsid w:val="0096661A"/>
     <w:rsid w:val="0096676A"/>
     <w:rsid w:val="009670FB"/>
     <w:rsid w:val="009672EB"/>
     <w:rsid w:val="0096786F"/>
     <w:rsid w:val="009703DB"/>
     <w:rsid w:val="00970652"/>
     <w:rsid w:val="00970E97"/>
     <w:rsid w:val="00971A60"/>
     <w:rsid w:val="00971AB8"/>
     <w:rsid w:val="0097292B"/>
     <w:rsid w:val="00972D3A"/>
     <w:rsid w:val="009740B1"/>
     <w:rsid w:val="00975B3C"/>
     <w:rsid w:val="00975BE9"/>
     <w:rsid w:val="0097672C"/>
     <w:rsid w:val="00977291"/>
     <w:rsid w:val="00977380"/>
+    <w:rsid w:val="00980622"/>
     <w:rsid w:val="00980639"/>
     <w:rsid w:val="0098395A"/>
     <w:rsid w:val="009853AE"/>
     <w:rsid w:val="00985B90"/>
     <w:rsid w:val="00985C4D"/>
     <w:rsid w:val="00986224"/>
     <w:rsid w:val="00986764"/>
     <w:rsid w:val="00986A49"/>
     <w:rsid w:val="0098708A"/>
     <w:rsid w:val="009908EB"/>
     <w:rsid w:val="00990AB9"/>
     <w:rsid w:val="00992918"/>
     <w:rsid w:val="00993FBD"/>
     <w:rsid w:val="00994123"/>
     <w:rsid w:val="00994810"/>
     <w:rsid w:val="00994994"/>
     <w:rsid w:val="009953DB"/>
     <w:rsid w:val="00995525"/>
     <w:rsid w:val="0099613F"/>
     <w:rsid w:val="00996259"/>
     <w:rsid w:val="009972A4"/>
     <w:rsid w:val="009A0C38"/>
     <w:rsid w:val="009A0C93"/>
     <w:rsid w:val="009A18DF"/>
     <w:rsid w:val="009A1B0A"/>
@@ -17082,55 +15740,58 @@
     <w:rsid w:val="009C3CCB"/>
     <w:rsid w:val="009C62E9"/>
     <w:rsid w:val="009C65AE"/>
     <w:rsid w:val="009C6BDD"/>
     <w:rsid w:val="009D078D"/>
     <w:rsid w:val="009D17E4"/>
     <w:rsid w:val="009D17F6"/>
     <w:rsid w:val="009D1884"/>
     <w:rsid w:val="009D30A1"/>
     <w:rsid w:val="009D49E1"/>
     <w:rsid w:val="009D5388"/>
     <w:rsid w:val="009D5A35"/>
     <w:rsid w:val="009D62AC"/>
     <w:rsid w:val="009D666A"/>
     <w:rsid w:val="009D7725"/>
     <w:rsid w:val="009E16CF"/>
     <w:rsid w:val="009E1795"/>
     <w:rsid w:val="009E2F43"/>
     <w:rsid w:val="009E55F7"/>
     <w:rsid w:val="009E5C53"/>
     <w:rsid w:val="009E720B"/>
     <w:rsid w:val="009F0322"/>
     <w:rsid w:val="009F1B95"/>
     <w:rsid w:val="009F2415"/>
     <w:rsid w:val="009F2839"/>
+    <w:rsid w:val="009F2BF5"/>
     <w:rsid w:val="009F6251"/>
     <w:rsid w:val="009F6828"/>
     <w:rsid w:val="00A015A8"/>
+    <w:rsid w:val="00A027DD"/>
     <w:rsid w:val="00A02E03"/>
     <w:rsid w:val="00A037CC"/>
+    <w:rsid w:val="00A03B2C"/>
     <w:rsid w:val="00A03BAC"/>
     <w:rsid w:val="00A04A62"/>
     <w:rsid w:val="00A07F28"/>
     <w:rsid w:val="00A103AA"/>
     <w:rsid w:val="00A10C9C"/>
     <w:rsid w:val="00A12662"/>
     <w:rsid w:val="00A132B3"/>
     <w:rsid w:val="00A137C2"/>
     <w:rsid w:val="00A13F0F"/>
     <w:rsid w:val="00A1409F"/>
     <w:rsid w:val="00A15210"/>
     <w:rsid w:val="00A16B8F"/>
     <w:rsid w:val="00A1730B"/>
     <w:rsid w:val="00A20018"/>
     <w:rsid w:val="00A2130F"/>
     <w:rsid w:val="00A22A42"/>
     <w:rsid w:val="00A25861"/>
     <w:rsid w:val="00A2645E"/>
     <w:rsid w:val="00A26B01"/>
     <w:rsid w:val="00A30698"/>
     <w:rsid w:val="00A30809"/>
     <w:rsid w:val="00A315EF"/>
     <w:rsid w:val="00A32B61"/>
     <w:rsid w:val="00A330DA"/>
     <w:rsid w:val="00A35F9A"/>
@@ -17180,72 +15841,75 @@
     <w:rsid w:val="00A77347"/>
     <w:rsid w:val="00A800E6"/>
     <w:rsid w:val="00A824D6"/>
     <w:rsid w:val="00A82E1C"/>
     <w:rsid w:val="00A83AD4"/>
     <w:rsid w:val="00A8427A"/>
     <w:rsid w:val="00A84300"/>
     <w:rsid w:val="00A847F6"/>
     <w:rsid w:val="00A85346"/>
     <w:rsid w:val="00A857F1"/>
     <w:rsid w:val="00A85CD3"/>
     <w:rsid w:val="00A85CF0"/>
     <w:rsid w:val="00A87589"/>
     <w:rsid w:val="00A90423"/>
     <w:rsid w:val="00A90989"/>
     <w:rsid w:val="00A9126F"/>
     <w:rsid w:val="00A91278"/>
     <w:rsid w:val="00A9209F"/>
     <w:rsid w:val="00A94DAD"/>
     <w:rsid w:val="00A96484"/>
     <w:rsid w:val="00A965AD"/>
     <w:rsid w:val="00A972C5"/>
     <w:rsid w:val="00A97852"/>
     <w:rsid w:val="00A97D57"/>
     <w:rsid w:val="00AA04CD"/>
+    <w:rsid w:val="00AA08DB"/>
     <w:rsid w:val="00AA0C8B"/>
     <w:rsid w:val="00AA37A2"/>
     <w:rsid w:val="00AA4382"/>
     <w:rsid w:val="00AA6066"/>
     <w:rsid w:val="00AA65FA"/>
     <w:rsid w:val="00AA7160"/>
     <w:rsid w:val="00AA737F"/>
     <w:rsid w:val="00AB0181"/>
     <w:rsid w:val="00AB02B3"/>
     <w:rsid w:val="00AB03E4"/>
     <w:rsid w:val="00AB3549"/>
     <w:rsid w:val="00AB5535"/>
     <w:rsid w:val="00AB57C7"/>
     <w:rsid w:val="00AB76D4"/>
     <w:rsid w:val="00AB7AE4"/>
     <w:rsid w:val="00AC0D9E"/>
     <w:rsid w:val="00AC1C59"/>
     <w:rsid w:val="00AC314C"/>
     <w:rsid w:val="00AC3F05"/>
+    <w:rsid w:val="00AC40D3"/>
     <w:rsid w:val="00AC4DB4"/>
     <w:rsid w:val="00AC5769"/>
     <w:rsid w:val="00AC62D7"/>
+    <w:rsid w:val="00AC6A4B"/>
     <w:rsid w:val="00AC7F25"/>
     <w:rsid w:val="00AD1E07"/>
     <w:rsid w:val="00AD2AEC"/>
     <w:rsid w:val="00AD334F"/>
     <w:rsid w:val="00AD3E94"/>
     <w:rsid w:val="00AD41A9"/>
     <w:rsid w:val="00AD47DE"/>
     <w:rsid w:val="00AD5874"/>
     <w:rsid w:val="00AD63A7"/>
     <w:rsid w:val="00AD66F6"/>
     <w:rsid w:val="00AD6736"/>
     <w:rsid w:val="00AD6A92"/>
     <w:rsid w:val="00AE0931"/>
     <w:rsid w:val="00AE1C93"/>
     <w:rsid w:val="00AE273A"/>
     <w:rsid w:val="00AE34F3"/>
     <w:rsid w:val="00AE4E7D"/>
     <w:rsid w:val="00AE5115"/>
     <w:rsid w:val="00AE595E"/>
     <w:rsid w:val="00AE5D9F"/>
     <w:rsid w:val="00AE6835"/>
     <w:rsid w:val="00AE6A3A"/>
     <w:rsid w:val="00AE7555"/>
     <w:rsid w:val="00AE7602"/>
     <w:rsid w:val="00AE7E9A"/>
@@ -17285,403 +15949,421 @@
     <w:rsid w:val="00B211E1"/>
     <w:rsid w:val="00B214C1"/>
     <w:rsid w:val="00B22C67"/>
     <w:rsid w:val="00B23D8E"/>
     <w:rsid w:val="00B24C65"/>
     <w:rsid w:val="00B25B3F"/>
     <w:rsid w:val="00B25FEE"/>
     <w:rsid w:val="00B30177"/>
     <w:rsid w:val="00B30A6B"/>
     <w:rsid w:val="00B31ABD"/>
     <w:rsid w:val="00B32467"/>
     <w:rsid w:val="00B3296D"/>
     <w:rsid w:val="00B32C5F"/>
     <w:rsid w:val="00B34AEF"/>
     <w:rsid w:val="00B34BD6"/>
     <w:rsid w:val="00B353C4"/>
     <w:rsid w:val="00B35872"/>
     <w:rsid w:val="00B36B41"/>
     <w:rsid w:val="00B37484"/>
     <w:rsid w:val="00B40260"/>
     <w:rsid w:val="00B406C5"/>
     <w:rsid w:val="00B40B44"/>
     <w:rsid w:val="00B42550"/>
     <w:rsid w:val="00B43866"/>
     <w:rsid w:val="00B44BD2"/>
+    <w:rsid w:val="00B503F3"/>
     <w:rsid w:val="00B50B30"/>
     <w:rsid w:val="00B520CE"/>
     <w:rsid w:val="00B53B10"/>
     <w:rsid w:val="00B56867"/>
     <w:rsid w:val="00B601BB"/>
     <w:rsid w:val="00B60888"/>
     <w:rsid w:val="00B62CA2"/>
     <w:rsid w:val="00B63502"/>
     <w:rsid w:val="00B63727"/>
     <w:rsid w:val="00B63BBE"/>
     <w:rsid w:val="00B63C1D"/>
     <w:rsid w:val="00B64130"/>
     <w:rsid w:val="00B64390"/>
     <w:rsid w:val="00B648AC"/>
     <w:rsid w:val="00B64A81"/>
     <w:rsid w:val="00B64C11"/>
     <w:rsid w:val="00B65A50"/>
     <w:rsid w:val="00B65DC0"/>
     <w:rsid w:val="00B662ED"/>
     <w:rsid w:val="00B668C4"/>
     <w:rsid w:val="00B7046F"/>
     <w:rsid w:val="00B707FA"/>
     <w:rsid w:val="00B72D9E"/>
     <w:rsid w:val="00B739F0"/>
+    <w:rsid w:val="00B75913"/>
     <w:rsid w:val="00B76B5E"/>
     <w:rsid w:val="00B77259"/>
     <w:rsid w:val="00B778B8"/>
     <w:rsid w:val="00B81362"/>
     <w:rsid w:val="00B82858"/>
     <w:rsid w:val="00B82F00"/>
     <w:rsid w:val="00B8369D"/>
     <w:rsid w:val="00B85BA1"/>
     <w:rsid w:val="00B86554"/>
     <w:rsid w:val="00B86B85"/>
     <w:rsid w:val="00B87605"/>
     <w:rsid w:val="00B90151"/>
     <w:rsid w:val="00B90D38"/>
     <w:rsid w:val="00B910DD"/>
     <w:rsid w:val="00B916FE"/>
     <w:rsid w:val="00B91B6A"/>
     <w:rsid w:val="00B93A3F"/>
     <w:rsid w:val="00B946AB"/>
     <w:rsid w:val="00B94909"/>
     <w:rsid w:val="00B95808"/>
     <w:rsid w:val="00B95D81"/>
     <w:rsid w:val="00B97507"/>
     <w:rsid w:val="00BA0064"/>
     <w:rsid w:val="00BA153D"/>
     <w:rsid w:val="00BA1620"/>
     <w:rsid w:val="00BA3AA2"/>
     <w:rsid w:val="00BA4105"/>
     <w:rsid w:val="00BA6298"/>
     <w:rsid w:val="00BA6773"/>
     <w:rsid w:val="00BA7069"/>
     <w:rsid w:val="00BA7768"/>
     <w:rsid w:val="00BB12B8"/>
     <w:rsid w:val="00BB256B"/>
     <w:rsid w:val="00BB2D83"/>
     <w:rsid w:val="00BB46AC"/>
     <w:rsid w:val="00BB5F3A"/>
     <w:rsid w:val="00BB742A"/>
     <w:rsid w:val="00BC0684"/>
     <w:rsid w:val="00BC1764"/>
     <w:rsid w:val="00BC1CFC"/>
     <w:rsid w:val="00BC1E3A"/>
     <w:rsid w:val="00BC2143"/>
     <w:rsid w:val="00BC3142"/>
     <w:rsid w:val="00BC41D2"/>
     <w:rsid w:val="00BC4801"/>
     <w:rsid w:val="00BC4D09"/>
+    <w:rsid w:val="00BC643E"/>
     <w:rsid w:val="00BC6CEC"/>
     <w:rsid w:val="00BD1329"/>
     <w:rsid w:val="00BD1821"/>
     <w:rsid w:val="00BD287D"/>
     <w:rsid w:val="00BD313F"/>
     <w:rsid w:val="00BD41C7"/>
     <w:rsid w:val="00BD46E5"/>
     <w:rsid w:val="00BD4D0B"/>
     <w:rsid w:val="00BD56BA"/>
     <w:rsid w:val="00BD5C3E"/>
     <w:rsid w:val="00BD6F30"/>
     <w:rsid w:val="00BE035D"/>
     <w:rsid w:val="00BE0727"/>
     <w:rsid w:val="00BE10AD"/>
     <w:rsid w:val="00BE22CE"/>
     <w:rsid w:val="00BE2B19"/>
     <w:rsid w:val="00BE3222"/>
     <w:rsid w:val="00BE3FC4"/>
     <w:rsid w:val="00BE4BCD"/>
     <w:rsid w:val="00BE59A8"/>
     <w:rsid w:val="00BE5D6B"/>
     <w:rsid w:val="00BE6694"/>
     <w:rsid w:val="00BE7535"/>
     <w:rsid w:val="00BF04DC"/>
     <w:rsid w:val="00BF26E8"/>
     <w:rsid w:val="00BF2D14"/>
     <w:rsid w:val="00BF36AC"/>
     <w:rsid w:val="00BF41C4"/>
     <w:rsid w:val="00BF4316"/>
     <w:rsid w:val="00BF471C"/>
     <w:rsid w:val="00BF6D3A"/>
     <w:rsid w:val="00BF707B"/>
     <w:rsid w:val="00C0002B"/>
     <w:rsid w:val="00C00C58"/>
     <w:rsid w:val="00C017F8"/>
+    <w:rsid w:val="00C01CEA"/>
     <w:rsid w:val="00C0214A"/>
     <w:rsid w:val="00C028C9"/>
     <w:rsid w:val="00C04D8C"/>
     <w:rsid w:val="00C06408"/>
     <w:rsid w:val="00C066B8"/>
     <w:rsid w:val="00C06EDE"/>
     <w:rsid w:val="00C079AA"/>
     <w:rsid w:val="00C1026F"/>
     <w:rsid w:val="00C109C8"/>
     <w:rsid w:val="00C113A4"/>
     <w:rsid w:val="00C12784"/>
     <w:rsid w:val="00C12A79"/>
     <w:rsid w:val="00C13232"/>
     <w:rsid w:val="00C13BD4"/>
     <w:rsid w:val="00C14CC0"/>
     <w:rsid w:val="00C151EE"/>
     <w:rsid w:val="00C161EA"/>
     <w:rsid w:val="00C163AE"/>
     <w:rsid w:val="00C16916"/>
     <w:rsid w:val="00C16AD2"/>
     <w:rsid w:val="00C17026"/>
+    <w:rsid w:val="00C21C48"/>
     <w:rsid w:val="00C22B87"/>
     <w:rsid w:val="00C22CA3"/>
     <w:rsid w:val="00C25EFB"/>
     <w:rsid w:val="00C25FAE"/>
     <w:rsid w:val="00C301E0"/>
     <w:rsid w:val="00C30ACA"/>
     <w:rsid w:val="00C3242A"/>
     <w:rsid w:val="00C34058"/>
     <w:rsid w:val="00C341FB"/>
     <w:rsid w:val="00C3454F"/>
     <w:rsid w:val="00C3464E"/>
     <w:rsid w:val="00C347FE"/>
     <w:rsid w:val="00C350A4"/>
     <w:rsid w:val="00C35F28"/>
     <w:rsid w:val="00C372DC"/>
     <w:rsid w:val="00C40C65"/>
     <w:rsid w:val="00C40FD5"/>
     <w:rsid w:val="00C445CE"/>
     <w:rsid w:val="00C4798B"/>
     <w:rsid w:val="00C47D00"/>
     <w:rsid w:val="00C501B6"/>
     <w:rsid w:val="00C51CD8"/>
     <w:rsid w:val="00C558E3"/>
     <w:rsid w:val="00C57E6C"/>
     <w:rsid w:val="00C60F72"/>
     <w:rsid w:val="00C61249"/>
+    <w:rsid w:val="00C61A81"/>
     <w:rsid w:val="00C63112"/>
     <w:rsid w:val="00C64EC2"/>
     <w:rsid w:val="00C728CA"/>
     <w:rsid w:val="00C74B53"/>
     <w:rsid w:val="00C7534A"/>
     <w:rsid w:val="00C7583C"/>
     <w:rsid w:val="00C75925"/>
     <w:rsid w:val="00C75CEC"/>
     <w:rsid w:val="00C81C5A"/>
     <w:rsid w:val="00C82BEA"/>
     <w:rsid w:val="00C82C7D"/>
     <w:rsid w:val="00C830DA"/>
+    <w:rsid w:val="00C83238"/>
     <w:rsid w:val="00C835B3"/>
     <w:rsid w:val="00C84174"/>
     <w:rsid w:val="00C8435A"/>
     <w:rsid w:val="00C85BF2"/>
     <w:rsid w:val="00C86AAD"/>
     <w:rsid w:val="00C87633"/>
     <w:rsid w:val="00C87E4F"/>
     <w:rsid w:val="00C909C9"/>
     <w:rsid w:val="00C917A5"/>
     <w:rsid w:val="00C9258D"/>
     <w:rsid w:val="00C9265B"/>
     <w:rsid w:val="00C926BA"/>
     <w:rsid w:val="00C933B9"/>
     <w:rsid w:val="00C93A17"/>
     <w:rsid w:val="00C952F6"/>
     <w:rsid w:val="00C969F3"/>
     <w:rsid w:val="00C97172"/>
     <w:rsid w:val="00CA039E"/>
     <w:rsid w:val="00CA045F"/>
     <w:rsid w:val="00CA30C4"/>
     <w:rsid w:val="00CA4923"/>
     <w:rsid w:val="00CA4FEF"/>
     <w:rsid w:val="00CA580B"/>
     <w:rsid w:val="00CA6350"/>
     <w:rsid w:val="00CB03D6"/>
     <w:rsid w:val="00CB08FB"/>
     <w:rsid w:val="00CB0F11"/>
+    <w:rsid w:val="00CB10A5"/>
     <w:rsid w:val="00CB55A0"/>
+    <w:rsid w:val="00CB5BC9"/>
     <w:rsid w:val="00CB6125"/>
     <w:rsid w:val="00CB7D2A"/>
     <w:rsid w:val="00CB7FAB"/>
     <w:rsid w:val="00CC0A03"/>
     <w:rsid w:val="00CC11EF"/>
     <w:rsid w:val="00CC1CF1"/>
     <w:rsid w:val="00CC27D4"/>
     <w:rsid w:val="00CC30AD"/>
     <w:rsid w:val="00CC3408"/>
     <w:rsid w:val="00CC3AA2"/>
     <w:rsid w:val="00CC4E53"/>
     <w:rsid w:val="00CC65CF"/>
     <w:rsid w:val="00CD0C34"/>
     <w:rsid w:val="00CD103B"/>
     <w:rsid w:val="00CD15F2"/>
     <w:rsid w:val="00CD1F94"/>
     <w:rsid w:val="00CD2C90"/>
     <w:rsid w:val="00CD3C3D"/>
     <w:rsid w:val="00CD5C71"/>
     <w:rsid w:val="00CD6816"/>
     <w:rsid w:val="00CD6C70"/>
     <w:rsid w:val="00CD6DD8"/>
     <w:rsid w:val="00CD7C1B"/>
     <w:rsid w:val="00CE0274"/>
     <w:rsid w:val="00CE2D5E"/>
     <w:rsid w:val="00CE60F3"/>
     <w:rsid w:val="00CE612E"/>
     <w:rsid w:val="00CE64B1"/>
     <w:rsid w:val="00CE6A44"/>
     <w:rsid w:val="00CE7573"/>
     <w:rsid w:val="00CF14FC"/>
+    <w:rsid w:val="00CF3DEA"/>
     <w:rsid w:val="00CF40E3"/>
     <w:rsid w:val="00CF4190"/>
     <w:rsid w:val="00CF700A"/>
     <w:rsid w:val="00D0327A"/>
     <w:rsid w:val="00D03DF2"/>
     <w:rsid w:val="00D048D5"/>
     <w:rsid w:val="00D04E5B"/>
     <w:rsid w:val="00D0554B"/>
     <w:rsid w:val="00D0655A"/>
     <w:rsid w:val="00D06668"/>
     <w:rsid w:val="00D069B0"/>
     <w:rsid w:val="00D07C23"/>
     <w:rsid w:val="00D17AED"/>
     <w:rsid w:val="00D208BC"/>
     <w:rsid w:val="00D21465"/>
     <w:rsid w:val="00D2277D"/>
     <w:rsid w:val="00D22EF1"/>
     <w:rsid w:val="00D23678"/>
     <w:rsid w:val="00D23D92"/>
     <w:rsid w:val="00D23DEC"/>
     <w:rsid w:val="00D27FF6"/>
     <w:rsid w:val="00D301C1"/>
     <w:rsid w:val="00D311B3"/>
     <w:rsid w:val="00D3288E"/>
     <w:rsid w:val="00D36245"/>
     <w:rsid w:val="00D36D4D"/>
     <w:rsid w:val="00D36D66"/>
     <w:rsid w:val="00D426F2"/>
     <w:rsid w:val="00D43B9A"/>
     <w:rsid w:val="00D4446D"/>
     <w:rsid w:val="00D460E2"/>
     <w:rsid w:val="00D46509"/>
+    <w:rsid w:val="00D5010A"/>
     <w:rsid w:val="00D51534"/>
     <w:rsid w:val="00D51BEE"/>
     <w:rsid w:val="00D531AE"/>
     <w:rsid w:val="00D541BB"/>
     <w:rsid w:val="00D56617"/>
     <w:rsid w:val="00D56758"/>
     <w:rsid w:val="00D5687E"/>
     <w:rsid w:val="00D573D0"/>
+    <w:rsid w:val="00D57F85"/>
     <w:rsid w:val="00D61530"/>
     <w:rsid w:val="00D63ACB"/>
     <w:rsid w:val="00D64F5B"/>
     <w:rsid w:val="00D65F1A"/>
     <w:rsid w:val="00D661AB"/>
     <w:rsid w:val="00D66A99"/>
     <w:rsid w:val="00D67011"/>
     <w:rsid w:val="00D675A1"/>
     <w:rsid w:val="00D677A5"/>
     <w:rsid w:val="00D70B7C"/>
     <w:rsid w:val="00D71855"/>
     <w:rsid w:val="00D71BAC"/>
     <w:rsid w:val="00D71E0A"/>
     <w:rsid w:val="00D7244F"/>
     <w:rsid w:val="00D72C2A"/>
     <w:rsid w:val="00D72DF4"/>
     <w:rsid w:val="00D76251"/>
     <w:rsid w:val="00D7631C"/>
     <w:rsid w:val="00D81B9D"/>
     <w:rsid w:val="00D8224C"/>
     <w:rsid w:val="00D8254E"/>
     <w:rsid w:val="00D83383"/>
     <w:rsid w:val="00D83657"/>
     <w:rsid w:val="00D83F6F"/>
     <w:rsid w:val="00D85322"/>
     <w:rsid w:val="00D8647B"/>
     <w:rsid w:val="00D86931"/>
     <w:rsid w:val="00D86E70"/>
     <w:rsid w:val="00D86EFD"/>
+    <w:rsid w:val="00D877C0"/>
     <w:rsid w:val="00D906AC"/>
     <w:rsid w:val="00D932EC"/>
     <w:rsid w:val="00D94414"/>
     <w:rsid w:val="00D95228"/>
     <w:rsid w:val="00D95CC3"/>
     <w:rsid w:val="00D964C6"/>
     <w:rsid w:val="00D9714E"/>
     <w:rsid w:val="00D97413"/>
     <w:rsid w:val="00DA0263"/>
     <w:rsid w:val="00DA0C4D"/>
     <w:rsid w:val="00DA2886"/>
     <w:rsid w:val="00DA2906"/>
+    <w:rsid w:val="00DA448B"/>
     <w:rsid w:val="00DA7526"/>
     <w:rsid w:val="00DA77F3"/>
+    <w:rsid w:val="00DB0988"/>
     <w:rsid w:val="00DB1AA5"/>
     <w:rsid w:val="00DB2A06"/>
     <w:rsid w:val="00DB35D6"/>
     <w:rsid w:val="00DB4303"/>
     <w:rsid w:val="00DB4B36"/>
     <w:rsid w:val="00DB603F"/>
     <w:rsid w:val="00DB6D25"/>
     <w:rsid w:val="00DB7997"/>
     <w:rsid w:val="00DC09CE"/>
     <w:rsid w:val="00DC0D67"/>
     <w:rsid w:val="00DC1B57"/>
     <w:rsid w:val="00DC266A"/>
     <w:rsid w:val="00DC2D04"/>
     <w:rsid w:val="00DC47F0"/>
     <w:rsid w:val="00DC5408"/>
     <w:rsid w:val="00DC644C"/>
     <w:rsid w:val="00DC6EFF"/>
     <w:rsid w:val="00DC78B8"/>
     <w:rsid w:val="00DD146B"/>
     <w:rsid w:val="00DD2177"/>
     <w:rsid w:val="00DD2468"/>
     <w:rsid w:val="00DD2AE4"/>
     <w:rsid w:val="00DD3DF2"/>
     <w:rsid w:val="00DD4260"/>
     <w:rsid w:val="00DD48B1"/>
     <w:rsid w:val="00DD4D03"/>
     <w:rsid w:val="00DD57A5"/>
+    <w:rsid w:val="00DD5D8E"/>
     <w:rsid w:val="00DD729D"/>
     <w:rsid w:val="00DD7944"/>
     <w:rsid w:val="00DE043A"/>
     <w:rsid w:val="00DE19FD"/>
+    <w:rsid w:val="00DE1FD6"/>
     <w:rsid w:val="00DE25DE"/>
     <w:rsid w:val="00DE27A4"/>
     <w:rsid w:val="00DE285D"/>
     <w:rsid w:val="00DE305C"/>
     <w:rsid w:val="00DE386F"/>
     <w:rsid w:val="00DE4BD4"/>
     <w:rsid w:val="00DE4CBB"/>
     <w:rsid w:val="00DE5178"/>
     <w:rsid w:val="00DE5677"/>
     <w:rsid w:val="00DF0AC1"/>
     <w:rsid w:val="00DF0D4E"/>
     <w:rsid w:val="00DF17F5"/>
     <w:rsid w:val="00DF2865"/>
     <w:rsid w:val="00DF2C26"/>
     <w:rsid w:val="00DF39DD"/>
     <w:rsid w:val="00DF3BBE"/>
+    <w:rsid w:val="00DF4465"/>
     <w:rsid w:val="00DF4A43"/>
     <w:rsid w:val="00DF6B2D"/>
     <w:rsid w:val="00DF7808"/>
     <w:rsid w:val="00DF7842"/>
     <w:rsid w:val="00DF7AE3"/>
     <w:rsid w:val="00DF7FCC"/>
     <w:rsid w:val="00E0038C"/>
     <w:rsid w:val="00E026B2"/>
     <w:rsid w:val="00E02A87"/>
     <w:rsid w:val="00E03251"/>
     <w:rsid w:val="00E03428"/>
     <w:rsid w:val="00E037E2"/>
     <w:rsid w:val="00E0537D"/>
     <w:rsid w:val="00E07C50"/>
     <w:rsid w:val="00E07ED3"/>
     <w:rsid w:val="00E1010B"/>
     <w:rsid w:val="00E1028D"/>
     <w:rsid w:val="00E10587"/>
     <w:rsid w:val="00E11011"/>
     <w:rsid w:val="00E110A9"/>
     <w:rsid w:val="00E11345"/>
     <w:rsid w:val="00E113C8"/>
     <w:rsid w:val="00E116D2"/>
     <w:rsid w:val="00E12736"/>
     <w:rsid w:val="00E12ACB"/>
@@ -17712,132 +16394,139 @@
     <w:rsid w:val="00E45549"/>
     <w:rsid w:val="00E45E8A"/>
     <w:rsid w:val="00E466EF"/>
     <w:rsid w:val="00E47855"/>
     <w:rsid w:val="00E50DEB"/>
     <w:rsid w:val="00E50FF2"/>
     <w:rsid w:val="00E52A31"/>
     <w:rsid w:val="00E52BFC"/>
     <w:rsid w:val="00E540E5"/>
     <w:rsid w:val="00E55767"/>
     <w:rsid w:val="00E55AEB"/>
     <w:rsid w:val="00E56E57"/>
     <w:rsid w:val="00E57295"/>
     <w:rsid w:val="00E5772A"/>
     <w:rsid w:val="00E60CA7"/>
     <w:rsid w:val="00E60E50"/>
     <w:rsid w:val="00E627CD"/>
     <w:rsid w:val="00E65E9A"/>
     <w:rsid w:val="00E668F3"/>
     <w:rsid w:val="00E66AAE"/>
     <w:rsid w:val="00E67ACB"/>
     <w:rsid w:val="00E67CDB"/>
     <w:rsid w:val="00E70105"/>
     <w:rsid w:val="00E7080E"/>
     <w:rsid w:val="00E72FA7"/>
+    <w:rsid w:val="00E74AE5"/>
     <w:rsid w:val="00E758EC"/>
     <w:rsid w:val="00E771EF"/>
     <w:rsid w:val="00E77468"/>
     <w:rsid w:val="00E7776F"/>
     <w:rsid w:val="00E77962"/>
     <w:rsid w:val="00E81746"/>
     <w:rsid w:val="00E8225E"/>
     <w:rsid w:val="00E822BE"/>
     <w:rsid w:val="00E82520"/>
     <w:rsid w:val="00E82EFF"/>
     <w:rsid w:val="00E82FB3"/>
     <w:rsid w:val="00E85141"/>
     <w:rsid w:val="00E90FEB"/>
     <w:rsid w:val="00E91C36"/>
     <w:rsid w:val="00E92017"/>
     <w:rsid w:val="00E939F0"/>
     <w:rsid w:val="00E93CD8"/>
     <w:rsid w:val="00E97EA9"/>
     <w:rsid w:val="00E97FA1"/>
     <w:rsid w:val="00EA024A"/>
     <w:rsid w:val="00EA0558"/>
     <w:rsid w:val="00EA2B87"/>
     <w:rsid w:val="00EA2FE7"/>
     <w:rsid w:val="00EA348B"/>
     <w:rsid w:val="00EA40D3"/>
     <w:rsid w:val="00EA4458"/>
     <w:rsid w:val="00EA5272"/>
+    <w:rsid w:val="00EA53DE"/>
     <w:rsid w:val="00EA5421"/>
     <w:rsid w:val="00EA637A"/>
     <w:rsid w:val="00EA685B"/>
     <w:rsid w:val="00EA6909"/>
     <w:rsid w:val="00EB04DC"/>
     <w:rsid w:val="00EB0781"/>
     <w:rsid w:val="00EB0CB9"/>
+    <w:rsid w:val="00EB0DD5"/>
     <w:rsid w:val="00EB256F"/>
     <w:rsid w:val="00EB25A8"/>
     <w:rsid w:val="00EB473C"/>
     <w:rsid w:val="00EB4761"/>
     <w:rsid w:val="00EB4AC5"/>
     <w:rsid w:val="00EB5D73"/>
     <w:rsid w:val="00EB62D8"/>
     <w:rsid w:val="00EB6619"/>
     <w:rsid w:val="00EB71BF"/>
     <w:rsid w:val="00EB7340"/>
     <w:rsid w:val="00EB7FEE"/>
     <w:rsid w:val="00EC3031"/>
+    <w:rsid w:val="00EC65E4"/>
     <w:rsid w:val="00EC6ADD"/>
     <w:rsid w:val="00ED0021"/>
     <w:rsid w:val="00ED0505"/>
     <w:rsid w:val="00ED1449"/>
     <w:rsid w:val="00ED2507"/>
+    <w:rsid w:val="00ED3F93"/>
     <w:rsid w:val="00ED4AAD"/>
     <w:rsid w:val="00ED5745"/>
     <w:rsid w:val="00ED5CBF"/>
     <w:rsid w:val="00ED7A79"/>
     <w:rsid w:val="00EE0656"/>
     <w:rsid w:val="00EE32BD"/>
     <w:rsid w:val="00EE5806"/>
     <w:rsid w:val="00EE5DE4"/>
     <w:rsid w:val="00EF1588"/>
     <w:rsid w:val="00EF4118"/>
     <w:rsid w:val="00EF4403"/>
     <w:rsid w:val="00EF572F"/>
     <w:rsid w:val="00EF635A"/>
     <w:rsid w:val="00EF69BD"/>
     <w:rsid w:val="00EF7C43"/>
     <w:rsid w:val="00F0070C"/>
     <w:rsid w:val="00F02664"/>
     <w:rsid w:val="00F035D3"/>
     <w:rsid w:val="00F03EFC"/>
     <w:rsid w:val="00F0597F"/>
     <w:rsid w:val="00F117D6"/>
     <w:rsid w:val="00F12074"/>
     <w:rsid w:val="00F13061"/>
     <w:rsid w:val="00F157FB"/>
     <w:rsid w:val="00F15D39"/>
+    <w:rsid w:val="00F15EB2"/>
     <w:rsid w:val="00F16A42"/>
     <w:rsid w:val="00F207C9"/>
     <w:rsid w:val="00F230E7"/>
     <w:rsid w:val="00F2413F"/>
     <w:rsid w:val="00F24740"/>
     <w:rsid w:val="00F248CA"/>
+    <w:rsid w:val="00F25046"/>
     <w:rsid w:val="00F25B34"/>
     <w:rsid w:val="00F25B89"/>
     <w:rsid w:val="00F25E75"/>
     <w:rsid w:val="00F2710F"/>
     <w:rsid w:val="00F2723E"/>
     <w:rsid w:val="00F275FB"/>
     <w:rsid w:val="00F31043"/>
     <w:rsid w:val="00F3152B"/>
     <w:rsid w:val="00F31C23"/>
     <w:rsid w:val="00F32F9B"/>
     <w:rsid w:val="00F34FC1"/>
     <w:rsid w:val="00F352C8"/>
     <w:rsid w:val="00F359B2"/>
     <w:rsid w:val="00F3619D"/>
     <w:rsid w:val="00F36B9D"/>
     <w:rsid w:val="00F37389"/>
     <w:rsid w:val="00F40B42"/>
     <w:rsid w:val="00F416B9"/>
     <w:rsid w:val="00F42620"/>
     <w:rsid w:val="00F4308B"/>
     <w:rsid w:val="00F431B3"/>
     <w:rsid w:val="00F433C3"/>
     <w:rsid w:val="00F464D5"/>
     <w:rsid w:val="00F466E1"/>
     <w:rsid w:val="00F520F1"/>
@@ -17889,102 +16578,105 @@
     <w:rsid w:val="00FA4D81"/>
     <w:rsid w:val="00FA5F6D"/>
     <w:rsid w:val="00FA60EE"/>
     <w:rsid w:val="00FB00F9"/>
     <w:rsid w:val="00FB0C40"/>
     <w:rsid w:val="00FB0DD3"/>
     <w:rsid w:val="00FB0F60"/>
     <w:rsid w:val="00FB249E"/>
     <w:rsid w:val="00FB2F3F"/>
     <w:rsid w:val="00FB3CC5"/>
     <w:rsid w:val="00FB46E7"/>
     <w:rsid w:val="00FB48F1"/>
     <w:rsid w:val="00FB5FD5"/>
     <w:rsid w:val="00FB7074"/>
     <w:rsid w:val="00FB7626"/>
     <w:rsid w:val="00FC03E6"/>
     <w:rsid w:val="00FC14CA"/>
     <w:rsid w:val="00FC16EA"/>
     <w:rsid w:val="00FC2290"/>
     <w:rsid w:val="00FC3139"/>
     <w:rsid w:val="00FC3E1F"/>
     <w:rsid w:val="00FC480D"/>
     <w:rsid w:val="00FC4BAC"/>
     <w:rsid w:val="00FC6BD6"/>
     <w:rsid w:val="00FC6FC4"/>
+    <w:rsid w:val="00FC7E05"/>
     <w:rsid w:val="00FD0A54"/>
     <w:rsid w:val="00FD0D53"/>
     <w:rsid w:val="00FD34A6"/>
     <w:rsid w:val="00FD4EC9"/>
     <w:rsid w:val="00FE1B49"/>
     <w:rsid w:val="00FE20A5"/>
+    <w:rsid w:val="00FE380A"/>
     <w:rsid w:val="00FE38B2"/>
     <w:rsid w:val="00FE49B0"/>
     <w:rsid w:val="00FE4AD4"/>
     <w:rsid w:val="00FE50A1"/>
     <w:rsid w:val="00FF3B94"/>
     <w:rsid w:val="00FF4A62"/>
     <w:rsid w:val="00FF54E0"/>
     <w:rsid w:val="00FF5ED3"/>
     <w:rsid w:val="00FF79E3"/>
     <w:rsid w:val="16E8F017"/>
     <w:rsid w:val="19495BE8"/>
     <w:rsid w:val="249D8784"/>
     <w:rsid w:val="25BB40DD"/>
+    <w:rsid w:val="2E77D26E"/>
     <w:rsid w:val="315BCC42"/>
     <w:rsid w:val="364CBD22"/>
     <w:rsid w:val="3E371F27"/>
     <w:rsid w:val="6B8610D9"/>
     <w:rsid w:val="7400584E"/>
     <w:rsid w:val="78EE86D4"/>
     <w:rsid w:val="79AB2742"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="2D068435"/>
-  <w15:docId w15:val="{517B0573-EADA-4896-A97D-10D0349844A7}"/>
+  <w15:docId w15:val="{3F7D4D8F-897B-49AA-BC98-989080FEDFDC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18544,51 +17236,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00AF5352"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,Colorful List - Accent 12,Dot pt,F5 List Paragraph,List Paragraph1,No Spacing1,List Paragraph Char Char Char,Indicator Text,Colorful List - Accent 11,List1"/>
+    <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,Colorful List - Accent 12,Dot pt,F5 List Paragraph,List Paragraph1,No Spacing1,List Paragraph Char Char Char,Indicator Text,Colorful List - Accent 11,List1,Bullet 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00240790"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tvhtml">
     <w:name w:val="tv_html"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00240790"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
     <w:basedOn w:val="Normal"/>
@@ -19349,55 +18041,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143964619">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-regionalas-attistibas-fonda-eiropas-sociala-fonda-plus-kohezijas-fonda-un-taisnigas-parkartosanas-fonda-projektu-iesniegumu-atlases-metodika-2021-2027-gadam" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/348535" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/metodiskie-materiali" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/metodiskie-materiali" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/348535" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/vadlinijas" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:32021R1060&amp;qid=1625116684765&amp;from=EN" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/profesionaliem/uzraudzibas-komiteja/uk-e-portfelis-2021-2027/2023-10-02-uk-rakstiska-procedura-izm_1115_1-2k" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.izm.gov.lv/lv/metodika-petniecibas-un-zinasanu-izplatisanas-organizaciju-statusa-izvertejumam" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/vadlinijas" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.izm.gov.lv/lv/metodika-petniecibas-un-zinasanu-izplatisanas-organizaciju-statusa-izvertejumam" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/profesionaliem/uzraudzibas-komiteja/uk-e-portfelis-2021-2027/2023-10-02-uk-rakstiska-procedura-izm_1115_1-2k" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19647,56 +18339,79 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <MediaLengthInSeconds xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xsi:nil="true"/>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -19891,149 +18606,238 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{676A5479-3819-4292-9B02-947135CF2A82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3578B95-A1AA-4161-9472-C66542411DE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6A50A38-BC77-4396-9CE1-FA5B3E650325}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCB7DF8F-853B-4A9B-9A18-CE9B0B14BD56}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53DA6650-E433-44BD-A27D-87F2746FB127}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3578B95-A1AA-4161-9472-C66542411DE9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6A50A38-BC77-4396-9CE1-FA5B3E650325}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61D4F8ED-E93A-445C-98DB-4157B27B8CDF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>13281</Characters>
+  <Pages>1</Pages>
+  <Words>6439</Words>
+  <Characters>36707</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>73</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>305</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company>IZM</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>43060</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="36" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:i4>4587551</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.lm.gov.lv/lv/media/18838/download</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849681</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.lm.gov.lv/lv/metodiskie-materiali</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718679</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-regionalas-attistibas-fonda-eiropas-sociala-fonda-plus-kohezijas-fonda-un-taisnigas-parkartosanas-fonda-projektu-iesniegumu-atlases-metodika-2021-2027-gadam</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3407989</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://likumi.lv/ta/id/348535</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048668</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.izm.gov.lv/lv/metodika-petniecibas-un-zinasanu-izplatisanas-organizaciju-statusa-izvertejumam</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849687</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.esfondi.lv/profesionaliem/uzraudzibas-komiteja/uk-e-portfelis-2021-2027/2023-10-02-uk-rakstiska-procedura-izm_1115_1-2k</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Evelīna Bole</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WorkflowChangePath">