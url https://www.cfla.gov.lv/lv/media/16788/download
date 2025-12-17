--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,63 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="136C6B77" w14:textId="40FE85F4" w:rsidR="00870F1B" w:rsidRPr="00870F1B" w:rsidRDefault="00870F1B" w:rsidP="00870F1B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="63" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="110"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:w w:val="95"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00870F1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -368,51 +363,79 @@
       </w:r>
       <w:r w:rsidR="00870F1B" w:rsidRPr="00870F1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA3862" w:rsidRPr="00EA3862">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>"Atbalsts uzņēmējdarbībai nepieciešamās publiskās infrastruktūras attīstībai, veicinot pāreju uz klimatneitrālu ekonomiku"</w:t>
+        <w:t xml:space="preserve">"Atbalsts uzņēmējdarbībai nepieciešamās publiskās infrastruktūras attīstībai, veicinot pāreju uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA3862" w:rsidRPr="00EA3862">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>klimatneitrālu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA3862" w:rsidRPr="00EA3862">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekonomiku"</w:t>
       </w:r>
       <w:r w:rsidR="003F3F95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00870F1B" w:rsidRPr="00870F1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -548,676 +571,676 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1029441B" w14:textId="1EE8CCA2" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="1029441B" w14:textId="1EE8CCA2" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390089" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rādītāji - 6.1.1.3.pasākuma iznākuma un rezultāta rādītāji:</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390089 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A268C9D" w14:textId="72D5BDFE" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="1A268C9D" w14:textId="72D5BDFE" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390090" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Horizontālie principi, to rādītāji, ikgadējais enerģijas patēriņš:</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390090 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53ED1D7A" w14:textId="06ACC422" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="53ED1D7A" w14:textId="06ACC422" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390091" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vispārīgie jautājumi</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390091 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A90C53C" w14:textId="5F1980FA" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="4A90C53C" w14:textId="5F1980FA" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390092" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Datu uzkrāšana un datu pārbaude</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390092 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2EEB6890" w14:textId="513576E2" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="2EEB6890" w14:textId="513576E2" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390093" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Komersantu skaits</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390093 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18172705" w14:textId="7498F9EF" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="18172705" w14:textId="7498F9EF" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390094" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Komersantu nefinanšu investīcijas</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390094 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B40A1F7" w14:textId="45A9FB48" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="4B40A1F7" w14:textId="45A9FB48" w:rsidR="00E26A56" w:rsidRPr="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390095" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Jaunizveidotās darbavietas</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390095 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09924E96" w14:textId="63B921B4" w:rsidR="00E26A56" w:rsidRDefault="0015127A">
+        <w:p w14:paraId="09924E96" w14:textId="63B921B4" w:rsidR="00E26A56" w:rsidRDefault="00E26A56">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc177390096" w:history="1">
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00681D2D">
+            <w:r w:rsidRPr="00681D2D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rādītāju pārskatu iesniegšana, rādītāju pārbaude un ievade KP VIS</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc177390096 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E26A56" w:rsidRPr="00E26A56">
+            <w:r w:rsidRPr="00E26A56">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2BBE276A" w14:textId="4CDD7967" w:rsidR="00AF56D5" w:rsidRPr="00EE6CB2" w:rsidRDefault="00AF56D5">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00EE6CB2">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
@@ -1274,67 +1297,103 @@
       </w:r>
       <w:r w:rsidR="009D2CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pasākums</w:t>
       </w:r>
       <w:r w:rsidR="00870F1B" w:rsidRPr="00870F1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="004D6ED0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa "Pārejas uz klimatneitralitāti radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos" 6.1.1.3. pasākum</w:t>
+        <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa "Pārejas uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D6ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klimatneitralitāti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D6ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos" 6.1.1.3. pasākum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004D6ED0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Atbalsts uzņēmējdarbībai nepieciešamās publiskās infrastruktūras attīstībai, veicinot pāreju uz klimatneitrālu ekonomiku"</w:t>
+        <w:t xml:space="preserve"> "Atbalsts uzņēmējdarbībai nepieciešamās publiskās infrastruktūras attīstībai, veicinot pāreju uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D6ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klimatneitrālu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D6ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekonomiku"</w:t>
       </w:r>
       <w:r w:rsidR="006357C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B8170C" w14:textId="7873726C" w:rsidR="005033A9" w:rsidRDefault="005033A9" w:rsidP="005033A9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F05A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -1377,51 +1436,87 @@
         </w:rPr>
         <w:t>noteikumi Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>593</w:t>
       </w:r>
       <w:r w:rsidRPr="00870F1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C176CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa "Pārejas uz klimatneitralitāti radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos" 6.1.1.3. pasākuma "Atbalsts uzņēmējdarbībai nepieciešamās publiskās infrastruktūras attīstībai, veicinot pāreju uz klimatneitrālu ekonomiku" īstenošanas noteikumi</w:t>
+        <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa "Pārejas uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C176CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klimatneitralitāti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C176CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos" 6.1.1.3. pasākuma "Atbalsts uzņēmējdarbībai nepieciešamās publiskās infrastruktūras attīstībai, veicinot pāreju uz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C176CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klimatneitrālu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C176CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekonomiku" īstenošanas noteikumi</w:t>
       </w:r>
       <w:r w:rsidR="00374862">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00870F1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428D4E9D" w14:textId="7B9109A2" w:rsidR="00071795" w:rsidRPr="00870F1B" w:rsidRDefault="00870F1B" w:rsidP="00536315">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1604,51 +1699,87 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005033A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="005033A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Horizontālais princips “Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana”;</w:t>
+        <w:t xml:space="preserve">Horizontālais princips “Vienlīdzība, iekļaušana, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005033A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nediskriminācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005033A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005033A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamattiesību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005033A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ievērošana”;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550043D9" w14:textId="0578597D" w:rsidR="00680687" w:rsidRPr="005033A9" w:rsidRDefault="00680687" w:rsidP="005033A9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Komersants</w:t>
       </w:r>
       <w:r w:rsidRPr="005033A9">
@@ -1689,51 +1820,69 @@
         </w:rPr>
         <w:t>lielais, vidējais vai mazais komersants bez valsts vai pašvaldību kapitāla daļas</w:t>
       </w:r>
       <w:r w:rsidR="005C30F5" w:rsidRPr="005033A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00547E06" w:rsidRPr="005033A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t.sk.</w:t>
       </w:r>
       <w:r w:rsidR="0015305F" w:rsidRPr="005033A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> individuālais komersants, zemnieku un zvejnieku saimniecība, individuālais uzņēmums, pašnodarbinātais, kas veic saimniecisko darbību, kā arī lauksaimniecības pakalpojumu kooperatīvā sabiedrība un mežsaimniecības pakalpojumu kooperatīvā sabiedrība, kas guvusi labumu no projekta ietvaros veiktajām investīcijām infrastruktūrā</w:t>
+        <w:t xml:space="preserve"> individuālais komersants, zemnieku un zvejnieku saimniecība, individuālais uzņēmums, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0015305F" w:rsidRPr="005033A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašnodarbinātais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0015305F" w:rsidRPr="005033A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kas veic saimniecisko darbību, kā arī lauksaimniecības pakalpojumu kooperatīvā sabiedrība un mežsaimniecības pakalpojumu kooperatīvā sabiedrība, kas guvusi labumu no projekta ietvaros veiktajām investīcijām infrastruktūrā</w:t>
       </w:r>
       <w:r w:rsidR="00460D74" w:rsidRPr="005033A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C32A062" w14:textId="77777777" w:rsidR="005033A9" w:rsidRPr="00870F1B" w:rsidRDefault="005033A9" w:rsidP="005033A9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917680">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -1766,51 +1915,69 @@
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00677720">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AER</w:t>
       </w:r>
       <w:r w:rsidRPr="00162F27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - atjaunīgie </w:t>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00162F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atjaunīgie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00162F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00677720">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>energoresursi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C74824E" w14:textId="5D91B5FD" w:rsidR="005C11D1" w:rsidRDefault="005C11D1" w:rsidP="00536315">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2336,146 +2503,190 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersantu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nefinanšu investīcijas </w:t>
-      </w:r>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) – </w:t>
       </w:r>
       <w:r w:rsidR="009D2CF2" w:rsidRPr="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Privātās nefinanšu investīcijas nemateriālajos ieguldījumos un pamatlīdzekļos”</w:t>
+        <w:t xml:space="preserve">“Privātās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00870F1B" w:rsidRPr="007D3068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas nemateriālajos ieguldījumos un pamatlīdzekļos”</w:t>
       </w:r>
       <w:r w:rsidR="002312B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rezultāta rādītājs r.6.1.1.g.)</w:t>
       </w:r>
       <w:r w:rsidR="007D3068">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B024C8D" w14:textId="603CB2B8" w:rsidR="009F05A4" w:rsidRPr="007D3068" w:rsidRDefault="00251336" w:rsidP="00F54B84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk167805963"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">jaunizveidotās darbavietas – </w:t>
+        <w:t>jaunizveidotās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavietas – </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00207844">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To komersantu izveidotās</w:t>
       </w:r>
       <w:r w:rsidR="00207844" w:rsidRPr="00114545">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2664,85 +2875,157 @@
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadlīni</w:t>
       </w:r>
       <w:r w:rsidR="00C44742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ju</w:t>
       </w:r>
       <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> horizontālā principa "Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana" </w:t>
+        <w:t xml:space="preserve"> horizontālā principa "Vienlīdzība, iekļaušana, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nediskriminācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamattiesību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ievērošana" </w:t>
       </w:r>
       <w:r w:rsidR="00C44742" w:rsidRPr="005F2D86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>īstenošanai un uzraudzībai (2021-2027)</w:t>
       </w:r>
       <w:r w:rsidR="00C44742">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="00C44742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. pielikumam “</w:t>
       </w:r>
       <w:r w:rsidR="00C44742" w:rsidRPr="001B1B93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Horizontālā principa „Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana” rādītāji</w:t>
+        <w:t xml:space="preserve">Horizontālā principa „Vienlīdzība, iekļaušana, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="001B1B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nediskriminācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="001B1B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="001B1B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamattiesību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C44742" w:rsidRPr="001B1B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ievērošana” rādītāji</w:t>
       </w:r>
       <w:r w:rsidR="00C44742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00FE4176">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5566E836" w14:textId="17034464" w:rsidR="00870F1B" w:rsidRPr="00977024" w:rsidRDefault="00870F1B" w:rsidP="00977024">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
@@ -2870,51 +3153,87 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>konsultatīva rakstura pasākumi</w:t>
       </w:r>
       <w:r w:rsidRPr="00977024">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00AA5313" w:rsidRPr="00977024">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Konsultatīva rakstura pasākumi par būvētās vides piekļūstamību personām ar dažādiem funkcionāliem traucējumiem (piemēram, vides piekļūstamības ekspertu konsultācijas būvprojekta izstrādes un pabeigšanas posmā)</w:t>
+        <w:t xml:space="preserve">“Konsultatīva rakstura pasākumi par būvētās vides </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AA5313" w:rsidRPr="00977024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piekļūstamību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA5313" w:rsidRPr="00977024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personām ar dažādiem funkcionāliem traucējumiem (piemēram, vides </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AA5313" w:rsidRPr="00977024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piekļūstamības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA5313" w:rsidRPr="00977024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekspertu konsultācijas būvprojekta izstrādes un pabeigšanas posmā)</w:t>
       </w:r>
       <w:r w:rsidRPr="00977024">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00E53E59" w:rsidRPr="00977024">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VINP</w:t>
       </w:r>
       <w:r w:rsidR="00982211" w:rsidRPr="00977024">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
@@ -3124,51 +3443,105 @@
         </w:rPr>
         <w:t>tajās</w:t>
       </w:r>
       <w:r w:rsidRPr="009F41FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadlīnij</w:t>
       </w:r>
       <w:r w:rsidR="00B8190E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="009F41FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s horizontālā principa “Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana” īstenošanai un uzraudzībai (2021-2027) ir sniegti vispārīgo un specifisko horizontālā principa darbību piemēri, kā arī horizontālā principa koordinācijas un uzraudzības sistēmas apraksts. Savukārt vadlīniju pielikumos ir sniegta koncentrēta informācija par to, kā pārliecināties, vai horizontālais princips un pamattiesības tiek ņemtas vērā un tiek ievērotas visos ES fondu ieviešanas  posmos.</w:t>
+        <w:t xml:space="preserve">s horizontālā principa “Vienlīdzība, iekļaušana, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F41FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nediskriminācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F41FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F41FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamattiesību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F41FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ievērošana” īstenošanai un uzraudzībai (2021-2027) ir sniegti vispārīgo un specifisko horizontālā principa darbību piemēri, kā arī horizontālā principa koordinācijas un uzraudzības sistēmas apraksts. Savukārt vadlīniju pielikumos ir sniegta koncentrēta informācija par to, kā pārliecināties, vai horizontālais princips un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F41FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamattiesības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F41FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiek ņemtas vērā un tiek ievērotas visos ES fondu ieviešanas  posmos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B61DE45" w14:textId="77777777" w:rsidR="00602643" w:rsidRDefault="00602643" w:rsidP="0061581A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="066958B9" w14:textId="77CF1796" w:rsidR="0061581A" w:rsidRDefault="0061581A" w:rsidP="0061581A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3325,67 +3698,97 @@
       <w:r w:rsidRPr="009F05A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D337F09" w14:textId="3E81AE3A" w:rsidR="0061581A" w:rsidRPr="0061581A" w:rsidRDefault="0061581A" w:rsidP="00A2768D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">klimatdrošināšana - </w:t>
-      </w:r>
+        <w:t>klimatdrošināšana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>projektā jānodrošina atbilstība pielāgošanās klimata pārmaiņām aspektiem, piemēram, telpu dzesēšanas un ventilācijas risinājumi, kas nodrošina tādu iekštelpu gaisa apmaiņu un ventilāciju, kas mazina kaitējumu veselībai un novērš ekstremālu gaisa temperatūru maiņu ietekmi uz cilvēku, atbilstoši lietus notekūdeņu sistēmu risinājumi intensīvu nokrišņu gadījumiem vai, kur iespējams, dabā balstīti pretplūdu risinājumi projektā paredzētajā uzņēmējdarbības teritorijā, tai skaitā, notekas, ūdenscaurlaidīgi teritoriju, ietvju segumi, u.c.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projektā jānodrošina atbilstība pielāgošanās klimata pārmaiņām aspektiem, piemēram, telpu dzesēšanas un ventilācijas risinājumi, kas nodrošina tādu iekštelpu gaisa apmaiņu un ventilāciju, kas mazina kaitējumu veselībai un novērš ekstremālu gaisa temperatūru maiņu ietekmi uz cilvēku, atbilstoši lietus notekūdeņu sistēmu risinājumi intensīvu nokrišņu gadījumiem vai, kur iespējams, dabā balstīti </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pretplūdu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risinājumi projektā paredzētajā uzņēmējdarbības teritorijā, tai skaitā, notekas, ūdenscaurlaidīgi teritoriju, ietvju segumi, u.c.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B443D32" w14:textId="41A39262" w:rsidR="0061581A" w:rsidRPr="0061581A" w:rsidRDefault="0061581A" w:rsidP="0061581A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3565,83 +3968,119 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572BC699" w14:textId="369173C4" w:rsidR="0061581A" w:rsidRPr="0061581A" w:rsidRDefault="0061581A" w:rsidP="0061581A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>būvdarbu veicējam ir pienākums noslēgt līgumu ar tādu atkritumu apsaimniekotāju, kas pašvaldības uzdevumā organizē atkritumu savākšanu konkrētajā pašvaldībā un nodrošina M</w:t>
+        <w:t xml:space="preserve">būvdarbu veicējam ir pienākums noslēgt līgumu ar tādu atkritumu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apsaimniekotāju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kas pašvaldības uzdevumā organizē atkritumu savākšanu konkrētajā pašvaldībā un nodrošina M</w:t>
       </w:r>
       <w:r w:rsidR="00D70914">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inistru kabineta</w:t>
       </w:r>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D10FF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26.10.</w:t>
       </w:r>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2021. noteikumu Nr.712 "Atkritumu dalītas savākšanas, sagatavošanas atkārtotai izmantošanai, pārstrādei un materiālu reģenerācijas noteikumi"  6.punktā minētās prasības ievērošanu,  kas paredz, ka būvniecības atkritumus, kuri nav bīstami atbilstoši normatīvajiem aktiem par atkritumu klasifikatoru un īpašībām, kas padara atkritumus bīstamus, katru gadu sagatavo atkārtotai izmantošanai vai pārstrādā, vai arī veic minētajos atkritumos esošo materiālu reģenerāciju (tai skaitā izmanto izrakto tilpju aizpildīšanai) ne mazāk kā 70 % apmērā (pēc svara) no kopējā kalendāra gadā radītā būvniecības un būvju nojaukšanas atkritumu daudzuma;</w:t>
+        <w:t xml:space="preserve">2021. noteikumu Nr.712 "Atkritumu dalītas savākšanas, sagatavošanas atkārtotai izmantošanai, pārstrādei un materiālu reģenerācijas noteikumi"  6.punktā minētās prasības ievērošanu,  kas paredz, ka būvniecības atkritumus, kuri nav bīstami atbilstoši normatīvajiem aktiem par atkritumu klasifikatoru un īpašībām, kas padara atkritumus bīstamus, katru gadu sagatavo atkārtotai izmantošanai vai pārstrādā, vai arī veic minētajos atkritumos esošo materiālu reģenerāciju (tai skaitā izmanto izrakto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tilpju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aizpildīšanai) ne mazāk kā 70 % apmērā (pēc svara) no kopējā kalendāra gadā radītā būvniecības un būvju nojaukšanas atkritumu daudzuma;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43833E49" w14:textId="7226A478" w:rsidR="0061581A" w:rsidRPr="0061581A" w:rsidRDefault="0061581A" w:rsidP="0061581A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir izvērtētas iespējas, veicot iepirkuma procedūru, piemērot zaļā publiskā iepirkuma principu "aprites cikla skatījums". Piemēram, projektēšanas ietvaros izvērtēt iespēju izmantot</w:t>
       </w:r>
@@ -3661,51 +4100,105 @@
         </w:rPr>
         <w:t>nebīstamos būvgružus un ēku nojaukšanas atkritumus, kas būvlaukumā radušies būvniecības laikā, aizbēršanas darbībām, kurās atkritumus izmanto citu materiālu aizstāšanai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF94F9D" w14:textId="52B4845A" w:rsidR="0061581A" w:rsidRPr="0061581A" w:rsidRDefault="0061581A" w:rsidP="0061581A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nesniegt atbalstu izmaksām, kas saistītas ar fosilo kurināmo (ieskaitot pakārtoto izmantošanu), izņemot izmaksas sabiedrisko pakalpojumu pieslēgumu nodrošināšanai saskaņā ar pieļaujamo regulējumu, kas paredz, ka izmaksas siltumapgādei ir atbalstāmas, ja centralizētā siltumapgādes sistēma atbilst efektīvai centralizētajai siltumapgādes sistēmai. Atbilstoši Eiropas Parlamenta un Padomes Direktīvas 2012/27/ES par energoefektivitāti, ar ko groza Direktīvas 2009/125/EK un 2010/30/ES un atceļ Direktīvas 2004/8/EK un 2006/32/EK 2. panta 41. punktam "efektīva centralizētā siltumapgāde un aukstumapgāde" ir centralizētās siltumapgādes vai aukstumapgādes sistēma, kuras darbībā izmanto vismaz 50 % atjaunojamās enerģijas, 50 % siltuma pārpalikuma, 75 % koģenerācijas režīmā saražota siltuma vai šādu enerģijas un siltuma veidu kombināciju 50 % apmērā;</w:t>
+        <w:t xml:space="preserve">nesniegt atbalstu izmaksām, kas saistītas ar fosilo kurināmo (ieskaitot pakārtoto izmantošanu), izņemot izmaksas sabiedrisko pakalpojumu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieslēgumu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošināšanai saskaņā ar pieļaujamo regulējumu, kas paredz, ka izmaksas siltumapgādei ir atbalstāmas, ja centralizētā siltumapgādes sistēma atbilst efektīvai centralizētajai siltumapgādes sistēmai. Atbilstoši Eiropas Parlamenta un Padomes Direktīvas 2012/27/ES par energoefektivitāti, ar ko groza Direktīvas 2009/125/EK un 2010/30/ES un atceļ Direktīvas 2004/8/EK un 2006/32/EK 2. panta 41. punktam "efektīva centralizētā siltumapgāde un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aukstumapgāde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" ir centralizētās siltumapgādes vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aukstumapgādes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061581A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sistēma, kuras darbībā izmanto vismaz 50 % atjaunojamās enerģijas, 50 % siltuma pārpalikuma, 75 % koģenerācijas režīmā saražota siltuma vai šādu enerģijas un siltuma veidu kombināciju 50 % apmērā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59674C70" w14:textId="455E6F73" w:rsidR="0061581A" w:rsidRPr="0061581A" w:rsidRDefault="0061581A" w:rsidP="00060D61">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1434" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3732,69 +4225,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Enerģijas patēriņš</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00746323">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3061">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00746323">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Wh)</w:t>
+        <w:t>Wh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00746323">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00746323">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4386,59 +4891,95 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="570F97F8" w14:textId="1648704C" w:rsidR="00803782" w:rsidRDefault="00C30899" w:rsidP="0009212A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">komersanta nefinanšu investīcijas </w:t>
+        <w:t xml:space="preserve">komersanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas </w:t>
       </w:r>
       <w:r w:rsidR="003F5A07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">un jaunizveidotās darbavietas </w:t>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F5A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jaunizveidotās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003F5A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavietas </w:t>
       </w:r>
       <w:r w:rsidR="008625C6" w:rsidRPr="008625C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir radušās projekta iesniedzēja noteiktajā uzņēmējdarbības teritorijā vai ārpus projekta iesniedzēja noteiktās uzņēmējdarbības teritorijas līdz 1500 metriem, ja </w:t>
       </w:r>
       <w:r w:rsidR="00935E0E" w:rsidRPr="00041423">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="008625C6" w:rsidRPr="00041423">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pamato</w:t>
       </w:r>
@@ -4770,51 +5311,73 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F83DFD7" w14:textId="77777777" w:rsidR="00B1556A" w:rsidRPr="004C3005" w:rsidRDefault="00B1556A" w:rsidP="00B1556A">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C3005">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Attēlā izmantotie apzīmējuma "Uzņ/t" ir projekta iesniedzēja noteiktā uzņēmējdarbības teritorija.</w:t>
+        <w:t>Attēlā izmantotie apzīmējuma "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uzņ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C3005">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/t" ir projekta iesniedzēja noteiktā uzņēmējdarbības teritorija.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112F2150" w14:textId="599A2D60" w:rsidR="00B1556A" w:rsidRPr="00882C78" w:rsidRDefault="00B1556A" w:rsidP="00B1556A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6708,51 +7271,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BAB9015" w14:textId="7F3D1AFE" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ieskaita komersanta vēsturiskās vērtības un nākotnes vērtības, ja komersants </w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6915,51 +7477,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D9A03A" w14:textId="59CF33AF" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Projektā iesaistās, piemēram, tikai pēc nomas tiesību izsoles projekta īstenošanas 2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6998,51 +7559,69 @@
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> rādītājus, kas sasniegti pirms nomas tiesību iegūšanas</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> un kas nav saistīti ar projektu, projekta rādītājos neieskaita, izņemot objektīvi pamatojamus gadījumus, kad daļa no rādītāja (piemēram, daļa no darbavietām vai nefinanšu investīcijām) ir sasniegta pirms nomas tiesību iegūšanas un ir pamatota sasaiste ar projektu (</w:t>
+              <w:t xml:space="preserve"> un kas nav saistīti ar projektu, projekta rādītājos neieskaita, izņemot objektīvi pamatojamus gadījumus, kad daļa no rādītāja (piemēram, daļa no darbavietām vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000B291E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000B291E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> investīcijām) ir sasniegta pirms nomas tiesību iegūšanas un ir pamatota sasaiste ar projektu (</w:t>
             </w:r>
             <w:r w:rsidR="00A516F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ir sniegts pamatojums, ka </w:t>
             </w:r>
             <w:r w:rsidR="00A516F1" w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">projekts </w:t>
             </w:r>
             <w:r w:rsidR="00A516F1" w:rsidRPr="00DA3038">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ir sekmējis komersanta attīstību, t.i. </w:t>
             </w:r>
@@ -7127,51 +7706,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21CFF9D2" w14:textId="77777777" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Rādītāju pārskata iesniegšanas datums </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42AFBFC9" w14:textId="77777777" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30.08.2028. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1556A" w:rsidRPr="00B31648" w14:paraId="4E04956C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
@@ -7190,51 +7768,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ādītāja sasniegšanas gads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602A3372" w14:textId="77777777" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1556A" w:rsidRPr="00B31648" w14:paraId="383BA739" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="897"/>
@@ -7269,51 +7846,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="148E756E" w14:textId="4F034438" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Komersants </w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7462,51 +8038,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65AFE442" w14:textId="4B5CE54B" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Komersants </w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7647,51 +8222,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="552E6733" w14:textId="255D4196" w:rsidR="00B1556A" w:rsidRPr="000B291E" w:rsidRDefault="00B1556A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B291E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Komersants </w:t>
             </w:r>
             <w:r w:rsidRPr="0061581A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -7964,51 +8538,69 @@
         </w:rPr>
         <w:t>593</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA74F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA74F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.3.apakšpunktā minētās izmaksas vai komersanta nefinanšu investīcijas ir </w:t>
+        <w:t xml:space="preserve">.3.apakšpunktā minētās izmaksas vai komersanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA74F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA74F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53320">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>veiktas ārpus projektā noteiktās uzņēmējdarbības teritorijas), ir precīzi identificējami komer</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA74F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>santi, kas rada projekta rādītāju vērtības, un šo komersantu atrašanās vieta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, un norādīts attālums starp uzņēmējdarbības teritoriju un </w:t>
       </w:r>
@@ -9229,73 +9821,101 @@
       </w:r>
       <w:r w:rsidR="00CA2397">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jaunradīto </w:t>
       </w:r>
       <w:r w:rsidRPr="00344A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbavietu un </w:t>
       </w:r>
       <w:r w:rsidR="00CA2397">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersantu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00344A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīciju rādītāju nepārklāšanās, ja projekta iesniegumā plānotos rādītājus nodrošina tie paši komersanti, par kuriem darbavietu</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju rādītāju nepārklāšanās, ja projekta iesniegumā plānotos rādītājus nodrošina tie paši komersanti, par kuriem darbavietu</w:t>
       </w:r>
       <w:r w:rsidR="00C95118">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00344A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nefinanšu investīciju </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju </w:t>
       </w:r>
       <w:r w:rsidR="00615EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un darba algu fonda </w:t>
       </w:r>
       <w:r w:rsidR="00557E09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pieauguma </w:t>
       </w:r>
       <w:r w:rsidRPr="00344A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rādītājus ziņo citā projektā, piemēram </w:t>
       </w:r>
@@ -9307,51 +9927,87 @@
         </w:rPr>
         <w:t>ES fondu 2014.</w:t>
       </w:r>
       <w:r w:rsidR="006B489A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-2020.gada plānošanas perioda</w:t>
       </w:r>
       <w:r w:rsidR="001F25E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00344A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5.6.2. specifiskā atbalsta mērķa “Teritoriju revitalizācija, reģenerējot degradētās teritorijas atbilstoši pašvaldību integrētajām attīstības programmām” ietvaros, 13.1.3.3. pasākuma “Teritoriju revitalizācija uzņēmējdarbības veicināšanai pašvaldībās” ietvaros, 3.3.1. specifiskā atbalsta mērķa "Palielināt privāto investīciju apjomu reģionos, veicot ieguldījumus uzņēmējdarbības attīstībai atbilstoši pašvaldību attīstības programmās noteiktajai teritoriju ekonomiskajai specializācijai un balstoties uz vietējo uzņēmēju vajadzībām” ietvaros, Atveseļošanās fonda investīcijas 3.1.1.3.i. “Investīcijas uzņēmējdarbības publiskajā infrastruktūrā industriālo parku un teritoriju attīstīšanai reģionos”</w:t>
+        <w:t xml:space="preserve">5.6.2. specifiskā atbalsta mērķa “Teritoriju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>revitalizācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, reģenerējot degradētās teritorijas atbilstoši pašvaldību integrētajām attīstības programmām” ietvaros, 13.1.3.3. pasākuma “Teritoriju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>revitalizācija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00344A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzņēmējdarbības veicināšanai pašvaldībās” ietvaros, 3.3.1. specifiskā atbalsta mērķa "Palielināt privāto investīciju apjomu reģionos, veicot ieguldījumus uzņēmējdarbības attīstībai atbilstoši pašvaldību attīstības programmās noteiktajai teritoriju ekonomiskajai specializācijai un balstoties uz vietējo uzņēmēju vajadzībām” ietvaros, Atveseļošanās fonda investīcijas 3.1.1.3.i. “Investīcijas uzņēmējdarbības publiskajā infrastruktūrā industriālo parku un teritoriju attīstīšanai reģionos”</w:t>
       </w:r>
       <w:r w:rsidR="00682020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00344A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00166753">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ES fondu 2021.-2027.gada plānošanas perioda</w:t>
       </w:r>
@@ -9639,65 +10295,85 @@
       </w:r>
       <w:r w:rsidR="00F620FE" w:rsidRPr="00697D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="007D4F6F" w:rsidRPr="00697D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002A5CBA" w:rsidRPr="00697D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersanta </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007D4F6F" w:rsidRPr="00697D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nefinanšu investīcijām un </w:t>
-      </w:r>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D4F6F" w:rsidRPr="00697D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijām un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00114545" w:rsidRPr="00697D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">jaunizveidotām darbavietām. </w:t>
+        <w:t>jaunizveidotām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00114545" w:rsidRPr="00697D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavietām. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCE5DDD" w14:textId="3E33C7FD" w:rsidR="00FD5874" w:rsidRPr="00697D98" w:rsidRDefault="00650BD3" w:rsidP="00FE07C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00697D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9900,57 +10576,67 @@
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komersantu</w:t>
       </w:r>
       <w:r w:rsidR="002A5CBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007D4F6F" w:rsidRPr="0001111B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīcij</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007D4F6F" w:rsidRPr="0001111B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcij</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="007D4F6F" w:rsidRPr="0001111B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rādīt</w:t>
       </w:r>
@@ -9989,65 +10675,75 @@
       <w:r w:rsidR="000C2CFA" w:rsidRPr="002D0F4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B44FD6" w14:textId="1C99D715" w:rsidR="007D4F6F" w:rsidRPr="00E44AEA" w:rsidRDefault="00EE3F1E" w:rsidP="00E44AEA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="1570" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidR="00114545" w:rsidRPr="00114545">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">aunizveidoto darbavietu </w:t>
+        <w:t>aunizveidoto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00114545" w:rsidRPr="00114545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavietu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rādītāja</w:t>
       </w:r>
       <w:r w:rsidR="007D4F6F" w:rsidRPr="00114545">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D1BEB" w:rsidRPr="00114545">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtības </w:t>
       </w:r>
@@ -10123,51 +10819,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007357B8" w:rsidRPr="007357B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vai FS rakstisks skaidrojums, kas balstīts uz FS rīcībā esošo komersanta sniegto informāciju</w:t>
       </w:r>
       <w:r w:rsidR="007357B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00114545" w:rsidRPr="00266D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">par jaunizveidoto darbavietu </w:t>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00114545" w:rsidRPr="00266D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jaunizveidoto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00114545" w:rsidRPr="00266D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavietu </w:t>
       </w:r>
       <w:r w:rsidR="00114545" w:rsidRPr="00410F55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">skaitu </w:t>
       </w:r>
       <w:r w:rsidR="0006100A" w:rsidRPr="00266D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uzņēmējdarbības teritorij</w:t>
       </w:r>
       <w:r w:rsidR="0006100A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ā </w:t>
       </w:r>
@@ -10364,67 +11078,85 @@
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00C65840">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vispārīgie jautājumi</w:t>
       </w:r>
       <w:r w:rsidR="00C65840" w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="00B94E7E" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> minētajiem rādītāju attiecin</w:t>
+        <w:t xml:space="preserve"> minētajiem rādītāju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B94E7E" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attiecin</w:t>
       </w:r>
       <w:r w:rsidR="004B27AE" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="00B94E7E" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mības nosacījumiem</w:t>
+        <w:t>mības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B94E7E" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidR="00623859" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FAD36E" w14:textId="149EAC6F" w:rsidR="00F67CC8" w:rsidRDefault="005B4A78" w:rsidP="00697D98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10450,57 +11182,67 @@
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> var ieskaitīt komersantu skaita rādītājā arī gadījumā, ja komersants projektā nerada jaunas darbavietas un </w:t>
       </w:r>
       <w:r w:rsidR="00D3586B" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nerada</w:t>
       </w:r>
       <w:r w:rsidR="00CC3F39" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīcijas</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas</w:t>
       </w:r>
       <w:r w:rsidR="00CC3F39" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1176A735" w14:textId="495A0ADE" w:rsidR="001B48D4" w:rsidRDefault="005F69DF" w:rsidP="00697D98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10793,134 +11535,167 @@
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="003F508C" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mersants</w:t>
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kas</w:t>
       </w:r>
       <w:r w:rsidR="003F508C" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> projektā nodrošina komersanta nefinanšu investīcijas vai jaunradītās darbavietas, var nebūt iekļauts komersantu skaita rādītājā.</w:t>
+        <w:t xml:space="preserve"> projektā nodrošina komersanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F508C" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003F508C" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas vai jaunradītās darbavietas, var nebūt iekļauts komersantu skaita rādītājā.</w:t>
       </w:r>
       <w:r w:rsidR="00DA1CC7" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="416B8538" w14:textId="77777777" w:rsidR="002A539D" w:rsidRPr="002A539D" w:rsidRDefault="002A539D" w:rsidP="002A539D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74784938" w14:textId="36F74EB1" w:rsidR="00C573E5" w:rsidRPr="006F569D" w:rsidRDefault="002A5CBA" w:rsidP="00495A2A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc177390094"/>
       <w:r w:rsidRPr="006F569D">
         <w:t xml:space="preserve">Komersantu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0001111B" w:rsidRPr="006F569D">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="006F569D">
-        <w:t>efinanšu investīcijas</w:t>
+        <w:t>efinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00921F57" w:rsidRPr="006F569D">
+        <w:t xml:space="preserve"> investīcijas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00790CFB" w:rsidRPr="006F569D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EFD8699" w14:textId="7F8301FD" w:rsidR="00F87B90" w:rsidRDefault="002A539D" w:rsidP="006C63B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00471785" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Komersantu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F87B90" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīciju rādīt</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F87B90" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju rādīt</w:t>
       </w:r>
       <w:r w:rsidR="00A83052" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="00F87B90" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jā</w:t>
       </w:r>
       <w:r w:rsidR="00471785" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> var ieskaitīt tādu komersantu</w:t>
       </w:r>
@@ -10958,58 +11733,60 @@
       </w:r>
       <w:r w:rsidR="006B756B" w:rsidRPr="0061581A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidR="006B756B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00471785" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">minētajiem rādītāju </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attiecināmības</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00471785" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidR="00F87B90" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00471785" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -11032,100 +11809,146 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C561F" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="00322466" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">omersantu nefinanšu investīciju </w:t>
+        <w:t xml:space="preserve">omersantu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00322466" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00322466" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju </w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rādītāj</w:t>
       </w:r>
       <w:r w:rsidR="00322466" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ieskaita komersanta radītās nefinanšu investīcijas komersanta paša nemateriālajos ieguldījumos un pamatlīdzekļos, kur:</w:t>
+        <w:t xml:space="preserve"> ieskaita komersanta radītās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00921F57" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00921F57" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas komersanta paša nemateriālajos ieguldījumos un pamatlīdzekļos, kur:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749CD0E6" w14:textId="48F3CBFC" w:rsidR="00AE10CA" w:rsidRPr="00D14488" w:rsidRDefault="00921F57" w:rsidP="00C44945">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīcijas – ilgtermiņa nemateriālie ieguldījumi, dzīvojamās ēkas, citas būves un celtnes, ilggadīgie stādījumi, tehnoloģiskās mašīnas un iekārtas, pārējie pamatlīdzekļi un inventārs, kā arī pamatlīdzekļu izveidošanas un nepabeigto būvobjektu un kapitālā remonta izmaksas;</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D14488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas – ilgtermiņa nemateriālie ieguldījumi, dzīvojamās ēkas, citas būves un celtnes, ilggadīgie stādījumi, tehnoloģiskās mašīnas un iekārtas, pārējie pamatlīdzekļi un inventārs, kā arī pamatlīdzekļu izveidošanas un nepabeigto būvobjektu un kapitālā remonta izmaksas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D75BB4F" w14:textId="252CAACE" w:rsidR="00AE10CA" w:rsidRPr="00D14488" w:rsidRDefault="00D14488" w:rsidP="00C44945">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4.2.2. </w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00D14488">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11184,93 +12007,139 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3. </w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Finanšu investīcijas, kuras neieskaita kā </w:t>
       </w:r>
       <w:r w:rsidR="00FC38DC" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersantu </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīcijas, ir līdzekļu ieguldījumi citu uzņēmumu kapitālā un tiem izsniegtie aizdevumi ar nolūku gūt peļņu vai iegūt kontroli pār citu uzņēmumu (akciju, līdzdalības daļu iegāde).</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas, ir līdzekļu ieguldījumi citu uzņēmumu kapitālā un tiem izsniegtie aizdevumi ar nolūku gūt peļņu vai iegūt kontroli pār citu uzņēmumu (akciju, līdzdalības daļu iegāde).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D0CEAB" w14:textId="37D9274E" w:rsidR="00921F57" w:rsidRDefault="00AE10CA" w:rsidP="005A324C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4. </w:t>
       </w:r>
       <w:r w:rsidR="00B83545">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Komersantu nefinanšu investīciju r</w:t>
+        <w:t xml:space="preserve">Komersantu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B83545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B83545">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju r</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ādītāja vērtību aprēķina, summējot katra gada ietvaros komersanta radītās nefinanšu investīcijas komersanta paša nemateriālajos ieguldījumos un pamatlīdzekļos. (</w:t>
+        <w:t xml:space="preserve">ādītāja vērtību aprēķina, summējot katra gada ietvaros komersanta radītās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas komersanta paša nemateriālajos ieguldījumos un pamatlīdzekļos. (</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00790CFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>piemēram</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: projekta iesnieguma sadaļā „</w:t>
       </w:r>
       <w:r w:rsidR="00790CFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11278,113 +12147,133 @@
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ādītāji” norādīts, ka projekta ietvaros 20</w:t>
       </w:r>
       <w:r w:rsidR="00790CFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.gadā tiks radītas komersanta </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D17469">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nefinanšu </w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D17469">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">investīcijas. </w:t>
       </w:r>
       <w:r w:rsidR="00503FF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ādītāja konstatēšanai tiek izmantots aprēķins, summējot komersanta 20</w:t>
       </w:r>
       <w:r w:rsidR="00790CFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5.gada gada pārskata pielikumā par izmaiņām bilances posteņos „Pamatlīdzekļi” un „Nemateriālie ieguldījumi” norādītās (pozitīvās) vērtības vai </w:t>
       </w:r>
       <w:r w:rsidR="004D7777" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersanta </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004D7777">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nefinanšu </w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7777">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D7777" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>investīcij</w:t>
       </w:r>
       <w:r w:rsidR="004D7777">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u rādītāja</w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtības var pamatot, iesniedzot grāmatvedības dokumentāciju par </w:t>
       </w:r>
@@ -11424,179 +12313,373 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1488918C" w14:textId="77777777" w:rsidR="00F6291B" w:rsidRDefault="00F6291B" w:rsidP="005A324C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4.5. Piemērs komersantu nefinanšu investīciju aprēķinam:</w:t>
+        <w:t xml:space="preserve">4.5. Piemērs komersantu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju aprēķinam:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8783" w:type="dxa"/>
         <w:tblInd w:w="851" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8783"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F6291B" w14:paraId="51770398" w14:textId="77777777" w:rsidTr="0C806663">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8783" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56447004" w14:textId="4A7FBA9C" w:rsidR="00F6291B" w:rsidRPr="003B3C60" w:rsidRDefault="00F6291B" w:rsidP="0C806663">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">FS Rādītāju pārskatā norāda, ka komersantu nefinanšu investīciju rādītājs sasniegts 2022. un 2023. gadā. CFLA, pārbaudot komersantu nefinanšu investīciju rādītāju,  izmanto </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="28824B85" w:rsidRPr="0C806663">
+              <w:t xml:space="preserve">FS Rādītāju pārskatā norāda, ka komersantu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">VID/ </w:t>
-            </w:r>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Lursoft/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="5A39B0D2" w:rsidRPr="0C806663">
+              <w:t xml:space="preserve"> investīciju rādītājs sasniegts 2022. un 2023. gadā. CFLA, pārbaudot komersantu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Uzņēmumu reģistra datu bāz</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="49134D2D" w:rsidRPr="0C806663">
+              <w:t xml:space="preserve"> investīciju rādītāju,  izmanto </w:t>
+            </w:r>
+            <w:r w:rsidR="28824B85" w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ē</w:t>
+              <w:t xml:space="preserve">VID/ </w:t>
             </w:r>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pieejamo informāciju. Komersantu nefinanšu investīciju rādītāja vērtība tiek aprēķināta, summējot katra gada ietvaros komersanta radītās nefinanšu investīcijas, tas ir, tiek summētas komersantu 2022. gada un 2023. gada pārskatu pielikumos par izmaiņām bilances posteņos "Pamatlīdzekļi" norādītās </w:t>
+              <w:t>Lursoft/</w:t>
+            </w:r>
+            <w:r w:rsidR="5A39B0D2" w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Uzņēmumu reģistra datu bāz</w:t>
+            </w:r>
+            <w:r w:rsidR="49134D2D" w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pieejamo informāciju. Komersantu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> investīciju rādītāja vērtība tiek aprēķināta, summējot katra gada ietvaros komersanta radītās </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> investīcijas, tas ir, tiek summētas komersantu 2022. gada un 2023. gada pārskatu pielikumos par izmaiņām bilances posteņos "Pamatlīdzekļi" norādītās </w:t>
             </w:r>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pozitīvās vērtības</w:t>
             </w:r>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Tātad, izmanto gada pārskatu pozīcijas "Pamatlīdzekļi", un summē šo pozīciju iegādes vērtības konkrētajā gadā (komersantu nefinanšu investīciju rādītāju neaprēķina kā starpību starp gada beigās un gada sākumā norādītajām šo pozīciju vērtībām.). Piemēram, uzņēmuma "X" 2022. gadā veiktās investīcijas – pamatlīdzekļi 208 104,00 euro. Tām pieskaita klāt 2023. gadā veiktās investīcijas (piemēram, 796 150 EUR euro atbilstoši 2023. gada pārskatam) un iegūst kopējo sasniegto komersanta nefinanšu </w:t>
+              <w:t xml:space="preserve">. Tātad, izmanto gada pārskatu pozīcijas "Pamatlīdzekļi", un summē šo pozīciju iegādes vērtības konkrētajā gadā (komersantu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> investīciju rādītāju neaprēķina kā starpību starp gada beigās un gada sākumā norādītajām šo pozīciju vērtībām.). Piemēram, uzņēmuma "X" 2022. gadā veiktās investīcijas – pamatlīdzekļi 208 104,00 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Tām pieskaita klāt 2023. gadā veiktās investīcijas (piemēram, 796 150 EUR </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbilstoši 2023. gada pārskatam) un iegūst kopējo sasniegto komersanta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nefinanšu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0C806663">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="38DA49E4" w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>investīcijas</w:t>
             </w:r>
             <w:r w:rsidRPr="0C806663">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> rādītāja vērtību uz 2023. gadu.</w:t>
             </w:r>
             <w:r w:rsidR="009F406B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
@@ -11884,60 +12967,62 @@
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3150" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="50C2FE46" w14:textId="77777777" w:rsidR="00F6291B" w:rsidRPr="001E2025" w:rsidRDefault="00F6291B">
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Rādītāja vērtība, </w:t>
                   </w:r>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00677720">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>euro</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00F6291B" w14:paraId="00858830" w14:textId="77777777" w:rsidTr="007D69DC">
               <w:trPr>
                 <w:trHeight w:val="300"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3587" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="4B2685B6" w14:textId="77777777" w:rsidR="00F6291B" w:rsidRDefault="00F6291B">
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12263,216 +13348,253 @@
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00F6291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja publiskajās datu bāzēs nav pieejama informācija, ka </w:t>
       </w:r>
       <w:r w:rsidR="00A94484">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">komersanta nefinanšu </w:t>
+        <w:t xml:space="preserve">komersanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A94484">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A94484">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00921F57" w:rsidRPr="00921F57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>investīcijas veiktas no ES fondu vai citu finanšu instrumentu līdzekļiem, iesniedz komersanta rakstveida apliecinājumu brīvā formā, kurā norādīts, ka investīcijas nav veiktas no ES fondu vai citu finanšu instrumentu līdzekļiem, papildu apliecinājumi / informācija netiek prasīti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="796FD6C7" w14:textId="77777777" w:rsidR="002F1B92" w:rsidRDefault="002F1B92" w:rsidP="00902244">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68A6C70C" w14:textId="0833D1FD" w:rsidR="00F665CB" w:rsidRDefault="00646B51" w:rsidP="00495A2A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc177390095"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Jaunizveidotās darbavietas</w:t>
+        <w:t>Jaunizveidotās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> darbavietas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="748767CF" w14:textId="69395F0C" w:rsidR="00861448" w:rsidRPr="00646B51" w:rsidRDefault="00207341" w:rsidP="005A324C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jaunizveidot</w:t>
       </w:r>
       <w:r w:rsidR="00387728" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbaviet</w:t>
       </w:r>
       <w:r w:rsidR="00387728" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00387728" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rādītājā var ieskaitīt tādu komersantu radītās vērtības, kuri atbilst komersanta definīcijai un šī metodiskā materiāla 1.sadaļā minētajiem rādītāju </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C76BEC" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attiecināmības</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00387728" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nosacījumiem </w:t>
       </w:r>
       <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ja projekta iesniedzējs rādītāja vērtību sasniedz, CFLA turpmāko projekta rādītāja izpildes kontroli neveic, un darbavietu uzturēšana vairs nav obligāta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E16DFB2" w14:textId="25CC326D" w:rsidR="00646B51" w:rsidRDefault="00207341" w:rsidP="005A324C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jaunizveidoto darbavietu rādītājus uzskaita atbilstoši </w:t>
+        <w:t>Jaunizveidoto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavietu rādītājus uzskaita atbilstoši </w:t>
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komersanta g</w:t>
       </w:r>
       <w:r w:rsidR="00646B51" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ada pārskatos norādītajai informācijai, ja gada pārskata periods sakrīt ar kalendāra gadu (1.jan. – 31.dec.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4965F879" w14:textId="04EF1AE0" w:rsidR="00646B51" w:rsidRPr="00646B51" w:rsidRDefault="00646B51" w:rsidP="002563A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
@@ -12487,123 +13609,267 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Jāņem vērā, ka atbilstoši EK vadlīniju</w:t>
       </w:r>
       <w:r w:rsidRPr="00207341">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.pielikumā noteiktajam, viena jaunizveidota darbavieta atbilst pilnslodzes ekvivalentam. Ja ir daļlaika, nepilnas noslodzes (piemēram, 0,5 noslodze, 0,75 noslodze), visu attiecīgā gada darbavietu skaitu summē.</w:t>
+        <w:t xml:space="preserve"> 1.pielikumā noteiktajam, viena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jaunizveidota</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbavieta atbilst </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pilnslodzes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekvivalentam. Ja ir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daļlaika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, nepilnas noslodzes (piemēram, 0,5 noslodze, 0,75 noslodze), visu attiecīgā gada darbavietu skaitu summē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2626C29A" w14:textId="226998BE" w:rsidR="00352C3C" w:rsidRPr="00352C3C" w:rsidRDefault="00352C3C" w:rsidP="005A324C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Atsevišķi saimnieciskās darbības veicēji (piemēram, mikrouzņēmumi, individuālā darba veicēji) nesniedz informāciju VID par darba ņēmēju skaitu, bet sniedz ceturkšņa pārskatus, kuros ir iekļauta informācija par VSAOI. Šajā gadījumā darbavietas pilnslodzes ekvivalents tiks ieskaitīts rādītājā, ja saimnieciskās darbības veicējs mēnesī būs veicis </w:t>
+        <w:t xml:space="preserve"> Atsevišķi saimnieciskās darbības veicēji (piemēram, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mikrouzņēmumi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, individuālā darba veicēji) nesniedz informāciju VID par darba ņēmēju skaitu, bet sniedz ceturkšņa pārskatus, kuros ir iekļauta informācija par VSAOI. Šajā gadījumā darbavietas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pilnslodzes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekvivalents tiks ieskaitīts rādītājā, ja saimnieciskās darbības veicējs mēnesī būs veicis </w:t>
       </w:r>
       <w:r w:rsidR="00657B74" w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VSAOI </w:t>
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tādā apmērā, kas atbilst vismaz minimālajai algai. Mazākas VSAOI nozīmē proporcionāli mazāku daļu no darbavietas pilnslodzes ekvivalenta.</w:t>
+        <w:t xml:space="preserve">tādā apmērā, kas atbilst vismaz minimālajai algai. Mazākas VSAOI nozīmē proporcionāli mazāku daļu no darbavietas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pilnslodzes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekvivalenta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14780526" w14:textId="4815834B" w:rsidR="00352C3C" w:rsidRPr="00352C3C" w:rsidRDefault="00352C3C" w:rsidP="005A324C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rādītājā ieskaita tikai jaunradītu darbavietu – ja pašnodarbinātais, kuram nav darbinieku, ir reģistrēts agrāk kā 2 gadus pirms projekta iesnieguma iesniegšanas, pašnodarbinātais nav ieskaitāms rādītājā.</w:t>
+        <w:t xml:space="preserve"> Rādītājā ieskaita tikai jaunradītu darbavietu – ja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašnodarbinātais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuram nav darbinieku, ir reģistrēts agrāk kā 2 gadus pirms projekta iesnieguma iesniegšanas, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašnodarbinātais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0C806663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nav ieskaitāms rādītājā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C020A8F" w14:textId="7C5ABF04" w:rsidR="00352C3C" w:rsidRPr="00352C3C" w:rsidRDefault="00352C3C" w:rsidP="005A324C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="850" w:hanging="493"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -12837,67 +14103,51 @@
         </w:rPr>
         <w:t xml:space="preserve">projekta </w:t>
       </w:r>
       <w:r w:rsidRPr="002563A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanas vietā pārbauda informāciju par rādītājiem iespēju robežās, piemēram, vai komersants darbojas attiecīgajā </w:t>
       </w:r>
       <w:r w:rsidR="0034558A" w:rsidRPr="002563A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uzņēmējdarbības </w:t>
       </w:r>
       <w:r w:rsidRPr="002563A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">teritorijā, vai komersants darbojas atbilstošajā darbības nozarē. Atsevišķos gadījumos, lai pārbaudītu rādītāju sasniegšanu, var organizēt atsevišķu ārpuskārtas </w:t>
-[...15 lines deleted...]
-        <w:commentReference w:id="12"/>
+        <w:t>teritorijā, vai komersants darbojas atbilstošajā darbības nozarē. Atsevišķos gadījumos, lai pārbaudītu rādītāju sasniegšanu, var organizēt atsevišķu ārpuskārtas pārbaudi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="002563A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F859BF" w14:textId="77777777" w:rsidR="00CB61C0" w:rsidRDefault="006C1519" w:rsidP="007813CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
@@ -12993,51 +14243,69 @@
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00396609" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ādītājs ir uzskatāms</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par sasniegtu</w:t>
       </w:r>
       <w:r w:rsidR="00396609" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ja tas (katrs no rādītājiem atsevišķi –komersantu skaits, komersantu nefinanšu investīcijas, </w:t>
+        <w:t xml:space="preserve">, ja tas (katrs no rādītājiem atsevišķi –komersantu skaits, komersantu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00396609" w:rsidRPr="00CB61C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00396609" w:rsidRPr="00CB61C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas, </w:t>
       </w:r>
       <w:r w:rsidR="00DF5AC8" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jaunradīto darbavietu skaits</w:t>
       </w:r>
       <w:r w:rsidR="00396609" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) sasniegts pilnā apjomā jeb 100% no projektā plānotā</w:t>
       </w:r>
       <w:r w:rsidR="00DB353A" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. R</w:t>
       </w:r>
@@ -13081,100 +14349,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> saskaņā ar Vadlīnijām par</w:t>
       </w:r>
       <w:r w:rsidR="000A1D63" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> finanšu korekcij</w:t>
       </w:r>
       <w:r w:rsidR="00ED0E1A" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u piemērošanu 20</w:t>
       </w:r>
       <w:r w:rsidR="00B858C0" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">21.-2027.gada plānošanas </w:t>
-[...8 lines deleted...]
-        <w:t>periodā</w:t>
+        <w:t>21.-2027.gada plānošanas periodā</w:t>
       </w:r>
       <w:r w:rsidR="00B858C0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidR="00471921" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000A1D63" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003F22D1" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:commentReference w:id="13"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45987EAC" w14:textId="77777777" w:rsidR="00CB61C0" w:rsidRDefault="007D0928" w:rsidP="00FA07C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13236,57 +14488,67 @@
       </w:r>
       <w:r w:rsidR="00496A5F" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jaunradītās </w:t>
       </w:r>
       <w:r w:rsidR="00004750" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbavietas un </w:t>
       </w:r>
       <w:r w:rsidR="001F5AA3" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersanta </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīcijas</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB61C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas</w:t>
       </w:r>
       <w:r w:rsidR="00880114" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārbaudei nepieciešams komersanta gada pārskats, līdz ar to faktiski pārbaude var tikt veikta nākamajā kalendāra gadā pēc rādītāja sasniegšanas, kad komersanti sagatavojuši gada pārskatus un tie pieejami VID</w:t>
       </w:r>
       <w:r w:rsidR="0BC685DA" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
@@ -13378,59 +14640,77 @@
         </w:rPr>
         <w:t xml:space="preserve">vai Uzņēmumu reģistra </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>datu neatbilstība, tad rādītāju pārbauda pret VID datiem.</w:t>
       </w:r>
       <w:r w:rsidR="009C22EC" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja gada pārskats sagatavots par periodu, kas nesakrīt ar kalendāra gadu, tad nepieciešams pārbaudīt VID datus vai pieprasīt pamatojošo dokumentāciju no FS (piemēram, komersanta štatu sarakstu, darba līgumus, grāmatvedības datus, skaidrojumu, izziņu u.tml.), kas parāda informāciju par komersanta darbavietu skaitu kalendāra gadā. </w:t>
       </w:r>
       <w:r w:rsidR="004A1BEB" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Komersanta n</w:t>
+        <w:t xml:space="preserve">Komersanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A1BEB" w:rsidRPr="00CB61C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="009C22EC" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>efinanšu investīciju gadījumā investīciju apjoms kalendārā gadā var tikt pierādīts arī ar rēķiniem, aktiem, pamatlīdzekļu uzskaites kartiņām u.tml.</w:t>
+        <w:t>efinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C22EC" w:rsidRPr="00CB61C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju gadījumā investīciju apjoms kalendārā gadā var tikt pierādīts arī ar rēķiniem, aktiem, pamatlīdzekļu uzskaites kartiņām u.tml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53154DEB" w14:textId="048035B1" w:rsidR="000274A3" w:rsidRPr="00CB61C0" w:rsidRDefault="007D0928" w:rsidP="00FA07C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbilstoši MK noteikumu Nr.5</w:t>
       </w:r>
@@ -13572,57 +14852,67 @@
       </w:r>
       <w:r w:rsidR="00180011" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jaunradītās </w:t>
       </w:r>
       <w:r w:rsidR="00004750" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbavietas un </w:t>
       </w:r>
       <w:r w:rsidR="005A4947" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersanta </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nefinanšu investīcijas</w:t>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB61C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas</w:t>
       </w:r>
       <w:r w:rsidR="00004750" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> šādā gadījumā tiek pieņemts komersanta skaidrojums par rādītājiem, kas radušies </w:t>
       </w:r>
       <w:r w:rsidR="00AC30C2" w:rsidRPr="00CB61C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uzņēmējdarbības teritorijā</w:t>
       </w:r>
@@ -13740,51 +15030,69 @@
         <w:t xml:space="preserve">rādītājus, kas radušies ārpus projekta iesniedzēja noteiktās uzņēmējdarbības teritorijas līdz 1500 metriem, var ieskaitīt projekta rādītājos, ja </w:t>
       </w:r>
       <w:r w:rsidR="00CC2F88" w:rsidRPr="003E6859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komersants pamato ārpus uzņēmējdarbības teritorijas radīto rādītāju</w:t>
       </w:r>
       <w:r w:rsidR="00D976A8" w:rsidRPr="003E6859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D976A8" w:rsidRPr="003E6859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(jaunradīto darbavietu un komersanta nefinanšu investīciju)</w:t>
+        <w:t xml:space="preserve">(jaunradīto darbavietu un komersanta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D976A8" w:rsidRPr="003E6859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D976A8" w:rsidRPr="003E6859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju)</w:t>
       </w:r>
       <w:r w:rsidR="00CC2F88" w:rsidRPr="003E6859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sasaisti ar saimniecisko darbību, ko tas veic uzņēmējdarbības teritorijā</w:t>
       </w:r>
       <w:r w:rsidR="00AF7045" w:rsidRPr="003E6859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CC2F88" w:rsidRPr="003E6859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -15879,91 +17187,99 @@
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="004E231F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ādītāju pārskatu skaits viena projekta ietvaros ir 3. Informāciju par rādītājiem, kuri sasniegti daļēji (piemēram, 9 no 10 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komersantiem</w:t>
       </w:r>
       <w:r w:rsidRPr="004E231F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">), Rādītāju pārskatā nenorāda (izņemot, ja ir iestājies maksimālais rādītāju sasniegšanas / ziņošanas brīdis vai citi apstākļi, kāpēc </w:t>
+        <w:t xml:space="preserve">), Rādītāju pārskatā nenorāda (izņemot, ja ir iestājies maksimālais rādītāju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sasniegšanas / ziņošanas brīdis vai citi apstākļi, kāpēc </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FS</w:t>
       </w:r>
       <w:r w:rsidRPr="004E231F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir izvēlējies ziņot par rādītāja daļēju sasniegšanu);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D66C676" w14:textId="04D3A37A" w:rsidR="00FB19F3" w:rsidRPr="00FB19F3" w:rsidRDefault="00FB19F3" w:rsidP="00495A2A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB19F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ja kārtējā maksājuma pieprasījumā norādītas rādītāju vērtības, bet nav iesniegts Rādītāju pārskats, CFLA pārliecinās, vai kāda no maksājuma pieprasījumā norādītajām rādītāju vērtībām sasniegta pilnībā. Ja rādītāja vērtība sasniegta pilnībā, CFLA sazinās ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FS</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB19F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, lūdzot iesniegt Rādītāju pārskatu par pilnībā sasniegto rādītāja vērtību. Ja neviena no rādītāju vērtībām nav sasniegta pilnībā, CFLA lūdz </w:t>
       </w:r>
       <w:r w:rsidRPr="00A4229F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FS skaidrojumu/ lūdz izslēgt daļēji sasniegto rādītāja vērtību no maksājuma pieprasījuma/ vai ar FS akceptu veic labojumu maksājuma pieprasījumā, izslēdzot konkrēto vērtību. Maksājuma</w:t>
@@ -16059,89 +17375,109 @@
       </w:r>
       <w:r w:rsidR="00820F12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FS</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB19F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz Rādītāju pārskatu brīdī, kad tajā norādītā informācija par rādītājiem </w:t>
       </w:r>
       <w:r w:rsidR="00820F12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00641A80">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">jaunizveidotās </w:t>
+        <w:t>jaunizveidotās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00641A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B96ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbavietas, </w:t>
       </w:r>
       <w:r w:rsidR="00FA216E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komersanta </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B96ABA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB19F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>efinanšu investīcijas</w:t>
+        <w:t>efinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB19F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas</w:t>
       </w:r>
       <w:r w:rsidR="00820F12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB19F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – nav pārbaudāma, piemēram, 01.02.20</w:t>
       </w:r>
       <w:r w:rsidR="00820F12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
@@ -16472,51 +17808,69 @@
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rādītāj</w:t>
       </w:r>
       <w:r w:rsidR="00637FCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u “</w:t>
       </w:r>
       <w:r w:rsidR="006C57E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>komersantu nefinanšu investīcijas</w:t>
+        <w:t xml:space="preserve">komersantu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006C57E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C57E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas</w:t>
       </w:r>
       <w:r w:rsidR="00CE02E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rādītāju pārskatā ir </w:t>
       </w:r>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16528,51 +17882,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369DFFDE" w14:textId="277492DB" w:rsidR="00855F2F" w:rsidRDefault="00855F2F" w:rsidP="00C95990">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="851" w:hanging="556"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk172891723"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk172891723"/>
       <w:r w:rsidRPr="0C806663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rādītāju pārskat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a 3.1.sadaļas “Pārskata periodā sasniegtie rādītāji” kolonnā “</w:t>
       </w:r>
       <w:r w:rsidRPr="0018333C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pamatojums rādītāju vērtību sasaistei ar projektu (t.sk. vēsturisko rādītāju pamatojums un ārpus uzņēmējdarbības teritorijas radušos rādītāju sasaistei ar saimniecisko darbību, ko komersants veic uzņēmējdarbības teritorijā)</w:t>
       </w:r>
       <w:r>
@@ -16602,51 +17956,51 @@
     </w:p>
     <w:p w14:paraId="714C8794" w14:textId="7A0B71E1" w:rsidR="003648D8" w:rsidRPr="00585EDA" w:rsidRDefault="003648D8" w:rsidP="00C95990">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="556"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00585EDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rādītāju pārskata 3.2.sadaļas “Pilnībā sasniegtie rādītāji (kumulatīvi)” kolonnā “Pārsniegtā vērtība” jānorāda arī gadījumi, ja sasniegts vairāk rezultātu, nekā plānots projekta iesniegumā.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="004F0ECE" w:rsidRPr="004F0ECE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70109A2C" w14:textId="20ACB72A" w:rsidR="004B0E9E" w:rsidRPr="003A36A1" w:rsidRDefault="004B0E9E" w:rsidP="00C95990">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="556"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
@@ -16714,89 +18068,89 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="72ECFC88" w14:textId="2608B26A" w:rsidR="004B0E9E" w:rsidRPr="003A36A1" w:rsidRDefault="003A36A1" w:rsidP="00C95990">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1843" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A36A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">16.20.2. </w:t>
       </w:r>
       <w:r w:rsidR="004B0E9E" w:rsidRPr="003A36A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>sasniegti un pārbaudīti projekta īstenošanas laikā, FS iesniedzot Rādītāju pārskatus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77CC1024" w14:textId="440C535E" w:rsidR="004B0E9E" w:rsidRPr="003A36A1" w:rsidRDefault="003A36A1" w:rsidP="00C95990">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1843" w:hanging="850"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A36A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">16.20.3. </w:t>
       </w:r>
       <w:r w:rsidR="004B0E9E" w:rsidRPr="003A36A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>tiks sasniegti pēc projekta īstenošanas beigām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A49CA89" w14:textId="0C2EC9DD" w:rsidR="00CA4C7C" w:rsidRPr="00816F6C" w:rsidRDefault="00B35601" w:rsidP="00C95990">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16943,181 +18297,96 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CA5AEBA" w14:textId="77777777" w:rsidR="00595320" w:rsidRDefault="00595320" w:rsidP="001C7AEB">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7027816E" w14:textId="1A7F805C" w:rsidR="00BF71BE" w:rsidRDefault="00BF71BE" w:rsidP="00BF71BE">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BF71BE" w:rsidSect="00EE245F">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...83 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BF55F31" w14:textId="77777777" w:rsidR="004A31C8" w:rsidRDefault="004A31C8" w:rsidP="00535D66">
+    <w:p w14:paraId="6E834C27" w14:textId="77777777" w:rsidR="009B6ABD" w:rsidRDefault="009B6ABD" w:rsidP="00535D66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DCADB0C" w14:textId="77777777" w:rsidR="004A31C8" w:rsidRDefault="004A31C8" w:rsidP="00535D66">
+    <w:p w14:paraId="224AD3E3" w14:textId="77777777" w:rsidR="009B6ABD" w:rsidRDefault="009B6ABD" w:rsidP="00535D66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="45B57D17" w14:textId="77777777" w:rsidR="004A31C8" w:rsidRDefault="004A31C8">
+    <w:p w14:paraId="026CAEA2" w14:textId="77777777" w:rsidR="009B6ABD" w:rsidRDefault="009B6ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -17141,51 +18410,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-498117513"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1EAF19C3" w14:textId="1485EED5" w:rsidR="00EE245F" w:rsidRDefault="00EE245F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -17194,232 +18463,212 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="799474C4" w14:textId="77777777" w:rsidR="00EE245F" w:rsidRDefault="00EE245F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="140EE1B3" w14:textId="77777777" w:rsidR="004A31C8" w:rsidRDefault="004A31C8" w:rsidP="00535D66">
+    <w:p w14:paraId="28F1D1CE" w14:textId="77777777" w:rsidR="009B6ABD" w:rsidRDefault="009B6ABD" w:rsidP="00535D66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70F2001E" w14:textId="77777777" w:rsidR="004A31C8" w:rsidRDefault="004A31C8" w:rsidP="00535D66">
+    <w:p w14:paraId="0E7AE976" w14:textId="77777777" w:rsidR="009B6ABD" w:rsidRDefault="009B6ABD" w:rsidP="00535D66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="62111123" w14:textId="77777777" w:rsidR="004A31C8" w:rsidRDefault="004A31C8">
+    <w:p w14:paraId="6BDC4523" w14:textId="77777777" w:rsidR="009B6ABD" w:rsidRDefault="009B6ABD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="762CD19F" w14:textId="77777777" w:rsidR="00C44742" w:rsidRPr="00E85AD7" w:rsidRDefault="00C44742" w:rsidP="00C44742">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85AD7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E85AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1125E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027?utm_source=https%3A%2F%2Fwww.google.lv%2F</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="00B67EC9" w14:textId="1DCDACB0" w:rsidR="00B1556A" w:rsidRPr="001B76ED" w:rsidRDefault="00B1556A" w:rsidP="00B1556A">
+    <w:p w14:paraId="00B67EC9" w14:textId="1DCDACB0" w:rsidR="00B1556A" w:rsidRPr="001B76ED" w:rsidRDefault="00B1556A" w:rsidP="002F2E53">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B76ED">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Īpaši jaunas infrastruktūras izbūves gadījumā, kad nomas tiesību izsole tiek rīkota pēc projekta iesnieguma iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="005670A6">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="005670A6" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
-      <w:r w:rsidR="005224F1" w:rsidRPr="005224F1">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="005224F1" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pēc iepirkuma par būvdarbu veikšanu</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B76ED">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, bet pirms infrastruktūras (piemēram, ēkas) uzbūvēšanas.</w:t>
       </w:r>
       <w:r w:rsidRPr="001B76ED">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="0E119CFA" w14:textId="0C0D409B" w:rsidR="001D5BE4" w:rsidRPr="00924AFB" w:rsidRDefault="001D5BE4">
+    <w:p w14:paraId="0E119CFA" w14:textId="0C0D409B" w:rsidR="001D5BE4" w:rsidRPr="00924AFB" w:rsidRDefault="001D5BE4" w:rsidP="002F2E53">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Veidne pieejama CFLA tīmekļa vietnē </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6CB2">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EE6CB2" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>6.1.1.3.</w:t>
       </w:r>
-      <w:r w:rsidR="0008436C">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0008436C" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pasākuma</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu īstenošanas sadaļā. Skatīt</w:t>
       </w:r>
-      <w:r w:rsidR="00EE6CB2">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EE6CB2" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00EE6CB2" w:rsidRPr="00E95213">
+        <w:r w:rsidR="00EE6CB2" w:rsidRPr="002F2E53">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/6-1-1-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EE6CB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="7EA29C59" w14:textId="2F7D8458" w:rsidR="00F85189" w:rsidRDefault="00F85189" w:rsidP="00432587">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
@@ -17438,65 +18687,82 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektu iesniegumu vērtēšanas rezultātā </w:t>
       </w:r>
       <w:r w:rsidR="00AC1DA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">CFLA </w:t>
       </w:r>
       <w:r w:rsidR="00432587">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iz</w:t>
       </w:r>
       <w:r w:rsidR="00432587" w:rsidRPr="00432587">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>veidots katra reģiona teritorijas projektu saraksts, kur katra reģiona teritorijas ietvaros iesniegtie projektu iesniegumi saranžēti no efektīvākā (ar lielāko kopējā koeficienta vērtību) līdz vismazāk efektīvajam (ar mazāko kopējā koeficienta vērtību) projekta iesniegumam</w:t>
+        <w:t xml:space="preserve">veidots katra reģiona teritorijas projektu saraksts, kur katra reģiona teritorijas ietvaros iesniegtie projektu iesniegumi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00432587" w:rsidRPr="00432587">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>saranžēti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00432587" w:rsidRPr="00432587">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no efektīvākā (ar lielāko kopējā koeficienta vērtību) līdz vismazāk efektīvajam (ar mazāko kopējā koeficienta vērtību) projekta iesniegumam</w:t>
       </w:r>
       <w:r w:rsidR="00A3520C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="0D424237" w14:textId="5C522A2F" w:rsidR="00646B51" w:rsidRPr="00646B51" w:rsidRDefault="00646B51" w:rsidP="00646B51">
+    <w:p w14:paraId="0D424237" w14:textId="5C522A2F" w:rsidR="00646B51" w:rsidRPr="00646B51" w:rsidRDefault="00646B51" w:rsidP="00A33DBC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="0063148E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
@@ -17518,739 +18784,838 @@
         </w:rPr>
         <w:t>. gada plānošanas perioda vadlīnijas par Eiropas Reģionālā attīstības fonda</w:t>
       </w:r>
       <w:r w:rsidR="0063148E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Kohēzijas fonda </w:t>
       </w:r>
       <w:r w:rsidR="0063148E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">un Taisnīgas pārkārtošanās fonda </w:t>
       </w:r>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>uzraudzību un izvērtēšanu (Performance, monitoring and evaluation of the European Regional Development Fund, the Cohesion Fund and the Just Transition Fund in 2021-2027).</w:t>
+        <w:t xml:space="preserve">uzraudzību un izvērtēšanu (Performance, monitoring </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Regional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fund</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Cohesion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fund</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Just </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Transition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fund</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00646B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021-2027).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52ED3566" w14:textId="33DE6244" w:rsidR="00646B51" w:rsidRPr="00646B51" w:rsidRDefault="00646B51" w:rsidP="00646B51">
+    <w:p w14:paraId="52ED3566" w14:textId="33DE6244" w:rsidR="00646B51" w:rsidRPr="00646B51" w:rsidRDefault="00646B51" w:rsidP="00A33DBC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieejams: </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="003659E8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://ec.europa.eu/regional_policy/sources/evaluation/performance2127/performance2127_swd.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00646B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="23E47E0B" w14:textId="77777777" w:rsidR="002D6DA6" w:rsidRPr="00924AFB" w:rsidRDefault="002D6DA6" w:rsidP="002D6DA6">
+    <w:p w14:paraId="23E47E0B" w14:textId="77777777" w:rsidR="002D6DA6" w:rsidRPr="00924AFB" w:rsidRDefault="002D6DA6" w:rsidP="00A33DBC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F35FB5">
-[...37 lines deleted...]
-        <w:t>noziņojis par rādītāju sasniegšanu, bet rādītāju sasniegšanas fakts no CFLA puses vēl nav apstiprināts.</w:t>
+      <w:r w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pēc tam, kad FS ir iesniedzis Rādītāju pārskatu un līdz ar to noziņojis par rādītāju sasniegšanu, bet rādītāju sasniegšanas fakts no CFLA puses vēl nav apstiprināts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="0FC43DF9" w14:textId="77777777" w:rsidR="002D6DA6" w:rsidRPr="00924AFB" w:rsidRDefault="002D6DA6" w:rsidP="002D6DA6">
+    <w:p w14:paraId="0FC43DF9" w14:textId="144C2D0C" w:rsidR="002D6DA6" w:rsidRPr="00924AFB" w:rsidRDefault="002D6DA6" w:rsidP="00A33DBC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>”, Finanšu ministrijas vadlīnijām xxxxxxxxxxxxx, kā arī saskaņā ar vienošanās par projekta īstenošanu paredzēto (sadaļa “Kārtība, kādā tiek veiktas pārbaudes Projekta īstenošanas vietā”).</w:t>
+      <w:r w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atbilstoši Ministru kabineta 21.03.2023. noteikumiem “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”, Finanšu ministrijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30.01.2025. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vadlīnijām </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34388" w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="009904F9" w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vadlīnijas Eiropas Savienības fondu līdzfinansēto projektu riskos balstītām </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33DBC" w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pārbaudēm 2021.-2027.gada plānošanas periodā”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, kā arī saskaņā ar vienošanās par projekta īstenošanu paredzēto (sadaļa “Kārtība, kādā tiek veiktas pārbaudes Projekta īstenošanas vietā”).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="20BA2005" w14:textId="072EAB23" w:rsidR="00B858C0" w:rsidRPr="0032242F" w:rsidRDefault="00B858C0" w:rsidP="0032242F">
+    <w:p w14:paraId="20BA2005" w14:textId="26E54A22" w:rsidR="00B858C0" w:rsidRPr="0032242F" w:rsidRDefault="00B858C0" w:rsidP="002F2E53">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0032242F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0038046A" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Finanšu ministrijas</w:t>
       </w:r>
       <w:r w:rsidR="00470A89" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vadlīnij</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25.03.2025. </w:t>
+      </w:r>
+      <w:r w:rsidR="00470A89" w:rsidRPr="0032242F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>vadlīnij</w:t>
       </w:r>
       <w:r w:rsidR="0038046A" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00470A89" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0038046A" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">“Vadlīnijas </w:t>
       </w:r>
       <w:r w:rsidR="00470A89" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>par finanšu korekciju piemērošanu, ziņošanu par Eiropas Savienības fondu īstenošanā konstatētajām neatbilstībām, neatbilstoši veikto izdevumu ieturēšanu un atgūšanu ES fondu 2021.-2027.gada plānošanas periodā</w:t>
       </w:r>
       <w:r w:rsidR="00860AA7" w:rsidRPr="0032242F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>” (vadlīnijas ir izstrādes stadijā)</w:t>
+        <w:t xml:space="preserve">” </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="050B4304" w14:textId="2396A89A" w:rsidR="002A6FA2" w:rsidRPr="00C02B17" w:rsidRDefault="002A6FA2">
+    <w:p w14:paraId="050B4304" w14:textId="2396A89A" w:rsidR="002A6FA2" w:rsidRPr="00C02B17" w:rsidRDefault="002A6FA2" w:rsidP="002F2E53">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Tomēr</w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ēkas</w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>stāvlaukuma</w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>piemēra</w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gadījumā</w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A6599" w:rsidRPr="009A6599">
+      <w:r w:rsidR="009A6599" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009A6599">
+        </w:rPr>
+        <w:t xml:space="preserve">vai piemērā, ja ir ēka, ko nodod nomā, un publisks stāvlaukums, kas ir daļa no funkcionālā savienojuma izmaksām, šajos abos piemēros </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nevar</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>būt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>situācija,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ka</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A6599" w:rsidRPr="009A6599">
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>apkārt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>stāvlaukumam</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>izvietotie</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009A6599">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>komersanti</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pilnībā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...12 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izpilda projektā nepieciešamās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīcijas un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA023D" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>jaunizveidotās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA023D" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba vietas</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (100%), bet ēkas izbūve nedod rādītājus nemaz (0%)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C223F" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai otrādi</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, jo tas būtu pretrunā MK noteikumu Nr.5</w:t>
+      </w:r>
+      <w:r w:rsidR="001D59D4" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>93</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7., </w:t>
+      </w:r>
+      <w:r w:rsidR="000E57C7" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="000E57C7" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>32.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>punktam, jo katrai projekta darbībai jāsniedz tiešu ietekmi uz projekta mērķa un rādītāju</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C2161E" w:rsidRPr="00B64F61">
-[...268 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C2161E" w:rsidRPr="002F2E53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sasniegšanu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04CF8B5E" w14:textId="4623FA29" w:rsidR="00EE245F" w:rsidRDefault="00EE245F" w:rsidP="00EE245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="4253"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="15" w:name="_Hlk170386787"/>
+    <w:bookmarkStart w:id="13" w:name="_Hlk170386787"/>
     <w:r w:rsidRPr="00EE245F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>Metodiskais materiāls par rādītāju sasniegšanas pārbaudi 6.1.1.3. pasākuma ietvaros</w:t>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="15"/>
+  <w:bookmarkEnd w:id="13"/>
   <w:p w14:paraId="1F5B225E" w14:textId="77777777" w:rsidR="00EE245F" w:rsidRPr="00EE245F" w:rsidRDefault="00EE245F" w:rsidP="00EE245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="4253"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000402"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="358" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -23234,61 +24599,54 @@
           <w:ind w:left="1440" w:hanging="1440"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1800" w:hanging="1800"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00870F1B"/>
@@ -23384,51 +24742,50 @@
     <w:rsid w:val="000B773E"/>
     <w:rsid w:val="000B777D"/>
     <w:rsid w:val="000C28FF"/>
     <w:rsid w:val="000C2CFA"/>
     <w:rsid w:val="000C3A07"/>
     <w:rsid w:val="000C3C60"/>
     <w:rsid w:val="000C473B"/>
     <w:rsid w:val="000C4F69"/>
     <w:rsid w:val="000C567F"/>
     <w:rsid w:val="000C68E9"/>
     <w:rsid w:val="000C6B3D"/>
     <w:rsid w:val="000C7148"/>
     <w:rsid w:val="000C730F"/>
     <w:rsid w:val="000C7F85"/>
     <w:rsid w:val="000D00D4"/>
     <w:rsid w:val="000D1A26"/>
     <w:rsid w:val="000D3061"/>
     <w:rsid w:val="000D6273"/>
     <w:rsid w:val="000D6B55"/>
     <w:rsid w:val="000D7B68"/>
     <w:rsid w:val="000D7C54"/>
     <w:rsid w:val="000E0488"/>
     <w:rsid w:val="000E104E"/>
     <w:rsid w:val="000E2B5F"/>
     <w:rsid w:val="000E2CBE"/>
-    <w:rsid w:val="000E4679"/>
     <w:rsid w:val="000E4C9C"/>
     <w:rsid w:val="000E556E"/>
     <w:rsid w:val="000E57C7"/>
     <w:rsid w:val="000E6648"/>
     <w:rsid w:val="000F05B8"/>
     <w:rsid w:val="000F0DB6"/>
     <w:rsid w:val="000F173A"/>
     <w:rsid w:val="000F1C6B"/>
     <w:rsid w:val="000F2A3A"/>
     <w:rsid w:val="000F5A63"/>
     <w:rsid w:val="000F5D62"/>
     <w:rsid w:val="000F605D"/>
     <w:rsid w:val="000F6A4C"/>
     <w:rsid w:val="000F7323"/>
     <w:rsid w:val="000F7826"/>
     <w:rsid w:val="001003A7"/>
     <w:rsid w:val="00100AB9"/>
     <w:rsid w:val="00101743"/>
     <w:rsid w:val="00101793"/>
     <w:rsid w:val="00101F60"/>
     <w:rsid w:val="001024F4"/>
     <w:rsid w:val="00102DA8"/>
     <w:rsid w:val="00105831"/>
     <w:rsid w:val="00106D40"/>
     <w:rsid w:val="00106E89"/>
@@ -23440,51 +24797,50 @@
     <w:rsid w:val="00113CD2"/>
     <w:rsid w:val="00114240"/>
     <w:rsid w:val="00114545"/>
     <w:rsid w:val="00116D8C"/>
     <w:rsid w:val="00116EDF"/>
     <w:rsid w:val="0012029C"/>
     <w:rsid w:val="00121579"/>
     <w:rsid w:val="0012499A"/>
     <w:rsid w:val="00124A31"/>
     <w:rsid w:val="00124FA2"/>
     <w:rsid w:val="001255E2"/>
     <w:rsid w:val="001275AC"/>
     <w:rsid w:val="00131578"/>
     <w:rsid w:val="00132447"/>
     <w:rsid w:val="00134EDC"/>
     <w:rsid w:val="00135047"/>
     <w:rsid w:val="0013533A"/>
     <w:rsid w:val="00135A03"/>
     <w:rsid w:val="00136AB9"/>
     <w:rsid w:val="00140F93"/>
     <w:rsid w:val="00142D57"/>
     <w:rsid w:val="00143EC4"/>
     <w:rsid w:val="0014415A"/>
     <w:rsid w:val="001458D9"/>
     <w:rsid w:val="00146322"/>
-    <w:rsid w:val="0015127A"/>
     <w:rsid w:val="001514C7"/>
     <w:rsid w:val="0015232C"/>
     <w:rsid w:val="00152886"/>
     <w:rsid w:val="0015294F"/>
     <w:rsid w:val="0015305F"/>
     <w:rsid w:val="00153B3F"/>
     <w:rsid w:val="00154A82"/>
     <w:rsid w:val="00154B7C"/>
     <w:rsid w:val="00155DFE"/>
     <w:rsid w:val="00156196"/>
     <w:rsid w:val="0015761A"/>
     <w:rsid w:val="00157E73"/>
     <w:rsid w:val="0016085C"/>
     <w:rsid w:val="00160CE6"/>
     <w:rsid w:val="0016122D"/>
     <w:rsid w:val="00161DE5"/>
     <w:rsid w:val="00162205"/>
     <w:rsid w:val="001647E3"/>
     <w:rsid w:val="00166753"/>
     <w:rsid w:val="00170150"/>
     <w:rsid w:val="00171383"/>
     <w:rsid w:val="001716E6"/>
     <w:rsid w:val="001717DC"/>
     <w:rsid w:val="00174E69"/>
     <w:rsid w:val="00176BC4"/>
@@ -23611,96 +24967,96 @@
     <w:rsid w:val="002544F4"/>
     <w:rsid w:val="002562CC"/>
     <w:rsid w:val="002563A7"/>
     <w:rsid w:val="0026072B"/>
     <w:rsid w:val="00261129"/>
     <w:rsid w:val="00262315"/>
     <w:rsid w:val="00262B2B"/>
     <w:rsid w:val="0026310C"/>
     <w:rsid w:val="00263D8C"/>
     <w:rsid w:val="00264DE1"/>
     <w:rsid w:val="002656C8"/>
     <w:rsid w:val="00266D98"/>
     <w:rsid w:val="00267174"/>
     <w:rsid w:val="00270485"/>
     <w:rsid w:val="00270BA6"/>
     <w:rsid w:val="002715DC"/>
     <w:rsid w:val="00272855"/>
     <w:rsid w:val="00275AD6"/>
     <w:rsid w:val="002806F7"/>
     <w:rsid w:val="00281982"/>
     <w:rsid w:val="00281B88"/>
     <w:rsid w:val="00282D30"/>
     <w:rsid w:val="0028438A"/>
     <w:rsid w:val="0028647F"/>
     <w:rsid w:val="0028697A"/>
-    <w:rsid w:val="0028711E"/>
     <w:rsid w:val="0028728E"/>
     <w:rsid w:val="00287CCC"/>
     <w:rsid w:val="00290A55"/>
     <w:rsid w:val="00290DD4"/>
     <w:rsid w:val="00291972"/>
     <w:rsid w:val="00293F8A"/>
     <w:rsid w:val="002945A7"/>
     <w:rsid w:val="00294ABE"/>
     <w:rsid w:val="00297929"/>
     <w:rsid w:val="002A082A"/>
     <w:rsid w:val="002A0B28"/>
     <w:rsid w:val="002A1794"/>
     <w:rsid w:val="002A3E96"/>
     <w:rsid w:val="002A4AD6"/>
     <w:rsid w:val="002A539D"/>
     <w:rsid w:val="002A55AD"/>
     <w:rsid w:val="002A5CBA"/>
     <w:rsid w:val="002A6FA2"/>
     <w:rsid w:val="002B0F1F"/>
     <w:rsid w:val="002B5BF2"/>
     <w:rsid w:val="002B68A8"/>
     <w:rsid w:val="002B72AE"/>
     <w:rsid w:val="002B75BD"/>
     <w:rsid w:val="002C175F"/>
     <w:rsid w:val="002C23ED"/>
     <w:rsid w:val="002C4E00"/>
     <w:rsid w:val="002C5735"/>
     <w:rsid w:val="002C62BA"/>
     <w:rsid w:val="002C762D"/>
     <w:rsid w:val="002C7F35"/>
     <w:rsid w:val="002D0286"/>
     <w:rsid w:val="002D0A6E"/>
     <w:rsid w:val="002D0F4F"/>
     <w:rsid w:val="002D1A1B"/>
     <w:rsid w:val="002D1FED"/>
     <w:rsid w:val="002D32FA"/>
     <w:rsid w:val="002D43C7"/>
     <w:rsid w:val="002D61C5"/>
     <w:rsid w:val="002D6C24"/>
     <w:rsid w:val="002D6DA6"/>
     <w:rsid w:val="002E1329"/>
     <w:rsid w:val="002E29FA"/>
     <w:rsid w:val="002E6C24"/>
     <w:rsid w:val="002F1AAF"/>
     <w:rsid w:val="002F1B92"/>
+    <w:rsid w:val="002F2E53"/>
     <w:rsid w:val="002F3FD1"/>
     <w:rsid w:val="002F4C27"/>
     <w:rsid w:val="002F6E98"/>
     <w:rsid w:val="002F7AA7"/>
     <w:rsid w:val="00300579"/>
     <w:rsid w:val="00301D5B"/>
     <w:rsid w:val="00301DB5"/>
     <w:rsid w:val="00302E15"/>
     <w:rsid w:val="00302E24"/>
     <w:rsid w:val="00302F4B"/>
     <w:rsid w:val="0030395C"/>
     <w:rsid w:val="00305077"/>
     <w:rsid w:val="00305572"/>
     <w:rsid w:val="00306DB3"/>
     <w:rsid w:val="00306FBA"/>
     <w:rsid w:val="00307190"/>
     <w:rsid w:val="00307ABC"/>
     <w:rsid w:val="00307F23"/>
     <w:rsid w:val="003106AF"/>
     <w:rsid w:val="00310B78"/>
     <w:rsid w:val="003110B0"/>
     <w:rsid w:val="00312DE5"/>
     <w:rsid w:val="00315112"/>
     <w:rsid w:val="003171B9"/>
     <w:rsid w:val="003177E2"/>
@@ -24170,50 +25526,51 @@
     <w:rsid w:val="00741D33"/>
     <w:rsid w:val="00742A8B"/>
     <w:rsid w:val="00743EAE"/>
     <w:rsid w:val="0074557C"/>
     <w:rsid w:val="00745734"/>
     <w:rsid w:val="00746323"/>
     <w:rsid w:val="007465EF"/>
     <w:rsid w:val="0075131D"/>
     <w:rsid w:val="007524B5"/>
     <w:rsid w:val="007529C9"/>
     <w:rsid w:val="0075452E"/>
     <w:rsid w:val="007611EF"/>
     <w:rsid w:val="00764457"/>
     <w:rsid w:val="0076729A"/>
     <w:rsid w:val="00770E11"/>
     <w:rsid w:val="00772823"/>
     <w:rsid w:val="0077498E"/>
     <w:rsid w:val="00775C25"/>
     <w:rsid w:val="00777BAF"/>
     <w:rsid w:val="00777FF7"/>
     <w:rsid w:val="00780C7E"/>
     <w:rsid w:val="00780CFA"/>
     <w:rsid w:val="007813CD"/>
     <w:rsid w:val="007835A4"/>
     <w:rsid w:val="00785728"/>
+    <w:rsid w:val="007902CC"/>
     <w:rsid w:val="00790CFB"/>
     <w:rsid w:val="00791092"/>
     <w:rsid w:val="00792562"/>
     <w:rsid w:val="007939CA"/>
     <w:rsid w:val="00794500"/>
     <w:rsid w:val="0079514E"/>
     <w:rsid w:val="007959AD"/>
     <w:rsid w:val="00796039"/>
     <w:rsid w:val="00796B8C"/>
     <w:rsid w:val="00796DBC"/>
     <w:rsid w:val="00797578"/>
     <w:rsid w:val="007A02ED"/>
     <w:rsid w:val="007A156A"/>
     <w:rsid w:val="007A212B"/>
     <w:rsid w:val="007A2979"/>
     <w:rsid w:val="007A4A27"/>
     <w:rsid w:val="007A59D3"/>
     <w:rsid w:val="007A5F0B"/>
     <w:rsid w:val="007B0EC7"/>
     <w:rsid w:val="007B1D8F"/>
     <w:rsid w:val="007B2152"/>
     <w:rsid w:val="007B23B4"/>
     <w:rsid w:val="007B4ECB"/>
     <w:rsid w:val="007B4FF0"/>
     <w:rsid w:val="007B5467"/>
@@ -24398,70 +25755,72 @@
     <w:rsid w:val="00943697"/>
     <w:rsid w:val="009439DB"/>
     <w:rsid w:val="00945139"/>
     <w:rsid w:val="00945757"/>
     <w:rsid w:val="009459EF"/>
     <w:rsid w:val="00945DC7"/>
     <w:rsid w:val="00946081"/>
     <w:rsid w:val="0095124F"/>
     <w:rsid w:val="009532A6"/>
     <w:rsid w:val="00953FBF"/>
     <w:rsid w:val="00957737"/>
     <w:rsid w:val="0096341B"/>
     <w:rsid w:val="00970EF0"/>
     <w:rsid w:val="0097442D"/>
     <w:rsid w:val="0097617C"/>
     <w:rsid w:val="00976726"/>
     <w:rsid w:val="00977024"/>
     <w:rsid w:val="00980188"/>
     <w:rsid w:val="0098039B"/>
     <w:rsid w:val="0098069F"/>
     <w:rsid w:val="009815D1"/>
     <w:rsid w:val="009820BE"/>
     <w:rsid w:val="00982211"/>
     <w:rsid w:val="00982272"/>
     <w:rsid w:val="00987FB2"/>
+    <w:rsid w:val="009904F9"/>
     <w:rsid w:val="00990C4A"/>
     <w:rsid w:val="00991EEF"/>
     <w:rsid w:val="009977D5"/>
     <w:rsid w:val="009A01E5"/>
     <w:rsid w:val="009A1B1F"/>
     <w:rsid w:val="009A27D5"/>
     <w:rsid w:val="009A6599"/>
     <w:rsid w:val="009A65CE"/>
     <w:rsid w:val="009A71C0"/>
     <w:rsid w:val="009A732F"/>
     <w:rsid w:val="009B024E"/>
     <w:rsid w:val="009B10B5"/>
     <w:rsid w:val="009B2358"/>
     <w:rsid w:val="009B28A9"/>
     <w:rsid w:val="009B3674"/>
     <w:rsid w:val="009B4BAC"/>
     <w:rsid w:val="009B51C6"/>
     <w:rsid w:val="009B5CCE"/>
     <w:rsid w:val="009B6849"/>
     <w:rsid w:val="009B68F6"/>
+    <w:rsid w:val="009B6ABD"/>
     <w:rsid w:val="009C22EC"/>
     <w:rsid w:val="009C2BAB"/>
     <w:rsid w:val="009C45E9"/>
     <w:rsid w:val="009C4A26"/>
     <w:rsid w:val="009C65F4"/>
     <w:rsid w:val="009C69D5"/>
     <w:rsid w:val="009C7297"/>
     <w:rsid w:val="009D007B"/>
     <w:rsid w:val="009D00A3"/>
     <w:rsid w:val="009D2BA8"/>
     <w:rsid w:val="009D2CF2"/>
     <w:rsid w:val="009D60C1"/>
     <w:rsid w:val="009D7328"/>
     <w:rsid w:val="009D7668"/>
     <w:rsid w:val="009D7CDA"/>
     <w:rsid w:val="009D7E40"/>
     <w:rsid w:val="009E15DA"/>
     <w:rsid w:val="009E1A8A"/>
     <w:rsid w:val="009E2293"/>
     <w:rsid w:val="009E5CE1"/>
     <w:rsid w:val="009E66A9"/>
     <w:rsid w:val="009E6DCF"/>
     <w:rsid w:val="009E77F1"/>
     <w:rsid w:val="009F05A4"/>
     <w:rsid w:val="009F0834"/>
@@ -24470,50 +25829,51 @@
     <w:rsid w:val="009F406B"/>
     <w:rsid w:val="009F41FE"/>
     <w:rsid w:val="009F50EF"/>
     <w:rsid w:val="009F5C28"/>
     <w:rsid w:val="009F7EE0"/>
     <w:rsid w:val="00A03453"/>
     <w:rsid w:val="00A04F6C"/>
     <w:rsid w:val="00A06EF5"/>
     <w:rsid w:val="00A110F4"/>
     <w:rsid w:val="00A11BB0"/>
     <w:rsid w:val="00A11D66"/>
     <w:rsid w:val="00A13E16"/>
     <w:rsid w:val="00A143DB"/>
     <w:rsid w:val="00A14CA8"/>
     <w:rsid w:val="00A171F8"/>
     <w:rsid w:val="00A1776D"/>
     <w:rsid w:val="00A20C86"/>
     <w:rsid w:val="00A2116B"/>
     <w:rsid w:val="00A224FF"/>
     <w:rsid w:val="00A26965"/>
     <w:rsid w:val="00A2768D"/>
     <w:rsid w:val="00A279EE"/>
     <w:rsid w:val="00A27FBB"/>
     <w:rsid w:val="00A32B90"/>
     <w:rsid w:val="00A3389A"/>
+    <w:rsid w:val="00A33DBC"/>
     <w:rsid w:val="00A3475F"/>
     <w:rsid w:val="00A34AAE"/>
     <w:rsid w:val="00A3520C"/>
     <w:rsid w:val="00A35C64"/>
     <w:rsid w:val="00A36617"/>
     <w:rsid w:val="00A36CDC"/>
     <w:rsid w:val="00A4175D"/>
     <w:rsid w:val="00A4219E"/>
     <w:rsid w:val="00A4226E"/>
     <w:rsid w:val="00A4229F"/>
     <w:rsid w:val="00A423D9"/>
     <w:rsid w:val="00A424A3"/>
     <w:rsid w:val="00A45E93"/>
     <w:rsid w:val="00A46957"/>
     <w:rsid w:val="00A516F1"/>
     <w:rsid w:val="00A51C5E"/>
     <w:rsid w:val="00A53AF4"/>
     <w:rsid w:val="00A60639"/>
     <w:rsid w:val="00A60CC9"/>
     <w:rsid w:val="00A613E6"/>
     <w:rsid w:val="00A62885"/>
     <w:rsid w:val="00A65BF1"/>
     <w:rsid w:val="00A66CA4"/>
     <w:rsid w:val="00A67A2F"/>
     <w:rsid w:val="00A71908"/>
@@ -24587,50 +25947,51 @@
     <w:rsid w:val="00AF7045"/>
     <w:rsid w:val="00B00F34"/>
     <w:rsid w:val="00B01C89"/>
     <w:rsid w:val="00B02527"/>
     <w:rsid w:val="00B03AB8"/>
     <w:rsid w:val="00B04CB3"/>
     <w:rsid w:val="00B07CF4"/>
     <w:rsid w:val="00B13E5B"/>
     <w:rsid w:val="00B1556A"/>
     <w:rsid w:val="00B15BA4"/>
     <w:rsid w:val="00B15F29"/>
     <w:rsid w:val="00B16204"/>
     <w:rsid w:val="00B20B86"/>
     <w:rsid w:val="00B22491"/>
     <w:rsid w:val="00B225E4"/>
     <w:rsid w:val="00B227DA"/>
     <w:rsid w:val="00B2441A"/>
     <w:rsid w:val="00B24D93"/>
     <w:rsid w:val="00B25462"/>
     <w:rsid w:val="00B26E61"/>
     <w:rsid w:val="00B27DD0"/>
     <w:rsid w:val="00B3048C"/>
     <w:rsid w:val="00B33216"/>
     <w:rsid w:val="00B338C1"/>
     <w:rsid w:val="00B35601"/>
+    <w:rsid w:val="00B376D2"/>
     <w:rsid w:val="00B405C2"/>
     <w:rsid w:val="00B42484"/>
     <w:rsid w:val="00B4261A"/>
     <w:rsid w:val="00B45C30"/>
     <w:rsid w:val="00B4602A"/>
     <w:rsid w:val="00B464D5"/>
     <w:rsid w:val="00B47555"/>
     <w:rsid w:val="00B47FC0"/>
     <w:rsid w:val="00B50E7F"/>
     <w:rsid w:val="00B51F1B"/>
     <w:rsid w:val="00B52529"/>
     <w:rsid w:val="00B56B27"/>
     <w:rsid w:val="00B6005F"/>
     <w:rsid w:val="00B60954"/>
     <w:rsid w:val="00B60BCF"/>
     <w:rsid w:val="00B61E23"/>
     <w:rsid w:val="00B61E33"/>
     <w:rsid w:val="00B61F6C"/>
     <w:rsid w:val="00B65B6B"/>
     <w:rsid w:val="00B66EA1"/>
     <w:rsid w:val="00B67198"/>
     <w:rsid w:val="00B672BE"/>
     <w:rsid w:val="00B70534"/>
     <w:rsid w:val="00B70879"/>
     <w:rsid w:val="00B71F0E"/>
@@ -24695,50 +26056,51 @@
     <w:rsid w:val="00C003F2"/>
     <w:rsid w:val="00C00E16"/>
     <w:rsid w:val="00C02B17"/>
     <w:rsid w:val="00C02C3B"/>
     <w:rsid w:val="00C03E7F"/>
     <w:rsid w:val="00C03EF5"/>
     <w:rsid w:val="00C04055"/>
     <w:rsid w:val="00C069F2"/>
     <w:rsid w:val="00C076FC"/>
     <w:rsid w:val="00C101BA"/>
     <w:rsid w:val="00C10FE0"/>
     <w:rsid w:val="00C11334"/>
     <w:rsid w:val="00C121A6"/>
     <w:rsid w:val="00C176CD"/>
     <w:rsid w:val="00C20D93"/>
     <w:rsid w:val="00C20F9B"/>
     <w:rsid w:val="00C2161E"/>
     <w:rsid w:val="00C21DBF"/>
     <w:rsid w:val="00C23F14"/>
     <w:rsid w:val="00C24A93"/>
     <w:rsid w:val="00C24B20"/>
     <w:rsid w:val="00C30658"/>
     <w:rsid w:val="00C30899"/>
     <w:rsid w:val="00C32128"/>
     <w:rsid w:val="00C3216B"/>
+    <w:rsid w:val="00C34388"/>
     <w:rsid w:val="00C347B1"/>
     <w:rsid w:val="00C35743"/>
     <w:rsid w:val="00C36554"/>
     <w:rsid w:val="00C366C4"/>
     <w:rsid w:val="00C40270"/>
     <w:rsid w:val="00C42C8B"/>
     <w:rsid w:val="00C43734"/>
     <w:rsid w:val="00C444F6"/>
     <w:rsid w:val="00C44742"/>
     <w:rsid w:val="00C44945"/>
     <w:rsid w:val="00C44B69"/>
     <w:rsid w:val="00C4524C"/>
     <w:rsid w:val="00C460D2"/>
     <w:rsid w:val="00C47A07"/>
     <w:rsid w:val="00C5160E"/>
     <w:rsid w:val="00C52A55"/>
     <w:rsid w:val="00C543DC"/>
     <w:rsid w:val="00C5512D"/>
     <w:rsid w:val="00C55692"/>
     <w:rsid w:val="00C55BE1"/>
     <w:rsid w:val="00C56F6C"/>
     <w:rsid w:val="00C573E5"/>
     <w:rsid w:val="00C637A2"/>
     <w:rsid w:val="00C644CE"/>
     <w:rsid w:val="00C65840"/>
@@ -24870,73 +26232,75 @@
     <w:rsid w:val="00D8651E"/>
     <w:rsid w:val="00D87B42"/>
     <w:rsid w:val="00D906C3"/>
     <w:rsid w:val="00D912FA"/>
     <w:rsid w:val="00D930D2"/>
     <w:rsid w:val="00D93680"/>
     <w:rsid w:val="00D939D7"/>
     <w:rsid w:val="00D93E81"/>
     <w:rsid w:val="00D93EB3"/>
     <w:rsid w:val="00D9540B"/>
     <w:rsid w:val="00D968C7"/>
     <w:rsid w:val="00D976A8"/>
     <w:rsid w:val="00DA007E"/>
     <w:rsid w:val="00DA0D13"/>
     <w:rsid w:val="00DA1806"/>
     <w:rsid w:val="00DA1CC7"/>
     <w:rsid w:val="00DA202B"/>
     <w:rsid w:val="00DA2BF1"/>
     <w:rsid w:val="00DA3038"/>
     <w:rsid w:val="00DA3B66"/>
     <w:rsid w:val="00DA4FD7"/>
     <w:rsid w:val="00DA56E6"/>
     <w:rsid w:val="00DB1E0B"/>
     <w:rsid w:val="00DB32DF"/>
     <w:rsid w:val="00DB353A"/>
+    <w:rsid w:val="00DB4691"/>
     <w:rsid w:val="00DB4907"/>
     <w:rsid w:val="00DB5688"/>
     <w:rsid w:val="00DB767C"/>
     <w:rsid w:val="00DC0189"/>
     <w:rsid w:val="00DC0759"/>
     <w:rsid w:val="00DC0F83"/>
     <w:rsid w:val="00DC12B6"/>
     <w:rsid w:val="00DC1AC4"/>
     <w:rsid w:val="00DC236B"/>
     <w:rsid w:val="00DC350A"/>
     <w:rsid w:val="00DC3E0F"/>
     <w:rsid w:val="00DC54C7"/>
     <w:rsid w:val="00DC6A6B"/>
     <w:rsid w:val="00DD02EF"/>
     <w:rsid w:val="00DD0BB0"/>
     <w:rsid w:val="00DD3EDF"/>
     <w:rsid w:val="00DD4055"/>
     <w:rsid w:val="00DD42F6"/>
     <w:rsid w:val="00DD4460"/>
     <w:rsid w:val="00DD4D24"/>
     <w:rsid w:val="00DD4E59"/>
     <w:rsid w:val="00DD558A"/>
     <w:rsid w:val="00DD5C76"/>
+    <w:rsid w:val="00DD6691"/>
     <w:rsid w:val="00DD66E1"/>
     <w:rsid w:val="00DE06FF"/>
     <w:rsid w:val="00DE1656"/>
     <w:rsid w:val="00DE3C68"/>
     <w:rsid w:val="00DE50B4"/>
     <w:rsid w:val="00DE66FF"/>
     <w:rsid w:val="00DE69F6"/>
     <w:rsid w:val="00DE6AA5"/>
     <w:rsid w:val="00DE6B5E"/>
     <w:rsid w:val="00DE6CE8"/>
     <w:rsid w:val="00DF0245"/>
     <w:rsid w:val="00DF081A"/>
     <w:rsid w:val="00DF1B11"/>
     <w:rsid w:val="00DF2878"/>
     <w:rsid w:val="00DF2C0D"/>
     <w:rsid w:val="00DF4B59"/>
     <w:rsid w:val="00DF4C3F"/>
     <w:rsid w:val="00DF5AC8"/>
     <w:rsid w:val="00DF7A2D"/>
     <w:rsid w:val="00DF7D7C"/>
     <w:rsid w:val="00DF7E2F"/>
     <w:rsid w:val="00E04A88"/>
     <w:rsid w:val="00E04E60"/>
     <w:rsid w:val="00E06546"/>
     <w:rsid w:val="00E07507"/>
@@ -25239,51 +26603,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="09140B09"/>
   <w15:docId w15:val="{139F5696-0F53-43B5-B9C6-E90B5A2F0F52}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -26492,84 +27856,84 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F6291B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1076825368">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1682510469">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/energijas-ietaupijuma-zinosanas-parskats" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/energijas-ietaupijuma-zinosanas-parskats" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/regional_policy/sources/evaluation/performance2127/performance2127_swd.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -26864,154 +28228,174 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a1a28ee6-6ae0-48ad-90f2-183108cba98c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="e705502e-94f1-4613-8e83-d43175d87e40" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100286FB00A3EE6A742BCF60327C19BF1AA" ma:contentTypeVersion="11" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="5fdc689d59862081ad4260b6f7bb8690">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a1a28ee6-6ae0-48ad-90f2-183108cba98c" xmlns:ns3="e705502e-94f1-4613-8e83-d43175d87e40" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0e5791114facfb0e3c739f863714bc22" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100286FB00A3EE6A742BCF60327C19BF1AA" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ccfcf3ddfff7e28448e8c4f79f71b7c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a1a28ee6-6ae0-48ad-90f2-183108cba98c" xmlns:ns3="e705502e-94f1-4613-8e83-d43175d87e40" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1bbc8156f4b18f703fdd67675a178015" ns2:_="" ns3:_="">
     <xsd:import namespace="a1a28ee6-6ae0-48ad-90f2-183108cba98c"/>
     <xsd:import namespace="e705502e-94f1-4613-8e83-d43175d87e40"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a1a28ee6-6ae0-48ad-90f2-183108cba98c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e705502e-94f1-4613-8e83-d43175d87e40" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{906b03dd-13e8-4b18-a4b6-e0a2010ae0c2}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e705502e-94f1-4613-8e83-d43175d87e40">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -27071,123 +28455,100 @@
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38B12BD2-17A5-471F-AD39-C152B65A9E47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71621150-50E4-4B24-86A6-4C8979A5E2C5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a1a28ee6-6ae0-48ad-90f2-183108cba98c"/>
     <ds:schemaRef ds:uri="e705502e-94f1-4613-8e83-d43175d87e40"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14B551A4-D417-4337-9D1C-2E817DEF3FD4}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1CBBEAC-C83F-490A-851F-12C19E913B2C}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B500FB5-5B90-4B4C-A4E0-9B62DC8726CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>29089</Words>
-  <Characters>16582</Characters>
+  <Words>6816</Words>
+  <Characters>38853</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
+  <Lines>323</Lines>
   <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45580</CharactersWithSpaces>
+  <CharactersWithSpaces>45578</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="78" baseType="variant">
       <vt:variant>
         <vt:i4>6750250</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.cfla.gov.lv/lv/energijas-ietaupijuma-zinosanas-parskats</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1507380</vt:i4>
       </vt:variant>
       <vt:variant>