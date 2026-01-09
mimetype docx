--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -1,7734 +1,4019 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
   <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="000E52F4" w:rsidRPr="00714E29" w:rsidP="007439F4" w14:paraId="6B3F530D" w14:textId="2F9DC569">
+    <w:p w:rsidR="000E52F4" w:rsidRPr="00BE73D7" w:rsidP="00B22ABF" w14:paraId="402A219C" w14:textId="3C04F7FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk144206066"/>
-      <w:r w:rsidRPr="00714E29">
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Metodisk</w:t>
       </w:r>
-      <w:r w:rsidR="003757C2">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003757C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ās </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714E29">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>norād</w:t>
       </w:r>
-      <w:r w:rsidR="003757C2">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003757C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714E29">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714E29" w:rsidR="00A92E2C">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00A92E2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">finansējuma saņēmējiem </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714E29" w:rsidR="00E41B01">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.1.2.1.i. investīcijas “Publisko pakalpojumu un nodarbinātības pieejamības veicināšanas pasākumi cilvēkiem ar funkcionāliem traucējumiem” pirmās kārtas “Valsts un pašvaldību ēku vides pieejamības nodrošināšanas pasākumi” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="003320E5">
+        <w:t>3.1.2.1.i. investīcijas “Publisko pakalpojumu un nodarbinātības pieejamības veicināšanas pasākumi cilvēkiem ar funkcionāliem traucējumiem” pirmās kārtas “</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5DAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>noteikt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="00515EC4">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="001A6A24">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ā</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="003320E5">
+        <w:t xml:space="preserve">alsts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00E41B01">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atskaites </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="00E41B01">
+        <w:t xml:space="preserve">un pašvaldību ēku vides pieejamības nodrošināšanas pasākumi” </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>punkt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="00515EC4">
+        <w:t xml:space="preserve">ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>a un mēr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001705EE">
+        <w:t>noteikt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00515EC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ķ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="00515EC4">
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003320E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>rādītāja</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="003320E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00515EC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sasniegšanas pamatošanai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00714E29" w:rsidR="00893166">
+        <w:t>mēr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="001705EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>ķ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00515EC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>rādītāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003320E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sasniegšanas pamatošanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00893166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00B701B4" w:rsidRPr="00E41B01" w:rsidP="007439F4" w14:paraId="7761FC8D" w14:textId="77777777">
+    <w:p w:rsidR="00B701B4" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="2B58254E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007439F4" w:rsidP="007439F4" w14:paraId="05229D8B" w14:textId="77777777">
+    <w:p w:rsidR="007439F4" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="6F9BEDAF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F93213" w:rsidRPr="00E41B01" w:rsidP="007439F4" w14:paraId="1C029BC4" w14:textId="77777777">
+    <w:p w:rsidR="00E41B01" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="76D608C7" w14:textId="554EE878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41B01">
-[...55 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ttiecībā uz </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215747516"/>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MK noteikumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00A333FD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>582</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk144206288"/>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00BA6C49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšpunktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>minēt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00C7634D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>mērķrādītāj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6A24">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>63 v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003E03E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alsts un pašvaldību ēku pielāgošana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="003E03E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="005462A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izpildi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="000D254B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00791901">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>finansējuma saņēmējs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00791901">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kohēzijas politikas fondu vadības informācijas sistēmā (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00923133">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>KP VIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00923133">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, aizpildot sadaļas “Progresa pārskati un avansa maksājumu pieprasījumi” 5. apakšsadaļu “Mērķi un atskaites punkti”, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pievieno šādus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00923133">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamatojošos dokumentus: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E41B01" w:rsidP="007439F4" w14:paraId="2B1E5F82" w14:textId="77777777">
+    <w:p w:rsidR="007439F4" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="0C1BB87A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E41B01">
-[...208 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="007439F4" w:rsidRPr="00E41B01" w:rsidP="007439F4" w14:paraId="76E696CD" w14:textId="77777777">
+    <w:p w:rsidR="00645137" w:rsidRPr="00BE73D7" w:rsidP="0032569F" w14:paraId="1E80CF4D" w14:textId="58E63469">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B65E7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dokumentus, kas apliecina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vides pieejamības </w:t>
+      </w:r>
+      <w:r w:rsidR="009B65E7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nodrošināšanu ēkās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...2502 lines deleted...]
-    <w:p w:rsidR="00F12628" w:rsidP="007439F4" w14:paraId="1A2E2948" w14:textId="77777777">
+    <w:p w:rsidR="00E811D1" w:rsidRPr="00BE73D7" w:rsidP="0032569F" w14:paraId="4E9D928A" w14:textId="407F2297">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D20DF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00AE1D23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00AE1D23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecībā uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D20DF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>veiktajiem būvdarbiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>informācij</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00B85545">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par vides pieejamības pasākumu pabeigšanu katrā ēkā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un ēkas vai tās daļas nodošanu ekspluatācijā (ja attiecināms) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="006E2C9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00791901">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>būvniecības jomu regulējošajos normatīvajos aktos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00791901">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paredzēt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ajam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00182759">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Būvniecības informācijas sistēmā (BIS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00AE1D23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>virzītajai dokumentu kopai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="0032569F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00AE1D23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>t.i., aktu par būves pieņemšanu ekspluatācijā, ja būvdarbi veikti atbilstoši akceptētam būvprojektam, vai apliecinājuma karti/paskaidrojuma rakstu ar t.sk. aizpildītu sadaļu “Būvdarbu pabeigšana” un Būvvaldes atbildīgās amatpersonas atzīmi par būvdarbu pabeigšanu;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0003753F" w:rsidRPr="00E41B01" w:rsidP="0003753F" w14:paraId="77F27117" w14:textId="77777777">
+    <w:p w:rsidR="00791901" w:rsidRPr="00BE73D7" w:rsidP="0032569F" w14:paraId="0E0BA29C" w14:textId="7E79D194">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00AE1D23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecībā uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D20DF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>veiktajiem pakalpojumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D20DF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>piegādēm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D20DF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D20DF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinājumu par pakalpojuma/piegādes </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>saņemšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk215837196"/>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piemēram, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB1DD1" w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ieņemšanas-nodošanas akts, stingrās uzskaites pavadzīme vai cits dokuments, kas nepārprotami apliecina, ka piegāde ir veikta un/vai pakalpojums ir saņemts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00B85545">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007439F4" w:rsidP="007439F4" w14:paraId="2AE97991" w14:textId="77777777">
+    <w:p w:rsidR="007439F4" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="6F69F26A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0003753F" w:rsidRPr="00E41B01" w:rsidP="007439F4" w14:paraId="59E96D0A" w14:textId="77777777">
+    <w:p w:rsidR="00791901" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="4E85D21B" w14:textId="5846941F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...115 lines deleted...]
-        <w:t xml:space="preserve"> “būvniecības pabeigšana, lai nodrošinātu piekļuvi publiskām telpām 63 valsts un pašvaldību ēkās”</w:t>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2. sagatavotu pārskat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="00E66A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par ēkām, kurās pabeigti būvdarbi, un tajās veiktajiem vides pielāgojumiem minimālo vides pieejamības prasību nodrošināšana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00DB3801">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skat. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00A92E2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>pārskatā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00DB3801">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piemēr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00DB3801">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tā aizpildīšana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D03EFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidRPr="005462A3" w:rsidR="005462A3">
-[...677 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1130"/>
         <w:gridCol w:w="1914"/>
         <w:gridCol w:w="2785"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="2345"/>
         <w:gridCol w:w="2656"/>
       </w:tblGrid>
-      <w:tr w14:paraId="24632A1E" w14:textId="77777777" w:rsidTr="00DC19F6">
+      <w:tr w14:paraId="0E7630D4" w14:textId="77777777" w:rsidTr="00DC19F6">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6B66" w:rsidRPr="00990ADF" w:rsidP="007439F4" w14:paraId="787FB3A5" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="7EDA2A8D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>N.p.k</w:t>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>N.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6B66" w:rsidRPr="00510657" w:rsidP="00F0786C" w14:paraId="561BA964" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="00F0786C" w14:paraId="129F4DC6" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00990ADF">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ēkas, kurā veikti </w:t>
-[...19 lines deleted...]
-              <w:t>, adrese</w:t>
+              <w:t>Ēkas, kurā veikti vides pieejamības pasākumi, adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6B66" w:rsidP="009D2331" w14:paraId="7E3E4342" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="009D2331" w14:paraId="047763CC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ēkas t</w:t>
             </w:r>
-            <w:r w:rsidR="00A96983">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00A96983">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>elpu grupa/-</w:t>
+              <w:t>elpu grupa/-as, k</w:t>
             </w:r>
-            <w:r w:rsidR="00A96983">
-[...19 lines deleted...]
-            <w:r w:rsidR="00442784">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00442784">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00A96983">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00A96983">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s tiek pielāgot</w:t>
             </w:r>
-            <w:r w:rsidR="00442784">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00442784">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a/-</w:t>
             </w:r>
-            <w:r w:rsidR="00A96983">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00A96983">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>as</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">as </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6B66" w:rsidRPr="00990ADF" w:rsidP="009D2331" w14:paraId="35A72454" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="009D2331" w14:paraId="733C4BCB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ē</w:t>
+              <w:t>Ēkā sniegtais labklājības nozares valsts pakalpojums vai pašvaldības sociāl</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A73E2A">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00672853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ais</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A73E2A">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> labklājības nozares valsts pakalpojum</w:t>
-[...69 lines deleted...]
-              <w:t>piekļūstamība</w:t>
+              <w:t xml:space="preserve"> pakalpojums, attiecībā uz kuru nodrošināta vides piekļūstamība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2345" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6B66" w:rsidP="007439F4" w14:paraId="68296CFA" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="6B349DE9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00990ADF">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Informācija par veiktajiem vides pielāgojumiem</w:t>
+              <w:t>Informācija par veiktajiem vides pielāgojumiem ēkā</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r w:rsidR="00D52962">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai tās daļā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001D6B66" w:rsidRPr="008F437D" w:rsidP="007439F4" w14:paraId="18469115" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="5C9AD487" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6B66" w:rsidRPr="00510657" w:rsidP="00943C71" w14:paraId="6638996F" w14:textId="77777777">
+          <w:p w:rsidR="001D6B66" w:rsidRPr="00BE73D7" w:rsidP="00943C71" w14:paraId="3AD813A3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00990ADF">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Apraksts, kā veiktie vides pielāgojumi veicinās minimālo vides pieejamības prasību nodrošināšanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5AC35B1D" w14:textId="77777777" w:rsidTr="00DC19F6">
+      <w:tr w14:paraId="50C473EA" w14:textId="77777777" w:rsidTr="00DC19F6">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="0B537EDE" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="673BFBF8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="1D36C672" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="033E59D3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="5967B4F1" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="0A08A961" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="7A955DDC" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="0956AAC9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2345" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="4F3EB8BB" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="5CE2A27F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="3441C8DB" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="7D80C9A3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2F96E895" w14:textId="77777777" w:rsidTr="00DC19F6">
+      <w:tr w14:paraId="0ACA9EF9" w14:textId="77777777" w:rsidTr="00DC19F6">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="138B5469" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="1B9FC209" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="6331F0B2" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="5AE38791" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="0DEBD17B" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="65D4BDA2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ēkas 1.stāvs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="2AD015FB" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="2D7BE8A3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pašvaldības sociālais dienests</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2345" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="0BE7FDCD" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="05988791" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pārbūvēts esošais </w:t>
-[...19 lines deleted...]
-              <w:t>, aprīkota autostāvvieta cilvēkiem ar invaliditāti, pielāgotas tualetes telpas</w:t>
+              <w:t>Pārbūvēts esošais panduss, aprīkota autostāvvieta cilvēkiem ar invaliditāti, pielāgotas tualetes telpas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="5E005D1D" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="47956AB1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Šādi veiktie pielāgojumi nodrošina, ka ir iespēja fiziski piekļūt sociālajam dienestam person</w:t>
             </w:r>
-            <w:r w:rsidR="00255414">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00255414">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar dažādiem funkcionāl</w:t>
             </w:r>
-            <w:r w:rsidR="00255414">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00255414">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aj</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">iem traucējumiem: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="4F0111DA" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="4A2AD7CD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidR="000B2E6E">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B2E6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>anduss</w:t>
+              <w:t>anduss ir  aprīkots ar neslīdīgu segumu un tā platums ir 1.20.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
-[...30 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00BE73D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pandusa</w:t>
+              <w:t>Pandusa slīpumu (garenvirzienā) ir 0.4 metri.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
-[...10 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00BE73D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pandusa</w:t>
+              <w:t>Pandusa abās pusēs uzveidotas margas ar rokturiem divos līmeņos ar augstumu 0,70 metri un 1,1 metrs no grīdas līmeņa</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
-[...9 lines deleted...]
-            <w:r w:rsidR="00DC19F6">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00DC19F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00DC19F6">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="00DC19F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">tādejādi </w:t>
+              <w:t xml:space="preserve">tādejādi  sekmējot pašvaldības sociālo pakalpojumu vides, nodarbinātības un </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A96983">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sekmē</w:t>
+              <w:t>informācijas pieejamību personām riteņkrēslā, personām ar kustību traucējumiem</w:t>
             </w:r>
-            <w:r>
-[...49 lines deleted...]
-            <w:r w:rsidR="000B21F6">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B21F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="7716BCBF" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="68A5A298" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
-            <w:r w:rsidR="000B2E6E">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B2E6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>p</w:t>
+              <w:t xml:space="preserve">pie </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE" w:rsidR="000B2E6E">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ie </w:t>
+              <w:t>ēkas ir izveidota autostāvvieta cilvēkiem ar invaliditāti, kuras platums lielāks par 350 cm, tās garums lielāks par 500 cm, stāvvieta apzīmēta ar vertikāli novietotu speciālu autostāvvietas apzīmējumu 1,20 m augstumā un tā ir apzīmēta ar attiecīgu piktogrammu uz stāvvietas seguma</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D03EFE">
-[...19 lines deleted...]
-            <w:r w:rsidR="000B2E6E">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B2E6E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="000B21F6">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B21F6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000B21F6" w:rsidR="000B21F6">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B21F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">tādejādi  sekmējot pašvaldības sociālo pakalpojumu vides, nodarbinātības un informācijas pieejamību personām </w:t>
-[...19 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>tādejādi  sekmējot pašvaldības sociālo pakalpojumu vides, nodarbinātības un informācijas pieejamību personām ar dažādiem funkcionāliem traucējumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="3E53E273" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="355B9A3B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">3) Tualetes durvju platums ir ne mazāks par 90 cm, durvju atvēršanas slodze ir ne vairāk par 2 kg, un tās atveras vismaz 90° leņķī, durvju iekšpusē ir rokturis durvju platumā, durvis ir aprīkotas ar slēdzeni, ko krīzes situācijā var atslēgt no ārpuses. Tualetes minimālais platums ir 1,6 metri, tualetes minimālais garums ir 2,2 metri. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="33232162" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="16388A53" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Klozetpoda priekšā ir brīvs manevrēšanas laukums 1,5 x1,5 metri; tam vismaz vienā pusē 0,8 metru platumā ir brīva piekļuve </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> lietotājam, tā augšējās malas augstums (bez vāka) ir 0,45–0,47 metri.</w:t>
+              <w:t>Klozetpoda priekšā ir brīvs manevrēšanas laukums 1,5 x1,5 metri; tam vismaz vienā pusē 0,8 metru platumā ir brīva piekļuve riteņkrēsla lietotājam, tā augšējās malas augstums (bez vāka) ir 0,45–0,47 metri.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="65C46AA4" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="121F512C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pods ir aprīkots ar paceļamiem roku balstiem, kas uzstādīti ne augstāk kā 1,20 metru virs grīdas uz sānu sienas un izvirzīti ne vairāk kā 0,50 metru no sienas. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="3B3BFEB4" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="5679AF3E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Zem izlietnes ir brīva vieta vismaz 0,7 metrus no grīdas līmeņa, izlietnes augšmalas augstums ir 0,80–0,85 metri no grīdas līmeņa. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A96983" w:rsidRPr="00D03EFE" w:rsidP="00A96983" w14:paraId="07A7132A" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="1544C873" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D03EFE">
+            <w:r w:rsidRPr="00BE73D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ir izveidotas divas palīdzības pogas (0,15 un 0,9 metru augstumā no grīdas), kas ir savienotas ar auklu un gaismas indikatoru</w:t>
             </w:r>
-            <w:r w:rsidR="000B21F6">
+            <w:r w:rsidRPr="00BE73D7" w:rsidR="000B21F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...59 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>, tādejādi  sekmējot pašvaldības sociālo pakalpojumu vides, nodarbinātības un informācijas pieejamību personām riteņkrēslā, personām ar kustību traucējumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7089B4E7" w14:textId="77777777" w:rsidTr="00DC19F6">
+      <w:tr w14:paraId="7E0A37D0" w14:textId="77777777" w:rsidTr="00DC19F6">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="4B656A0E" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="1A417CF8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="0CA27155" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="5D63E6A5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="4EE27FFA" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="5C943CC1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="62547934" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="3DEB98C5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2345" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="5DBAA27F" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="1250A38C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A96983" w:rsidP="00A96983" w14:paraId="5BF8BD79" w14:textId="77777777">
+          <w:p w:rsidR="00A96983" w:rsidRPr="00BE73D7" w:rsidP="00A96983" w14:paraId="3A9EED81" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00990ADF" w:rsidP="007439F4" w14:paraId="6DEDFBF9" w14:textId="77777777">
+    <w:p w:rsidR="00990ADF" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="690C317A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00990ADF">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Norādes par </w:t>
       </w:r>
-      <w:r w:rsidR="009C4EBB">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4EBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">pārskatā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00990ADF">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ietveramo informāciju</w:t>
-[...10 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ietveramo informāciju:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2331" w:rsidRPr="009C4EBB" w:rsidP="00943C71" w14:paraId="5DE87B9D" w14:textId="77777777">
+    <w:p w:rsidR="009D2331" w:rsidRPr="00BE73D7" w:rsidP="00943C71" w14:paraId="13D30C89" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C4EBB">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
-[...49 lines deleted...]
-      <w:r w:rsidR="00D52962">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kolonnā “N.p.k.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, ņemot vērā, ka informācija sniedzama par katru ēku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļu</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="009C4506">
-[...19 lines deleted...]
-      <w:r w:rsidR="006E2C9B">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, kurā nodrošināta vides pieejamība, atsevišķi, ietver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="006E2C9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtas numuru par katru ēku</w:t>
       </w:r>
-      <w:r w:rsidR="00C95C90">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00C95C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/tās daļu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4DF6" w:rsidR="00943C71">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943C71" w:rsidP="009C4EBB" w14:paraId="3ADB0F20" w14:textId="77777777">
+    <w:p w:rsidR="00943C71" w:rsidRPr="00BE73D7" w:rsidP="009C4EBB" w14:paraId="229496DF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C4EBB">
-[...39 lines deleted...]
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Kolonnā “Ēkas, kurā veikti vides pieejamības pasākumi, adrese” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>orāda informāciju par ēkas</w:t>
       </w:r>
-      <w:r w:rsidR="00D52962">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļas</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, kurā veikti vides pieejamības pasākumi, adresi</w:t>
       </w:r>
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E92D9F" w:rsidRPr="009C4EBB" w:rsidP="009C4EBB" w14:paraId="00E01758" w14:textId="77777777">
+    <w:p w:rsidR="00E92D9F" w:rsidRPr="00BE73D7" w:rsidP="009C4EBB" w14:paraId="396CBE35" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...79 lines deleted...]
-      <w:r w:rsidR="004A1D71">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3. Kolonnā “Ēkas telpu grupa/-as, kas tiek pielāgota/-as” norāda telpu grup</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="004A1D71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>u/-</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:r w:rsidR="00C95C90">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as, kur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00C95C90">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ā/-</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ās veikti vides pieejamības pasākumi;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2331" w:rsidRPr="009C4EBB" w:rsidP="009C4EBB" w14:paraId="2FEC40D8" w14:textId="77777777">
+    <w:p w:rsidR="009D2331" w:rsidRPr="00BE73D7" w:rsidP="009C4EBB" w14:paraId="1BC9BEE3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00593496">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00593496">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
-[...19 lines deleted...]
-      <w:r w:rsidR="00672853">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kolonnā “Ēkā sniegtais labklājības nozares valsts pakalpojums vai pašvaldības sociāl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00672853">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4506" w:rsidR="00943C71">
-[...29 lines deleted...]
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pakalpojums, attiecībā uz kuru nodrošināta vides piekļūstamība” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>orāda informāciju, kāda veida pakalpojums ēkā</w:t>
       </w:r>
-      <w:r w:rsidR="00D52962">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļā</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek sniegts (labklājības nozares valsts pakalpojums vai pašvaldības sociāl</w:t>
       </w:r>
-      <w:r w:rsidR="00672853">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00672853">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
-[...19 lines deleted...]
-      <w:r w:rsidR="00D52962">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pakalpojums). Informācijai jāatbilst MK noteikumu Nr.582 pielikumā minētajam atbilstošajam pakalpojumam, kas tiek sniegts ēkā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļā</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4506" w:rsidR="00943C71">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, kurā nodrošināti vides pieejamības pasākumi</w:t>
       </w:r>
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2331" w:rsidRPr="009C4EBB" w:rsidP="00943C71" w14:paraId="158068F4" w14:textId="77777777">
+    <w:p w:rsidR="009D2331" w:rsidRPr="00BE73D7" w:rsidP="00943C71" w14:paraId="25ACD6D2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...49 lines deleted...]
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kolonnā “Informācija par veiktajiem vides pielāgojumiem ēkā”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> n</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>orāda informāciju par katrā ēkā</w:t>
       </w:r>
-      <w:r w:rsidR="00D52962">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļā</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="00943C71">
-[...49 lines deleted...]
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00943C71">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visiem veiktajiem vides pielāgojumiem atbilstoši projektā paredzētajam (piemēram, pilnveidojumi vizuālās informācijas uzlabošanai, evakuācijas sistēmu pielāgošana un nodrošināšana personām ar funkcionāliem traucējumiem (redzes, dzirdes, mobilitātes un garīgiem traucējumiem personām ar invaliditāti), rampas uzstādīšana, panduss, lifts, viegli atveramas vai automātiskas durvis, teritorijas labiekārtošana, labierīcību pielāgošana, autosstāvvietas izveide u.tml.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943C71" w:rsidRPr="009C4506" w:rsidP="00943C71" w14:paraId="7A470662" w14:textId="77777777">
+    <w:p w:rsidR="00943C71" w:rsidRPr="00BE73D7" w:rsidP="00943C71" w14:paraId="72B9ED49" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB" w:rsidR="009D2331">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009D2331">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB">
-[...29 lines deleted...]
-      <w:r w:rsidR="009C4506">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kolonnā “Apraksts, kā veiktie vides pielāgojumi veicinās minimālo vides pieejamības prasību nodrošināšanu” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="009C4506">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB">
-[...29 lines deleted...]
-      <w:r w:rsidR="002240D5">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nformāciju sniedz aprakstošā veidā, norādot kā veiktie vides pieejamības pasākumi nodrošinājuši vides un informācijas pieejamību atbilstoši būvnormatīvos noteiktajām vides piekļūstamības prasībām, iekļaujošā dizaina principiem, skaidrojot vai vide ir piekļūstama visām sabiedrības grupām, tostarp personām ar invaliditāt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="002240D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i (</w:t>
       </w:r>
-      <w:r w:rsidR="006141F5">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="006141F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="002240D5" w:rsidR="002240D5">
-[...19 lines deleted...]
-      <w:r w:rsidR="00531870">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="002240D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>eteikumi iekļaujošas vides veidošanai pieejami še</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00531870">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
-      <w:r w:rsidR="002240D5">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="002240D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002240D5" w:rsidR="002240D5">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="002240D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00764667" w:rsidR="002240D5">
+        <w:r w:rsidRPr="00BE73D7" w:rsidR="002240D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002240D5">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="002240D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB">
-[...49 lines deleted...]
-      <w:r w:rsidR="00D52962">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Atbilstoši aizpildītajai vides pieklūstamības pašnovērtējuma anketai ir iespējams novērtēt, vai ir nodrošinātas minimālās vides pieejamības prasības, veicot ēkas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00D52962">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļas</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4EBB">
-[...17 lines deleted...]
-        <w:t>, pašnovērtējuma anketas koeficientam ir jāatbilst vismaz astotajam līmenim).</w:t>
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vides pielāgošanas pasākumus (t.i., pašnovērtējuma anketas koeficientam ir jāatbilst vismaz astotajam līmenim).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D2331" w:rsidP="007439F4" w14:paraId="11CCC678" w14:textId="77777777">
+    <w:p w:rsidR="009D2331" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="61D0EFCB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00791901" w:rsidP="007439F4" w14:paraId="77E691D4" w14:textId="77777777">
+    <w:p w:rsidR="00791901" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="278C3CB4" w14:textId="26AD41D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006141F5">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">2.3. finansējuma saņēmēja </w:t>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. finansējuma saņēmēja </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk144203448"/>
-      <w:r w:rsidRPr="006141F5">
-[...28 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>veiktu pašnovērtējumu par ēkā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="00D93CFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00791901">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> nodrošināto vides pieejamības pielāgojumu atbilstību normatīvajiem aktiem par būvju vispārīgajām prasībām</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="00A92E2C">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00A92E2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00990ADF" w:rsidP="007439F4" w14:paraId="6375609C" w14:textId="77777777">
+    <w:p w:rsidR="00990ADF" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="4A0185D4" w14:textId="5E216625">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00943C71">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00943C71" w:rsidR="00242249">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Atbilstoši LM izstrādātajai vides piekļūstamības pašnovērtējuma anketai ēkā sniegtā labklājības nozares valsts pakalpojuma vai pašvaldības sociālā pakalpojuma vides piekļūstamība</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00242249">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00943C71" w:rsidR="00242249">
+      <w:r w:rsidRPr="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jāatbilst minimālajām vides piekļūstamības prasībām un normatīvajos aktos par būvju vispārīgo prasību noteiktajam – t.i., vides piekļūstamības koeficientam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00242249">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>jā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">atbilst </w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71" w:rsidR="00242249">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00242249">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">vismaz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71">
+      <w:r w:rsidRPr="00BE73D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>astotajam līmenim.</w:t>
       </w:r>
-      <w:r w:rsidR="00E36424">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00E36424">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71" w:rsidR="00242249">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00242249">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Anketa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71" w:rsidR="008A0132">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="008A0132">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, kā arī metodisks skaidrojums anketas aizpildīšanai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71" w:rsidR="00242249">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00242249">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieejam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71" w:rsidR="008A0132">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="008A0132">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00943C71" w:rsidR="00242249">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00242249">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00943C71" w:rsidR="00943C71">
+        <w:r w:rsidRPr="00F852B5" w:rsidR="003D47A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:bCs/>
             <w:i/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>https://www.lm.gov.lv/lv/vides-un-informacijas-pieklustamibas-pasnovertejums-saskana-ar-lbn-200-21</w:t>
+          <w:t>https://www.lm.gov.lv/lv/vides-un-informacijas-pieklustamibas-pasnovertejums</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00943C71" w:rsidR="00943C71">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00784F82">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E0B9A" w:rsidRPr="00943C71" w:rsidP="007439F4" w14:paraId="29081E69" w14:textId="77777777">
+    <w:p w:rsidR="008E0B9A" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="3777F7F3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007439F4" w:rsidP="007439F4" w14:paraId="37835E8A" w14:textId="77777777">
+    <w:p w:rsidR="007439F4" w:rsidRPr="00BE73D7" w:rsidP="007439F4" w14:paraId="106FE844" w14:textId="59593FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B39F3">
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="00BC1C62">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>bū</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="0099467C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="00BC1C62">
-[...19 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="0099467C" w:rsidR="00BC1C62">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>speciālista atzinumu par pašnovērtējuma atbilstību faktiski nodrošinātajai vides pieejamībai ēkā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099467C" w:rsidR="00D52962">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tās daļā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B39F3" w:rsidR="00BC1C62">
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00BC1C62">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="003F3C49">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003F3C49">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Atbilstoši Būvniecības likuma 13.</w:t>
       </w:r>
-      <w:r w:rsidR="00672853">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00672853">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="003F3C49">
-[...8 lines deleted...]
-      <w:r w:rsidR="00672853">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003F3C49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pantam un </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE73D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MK </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003F3C49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>20.03.2018. noteikumiem Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00672853">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="003F3C49">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="003B39F3" w:rsidR="00E50E52">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003F3C49">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>169 “Būvspeciālistu kompetences novērtēšanas un patstāvīgās prakses uzraudzības noteikumi” sertificēts arhitekts/būvspeciālists projektēšanas /arhitektūras jomā sagatavo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00E50E52">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> minēto </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="003F3C49">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="003F3C49">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>atzinumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="00CF180C">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00CF180C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>. Atzinum</w:t>
       </w:r>
-      <w:r w:rsidR="00672853">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00672853">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B39F3" w:rsidR="00CF180C">
+      <w:r w:rsidRPr="00BE73D7" w:rsidR="00CF180C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavotājs var būt nodarbināts pie finansējuma saņēmēja, piemēram, kā pašvaldības būvinženieris vai vietējās būvvaldes speciālists.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00C620BE">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:sectPr w:rsidSect="009B5DAF">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1135" w:right="1440" w:bottom="1276" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1440" w:bottom="1135" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="003A6190" w14:paraId="07E559D3" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
+  <w:p w:rsidR="00493296" w14:paraId="3671C2DB" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
+  <w:p w:rsidR="006D0FE1" w14:paraId="39D7804A" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="003A6190" w14:paraId="78FD473B" w14:textId="77777777">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
+  <w:p w:rsidR="003A6190" w14:paraId="070EEE50" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w:rsidR="006D0FE1" w14:paraId="62D936A5" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:b w:val="0"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00481C4F" w:rsidP="00C07FEB" w14:paraId="27A28B8F" w14:textId="77777777">
+    <w:p w:rsidR="00481C4F" w:rsidP="00C07FEB" w14:paraId="16F65530" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00481C4F" w:rsidP="00C07FEB" w14:paraId="21D0C0CC" w14:textId="77777777">
+    <w:p w:rsidR="00481C4F" w:rsidP="00C07FEB" w14:paraId="357F6744" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00B701B4" w:rsidRPr="00714E29" w:rsidP="009C4506" w14:paraId="60810F66" w14:textId="77777777">
+    <w:p w:rsidR="00BE73D7" w:rsidRPr="00CA44DC" w:rsidP="00CA44DC" w14:paraId="497BD087" w14:textId="69A792FD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00714E29">
+      <w:r w:rsidRPr="00CA44DC">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00714E29">
-[...59 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MK 20.09.2022. noteikumi Nr. 582 “Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 3.1. reformu un investīciju virzienu “Reģionālā politika” 3.1.2.1.i. investīcijas “Publisko pakalpojumu un nodarbinātības pieejamības veicināšanas pasākumi cilvēkiem ar funkcionāliem traucējumiem” pirmās kārtas “Valsts un pašvaldību ēku vides pieejamības nodrošināšanas pasākumi” īstenošanas noteikumi” (turpmāk – MK noteikumi Nr. 582</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="005462A3" w:rsidRPr="00714E29" w:rsidP="009C4506" w14:paraId="5238AC39" w14:textId="54E65894">
+    <w:p w:rsidR="000D254B" w:rsidRPr="00CA44DC" w:rsidP="009C4506" w14:paraId="1E7D0CAD" w14:textId="539405A6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="16"/>
-[...9 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk144206467"/>
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Atbilstoši MK noteikumu Nr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714E29" w:rsidR="00C0702E">
-[...53 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">582 7.3. apakšpunktam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00CF1CFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mērķrādītājs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sasniedzams līdz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00B24FE5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="005A7F4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00B24FE5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0.06.202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00AA1CBE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="007C4A2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="005462A3" w:rsidRPr="00714E29" w:rsidP="009C4506" w14:paraId="6333DD53" w14:textId="77777777">
+    <w:p w:rsidR="0032569F" w:rsidRPr="00CA44DC" w:rsidP="00645137" w14:paraId="3E5BFAFA" w14:textId="70A983A6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00714E29">
+      <w:r w:rsidRPr="00CA44DC">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00714E29">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> Lai mazinātu administratīvo slogu finansējuma saņēmējam, panākta vienošanās ar CFLA, ka nepieciešamā informācija tiek apkopota no citās KP VIS sadaļās finansējuma saņēmēja ievadītās informācijas  </w:t>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="001A52D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">K </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>02.09.2014. noteikumi Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">529 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00C95C90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ēku būvnoteikumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00C95C90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="000D254B" w:rsidRPr="00714E29" w:rsidP="009C4506" w14:paraId="57BE9217" w14:textId="77777777">
+    <w:p w:rsidR="00B549CF" w:rsidRPr="00CA44DC" w14:paraId="69B81026" w14:textId="036C9566">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="004A31D3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Finansējuma saņēmējs informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="00C216DB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tabulā uzkrāj kumulatīvi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="005A7F4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="000B5885">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> papildinot to katru reizi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="005A7F4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2E72" w:rsidR="005C2E72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, iesniedzot progresa pārskatu, tiek iekļauta informācija par pārskata periodā papildu </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1DD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ēku pielāgošanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA44DC" w:rsidR="000B5885">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w:rsidR="00BC1C62" w:rsidRPr="00CA44DC" w:rsidP="00A92E2C" w14:paraId="55507F02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00714E29">
+      <w:r w:rsidRPr="00CA44DC">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00714E29">
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714E29">
-[...246 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk144206919"/>
-      <w:r w:rsidRPr="00714E29">
-[...21 lines deleted...]
-        <w:t>, kas sagatavo atzinumu par pašnovērtējuma atbilstību faktiski nodrošinātajai vides pieejamībai ēkā</w:t>
+      <w:r w:rsidRPr="00CA44DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Atbilstoši MK noteikumu Nr. 582 25.16. apakšpunktam, finansējuma saņēmējam pēc pašnovērtējuma par ēkā sniegtā labklājības nozares valsts pakalpojuma vai pašvaldības sociālā pakalpojuma vides pieejamību sagatavošanas ir jāpieaicina būvspeciālistu, kas sagatavo atzinumu par pašnovērtējuma atbilstību faktiski nodrošinātajai vides pieejamībai ēkā</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
+  <w:p w:rsidR="00493296" w14:paraId="16E90EC8" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
+  <w:p w:rsidR="00493296" w14:paraId="4F01B1CA" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
+  <w:p w:rsidR="00493296" w14:paraId="0492D65B" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="017B7043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34BC5A84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7989,542 +4274,572 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F57C76"/>
     <w:rsid w:val="00004011"/>
     <w:rsid w:val="00005A64"/>
     <w:rsid w:val="00013A95"/>
     <w:rsid w:val="0001751A"/>
     <w:rsid w:val="00020F33"/>
     <w:rsid w:val="00023270"/>
     <w:rsid w:val="00023D8A"/>
     <w:rsid w:val="000277E0"/>
     <w:rsid w:val="00030A41"/>
     <w:rsid w:val="0003148A"/>
     <w:rsid w:val="00036120"/>
     <w:rsid w:val="0003753F"/>
     <w:rsid w:val="000409CC"/>
     <w:rsid w:val="00042A73"/>
     <w:rsid w:val="000547A9"/>
     <w:rsid w:val="00057F98"/>
     <w:rsid w:val="00062DAD"/>
     <w:rsid w:val="000713A0"/>
     <w:rsid w:val="0008592B"/>
     <w:rsid w:val="000904B3"/>
     <w:rsid w:val="000912C1"/>
     <w:rsid w:val="000947E0"/>
+    <w:rsid w:val="000963B9"/>
     <w:rsid w:val="000B21F6"/>
     <w:rsid w:val="000B291F"/>
     <w:rsid w:val="000B2E6E"/>
+    <w:rsid w:val="000B55D9"/>
     <w:rsid w:val="000B5885"/>
     <w:rsid w:val="000B6DC0"/>
     <w:rsid w:val="000C176C"/>
     <w:rsid w:val="000C3A40"/>
     <w:rsid w:val="000D1B65"/>
     <w:rsid w:val="000D254B"/>
     <w:rsid w:val="000D326B"/>
     <w:rsid w:val="000E4D34"/>
     <w:rsid w:val="000E52F4"/>
     <w:rsid w:val="000E7A2F"/>
     <w:rsid w:val="000E7D47"/>
     <w:rsid w:val="001072B9"/>
     <w:rsid w:val="00107341"/>
     <w:rsid w:val="00125B59"/>
     <w:rsid w:val="00135BED"/>
     <w:rsid w:val="001371C2"/>
     <w:rsid w:val="00142C94"/>
     <w:rsid w:val="00142DA4"/>
     <w:rsid w:val="00143D70"/>
     <w:rsid w:val="0014663E"/>
     <w:rsid w:val="00151A0B"/>
     <w:rsid w:val="00164FC7"/>
     <w:rsid w:val="001656DF"/>
     <w:rsid w:val="00167E01"/>
     <w:rsid w:val="001705EE"/>
     <w:rsid w:val="00172351"/>
     <w:rsid w:val="00182759"/>
     <w:rsid w:val="00196870"/>
     <w:rsid w:val="00197DD3"/>
     <w:rsid w:val="001A52D0"/>
+    <w:rsid w:val="001A6A24"/>
     <w:rsid w:val="001C0FF8"/>
     <w:rsid w:val="001C409F"/>
     <w:rsid w:val="001C40A7"/>
     <w:rsid w:val="001C5E17"/>
     <w:rsid w:val="001D2400"/>
     <w:rsid w:val="001D3614"/>
     <w:rsid w:val="001D3EF7"/>
     <w:rsid w:val="001D54D1"/>
     <w:rsid w:val="001D5CFD"/>
     <w:rsid w:val="001D6B66"/>
     <w:rsid w:val="001E0F4D"/>
     <w:rsid w:val="001E5617"/>
     <w:rsid w:val="001F66E1"/>
     <w:rsid w:val="002240D5"/>
     <w:rsid w:val="00224685"/>
     <w:rsid w:val="002250B2"/>
     <w:rsid w:val="00241711"/>
     <w:rsid w:val="00242249"/>
     <w:rsid w:val="00253FAF"/>
     <w:rsid w:val="00255414"/>
     <w:rsid w:val="00262243"/>
     <w:rsid w:val="00266967"/>
     <w:rsid w:val="00273CB6"/>
     <w:rsid w:val="0027530F"/>
     <w:rsid w:val="0027604D"/>
     <w:rsid w:val="00282EDE"/>
     <w:rsid w:val="002929FE"/>
     <w:rsid w:val="002938F5"/>
     <w:rsid w:val="002976E5"/>
     <w:rsid w:val="00297CEA"/>
     <w:rsid w:val="002C4A6F"/>
     <w:rsid w:val="002C7CF9"/>
     <w:rsid w:val="002D169C"/>
     <w:rsid w:val="002D73A4"/>
     <w:rsid w:val="002E1138"/>
     <w:rsid w:val="002E5403"/>
     <w:rsid w:val="002E6028"/>
     <w:rsid w:val="002F4096"/>
     <w:rsid w:val="003052E2"/>
     <w:rsid w:val="003071EB"/>
     <w:rsid w:val="00316980"/>
+    <w:rsid w:val="003178C2"/>
+    <w:rsid w:val="003238F6"/>
     <w:rsid w:val="0032569F"/>
     <w:rsid w:val="003320E5"/>
     <w:rsid w:val="00334DAA"/>
     <w:rsid w:val="00366C89"/>
     <w:rsid w:val="00367850"/>
     <w:rsid w:val="00371AB0"/>
     <w:rsid w:val="00374542"/>
     <w:rsid w:val="003757C2"/>
     <w:rsid w:val="00375F8C"/>
     <w:rsid w:val="00380E59"/>
     <w:rsid w:val="00394AD0"/>
     <w:rsid w:val="003A6190"/>
     <w:rsid w:val="003B20D2"/>
     <w:rsid w:val="003B39F3"/>
     <w:rsid w:val="003B4A02"/>
     <w:rsid w:val="003D268C"/>
     <w:rsid w:val="003D405F"/>
+    <w:rsid w:val="003D47A1"/>
     <w:rsid w:val="003D6CCB"/>
+    <w:rsid w:val="003E03E2"/>
     <w:rsid w:val="003E06A6"/>
     <w:rsid w:val="003F3C49"/>
     <w:rsid w:val="0040293D"/>
     <w:rsid w:val="00403786"/>
     <w:rsid w:val="004137BF"/>
     <w:rsid w:val="00415326"/>
     <w:rsid w:val="004232C2"/>
     <w:rsid w:val="00442784"/>
     <w:rsid w:val="00457468"/>
     <w:rsid w:val="004640A6"/>
     <w:rsid w:val="0046692D"/>
     <w:rsid w:val="00481C4F"/>
     <w:rsid w:val="00484C41"/>
     <w:rsid w:val="00485791"/>
+    <w:rsid w:val="00493296"/>
     <w:rsid w:val="004A1D71"/>
     <w:rsid w:val="004A31D3"/>
     <w:rsid w:val="004B5C3A"/>
     <w:rsid w:val="004C4FC7"/>
     <w:rsid w:val="004E728A"/>
     <w:rsid w:val="004F4180"/>
     <w:rsid w:val="004F6A09"/>
     <w:rsid w:val="00510657"/>
     <w:rsid w:val="00512CAE"/>
     <w:rsid w:val="0051385E"/>
     <w:rsid w:val="00515EC4"/>
     <w:rsid w:val="00522A49"/>
     <w:rsid w:val="00531870"/>
     <w:rsid w:val="00532CEE"/>
     <w:rsid w:val="00532D45"/>
     <w:rsid w:val="005341EC"/>
     <w:rsid w:val="00542AEE"/>
     <w:rsid w:val="00542B3E"/>
     <w:rsid w:val="005462A3"/>
     <w:rsid w:val="00547744"/>
     <w:rsid w:val="00552FFD"/>
     <w:rsid w:val="0055652C"/>
     <w:rsid w:val="005625C9"/>
     <w:rsid w:val="00570307"/>
     <w:rsid w:val="00577E76"/>
     <w:rsid w:val="005801EB"/>
     <w:rsid w:val="00590675"/>
     <w:rsid w:val="00593496"/>
     <w:rsid w:val="00593DA5"/>
     <w:rsid w:val="005A34CA"/>
     <w:rsid w:val="005A6F52"/>
     <w:rsid w:val="005A7F4C"/>
     <w:rsid w:val="005C02CB"/>
+    <w:rsid w:val="005C2E72"/>
     <w:rsid w:val="005C72D4"/>
     <w:rsid w:val="005E3A8E"/>
     <w:rsid w:val="005F09B3"/>
     <w:rsid w:val="005F1E3D"/>
     <w:rsid w:val="005F2772"/>
+    <w:rsid w:val="005F28E3"/>
     <w:rsid w:val="005F5BA3"/>
     <w:rsid w:val="005F7929"/>
     <w:rsid w:val="0060011C"/>
     <w:rsid w:val="006063EA"/>
     <w:rsid w:val="00606A1C"/>
     <w:rsid w:val="006141F5"/>
     <w:rsid w:val="00621507"/>
     <w:rsid w:val="006252D7"/>
     <w:rsid w:val="00645137"/>
     <w:rsid w:val="00653F0C"/>
     <w:rsid w:val="0065561F"/>
     <w:rsid w:val="006650CC"/>
     <w:rsid w:val="006673FC"/>
     <w:rsid w:val="00672853"/>
     <w:rsid w:val="00685845"/>
     <w:rsid w:val="00691CD5"/>
     <w:rsid w:val="00696B20"/>
     <w:rsid w:val="00696F7A"/>
     <w:rsid w:val="006B4CCD"/>
     <w:rsid w:val="006C6C17"/>
+    <w:rsid w:val="006D0FE1"/>
     <w:rsid w:val="006D3950"/>
     <w:rsid w:val="006D6B56"/>
     <w:rsid w:val="006E2699"/>
     <w:rsid w:val="006E2C9B"/>
     <w:rsid w:val="006E33D9"/>
     <w:rsid w:val="006E3622"/>
     <w:rsid w:val="006F2A33"/>
     <w:rsid w:val="00710EB4"/>
     <w:rsid w:val="00714E29"/>
     <w:rsid w:val="0071766A"/>
     <w:rsid w:val="0072109B"/>
     <w:rsid w:val="00741E7B"/>
     <w:rsid w:val="007439F4"/>
     <w:rsid w:val="00745A7C"/>
     <w:rsid w:val="00747333"/>
     <w:rsid w:val="00754322"/>
     <w:rsid w:val="00755230"/>
     <w:rsid w:val="00764667"/>
     <w:rsid w:val="007664DD"/>
     <w:rsid w:val="00767A46"/>
     <w:rsid w:val="00782AB2"/>
+    <w:rsid w:val="00784F82"/>
     <w:rsid w:val="00787332"/>
     <w:rsid w:val="00787E47"/>
     <w:rsid w:val="00791901"/>
     <w:rsid w:val="007A285E"/>
     <w:rsid w:val="007B0168"/>
     <w:rsid w:val="007C37E5"/>
     <w:rsid w:val="007C4A2C"/>
     <w:rsid w:val="007C78AA"/>
     <w:rsid w:val="007D2F2C"/>
     <w:rsid w:val="007F3C6C"/>
     <w:rsid w:val="007F5FF0"/>
     <w:rsid w:val="007F76CF"/>
     <w:rsid w:val="00825A9A"/>
     <w:rsid w:val="008475B4"/>
     <w:rsid w:val="008547AD"/>
     <w:rsid w:val="008548C4"/>
     <w:rsid w:val="00856728"/>
     <w:rsid w:val="0086680D"/>
     <w:rsid w:val="00890D0A"/>
     <w:rsid w:val="00893166"/>
     <w:rsid w:val="00897644"/>
     <w:rsid w:val="008A0132"/>
     <w:rsid w:val="008A052C"/>
     <w:rsid w:val="008A63B8"/>
     <w:rsid w:val="008B646B"/>
     <w:rsid w:val="008B7676"/>
     <w:rsid w:val="008B76C7"/>
     <w:rsid w:val="008C42C2"/>
     <w:rsid w:val="008E0B9A"/>
     <w:rsid w:val="008E2E99"/>
     <w:rsid w:val="008E5D18"/>
     <w:rsid w:val="008F437D"/>
     <w:rsid w:val="008F6D87"/>
     <w:rsid w:val="008F7275"/>
     <w:rsid w:val="00901B32"/>
     <w:rsid w:val="00905A4C"/>
     <w:rsid w:val="00905CDF"/>
     <w:rsid w:val="009103DA"/>
     <w:rsid w:val="009158C8"/>
+    <w:rsid w:val="00923133"/>
     <w:rsid w:val="009254AF"/>
     <w:rsid w:val="00943C71"/>
     <w:rsid w:val="00946EB6"/>
     <w:rsid w:val="00975DDC"/>
     <w:rsid w:val="00982B4A"/>
     <w:rsid w:val="00990ADF"/>
     <w:rsid w:val="00991BA8"/>
     <w:rsid w:val="00993029"/>
+    <w:rsid w:val="0099467C"/>
     <w:rsid w:val="009A1A1B"/>
     <w:rsid w:val="009A4834"/>
     <w:rsid w:val="009B3FEA"/>
     <w:rsid w:val="009B594A"/>
+    <w:rsid w:val="009B5DAF"/>
+    <w:rsid w:val="009B65E7"/>
     <w:rsid w:val="009C4506"/>
     <w:rsid w:val="009C4EBB"/>
     <w:rsid w:val="009C6C1D"/>
     <w:rsid w:val="009C6D7E"/>
     <w:rsid w:val="009D2331"/>
     <w:rsid w:val="009E1F1B"/>
     <w:rsid w:val="009E4774"/>
     <w:rsid w:val="009E4D05"/>
     <w:rsid w:val="009F0FBA"/>
     <w:rsid w:val="009F6456"/>
     <w:rsid w:val="00A0038C"/>
+    <w:rsid w:val="00A05BE3"/>
+    <w:rsid w:val="00A06BB3"/>
     <w:rsid w:val="00A112A6"/>
     <w:rsid w:val="00A15798"/>
     <w:rsid w:val="00A2003E"/>
     <w:rsid w:val="00A20AA7"/>
     <w:rsid w:val="00A22766"/>
     <w:rsid w:val="00A27871"/>
     <w:rsid w:val="00A333FD"/>
     <w:rsid w:val="00A3369B"/>
     <w:rsid w:val="00A424DA"/>
     <w:rsid w:val="00A47FFD"/>
     <w:rsid w:val="00A5498D"/>
     <w:rsid w:val="00A573BA"/>
     <w:rsid w:val="00A5791C"/>
     <w:rsid w:val="00A62BD4"/>
     <w:rsid w:val="00A73E2A"/>
     <w:rsid w:val="00A81EBB"/>
     <w:rsid w:val="00A82FBB"/>
     <w:rsid w:val="00A84F31"/>
     <w:rsid w:val="00A86BFA"/>
     <w:rsid w:val="00A91797"/>
     <w:rsid w:val="00A92E2C"/>
     <w:rsid w:val="00A944D7"/>
     <w:rsid w:val="00A96983"/>
     <w:rsid w:val="00AA1CBE"/>
+    <w:rsid w:val="00AB1DD1"/>
     <w:rsid w:val="00AB5C8F"/>
     <w:rsid w:val="00AC6734"/>
     <w:rsid w:val="00AD1327"/>
     <w:rsid w:val="00AE136B"/>
     <w:rsid w:val="00AE15BD"/>
     <w:rsid w:val="00AE1D23"/>
     <w:rsid w:val="00AE465B"/>
     <w:rsid w:val="00AE69D6"/>
     <w:rsid w:val="00AF4DF6"/>
     <w:rsid w:val="00AF631B"/>
     <w:rsid w:val="00AF7174"/>
     <w:rsid w:val="00B02D31"/>
     <w:rsid w:val="00B05C54"/>
+    <w:rsid w:val="00B22ABF"/>
     <w:rsid w:val="00B24FE5"/>
     <w:rsid w:val="00B31969"/>
     <w:rsid w:val="00B362ED"/>
     <w:rsid w:val="00B40DD2"/>
     <w:rsid w:val="00B45792"/>
     <w:rsid w:val="00B46DA1"/>
     <w:rsid w:val="00B52240"/>
     <w:rsid w:val="00B549CF"/>
+    <w:rsid w:val="00B54F21"/>
     <w:rsid w:val="00B6611F"/>
     <w:rsid w:val="00B6661E"/>
     <w:rsid w:val="00B701B4"/>
     <w:rsid w:val="00B722AF"/>
     <w:rsid w:val="00B72F9C"/>
     <w:rsid w:val="00B74C43"/>
     <w:rsid w:val="00B81FCE"/>
     <w:rsid w:val="00B85545"/>
     <w:rsid w:val="00B93046"/>
     <w:rsid w:val="00B95D06"/>
     <w:rsid w:val="00BA5678"/>
     <w:rsid w:val="00BA6C49"/>
     <w:rsid w:val="00BA6CF4"/>
+    <w:rsid w:val="00BB6CAD"/>
     <w:rsid w:val="00BC1C62"/>
     <w:rsid w:val="00BD0432"/>
     <w:rsid w:val="00BD2843"/>
     <w:rsid w:val="00BE0D18"/>
     <w:rsid w:val="00BE54D5"/>
     <w:rsid w:val="00BE6B67"/>
+    <w:rsid w:val="00BE73D7"/>
     <w:rsid w:val="00BF1B1E"/>
     <w:rsid w:val="00BF4DCA"/>
+    <w:rsid w:val="00BF6D62"/>
     <w:rsid w:val="00C007FD"/>
     <w:rsid w:val="00C00FE9"/>
     <w:rsid w:val="00C0702E"/>
     <w:rsid w:val="00C071E6"/>
     <w:rsid w:val="00C07FEB"/>
     <w:rsid w:val="00C10B76"/>
     <w:rsid w:val="00C11419"/>
     <w:rsid w:val="00C11D96"/>
     <w:rsid w:val="00C216DB"/>
     <w:rsid w:val="00C227C7"/>
     <w:rsid w:val="00C4180E"/>
     <w:rsid w:val="00C525D7"/>
     <w:rsid w:val="00C620BE"/>
     <w:rsid w:val="00C6302B"/>
     <w:rsid w:val="00C662C2"/>
     <w:rsid w:val="00C7431C"/>
     <w:rsid w:val="00C7634D"/>
     <w:rsid w:val="00C81674"/>
     <w:rsid w:val="00C826AD"/>
     <w:rsid w:val="00C84E9B"/>
     <w:rsid w:val="00C930A2"/>
     <w:rsid w:val="00C95C90"/>
     <w:rsid w:val="00C96316"/>
     <w:rsid w:val="00C9732C"/>
+    <w:rsid w:val="00CA44DC"/>
     <w:rsid w:val="00CB754D"/>
     <w:rsid w:val="00CC2E66"/>
     <w:rsid w:val="00CD0D54"/>
     <w:rsid w:val="00CD10E9"/>
     <w:rsid w:val="00CE0EDB"/>
     <w:rsid w:val="00CE11DE"/>
     <w:rsid w:val="00CE5055"/>
     <w:rsid w:val="00CF180C"/>
     <w:rsid w:val="00CF1CFC"/>
     <w:rsid w:val="00D006F4"/>
     <w:rsid w:val="00D019C0"/>
     <w:rsid w:val="00D03EFE"/>
+    <w:rsid w:val="00D16289"/>
     <w:rsid w:val="00D1723F"/>
     <w:rsid w:val="00D20DF9"/>
     <w:rsid w:val="00D21CE5"/>
     <w:rsid w:val="00D260F8"/>
     <w:rsid w:val="00D27FDA"/>
     <w:rsid w:val="00D321DF"/>
     <w:rsid w:val="00D3295D"/>
     <w:rsid w:val="00D433F3"/>
     <w:rsid w:val="00D45850"/>
     <w:rsid w:val="00D45878"/>
     <w:rsid w:val="00D4673B"/>
     <w:rsid w:val="00D4706A"/>
     <w:rsid w:val="00D52962"/>
     <w:rsid w:val="00D52A94"/>
     <w:rsid w:val="00D57ED9"/>
     <w:rsid w:val="00D67332"/>
+    <w:rsid w:val="00D76C92"/>
     <w:rsid w:val="00D87386"/>
     <w:rsid w:val="00D93CFD"/>
     <w:rsid w:val="00D9407D"/>
     <w:rsid w:val="00D9487C"/>
     <w:rsid w:val="00DA0432"/>
     <w:rsid w:val="00DA0508"/>
     <w:rsid w:val="00DB0A06"/>
     <w:rsid w:val="00DB3801"/>
     <w:rsid w:val="00DC0948"/>
     <w:rsid w:val="00DC1668"/>
     <w:rsid w:val="00DC19F6"/>
     <w:rsid w:val="00DC6D4D"/>
     <w:rsid w:val="00DD2594"/>
     <w:rsid w:val="00DD2744"/>
     <w:rsid w:val="00DD2B98"/>
     <w:rsid w:val="00E0520B"/>
     <w:rsid w:val="00E223CE"/>
     <w:rsid w:val="00E225B9"/>
     <w:rsid w:val="00E255A6"/>
     <w:rsid w:val="00E25ECC"/>
     <w:rsid w:val="00E341D7"/>
     <w:rsid w:val="00E36424"/>
     <w:rsid w:val="00E36E67"/>
     <w:rsid w:val="00E3708A"/>
     <w:rsid w:val="00E40F62"/>
     <w:rsid w:val="00E415F1"/>
     <w:rsid w:val="00E41B01"/>
     <w:rsid w:val="00E41E8B"/>
     <w:rsid w:val="00E4622A"/>
     <w:rsid w:val="00E50E52"/>
     <w:rsid w:val="00E522C8"/>
+    <w:rsid w:val="00E53C5B"/>
     <w:rsid w:val="00E573BC"/>
     <w:rsid w:val="00E65FA9"/>
     <w:rsid w:val="00E66A3C"/>
     <w:rsid w:val="00E66A52"/>
     <w:rsid w:val="00E811D1"/>
     <w:rsid w:val="00E82B40"/>
     <w:rsid w:val="00E92A2D"/>
     <w:rsid w:val="00E92D9F"/>
     <w:rsid w:val="00EA39DE"/>
     <w:rsid w:val="00EA6E56"/>
     <w:rsid w:val="00EB2EB2"/>
     <w:rsid w:val="00EC600F"/>
     <w:rsid w:val="00ED0DA1"/>
     <w:rsid w:val="00ED35C7"/>
     <w:rsid w:val="00EF167C"/>
     <w:rsid w:val="00EF27AC"/>
     <w:rsid w:val="00EF4127"/>
     <w:rsid w:val="00EF5B32"/>
     <w:rsid w:val="00F0786C"/>
     <w:rsid w:val="00F12628"/>
     <w:rsid w:val="00F206B4"/>
+    <w:rsid w:val="00F2172B"/>
     <w:rsid w:val="00F30558"/>
     <w:rsid w:val="00F36D0F"/>
     <w:rsid w:val="00F57C76"/>
     <w:rsid w:val="00F60BFD"/>
     <w:rsid w:val="00F66AB9"/>
     <w:rsid w:val="00F72353"/>
     <w:rsid w:val="00F76C89"/>
+    <w:rsid w:val="00F852B5"/>
     <w:rsid w:val="00F92D64"/>
     <w:rsid w:val="00F93213"/>
     <w:rsid w:val="00F95C6F"/>
     <w:rsid w:val="00F979F9"/>
     <w:rsid w:val="00FA7559"/>
     <w:rsid w:val="00FB260C"/>
     <w:rsid w:val="00FB7D0D"/>
     <w:rsid w:val="00FC0E6D"/>
     <w:rsid w:val="00FD2674"/>
     <w:rsid w:val="00FE1220"/>
     <w:rsid w:val="00FE19F1"/>
     <w:rsid w:val="00FF0B48"/>
     <w:rsid w:val="00FF28AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="4CBBFAC8"/>
+  <w14:docId w14:val="517B1F6F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{765038D8-5553-4BC4-9766-02E846C69A6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9147,61 +5462,115 @@
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B701B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00672853"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00493296"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00493296"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00493296"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00493296"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003D47A1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vides-un-informacijas-pieklustamibas-pasnovertejums-saskana-ar-lbn-200-21" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vides-un-informacijas-pieklustamibas-pasnovertejums" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/ieteikumi-ieklaujosas-vides-veidosanai" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9477,56 +5846,50 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100787D81CC44191443BCE9A84915FD18C3" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f8aefad4701dfbd23068286b028ad959">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="df2f17e89380418ea967c61cd5d4cf0b" ns3:_="">
     <xsd:import namespace="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -9638,139 +6001,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61561EB1-700B-4FD4-8E75-E58C5DC51B1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{104395AB-640D-4B2A-B223-17A542F343D9}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62F5E2BA-73C4-4D31-9BF7-EC8544554699}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{104395AB-640D-4B2A-B223-17A542F343D9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="b79beaba-54a4-46e7-a1cc-cc0bd0fa3328"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C22DAE1-1F50-4486-B9CD-B24AB5042E81}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{280BA443-68F9-44E1-9C85-AF7FCD971B90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5060</Characters>
+  <Pages>3</Pages>
+  <Words>5267</Words>
+  <Characters>3003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13910</CharactersWithSpaces>
+  <CharactersWithSpaces>8254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Anna Grinberga</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100787D81CC44191443BCE9A84915FD18C3</vt:lpwstr>
   </property>
 </Properties>
 </file>