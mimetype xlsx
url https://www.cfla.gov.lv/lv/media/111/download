--- v0 (2025-10-23)
+++ v1 (2025-12-21)
@@ -1,117 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/tatjana_pasane_cfla_gov_lv/Documents/Desktop/Grozījumi 2025/346/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cf-baha\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="124" documentId="8_{B4E22D75-55F1-4EBF-8227-7D4ACA74890C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CBB03DF6-AA84-436B-BB8B-C2A04AD58663}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8AFB777-F9F3-4766-9566-8DA4067ED152}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1.tabula" sheetId="2" r:id="rId1"/>
     <sheet name="2.tabula" sheetId="3" r:id="rId2"/>
     <sheet name="Par 2.tabulu" sheetId="1" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1.tabula'!$A$1:$C$15</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Par 2.tabulu'!$B$1:$AG$33</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
+    <author>tc={0FABF169-AF19-4BC1-BEA6-5AAEFA1411B9}</author>
     <author>tc={F4105A9F-367A-4E98-B8AD-61BBFB81BA8D}</author>
   </authors>
   <commentList>
-    <comment ref="A9" authorId="0" shapeId="0" xr:uid="{F4105A9F-367A-4E98-B8AD-61BBFB81BA8D}">
+    <comment ref="S4" authorId="0" shapeId="0" xr:uid="{0FABF169-AF19-4BC1-BEA6-5AAEFA1411B9}">
       <text>
-        <t>[Threaded comment]
-[...1 lines deleted...]
-Comment:
+        <t>[Komentārs ar pavedienu]
+Jūsu Excel versija ļauj lasīt šo komentāru ar pavedienu, tomēr visi tā labojumi tiks noņemti, ja fails tiks atvērts jaunākā Excel versijā. Papildinformācija: https://go.microsoft.com/fwlink/?linkid=870924
+Komentārs:
+    Tā kā datu importa formā nav 2., 3.1., 5.1. un 5.4.kolonnas, par kurām dati jāievāc gadījumā, ja dalībniekam nav LV personas kods, tad lūgums izvērtēt, vai zemāk skaidrojumā atstājamas atsauces uz šīm kolonnām.</t>
+      </text>
+    </comment>
+    <comment ref="A9" authorId="1" shapeId="0" xr:uid="{F4105A9F-367A-4E98-B8AD-61BBFB81BA8D}">
+      <text>
+        <t>[Komentārs ar pavedienu]
+Jūsu Excel versija ļauj lasīt šo komentāru ar pavedienu, tomēr visi tā labojumi tiks noņemti, ja fails tiks atvērts jaunākā Excel versijā. Papildinformācija: https://go.microsoft.com/fwlink/?linkid=870924
+Komentārs:
     Svarīgi!! Importējot datus uz KPVIS ievērot vienu brīvu rindu</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Ilze Indrāne</author>
+  </authors>
+  <commentList>
+    <comment ref="S9" authorId="0" shapeId="0" xr:uid="{EC42499C-E117-43B0-B8C5-93C999A2BBA0}">
+      <text/>
+    </comment>
+    <comment ref="AB9" authorId="0" shapeId="0" xr:uid="{AAB6550B-6448-4E66-AF17-6F74050A951C}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="12"/>
+            <color theme="1"/>
+            <rFont val="Times New Roman"/>
+            <family val="2"/>
+            <charset val="186"/>
+          </rPr>
+          <t>Ilze Indrāne:
+Šim laukam ir jābūt sarkanā krāsā</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="165">
   <si>
     <t>1. pielikums 
 Ministru kabineta 
 2023. gada 21. marta
 noteikumiem Nr. 135</t>
   </si>
   <si>
     <t>Pārskats par projekta dalībniekiem*</t>
   </si>
   <si>
     <t>Pārskatu par iepriekšējā kalendāra gada dalībniekiem un sasniegtajiem tūlītējiem rādītājiem iesniedz reizi gadā kopā ar noslēguma maksājuma pieprasījumu par dalībniekiem, kas uzsāka dalību pēc pēdējā pārskata perioda beigām, un ESF+ un TPF projektiem, kuros ir noteikts uzraudzības rādītājs "dalībnieku/personu skaits", tai skaitā par visiem programmā ietvertajiem rādītājiem, kas paredz personu/dalībnieku uzskaiti. Atbilstoši atbildīgās iestādes norādījumiem sadaļā neiekļauj to dalībnieku datus, kas piedalās publiskos atvērtā tipa pasākumos. 
 Ja šāds rādītājs projektā nav noteikts, pārskatu neiesniedz.</t>
   </si>
   <si>
     <t>1.tabula</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>Finansējuma saņēmējs</t>
   </si>
   <si>
     <t>Projekta nosaukums</t>
   </si>
@@ -505,50 +543,53 @@
       <t xml:space="preserve">2 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Ilgstošie bezdarbnieki – personas, kas atrodas NVA uzskaitē un nepārtrauktā bezdarba periodā vismaz gadu (12 mēnešus un ilgāk).</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">3 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Neaktīvas personas – ekonomiski neaktīvie iedzīvotāji (personas) neatkarīgi no vecuma, ieskaitot personas, kuras jaunākas par darbspējas vecumu un kuras nevar pieskaitīt ne pie nodarbinātiem iedzīvotājiem, ne  pie darba meklētājiem (mājsaimnieces, nestrādājošas personas ar invaliditāti, izglītības iestāžu audzēkņi un studenti darbspējas vecumā, kas nestrādā un nemeklē darbu, nestrādājošie pensionāri, personas, kas zaudējušas cerības atrast darbu, personas, kas nevar strādāt ģimenes apstākļu dēļ, u. c.).</t>
     </r>
+  </si>
+  <si>
+    <t>3.1., 3.2., 3.3., 3.4., 3.5. vai 3.6. aili aizpilda, ja pasākumā paredzēts sniegt atbalstu attiecīgajā ailē minētajai dalībnieku grupai. 3.1. un 3.6. aile nav obligāti aizpildāma, ja dalībniekam ir Latvijas Republikā piešķirts personas kods.</t>
   </si>
   <si>
     <r>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Trešo valstu valstspiederīgie –  personas, kas nav Eiropas Savienības pilsoņi, tostarp bezvalstnieki un personas bez noteiktas valstspiederības.</t>
     </r>
   </si>
   <si>
     <r>
       <t>5</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
@@ -725,297 +766,252 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Dalībnieki, kuri pēc dalības beigām  ir nodarbināti, tai skaitā pašnodarbinātie (ne vēlāk kā 4 nedēļas pēc dalības pārtraukšanas vai pabeigšanas), – bez darba esošas vai neaktīvas personas, kas saņēmušas ESF+ atbalstu un kas 4 nedēļu laikā pēc dalības ESF+ pasākumā uzsākušas strādāt vai kļuvušas par pašnodarbinātajiem. Neaktīvie dalībnieki ir personas, kas nav darbaspēka sastāvdaļa, t. i., nav nodarbinātas un nav reģistrējušās kā bezdarbnieki.</t>
     </r>
   </si>
   <si>
     <r>
       <t>15</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Datu laukā "Piezīmes" ievada paskaidrojošu informāciju par dalībnieku, kā arī informāciju, ja dalībnieks nav sniedzis informāciju par kādu no datu laukiem, tai skaitā ja nav iespējams iegūt informāciju, kas jānorāda datu laukā "5. Dati par dalībnieku 4 nedēļas pēc dalības beigām (t.sk. dalību priekšlaicīgi pārtraukušie)".</t>
     </r>
   </si>
   <si>
     <t>2.tabula - Informācijas Lapa</t>
   </si>
   <si>
-    <r>
-[...63 lines deleted...]
-  <si>
     <t>2. Statuss darba tirgū</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
       <t>5. Dati par dalībnieku 4 nedēļas pēc dalības beigām (t.sk. dalību priekšlaicīgi pārtraukušie)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
       <t>10</t>
     </r>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
     <t>0.7</t>
   </si>
   <si>
     <t>3.1.</t>
   </si>
   <si>
     <t>5.1.</t>
   </si>
   <si>
     <t>5.4.</t>
   </si>
   <si>
     <t>Projekta darbības nosaukums atbilstoši projekta iesnieguma Darbību sadaļai</t>
   </si>
   <si>
     <t>Dalības pārtraukšanas datums</t>
   </si>
   <si>
     <r>
-      <t>Dalībnieku dalījums pēc statusa darba tirgū (aizpildīt, norādot tikai vienu no variantiem: 1 nodarbināts (tostarp pašnodarbināts)/ 2 bezdarbnieks</t>
-[...63 lines deleted...]
-    <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>Personas ar ārvalstu izcelsmi</t>
+      <t>Dalībnieku dalījums pēc statusa darba tirgū (aizpildīt, norādot tikai vienu no variantiem: 1 nodarbināts (tostarp pašnodarbināts)/ 2 bezdarbnieks</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>5</t>
-[...2 lines deleted...]
-  <si>
+      <t>1</t>
+    </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>Minoritātes (tostarp atstumtas kopienas, piemēram, romi)</t>
+      <t>/ 3 ilgstošais bezdarbnieks</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>6</t>
-[...2 lines deleted...]
-  <si>
+      <t>2</t>
+    </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>Bezpajumtnieki vai personas, kuras skar atstumtība mājokļu ziņā</t>
+      <t>/ 4 neaktīva persona</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>7</t>
-[...2 lines deleted...]
-  <si>
+      <t>3</t>
+    </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
-      <t>Dalībnieki, kuri pēc dalības beigām sākuši meklēt darbu</t>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>Dalībnieki ar invaliditāti</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>Personas ar ārvalstu izcelsmi</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
+      <t>5</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>Minoritātes (tostarp atstumtas kopienas, piemēram, romi)</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>6</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>Bezpajumtnieki vai personas, kuras skar atstumtība mājokļu ziņā</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>7</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>Dalībnieku dalījums pēc izglītības  (aizpildīt, norādot tikai vienu no variantiem: 0 nav iegūts ISCED 0. līmenis/ 1 Ar pamatizglītības otrā posma vai zemāka līmeņa izglītību (ISCED 0–2)  /2
+Ar vidējo izglītību (ISCED 3. līmenis) vai pēcvidējo izglītību (ISCED 4. līmenis)   /3
+Ar augstāko izglītību (ISCED 5. līmenis līdz 8. līmenis))</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>9</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
+      <t>Dalībnieki, kuri pēc dalības beigām sākuši meklēt darbu</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+      </rPr>
       <t>11</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
       <t>Dalībnieki, kuri pēc dalības beigām</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
@@ -1087,112 +1083,63 @@
       </rPr>
       <t>14</t>
     </r>
   </si>
   <si>
     <t>dalībnieka tālruņa numurs 
 (ja pieejams)</t>
   </si>
   <si>
     <t xml:space="preserve">Obligāti aizpildāmās kolonnas, lai varētu nodrošināt sasaisti ar citu iestāžu (PMLP, VDEĀVK, NVA, VID, VIIS) sistēmām. Informācija iegūstama no dalībnieku anketām vai, ja FS ir zināma kāda informācija par dalībnieku no citiem reģistriem/avotiem, tad to var neprasīt dalībniekam, bet FS to norāda pats. Šādai situācijai būtu jābūt izsekojamai auditam utml. </t>
   </si>
   <si>
     <t>obligāti aizpilda par dalībniekiem, kuriem nav piešķirts LR personas kods</t>
   </si>
   <si>
     <t xml:space="preserve">Jānorāda valsts pilsēta vai novads nevis konkrēta adrese
 Piemēram, Madonas nov.	
 	</t>
   </si>
   <si>
     <t>Informācija no dalībnieku anketām vai, ja FS ir zināma kāda informācija par dalībnieku no citiem reģistriem/avotiem, tad to var neprasīt dalībniekam, bet FS to norāda pats.
 aizpildāms, ja dalībnieks ir nodarbināta persona vai piedalās kā dalībnieks no kādas institūcijas vai NVO)</t>
   </si>
   <si>
     <t xml:space="preserve">Dalībnieku kontaktinformācija nepieciešama, lai nodrošinātu Regulā Nr.2021/1057  noteiktās ESF+ kopējo ilgtermiņa rādītāju uzkrāšanas un ziņošanas prasības (nav FS pienākums ). ESF+ kopējie ilgtermiņa rādītāji atsevišķos gadījumos paredz sniegt informāciju par dalībnieka situāciju noteiktā laika posmā pēc dalības projektā. Tādejādi, gadījumos, kad attiecīgā rādītāja (piem., dalībnieki labākā darba situācijā 6 mēnešus pēc aiziešanas (dalības ESF+ pasākumā) rādītāja vērtības) noteikšana nav iespējama, izmantojot datu reģistros pieejamo informāciju, rādītāja vērtības noteikšanai veicama dalībnieku aptauja, izmantojot dalībnieka sniegto kontaktinformāciju.	
+Ja dalībnieks nav sniedzis ziņas, tad datu laukā norāda "nav norādīts"	
 	</t>
   </si>
   <si>
     <t xml:space="preserve">jānorāda projekta darbības nosaukums atbilstoši projekta iesnieguma Darbību sadaļā esošajiem darbību līmeņiem 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Īstenošanas beigu datumu, ja nav zināms cits dalības beigu datums. Dalībai beidzoties, datumu precizē.
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">norādīt iegūto kvalifikāciju, ja tāda tiek iegūta dalības pasākumā rezultātā, piem., „frizieris”, ja pasākuma rezultātā nav iegūta kvalifikācija, t.i., pasākumā nav iespēja iegūt kvalifikāciju, tad norāda “-”
 </t>
   </si>
   <si>
     <t>Norāda atbilstoši personas statusam darba tirgū uz dalības pasākuma uzsākšanas brīdi</t>
-  </si>
-[...12 lines deleted...]
-Aizpilda visas 3.sadaļas kolonnas, norādot attiecīgo vērtību.</t>
   </si>
   <si>
     <t xml:space="preserve">Skaidrojumu sk. zem tabulas apraksta daļā				</t>
   </si>
   <si>
     <t xml:space="preserve">Informācija 5.sadaļas ailēs norādāma šādi:
 - 1, ja attiecas
 - 0, ja neattiecas
 - nav norādīts, ja dalībnieks ir atteicies sniegt/nav sniedzis informāciju.
 Informācija par tūlītējiem rezultāta rādītājiem ir jāievāc 4 nedēļu laikā pēc dalības pasākumā, t.sk. pēc pārtraukšanas. “Četru nedēļu laikā” nozīmē, ka informācija var tikt ievākta uzreiz no dalības pēdējās dienas, bet ne vēlāk kā 4 nedēļas pēc dalības. Kā galvenais instruments informācijas apkopošanai izmantojamas dalībnieku aptaujas. Lai nodrošinātu maksimāli efektīvu datu apkopošanu, aptaujas tūlītējo rezultātu apkopošanai var veikt uzreiz pēc dalības (piemēram, pēdējā nodarbībā). Ja kādu iemeslu dēļ dalībnieks uz pēdējo nodarbību nav ieradies, tad informācija iegūstama, izmantojot kontaktinformāciju, kura tiek apkopota uz dalības uzsākšanas brīdi (telefona intervijas, elektroniskā aptauja uz elektronisko pastu).	</t>
   </si>
   <si>
     <t xml:space="preserve">Norāda iemeslu, kāpēc informāciju nav iespējams iegūt, ja attiecināms;  norādīt sadaļas, par kurām persona atteikusies sniegt informāciju; ja dalība pārtraukta, norādīt, vai attaisnotu /neattaisnotu iemeslu dēļ; citu informāciju pēc nepieciešamības.
 </t>
   </si>
   <si>
     <t>ir LR personas kods</t>
   </si>
   <si>
     <t>Nav LR personas kods</t>
   </si>
   <si>
     <t>Datu ievades piemērs</t>
   </si>
   <si>
@@ -1207,87 +1154,75 @@
   <si>
     <t>Daugavpils</t>
   </si>
   <si>
     <t>janis.berzins@epasts.lv</t>
   </si>
   <si>
     <t>nav norādīts</t>
   </si>
   <si>
     <t>profesionālās kompetences pilnveide</t>
   </si>
   <si>
     <t>supervīzija</t>
   </si>
   <si>
     <t>01.02.2025.</t>
   </si>
   <si>
     <t>30.06.2025.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Ar augstāko izglītību (ISCED 5. līmenis līdz 8. līmenis)</t>
-[...4 lines deleted...]
-  <si>
     <t>Dalībnieks nenorādīja telefona numuru</t>
   </si>
   <si>
     <t>Nav LR personas kods; jāatzīmē "Dalībnieks bez Latvijas personas koda"</t>
   </si>
   <si>
     <t>John Smith</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Rīga</t>
   </si>
   <si>
+    <t>johnsmith@gmail.com</t>
+  </si>
+  <si>
     <t>bezdarbnieku apmācības</t>
   </si>
   <si>
     <t>excel apmācības</t>
   </si>
   <si>
     <t>10.03.2025.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ar vidējo izglītību (ISCED 3. līmenis) vai pēcvidējo izglītību (ISCED 4. līmenis)</t>
   </si>
   <si>
     <t>Dalībnieks nesniedza informāciju par e-pastu</t>
   </si>
   <si>
     <t>Svarīgi!! Importējot datus uz KPVIS ievērot vienu brīvu rindu zem tabulas</t>
   </si>
   <si>
     <t>0.3., 0.4., 0.5., 2., 3.1., 3.6., 5.1., 5.3. un 5.4. aile nav obligāti jāaizpilda, ja dalībniekam ir Latvijas Republikā piešķirts personas kods.</t>
   </si>
   <si>
     <t>Ja dalībniekam nav Latvijas Republikā piešķirta personas koda, finansējuma saņēmējs aizpilda 0.3., 0.4., 0.5., 2., 3.1., 3.6., 5.1., 5.3. un 5.4. kolonnu. ( KP VIS sistēma šādus dalībniekus, bez pers.koda, ir jāievada tikai manuāli. Aizpildot 2.tabulu, KP VIS neļaus importēt dalībniekus bez ievadīta personas koda)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
       </rPr>
       <t xml:space="preserve">1  </t>
     </r>
     <r>
       <rPr>
@@ -1554,59 +1489,271 @@
       </rPr>
       <t xml:space="preserve"> Dalībnieki, kuri pēc dalības beigām  ir nodarbināti, tai skaitā pašnodarbinātie (ne vēlāk kā 4 nedēļas pēc dalības pārtraukšanas vai pabeigšanas), – bez darba esošas vai neaktīvas personas, kas saņēmušas ESF+ atbalstu un kas 4 nedēļu laikā pēc dalības ESF+ pasākumā uzsākušas strādāt vai kļuvušas par pašnodarbinātajiem. Neaktīvie dalībnieki ir personas, kas nav darbaspēka sastāvdaļa, t. i., nav nodarbinātas un nav reģistrējušās kā bezdarbnieki.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>15</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> Datu laukā "Piezīmes" ievada paskaidrojošu informāciju par dalībnieku, kā arī informāciju, ja dalībnieks nav sniedzis informāciju par kādu no datu laukiem, tai skaitā ja nav iespējams iegūt informāciju, kas jānorāda datu laukā "5. Dati par dalībnieku 4 nedēļas pēc dalības beigām (t.sk. dalību priekšlaicīgi pārtraukušie)".</t>
     </r>
   </si>
+  <si>
+    <r>
+      <t>Īstenošanas beigu datumu, ja nav zināms cits dalības beigu datums. Dalībai beidzoties, datumu precizē.
+Aizpilda par katru dalībnieka dalību pasākumā. Kā sākuma datums tiek norādīts pirmās konsultācijas datums un beigu datums tiek norādīts pēdējās konsultācijas datums, un saņemto konsultāciju skaits. 
+Ja pēdējās konsultācijas datums nav zināms, tad jānorāda projekta īstenošanas beigu datums.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Ja ir jānorāda dalības, tad dalībnieks tiek ievadīts tik reizes, cik dalībās piedalījies.</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color rgb="FF7030A0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">datums, kad persona pārtrauc dalību pasākumā pirms noteiktā beigu datuma;
+par šādu dalībnieku tūlītējo rādītāju datus norāda 4 nedēļu laikā pēc dalības pārtraukšanas, ja attiecināms
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ja pasākums apmeklēts pilnā apjomā vai turpinās, t.i., persona nav pārtraukusi dalību pasākumā, tad norāda “-”</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">Informācija ailē norādāma šadi:
+- 1, ja attiecās
+- 0, ja neattiecās
+- nav norādīts, ja dalībnieks nav sniedzis ziņas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Datus norāda tikai gadījumā, ja pasākumā paredzēts sniegt atbalstu attiecīgajā ailē minētajai dalībnieku grupai vai datu ziņošanu paredz SAM MKN</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">Skaidrojumu sk. zem tabulas apraksta daļā
+Informācija 3.sadaļas ailēs norādāma šādi:
+- 1, ja attiecas
+- 0, ja neattiecas
+- nav norādīts, ja dalībnieks ir atteicies sniegt/nav sniedzis informāciju
+Aizpilda visas 3.sadaļas kolonnas, norādot attiecīgo vērtību.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Datus norāda tikai gadījumā, ja pasākumā paredzēts sniegt atbalstu attiecīgajā ailē minētajai dalībnieku grupai vai datu ziņošanu paredz SAM MKN</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Atbilstoši pārskata par projekta dalībniekiem (turpmāk - pārskats) formai ES fondu finansējuma saņēmējam (FS)  ir jāveic datu apstrāde - uzkrāšana un apkopošana, tai skaitā fizisko personu sensitīvo datu apstrāde. FS veic datu vākšanu un apstrādi saskaņā ar Eiropas Parlamenta un Padomes 2016. gada 27. aprīļa regula (ES) 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti 6.pantu, kas paredz tiesības ievākt un apstrādāt personas datus, ja  apstrāde ir vajadzīga, lai izpildītu uzdevumu, ko veic sabiedrības interesēs vai īstenojot pārzinim likumīgi piešķirtās oficiālās pilnvaras. 
+Ja SAM MKN paredz, ka pasākumā piedālās noteiktās mērķa grupas dalībnieki, FS pienākums pirms dalībnieka iesaistes pasākumā, jāpārliecināties par tā atbilstību projekta mērķa grupai.
+Projekta ietvaros veicot personu datu apstrādi, tajā skaitā to uzkrāšanu un iesniegšanu Sadarbības iestādei, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) apstrādes noteiktās prasības.
+Pieprasot un aizpildot datus par dalībniekiem, FS jāievēro MK noteikumos par SAM īstenošanu noteiktie īpašie nosacījumi dalībnieku iekļaušanai pārskatā, ja attiecināms.  Dati par dalībnieku iekļaujami šajā pārskatā, uzsākot dalību projektā (brīdī, kad dalībnieks iesaistās attiecīgajā projekta darbībā/pasākumā). Tabula ir aizpildāma par dalībniekiem, kas uzsāka dalību seminārā/apmācībā/konsultācijā/citā pasākumā, pat, ja pēc kāda laika tie ir pārtraukuši dalību tajā. Dalībnieku dati jāuzkrāj tik reizes, cik reizes dalībnieks piedalījies pasākumos. Ja dalības laikā mainās kāds no parametriem (piemēram, vecums, dalījums pēc statusa darba tirgū u.tml.), izmaiņas dalībnieka datos nav jāveic. Dalībai noslēdzoties vai tiekot pārtrauktai, attiecīgi tiek aizpildīta informācija 2. tabulas 1. sadaļā "Informācija par dalību", kā arī četru nedēļu laikā pēc dalības apkopota informācija 2. tabulas 5. sadaļā "Dati par dalībnieku 4 nedēļas pēc dalības beigām (t.sk. dalību priekšlaicīgi pārtraukušie)". Tie ir jāiegūst starp dienu, kad persona pabeidz apmācības, t.sk. var būt arī dalības pārtraukšanas vai pabeigšanas diena, un dienu, kas ir ne vēlāk kā četras nedēļas pēc dalības pārtraukšanas vai pabeigšanas.
+Ja uz dalībnieka datu ievades (vai ielādes no Excel faila) brīdi vēl nav zināmi dati par tūlītējiem rādītājiem (pārskata 5.sadaļa) vai arī ja dalībnieks turpina dalību projektā, tad šos datus drīkst nenorādīt.  
+Dalībai noslēdzoties vai tiekot pārtrauktai, un, ja dalībnieka dati jau bija iesniegti CFLA caur KPVIS, tad pie nākošā Pārskata vai, ja attiecināms, kopā ar noslēguma maksājuma pieprasījumu attiecīgi jāpapildina vai jālabo dalībnieku dati kolonnās 1.6., 1.7., 5.2., 5.3., 6.
+Ja FS ir zināma kāda informācija par dalībnieku no citiem reģistriem/avotiem, tad to var neprasīt dalībniekam, bet FS to norāda pats. Šādai situācijai būtu jābūt izsekojamai auditam utml. Ja FS konstatē, ka dalībnieks norādījis nepatiesu/neprecīzu informāciju, FS ir pienākums pārskatā to norādīt korektu. Precizētajiem datiem jāizriet no citiem pierādāmiem avotiem, piem., pašvaldības vai citiem reģistriem, vai loģikas kļūdām. 
+Ja dalībniekam ir Latvijas Republikas piešķirtais personas kods, datu laukus 0.3., 0.4., 0.5., 2., 3.1.,  3.6., 5.1., 5.3. un 5.4. aile var neaizpildīt. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>IEVĒRĪBAI!</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve"> 3.1., 3.2., 3.3., 3.4., 3.5. vai 3.6. aili aizpilda, ja pasākumā paredzēts sniegt atbalstu attiecīgajā ailē minētajai dalībnieku grupai. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">Ar </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">sarkanu </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">iekrāsoti tabulas lauki, kas obligāti jānorāda, ar </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF70AD47"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>zaļu</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">, tie, kas nav obligāti aizpildāmie. Ar </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF808080"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>pelēko</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF5B9BD5"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve"> krāsu atzīmētie lauki, kas ir obligāti aizpildāmi, ja tādu datu ziņošana ir noteikta projekta specifikā (piemēram, jāgūst pārliecību par atbilstību mērķa grupai). </t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="53" x14ac:knownFonts="1">
+  <fonts count="61" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -1908,50 +2055,100 @@
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF202122"/>
       <name val="Arial"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="17"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color rgb="FF7030A0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF0070C0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color rgb="FF0070C0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="4"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF5B9BD5"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2115,77 +2312,76 @@
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="174">
+  <cellXfs count="182">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="5" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="2" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2248,53 +2444,50 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="11" fillId="3" borderId="5" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="11" fillId="4" borderId="5" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="5" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="11" fillId="5" borderId="5" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="33" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -2327,59 +2520,74 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="51" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="4" xfId="6" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="52" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-    </xf>
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="12" xfId="6" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="5" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2450,217 +2658,233 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...88 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="59" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
-    <cellStyle name="Hyperlink" xfId="6" builtinId="8"/>
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Hipersaite" xfId="6" builtinId="8"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6699"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Līga Jēgere" id="{A1B8908A-C650-4A11-B605-5125DBE3F20D}" userId="S::liga.jegere@cfla.gov.lv::8c525f05-77c2-4f17-be23-bd1fca91bd19" providerId="AD"/>
+  <person displayName="Gunta Bērziņa" id="{321C1625-E79F-4122-8EDF-36D9CBD17B6B}" userId="S::gunta.berzina@cfla.gov.lv::b8ef2335-9d4c-4e4e-b2be-b4441fea1f14" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -2883,2798 +3107,2852 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <threadedComment ref="S4" dT="2025-11-25T06:51:53.11" personId="{321C1625-E79F-4122-8EDF-36D9CBD17B6B}" id="{0FABF169-AF19-4BC1-BEA6-5AAEFA1411B9}">
+    <text>Tā kā datu importa formā nav 2., 3.1., 5.1. un 5.4.kolonnas, par kurām dati jāievāc gadījumā, ja dalībniekam nav LV personas kods, tad lūgums izvērtēt, vai zemāk skaidrojumā atstājamas atsauces uz šīm kolonnām.</text>
+  </threadedComment>
   <threadedComment ref="A9" dT="2025-03-19T08:53:52.58" personId="{A1B8908A-C650-4A11-B605-5125DBE3F20D}" id="{F4105A9F-367A-4E98-B8AD-61BBFB81BA8D}">
     <text>Svarīgi!! Importējot datus uz KPVIS ievērot vienu brīvu rindu</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janis.berzins@epasts.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnsmith@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janis.berzins@epasts.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AC15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
-    <col min="2" max="2" width="37.125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="75.25" customWidth="1"/>
+    <col min="2" max="2" width="37.09765625" customWidth="1"/>
+    <col min="3" max="3" width="62.3984375" customWidth="1"/>
+    <col min="4" max="4" width="75.19921875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C1" s="95" t="s">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A1" s="11"/>
+      <c r="C1" s="98" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:29" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="A6" s="93" t="s">
+    <row r="2" spans="1:29" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="11"/>
+      <c r="C2" s="98"/>
+    </row>
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A3" s="11"/>
+      <c r="C3" s="98"/>
+    </row>
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A4" s="11"/>
+      <c r="C4" s="98"/>
+    </row>
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A5" s="11"/>
+    </row>
+    <row r="6" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="93"/>
-[...4 lines deleted...]
-      <c r="A7" s="92" t="s">
+      <c r="B6" s="96"/>
+      <c r="C6" s="96"/>
+      <c r="D6" s="24"/>
+    </row>
+    <row r="7" spans="1:29" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="95" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="92"/>
-[...30 lines deleted...]
-      <c r="C8" s="13" t="s">
+      <c r="B7" s="95"/>
+      <c r="C7" s="95"/>
+      <c r="D7" s="36"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="16"/>
+      <c r="G7" s="16"/>
+      <c r="H7" s="16"/>
+      <c r="I7" s="16"/>
+      <c r="J7" s="16"/>
+      <c r="K7" s="16"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
+      <c r="Q7" s="16"/>
+      <c r="R7" s="16"/>
+      <c r="S7" s="16"/>
+      <c r="T7" s="16"/>
+      <c r="U7" s="16"/>
+      <c r="V7" s="16"/>
+      <c r="W7" s="16"/>
+      <c r="X7" s="16"/>
+      <c r="Y7" s="16"/>
+      <c r="Z7" s="16"/>
+      <c r="AA7" s="16"/>
+      <c r="AB7" s="16"/>
+      <c r="AC7" s="16"/>
+    </row>
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A8" s="11"/>
+      <c r="C8" s="12" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="9" spans="1:29" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C9" s="16" t="s">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A9" s="13"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="D9" s="21"/>
-[...2 lines deleted...]
-      <c r="A10" s="14">
+      <c r="D9" s="20"/>
+    </row>
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A10" s="13">
         <v>1</v>
       </c>
-      <c r="B10" s="15" t="s">
+      <c r="B10" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="15"/>
-[...3 lines deleted...]
-      <c r="A11" s="23">
+      <c r="C10" s="14"/>
+      <c r="D10" s="21"/>
+    </row>
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A11" s="22">
         <v>2</v>
       </c>
-      <c r="B11" s="24" t="s">
+      <c r="B11" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="C11" s="15"/>
-[...2 lines deleted...]
-      <c r="A12" s="23">
+      <c r="C11" s="14"/>
+    </row>
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A12" s="22">
         <v>3</v>
       </c>
-      <c r="B12" s="24" t="s">
+      <c r="B12" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="C12" s="15"/>
-[...2 lines deleted...]
-      <c r="A13" s="23">
+      <c r="C12" s="14"/>
+    </row>
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A13" s="22">
         <v>4</v>
       </c>
-      <c r="B13" s="24" t="s">
+      <c r="B13" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="C13" s="15"/>
-[...2 lines deleted...]
-      <c r="A15" s="94" t="s">
+      <c r="C13" s="14"/>
+    </row>
+    <row r="15" spans="1:29" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="97" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="94"/>
-[...21 lines deleted...]
-      <c r="X15" s="18"/>
+      <c r="B15" s="97"/>
+      <c r="C15" s="97"/>
+      <c r="D15" s="25"/>
+      <c r="E15" s="17"/>
+      <c r="F15" s="17"/>
+      <c r="G15" s="17"/>
+      <c r="H15" s="17"/>
+      <c r="I15" s="17"/>
+      <c r="J15" s="17"/>
+      <c r="K15" s="17"/>
+      <c r="L15" s="17"/>
+      <c r="M15" s="17"/>
+      <c r="N15" s="17"/>
+      <c r="O15" s="17"/>
+      <c r="P15" s="17"/>
+      <c r="Q15" s="17"/>
+      <c r="R15" s="17"/>
+      <c r="S15" s="17"/>
+      <c r="T15" s="17"/>
+      <c r="U15" s="17"/>
+      <c r="V15" s="17"/>
+      <c r="W15" s="17"/>
+      <c r="X15" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="C1:C4"/>
   </mergeCells>
   <pageMargins left="1.1811023622047245" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{071983E8-D101-41FE-97D7-91931878E3EF}">
-  <dimension ref="A1:AA30"/>
+  <dimension ref="A1:AA31"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+    <sheetView topLeftCell="A23" workbookViewId="0">
+      <selection activeCell="S4" sqref="S4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="16384" width="9" style="61"/>
+    <col min="1" max="16384" width="9" style="59"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:27" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="A2" s="64" t="s">
+    <row r="1" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A1" s="61"/>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
+      <c r="I1" s="61"/>
+      <c r="J1" s="61"/>
+      <c r="K1" s="61"/>
+      <c r="L1" s="61"/>
+      <c r="M1" s="61"/>
+      <c r="N1" s="61"/>
+      <c r="O1" s="61"/>
+      <c r="P1" s="61"/>
+      <c r="Q1" s="61"/>
+      <c r="R1" s="61"/>
+      <c r="S1" s="61"/>
+      <c r="T1" s="61"/>
+      <c r="U1" s="61"/>
+      <c r="V1" s="61"/>
+      <c r="W1" s="61"/>
+      <c r="X1" s="61"/>
+      <c r="Y1" s="61"/>
+      <c r="Z1" s="61"/>
+      <c r="AA1" s="61"/>
+    </row>
+    <row r="2" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A2" s="62" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="65"/>
-[...27 lines deleted...]
-      <c r="A3" s="102" t="s">
+      <c r="B2" s="63"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="61"/>
+      <c r="H2" s="61"/>
+      <c r="I2" s="61"/>
+      <c r="J2" s="61"/>
+      <c r="K2" s="61"/>
+      <c r="L2" s="61"/>
+      <c r="M2" s="61"/>
+      <c r="N2" s="61"/>
+      <c r="O2" s="61"/>
+      <c r="P2" s="61"/>
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61"/>
+      <c r="S2" s="61"/>
+      <c r="T2" s="61"/>
+      <c r="U2" s="61"/>
+      <c r="V2" s="61"/>
+      <c r="W2" s="61"/>
+      <c r="X2" s="61"/>
+      <c r="Y2" s="61"/>
+      <c r="Z2" s="61"/>
+      <c r="AA2" s="61"/>
+    </row>
+    <row r="3" spans="1:27" s="60" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="105" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="103"/>
-[...9 lines deleted...]
-      <c r="L3" s="105" t="s">
+      <c r="B3" s="106"/>
+      <c r="C3" s="106"/>
+      <c r="D3" s="106"/>
+      <c r="E3" s="106"/>
+      <c r="F3" s="106"/>
+      <c r="G3" s="106"/>
+      <c r="H3" s="106"/>
+      <c r="I3" s="106"/>
+      <c r="J3" s="106"/>
+      <c r="K3" s="107"/>
+      <c r="L3" s="108" t="s">
         <v>12</v>
       </c>
-      <c r="M3" s="105"/>
-[...5 lines deleted...]
-      <c r="S3" s="105" t="s">
+      <c r="M3" s="108"/>
+      <c r="N3" s="108"/>
+      <c r="O3" s="108"/>
+      <c r="P3" s="108"/>
+      <c r="Q3" s="108"/>
+      <c r="R3" s="109"/>
+      <c r="S3" s="108" t="s">
         <v>13</v>
       </c>
-      <c r="T3" s="105"/>
-[...3 lines deleted...]
-      <c r="X3" s="107" t="s">
+      <c r="T3" s="108"/>
+      <c r="U3" s="108"/>
+      <c r="V3" s="108"/>
+      <c r="W3" s="109"/>
+      <c r="X3" s="110" t="s">
         <v>14</v>
       </c>
-      <c r="Y3" s="105" t="s">
+      <c r="Y3" s="108" t="s">
         <v>15</v>
       </c>
-      <c r="Z3" s="106"/>
-      <c r="AA3" s="96">
+      <c r="Z3" s="109"/>
+      <c r="AA3" s="99">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:27" x14ac:dyDescent="0.25">
-      <c r="A4" s="98" t="s">
+    <row r="4" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A4" s="101" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="66" t="s">
+      <c r="B4" s="64" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="66" t="s">
+      <c r="C4" s="64" t="s">
         <v>18</v>
       </c>
-      <c r="D4" s="67" t="s">
+      <c r="D4" s="65" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="68" t="s">
+      <c r="E4" s="66" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="69" t="s">
+      <c r="F4" s="67" t="s">
         <v>21</v>
       </c>
-      <c r="G4" s="67" t="s">
+      <c r="G4" s="65" t="s">
         <v>22</v>
       </c>
-      <c r="H4" s="67">
+      <c r="H4" s="65">
         <v>0.7</v>
       </c>
-      <c r="I4" s="67" t="s">
+      <c r="I4" s="65" t="s">
         <v>23</v>
       </c>
-      <c r="J4" s="67" t="s">
+      <c r="J4" s="65" t="s">
         <v>24</v>
       </c>
-      <c r="K4" s="67" t="s">
+      <c r="K4" s="65" t="s">
         <v>25</v>
       </c>
-      <c r="L4" s="67" t="s">
+      <c r="L4" s="65" t="s">
         <v>26</v>
       </c>
-      <c r="M4" s="67" t="s">
+      <c r="M4" s="65" t="s">
         <v>27</v>
       </c>
-      <c r="N4" s="67" t="s">
+      <c r="N4" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="O4" s="67" t="s">
+      <c r="O4" s="65" t="s">
         <v>29</v>
       </c>
-      <c r="P4" s="67" t="s">
+      <c r="P4" s="65" t="s">
         <v>30</v>
       </c>
-      <c r="Q4" s="67" t="s">
+      <c r="Q4" s="65" t="s">
         <v>31</v>
       </c>
-      <c r="R4" s="67" t="s">
+      <c r="R4" s="65" t="s">
         <v>32</v>
       </c>
-      <c r="S4" s="66" t="s">
+      <c r="S4" s="64" t="s">
         <v>33</v>
       </c>
-      <c r="T4" s="66" t="s">
+      <c r="T4" s="64" t="s">
         <v>34</v>
       </c>
-      <c r="U4" s="66" t="s">
+      <c r="U4" s="64" t="s">
         <v>35</v>
       </c>
-      <c r="V4" s="66" t="s">
+      <c r="V4" s="64" t="s">
         <v>36</v>
       </c>
-      <c r="W4" s="66" t="s">
+      <c r="W4" s="64" t="s">
         <v>37</v>
       </c>
-      <c r="X4" s="108"/>
-      <c r="Y4" s="66" t="s">
+      <c r="X4" s="111"/>
+      <c r="Y4" s="64" t="s">
         <v>38</v>
       </c>
-      <c r="Z4" s="66" t="s">
+      <c r="Z4" s="64" t="s">
         <v>39</v>
       </c>
-      <c r="AA4" s="97"/>
-[...3 lines deleted...]
-      <c r="B5" s="98" t="s">
+      <c r="AA4" s="100"/>
+    </row>
+    <row r="5" spans="1:27" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="101"/>
+      <c r="B5" s="101" t="s">
         <v>40</v>
       </c>
-      <c r="C5" s="98" t="s">
+      <c r="C5" s="101" t="s">
         <v>41</v>
       </c>
-      <c r="D5" s="100" t="s">
+      <c r="D5" s="103" t="s">
         <v>42</v>
       </c>
-      <c r="E5" s="98" t="s">
+      <c r="E5" s="101" t="s">
         <v>43</v>
       </c>
-      <c r="F5" s="100" t="s">
+      <c r="F5" s="103" t="s">
         <v>44</v>
       </c>
-      <c r="G5" s="111" t="s">
+      <c r="G5" s="114" t="s">
         <v>45</v>
       </c>
-      <c r="H5" s="111"/>
-[...1 lines deleted...]
-      <c r="J5" s="118" t="s">
+      <c r="H5" s="114"/>
+      <c r="I5" s="115"/>
+      <c r="J5" s="121" t="s">
         <v>46</v>
       </c>
-      <c r="K5" s="119"/>
-      <c r="L5" s="98" t="s">
+      <c r="K5" s="122"/>
+      <c r="L5" s="101" t="s">
         <v>47</v>
       </c>
-      <c r="M5" s="98" t="s">
+      <c r="M5" s="101" t="s">
         <v>48</v>
       </c>
-      <c r="N5" s="98" t="s">
+      <c r="N5" s="101" t="s">
         <v>49</v>
       </c>
-      <c r="O5" s="98" t="s">
+      <c r="O5" s="101" t="s">
         <v>50</v>
       </c>
-      <c r="P5" s="98" t="s">
+      <c r="P5" s="101" t="s">
         <v>51</v>
       </c>
-      <c r="Q5" s="109" t="s">
+      <c r="Q5" s="112" t="s">
         <v>52</v>
       </c>
-      <c r="R5" s="98" t="s">
+      <c r="R5" s="101" t="s">
         <v>53</v>
       </c>
-      <c r="S5" s="98" t="s">
+      <c r="S5" s="101" t="s">
         <v>54</v>
       </c>
-      <c r="T5" s="98" t="s">
+      <c r="T5" s="101" t="s">
         <v>55</v>
       </c>
-      <c r="U5" s="98" t="s">
+      <c r="U5" s="101" t="s">
         <v>56</v>
       </c>
-      <c r="V5" s="98" t="s">
+      <c r="V5" s="101" t="s">
         <v>57</v>
       </c>
-      <c r="W5" s="98" t="s">
+      <c r="W5" s="101" t="s">
         <v>58</v>
       </c>
-      <c r="X5" s="98" t="s">
+      <c r="X5" s="101" t="s">
         <v>59</v>
       </c>
-      <c r="Y5" s="98" t="s">
+      <c r="Y5" s="101" t="s">
         <v>60</v>
       </c>
-      <c r="Z5" s="98" t="s">
+      <c r="Z5" s="101" t="s">
         <v>61</v>
       </c>
-      <c r="AA5" s="116" t="s">
+      <c r="AA5" s="119" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="6" spans="1:27" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G6" s="70" t="s">
+    <row r="6" spans="1:27" ht="111.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="102"/>
+      <c r="B6" s="102"/>
+      <c r="C6" s="102"/>
+      <c r="D6" s="104"/>
+      <c r="E6" s="102"/>
+      <c r="F6" s="104"/>
+      <c r="G6" s="68" t="s">
         <v>63</v>
       </c>
-      <c r="H6" s="70" t="s">
+      <c r="H6" s="68" t="s">
         <v>64</v>
       </c>
-      <c r="I6" s="71" t="s">
+      <c r="I6" s="69" t="s">
         <v>65</v>
       </c>
-      <c r="J6" s="71" t="s">
+      <c r="J6" s="69" t="s">
         <v>66</v>
       </c>
-      <c r="K6" s="71" t="s">
+      <c r="K6" s="69" t="s">
         <v>67</v>
       </c>
-      <c r="L6" s="99"/>
-[...17 lines deleted...]
-      <c r="A7" s="72">
+      <c r="L6" s="102"/>
+      <c r="M6" s="102"/>
+      <c r="N6" s="102"/>
+      <c r="O6" s="102"/>
+      <c r="P6" s="102"/>
+      <c r="Q6" s="113"/>
+      <c r="R6" s="102"/>
+      <c r="S6" s="102"/>
+      <c r="T6" s="102"/>
+      <c r="U6" s="102"/>
+      <c r="V6" s="102"/>
+      <c r="W6" s="102"/>
+      <c r="X6" s="102"/>
+      <c r="Y6" s="102"/>
+      <c r="Z6" s="102"/>
+      <c r="AA6" s="120"/>
+    </row>
+    <row r="7" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A7" s="70">
         <v>1</v>
       </c>
-      <c r="B7" s="73"/>
-[...27 lines deleted...]
-      <c r="A8" s="72">
+      <c r="B7" s="71"/>
+      <c r="C7" s="71"/>
+      <c r="D7" s="71"/>
+      <c r="E7" s="71"/>
+      <c r="F7" s="71"/>
+      <c r="G7" s="72"/>
+      <c r="H7" s="72"/>
+      <c r="I7" s="72"/>
+      <c r="J7" s="72"/>
+      <c r="K7" s="72"/>
+      <c r="L7" s="71"/>
+      <c r="M7" s="71"/>
+      <c r="N7" s="71"/>
+      <c r="O7" s="71"/>
+      <c r="P7" s="71"/>
+      <c r="Q7" s="72"/>
+      <c r="R7" s="72"/>
+      <c r="S7" s="71"/>
+      <c r="T7" s="71"/>
+      <c r="U7" s="71"/>
+      <c r="V7" s="71"/>
+      <c r="W7" s="71"/>
+      <c r="X7" s="71"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="71"/>
+      <c r="AA7" s="71"/>
+    </row>
+    <row r="8" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A8" s="70">
         <v>2</v>
       </c>
-      <c r="B8" s="73"/>
-[...56 lines deleted...]
-      <c r="A10" s="79" t="s">
+      <c r="B8" s="71"/>
+      <c r="C8" s="71"/>
+      <c r="D8" s="71"/>
+      <c r="E8" s="71"/>
+      <c r="F8" s="71"/>
+      <c r="G8" s="72"/>
+      <c r="H8" s="72"/>
+      <c r="I8" s="72"/>
+      <c r="J8" s="72"/>
+      <c r="K8" s="72"/>
+      <c r="L8" s="71"/>
+      <c r="M8" s="71"/>
+      <c r="N8" s="71"/>
+      <c r="O8" s="71"/>
+      <c r="P8" s="71"/>
+      <c r="Q8" s="72"/>
+      <c r="R8" s="72"/>
+      <c r="S8" s="71"/>
+      <c r="T8" s="71"/>
+      <c r="U8" s="71"/>
+      <c r="V8" s="71"/>
+      <c r="W8" s="71"/>
+      <c r="X8" s="71"/>
+      <c r="Y8" s="71"/>
+      <c r="Z8" s="71"/>
+      <c r="AA8" s="71"/>
+    </row>
+    <row r="9" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A9" s="73"/>
+      <c r="B9" s="73"/>
+      <c r="C9" s="73"/>
+      <c r="D9" s="73"/>
+      <c r="E9" s="73"/>
+      <c r="F9" s="73"/>
+      <c r="G9" s="73"/>
+      <c r="H9" s="73"/>
+      <c r="I9" s="73"/>
+      <c r="J9" s="73"/>
+      <c r="K9" s="73"/>
+      <c r="L9" s="73"/>
+      <c r="M9" s="73"/>
+      <c r="N9" s="73"/>
+      <c r="O9" s="73"/>
+      <c r="P9" s="73"/>
+      <c r="Q9" s="73"/>
+      <c r="R9" s="73"/>
+      <c r="S9" s="73"/>
+      <c r="T9" s="73"/>
+      <c r="U9" s="73"/>
+      <c r="V9" s="73"/>
+      <c r="W9" s="73"/>
+      <c r="X9" s="73"/>
+      <c r="Y9" s="73"/>
+      <c r="Z9" s="73"/>
+      <c r="AA9" s="73"/>
+    </row>
+    <row r="10" spans="1:27" s="79" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A10" s="77" t="s">
         <v>68</v>
       </c>
-      <c r="B10" s="80"/>
-[...27 lines deleted...]
-      <c r="A11" s="76" t="s">
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="78"/>
+      <c r="I10" s="78"/>
+      <c r="J10" s="78"/>
+      <c r="K10" s="78"/>
+      <c r="L10" s="78"/>
+      <c r="M10" s="78"/>
+      <c r="N10" s="78"/>
+      <c r="O10" s="78"/>
+      <c r="P10" s="78"/>
+      <c r="Q10" s="78"/>
+      <c r="R10" s="78"/>
+      <c r="S10" s="78"/>
+      <c r="T10" s="78"/>
+      <c r="U10" s="78"/>
+      <c r="V10" s="78"/>
+      <c r="W10" s="78"/>
+      <c r="X10" s="78"/>
+      <c r="Y10" s="78"/>
+      <c r="Z10" s="78"/>
+      <c r="AA10" s="78"/>
+    </row>
+    <row r="11" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A11" s="74" t="s">
         <v>69</v>
       </c>
-      <c r="B11" s="76"/>
-[...27 lines deleted...]
-      <c r="A12" s="76" t="s">
+      <c r="B11" s="74"/>
+      <c r="C11" s="74"/>
+      <c r="D11" s="74"/>
+      <c r="E11" s="74"/>
+      <c r="F11" s="74"/>
+      <c r="G11" s="74"/>
+      <c r="H11" s="74"/>
+      <c r="I11" s="74"/>
+      <c r="J11" s="74"/>
+      <c r="K11" s="73"/>
+      <c r="L11" s="73"/>
+      <c r="M11" s="73"/>
+      <c r="N11" s="73"/>
+      <c r="O11" s="73"/>
+      <c r="P11" s="73"/>
+      <c r="Q11" s="73"/>
+      <c r="R11" s="73"/>
+      <c r="S11" s="73"/>
+      <c r="T11" s="73"/>
+      <c r="U11" s="73"/>
+      <c r="V11" s="73"/>
+      <c r="W11" s="73"/>
+      <c r="X11" s="73"/>
+      <c r="Y11" s="73"/>
+      <c r="Z11" s="73"/>
+      <c r="AA11" s="73"/>
+    </row>
+    <row r="12" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A12" s="74" t="s">
         <v>70</v>
       </c>
-      <c r="B12" s="76"/>
-[...27 lines deleted...]
-      <c r="A13" s="76" t="s">
+      <c r="B12" s="74"/>
+      <c r="C12" s="74"/>
+      <c r="D12" s="74"/>
+      <c r="E12" s="74"/>
+      <c r="F12" s="74"/>
+      <c r="G12" s="74"/>
+      <c r="H12" s="74"/>
+      <c r="I12" s="74"/>
+      <c r="J12" s="74"/>
+      <c r="K12" s="74"/>
+      <c r="L12" s="73"/>
+      <c r="M12" s="73"/>
+      <c r="N12" s="73"/>
+      <c r="O12" s="73"/>
+      <c r="P12" s="73"/>
+      <c r="Q12" s="73"/>
+      <c r="R12" s="73"/>
+      <c r="S12" s="73"/>
+      <c r="T12" s="73"/>
+      <c r="U12" s="73"/>
+      <c r="V12" s="73"/>
+      <c r="W12" s="73"/>
+      <c r="X12" s="73"/>
+      <c r="Y12" s="73"/>
+      <c r="Z12" s="73"/>
+      <c r="AA12" s="73"/>
+    </row>
+    <row r="13" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A13" s="74" t="s">
         <v>71</v>
       </c>
-      <c r="B13" s="76"/>
-[...27 lines deleted...]
-      <c r="A14" s="115" t="s">
+      <c r="B13" s="74"/>
+      <c r="C13" s="74"/>
+      <c r="D13" s="74"/>
+      <c r="E13" s="74"/>
+      <c r="F13" s="74"/>
+      <c r="G13" s="74"/>
+      <c r="H13" s="74"/>
+      <c r="I13" s="74"/>
+      <c r="J13" s="74"/>
+      <c r="K13" s="74"/>
+      <c r="L13" s="74"/>
+      <c r="M13" s="74"/>
+      <c r="N13" s="74"/>
+      <c r="O13" s="74"/>
+      <c r="P13" s="75"/>
+      <c r="Q13" s="75"/>
+      <c r="R13" s="75"/>
+      <c r="S13" s="75"/>
+      <c r="T13" s="75"/>
+      <c r="U13" s="75"/>
+      <c r="V13" s="75"/>
+      <c r="W13" s="75"/>
+      <c r="X13" s="75"/>
+      <c r="Y13" s="75"/>
+      <c r="Z13" s="75"/>
+      <c r="AA13" s="75"/>
+    </row>
+    <row r="14" spans="1:27" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="118" t="s">
         <v>72</v>
       </c>
-      <c r="B14" s="115"/>
-[...27 lines deleted...]
-      <c r="A15" s="113" t="s">
+      <c r="B14" s="118"/>
+      <c r="C14" s="118"/>
+      <c r="D14" s="118"/>
+      <c r="E14" s="118"/>
+      <c r="F14" s="118"/>
+      <c r="G14" s="118"/>
+      <c r="H14" s="118"/>
+      <c r="I14" s="118"/>
+      <c r="J14" s="118"/>
+      <c r="K14" s="118"/>
+      <c r="L14" s="118"/>
+      <c r="M14" s="118"/>
+      <c r="N14" s="118"/>
+      <c r="O14" s="118"/>
+      <c r="P14" s="118"/>
+      <c r="Q14" s="118"/>
+      <c r="R14" s="118"/>
+      <c r="S14" s="118"/>
+      <c r="T14" s="73"/>
+      <c r="U14" s="73"/>
+      <c r="V14" s="73"/>
+      <c r="W14" s="73"/>
+      <c r="X14" s="73"/>
+      <c r="Y14" s="73"/>
+      <c r="Z14" s="73"/>
+      <c r="AA14" s="73"/>
+    </row>
+    <row r="15" spans="1:27" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="116" t="s">
         <v>73</v>
       </c>
-      <c r="B15" s="113"/>
-[...27 lines deleted...]
-      <c r="A16" s="113" t="s">
+      <c r="B15" s="116"/>
+      <c r="C15" s="116"/>
+      <c r="D15" s="116"/>
+      <c r="E15" s="116"/>
+      <c r="F15" s="116"/>
+      <c r="G15" s="116"/>
+      <c r="H15" s="116"/>
+      <c r="I15" s="116"/>
+      <c r="J15" s="116"/>
+      <c r="K15" s="116"/>
+      <c r="L15" s="116"/>
+      <c r="M15" s="116"/>
+      <c r="N15" s="116"/>
+      <c r="O15" s="116"/>
+      <c r="P15" s="116"/>
+      <c r="Q15" s="116"/>
+      <c r="R15" s="116"/>
+      <c r="S15" s="116"/>
+      <c r="T15" s="73"/>
+      <c r="U15" s="73"/>
+      <c r="V15" s="73"/>
+      <c r="W15" s="73"/>
+      <c r="X15" s="73"/>
+      <c r="Y15" s="73"/>
+      <c r="Z15" s="73"/>
+      <c r="AA15" s="73"/>
+    </row>
+    <row r="16" spans="1:27" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="116" t="s">
         <v>74</v>
       </c>
-      <c r="B16" s="113"/>
-[...27 lines deleted...]
-      <c r="A17" s="113" t="s">
+      <c r="B16" s="116"/>
+      <c r="C16" s="116"/>
+      <c r="D16" s="116"/>
+      <c r="E16" s="116"/>
+      <c r="F16" s="116"/>
+      <c r="G16" s="116"/>
+      <c r="H16" s="116"/>
+      <c r="I16" s="116"/>
+      <c r="J16" s="116"/>
+      <c r="K16" s="116"/>
+      <c r="L16" s="116"/>
+      <c r="M16" s="116"/>
+      <c r="N16" s="116"/>
+      <c r="O16" s="116"/>
+      <c r="P16" s="116"/>
+      <c r="Q16" s="116"/>
+      <c r="R16" s="116"/>
+      <c r="S16" s="116"/>
+      <c r="T16" s="73"/>
+      <c r="U16" s="73"/>
+      <c r="V16" s="73"/>
+      <c r="W16" s="73"/>
+      <c r="X16" s="73"/>
+      <c r="Y16" s="73"/>
+      <c r="Z16" s="73"/>
+      <c r="AA16" s="73"/>
+    </row>
+    <row r="17" spans="1:27" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="88" t="s">
         <v>75</v>
       </c>
-      <c r="B17" s="113"/>
-[...27 lines deleted...]
-      <c r="A18" s="113" t="s">
+      <c r="B17" s="87"/>
+      <c r="C17" s="87"/>
+      <c r="D17" s="87"/>
+      <c r="E17" s="87"/>
+      <c r="F17" s="87"/>
+      <c r="G17" s="87"/>
+      <c r="H17" s="87"/>
+      <c r="I17" s="87"/>
+      <c r="J17" s="87"/>
+      <c r="K17" s="87"/>
+      <c r="L17" s="87"/>
+      <c r="M17" s="87"/>
+      <c r="N17" s="87"/>
+      <c r="O17" s="87"/>
+      <c r="P17" s="87"/>
+      <c r="Q17" s="87"/>
+      <c r="R17" s="87"/>
+      <c r="S17" s="87"/>
+      <c r="T17" s="73"/>
+      <c r="U17" s="73"/>
+      <c r="V17" s="73"/>
+      <c r="W17" s="73"/>
+      <c r="X17" s="73"/>
+      <c r="Y17" s="73"/>
+      <c r="Z17" s="73"/>
+      <c r="AA17" s="73"/>
+    </row>
+    <row r="18" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A18" s="116" t="s">
         <v>76</v>
       </c>
-      <c r="B18" s="113"/>
-[...27 lines deleted...]
-      <c r="A19" s="113" t="s">
+      <c r="B18" s="116"/>
+      <c r="C18" s="116"/>
+      <c r="D18" s="116"/>
+      <c r="E18" s="116"/>
+      <c r="F18" s="116"/>
+      <c r="G18" s="116"/>
+      <c r="H18" s="116"/>
+      <c r="I18" s="116"/>
+      <c r="J18" s="116"/>
+      <c r="K18" s="116"/>
+      <c r="L18" s="116"/>
+      <c r="M18" s="116"/>
+      <c r="N18" s="116"/>
+      <c r="O18" s="116"/>
+      <c r="P18" s="116"/>
+      <c r="Q18" s="116"/>
+      <c r="R18" s="116"/>
+      <c r="S18" s="116"/>
+      <c r="T18" s="73"/>
+      <c r="U18" s="73"/>
+      <c r="V18" s="73"/>
+      <c r="W18" s="73"/>
+      <c r="X18" s="73"/>
+      <c r="Y18" s="73"/>
+      <c r="Z18" s="73"/>
+      <c r="AA18" s="73"/>
+    </row>
+    <row r="19" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A19" s="116" t="s">
         <v>77</v>
       </c>
-      <c r="B19" s="113"/>
-[...27 lines deleted...]
-      <c r="A20" s="114" t="s">
+      <c r="B19" s="116"/>
+      <c r="C19" s="116"/>
+      <c r="D19" s="116"/>
+      <c r="E19" s="116"/>
+      <c r="F19" s="116"/>
+      <c r="G19" s="116"/>
+      <c r="H19" s="116"/>
+      <c r="I19" s="116"/>
+      <c r="J19" s="116"/>
+      <c r="K19" s="116"/>
+      <c r="L19" s="116"/>
+      <c r="M19" s="116"/>
+      <c r="N19" s="116"/>
+      <c r="O19" s="116"/>
+      <c r="P19" s="116"/>
+      <c r="Q19" s="116"/>
+      <c r="R19" s="116"/>
+      <c r="S19" s="116"/>
+      <c r="T19" s="73"/>
+      <c r="U19" s="73"/>
+      <c r="V19" s="73"/>
+      <c r="W19" s="73"/>
+      <c r="X19" s="73"/>
+      <c r="Y19" s="73"/>
+      <c r="Z19" s="73"/>
+      <c r="AA19" s="73"/>
+    </row>
+    <row r="20" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A20" s="116" t="s">
         <v>78</v>
       </c>
-      <c r="B20" s="114"/>
-[...27 lines deleted...]
-      <c r="A21" s="115" t="s">
+      <c r="B20" s="116"/>
+      <c r="C20" s="116"/>
+      <c r="D20" s="116"/>
+      <c r="E20" s="116"/>
+      <c r="F20" s="116"/>
+      <c r="G20" s="116"/>
+      <c r="H20" s="116"/>
+      <c r="I20" s="116"/>
+      <c r="J20" s="116"/>
+      <c r="K20" s="116"/>
+      <c r="L20" s="116"/>
+      <c r="M20" s="116"/>
+      <c r="N20" s="116"/>
+      <c r="O20" s="116"/>
+      <c r="P20" s="116"/>
+      <c r="Q20" s="116"/>
+      <c r="R20" s="116"/>
+      <c r="S20" s="116"/>
+      <c r="T20" s="73"/>
+      <c r="U20" s="73"/>
+      <c r="V20" s="73"/>
+      <c r="W20" s="73"/>
+      <c r="X20" s="73"/>
+      <c r="Y20" s="73"/>
+      <c r="Z20" s="73"/>
+      <c r="AA20" s="73"/>
+    </row>
+    <row r="21" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A21" s="117" t="s">
         <v>79</v>
       </c>
-      <c r="B21" s="115"/>
-[...27 lines deleted...]
-      <c r="A22" s="113" t="s">
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
+      <c r="N21" s="117"/>
+      <c r="O21" s="76"/>
+      <c r="P21" s="76"/>
+      <c r="Q21" s="76"/>
+      <c r="R21" s="76"/>
+      <c r="S21" s="76"/>
+      <c r="T21" s="73"/>
+      <c r="U21" s="73"/>
+      <c r="V21" s="73"/>
+      <c r="W21" s="73"/>
+      <c r="X21" s="73"/>
+      <c r="Y21" s="73"/>
+      <c r="Z21" s="73"/>
+      <c r="AA21" s="73"/>
+    </row>
+    <row r="22" spans="1:27" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="118" t="s">
         <v>80</v>
       </c>
-      <c r="B22" s="113"/>
-[...27 lines deleted...]
-      <c r="A23" s="113" t="s">
+      <c r="B22" s="118"/>
+      <c r="C22" s="118"/>
+      <c r="D22" s="118"/>
+      <c r="E22" s="118"/>
+      <c r="F22" s="118"/>
+      <c r="G22" s="118"/>
+      <c r="H22" s="118"/>
+      <c r="I22" s="118"/>
+      <c r="J22" s="118"/>
+      <c r="K22" s="118"/>
+      <c r="L22" s="118"/>
+      <c r="M22" s="118"/>
+      <c r="N22" s="118"/>
+      <c r="O22" s="118"/>
+      <c r="P22" s="118"/>
+      <c r="Q22" s="118"/>
+      <c r="R22" s="118"/>
+      <c r="S22" s="118"/>
+      <c r="T22" s="73"/>
+      <c r="U22" s="73"/>
+      <c r="V22" s="73"/>
+      <c r="W22" s="73"/>
+      <c r="X22" s="73"/>
+      <c r="Y22" s="73"/>
+      <c r="Z22" s="73"/>
+      <c r="AA22" s="73"/>
+    </row>
+    <row r="23" spans="1:27" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="116" t="s">
         <v>81</v>
       </c>
-      <c r="B23" s="113"/>
-[...27 lines deleted...]
-      <c r="A24" s="113" t="s">
+      <c r="B23" s="116"/>
+      <c r="C23" s="116"/>
+      <c r="D23" s="116"/>
+      <c r="E23" s="116"/>
+      <c r="F23" s="116"/>
+      <c r="G23" s="116"/>
+      <c r="H23" s="116"/>
+      <c r="I23" s="116"/>
+      <c r="J23" s="116"/>
+      <c r="K23" s="116"/>
+      <c r="L23" s="116"/>
+      <c r="M23" s="116"/>
+      <c r="N23" s="116"/>
+      <c r="O23" s="116"/>
+      <c r="P23" s="116"/>
+      <c r="Q23" s="116"/>
+      <c r="R23" s="116"/>
+      <c r="S23" s="116"/>
+      <c r="T23" s="116"/>
+      <c r="U23" s="116"/>
+      <c r="V23" s="116"/>
+      <c r="W23" s="76"/>
+      <c r="X23" s="76"/>
+      <c r="Y23" s="76"/>
+      <c r="Z23" s="76"/>
+      <c r="AA23" s="76"/>
+    </row>
+    <row r="24" spans="1:27" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="116" t="s">
         <v>82</v>
       </c>
-      <c r="B24" s="113"/>
-[...27 lines deleted...]
-      <c r="A25" s="113" t="s">
+      <c r="B24" s="116"/>
+      <c r="C24" s="116"/>
+      <c r="D24" s="116"/>
+      <c r="E24" s="116"/>
+      <c r="F24" s="116"/>
+      <c r="G24" s="116"/>
+      <c r="H24" s="116"/>
+      <c r="I24" s="116"/>
+      <c r="J24" s="116"/>
+      <c r="K24" s="116"/>
+      <c r="L24" s="116"/>
+      <c r="M24" s="116"/>
+      <c r="N24" s="116"/>
+      <c r="O24" s="116"/>
+      <c r="P24" s="116"/>
+      <c r="Q24" s="116"/>
+      <c r="R24" s="116"/>
+      <c r="S24" s="116"/>
+      <c r="T24" s="76"/>
+      <c r="U24" s="76"/>
+      <c r="V24" s="76"/>
+      <c r="W24" s="76"/>
+      <c r="X24" s="76"/>
+      <c r="Y24" s="76"/>
+      <c r="Z24" s="76"/>
+      <c r="AA24" s="76"/>
+    </row>
+    <row r="25" spans="1:27" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="116" t="s">
         <v>83</v>
       </c>
-      <c r="B25" s="113"/>
-[...27 lines deleted...]
-      <c r="A26" s="113" t="s">
+      <c r="B25" s="116"/>
+      <c r="C25" s="116"/>
+      <c r="D25" s="116"/>
+      <c r="E25" s="116"/>
+      <c r="F25" s="116"/>
+      <c r="G25" s="116"/>
+      <c r="H25" s="116"/>
+      <c r="I25" s="116"/>
+      <c r="J25" s="116"/>
+      <c r="K25" s="116"/>
+      <c r="L25" s="116"/>
+      <c r="M25" s="116"/>
+      <c r="N25" s="116"/>
+      <c r="O25" s="116"/>
+      <c r="P25" s="116"/>
+      <c r="Q25" s="116"/>
+      <c r="R25" s="116"/>
+      <c r="S25" s="116"/>
+      <c r="T25" s="73"/>
+      <c r="U25" s="73"/>
+      <c r="V25" s="73"/>
+      <c r="W25" s="73"/>
+      <c r="X25" s="73"/>
+      <c r="Y25" s="73"/>
+      <c r="Z25" s="73"/>
+      <c r="AA25" s="73"/>
+    </row>
+    <row r="26" spans="1:27" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="116" t="s">
         <v>84</v>
       </c>
-      <c r="B26" s="113"/>
-[...27 lines deleted...]
-      <c r="A27" s="113" t="s">
+      <c r="B26" s="116"/>
+      <c r="C26" s="116"/>
+      <c r="D26" s="116"/>
+      <c r="E26" s="116"/>
+      <c r="F26" s="116"/>
+      <c r="G26" s="116"/>
+      <c r="H26" s="116"/>
+      <c r="I26" s="116"/>
+      <c r="J26" s="116"/>
+      <c r="K26" s="116"/>
+      <c r="L26" s="116"/>
+      <c r="M26" s="116"/>
+      <c r="N26" s="116"/>
+      <c r="O26" s="116"/>
+      <c r="P26" s="116"/>
+      <c r="Q26" s="116"/>
+      <c r="R26" s="116"/>
+      <c r="S26" s="116"/>
+      <c r="T26" s="73"/>
+      <c r="U26" s="73"/>
+      <c r="V26" s="73"/>
+      <c r="W26" s="73"/>
+      <c r="X26" s="73"/>
+      <c r="Y26" s="73"/>
+      <c r="Z26" s="73"/>
+      <c r="AA26" s="73"/>
+    </row>
+    <row r="27" spans="1:27" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="116" t="s">
         <v>85</v>
       </c>
-      <c r="B27" s="113"/>
-[...27 lines deleted...]
-      <c r="A28" s="113" t="s">
+      <c r="B27" s="116"/>
+      <c r="C27" s="116"/>
+      <c r="D27" s="116"/>
+      <c r="E27" s="116"/>
+      <c r="F27" s="116"/>
+      <c r="G27" s="116"/>
+      <c r="H27" s="116"/>
+      <c r="I27" s="116"/>
+      <c r="J27" s="116"/>
+      <c r="K27" s="116"/>
+      <c r="L27" s="116"/>
+      <c r="M27" s="116"/>
+      <c r="N27" s="116"/>
+      <c r="O27" s="116"/>
+      <c r="P27" s="116"/>
+      <c r="Q27" s="116"/>
+      <c r="R27" s="116"/>
+      <c r="S27" s="116"/>
+      <c r="T27" s="73"/>
+      <c r="U27" s="73"/>
+      <c r="V27" s="73"/>
+      <c r="W27" s="73"/>
+      <c r="X27" s="73"/>
+      <c r="Y27" s="73"/>
+      <c r="Z27" s="73"/>
+      <c r="AA27" s="73"/>
+    </row>
+    <row r="28" spans="1:27" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="116" t="s">
         <v>86</v>
       </c>
-      <c r="B28" s="113"/>
-[...82 lines deleted...]
-      <c r="AA30" s="63"/>
+      <c r="B28" s="116"/>
+      <c r="C28" s="116"/>
+      <c r="D28" s="116"/>
+      <c r="E28" s="116"/>
+      <c r="F28" s="116"/>
+      <c r="G28" s="116"/>
+      <c r="H28" s="116"/>
+      <c r="I28" s="116"/>
+      <c r="J28" s="116"/>
+      <c r="K28" s="116"/>
+      <c r="L28" s="116"/>
+      <c r="M28" s="116"/>
+      <c r="N28" s="116"/>
+      <c r="O28" s="116"/>
+      <c r="P28" s="116"/>
+      <c r="Q28" s="116"/>
+      <c r="R28" s="116"/>
+      <c r="S28" s="116"/>
+      <c r="T28" s="73"/>
+      <c r="U28" s="73"/>
+      <c r="V28" s="73"/>
+      <c r="W28" s="73"/>
+      <c r="X28" s="73"/>
+      <c r="Y28" s="73"/>
+      <c r="Z28" s="73"/>
+      <c r="AA28" s="73"/>
+    </row>
+    <row r="29" spans="1:27" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="116" t="s">
+        <v>87</v>
+      </c>
+      <c r="B29" s="116"/>
+      <c r="C29" s="116"/>
+      <c r="D29" s="116"/>
+      <c r="E29" s="116"/>
+      <c r="F29" s="116"/>
+      <c r="G29" s="116"/>
+      <c r="H29" s="116"/>
+      <c r="I29" s="116"/>
+      <c r="J29" s="116"/>
+      <c r="K29" s="116"/>
+      <c r="L29" s="116"/>
+      <c r="M29" s="116"/>
+      <c r="N29" s="116"/>
+      <c r="O29" s="116"/>
+      <c r="P29" s="116"/>
+      <c r="Q29" s="116"/>
+      <c r="R29" s="116"/>
+      <c r="S29" s="116"/>
+      <c r="T29" s="73"/>
+      <c r="U29" s="73"/>
+      <c r="V29" s="73"/>
+      <c r="W29" s="73"/>
+      <c r="X29" s="73"/>
+      <c r="Y29" s="73"/>
+      <c r="Z29" s="73"/>
+      <c r="AA29" s="73"/>
+    </row>
+    <row r="30" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A30" s="61"/>
+      <c r="B30" s="61"/>
+      <c r="C30" s="61"/>
+      <c r="D30" s="61"/>
+      <c r="E30" s="61"/>
+      <c r="F30" s="61"/>
+      <c r="G30" s="61"/>
+      <c r="H30" s="61"/>
+      <c r="I30" s="61"/>
+      <c r="J30" s="61"/>
+      <c r="K30" s="61"/>
+      <c r="L30" s="61"/>
+      <c r="M30" s="61"/>
+      <c r="N30" s="61"/>
+      <c r="O30" s="61"/>
+      <c r="P30" s="61"/>
+      <c r="Q30" s="61"/>
+      <c r="R30" s="61"/>
+      <c r="S30" s="61"/>
+      <c r="T30" s="61"/>
+      <c r="U30" s="61"/>
+      <c r="V30" s="61"/>
+      <c r="W30" s="61"/>
+      <c r="X30" s="61"/>
+      <c r="Y30" s="61"/>
+      <c r="Z30" s="61"/>
+      <c r="AA30" s="61"/>
+    </row>
+    <row r="31" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A31" s="61"/>
+      <c r="B31" s="61"/>
+      <c r="C31" s="61"/>
+      <c r="D31" s="61"/>
+      <c r="E31" s="61"/>
+      <c r="F31" s="61"/>
+      <c r="G31" s="61"/>
+      <c r="H31" s="61"/>
+      <c r="I31" s="61"/>
+      <c r="J31" s="61"/>
+      <c r="K31" s="61"/>
+      <c r="L31" s="61"/>
+      <c r="M31" s="61"/>
+      <c r="N31" s="61"/>
+      <c r="O31" s="61"/>
+      <c r="P31" s="61"/>
+      <c r="Q31" s="61"/>
+      <c r="R31" s="61"/>
+      <c r="S31" s="61"/>
+      <c r="T31" s="61"/>
+      <c r="U31" s="61"/>
+      <c r="V31" s="61"/>
+      <c r="W31" s="61"/>
+      <c r="X31" s="61"/>
+      <c r="Y31" s="61"/>
+      <c r="Z31" s="61"/>
+      <c r="AA31" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="45">
-    <mergeCell ref="A24:S24"/>
     <mergeCell ref="A25:S25"/>
     <mergeCell ref="A26:S26"/>
     <mergeCell ref="A27:S27"/>
     <mergeCell ref="A28:S28"/>
+    <mergeCell ref="A29:S29"/>
     <mergeCell ref="AA5:AA6"/>
     <mergeCell ref="A14:S14"/>
     <mergeCell ref="A15:S15"/>
     <mergeCell ref="A16:S16"/>
-    <mergeCell ref="A17:S17"/>
+    <mergeCell ref="A18:S18"/>
     <mergeCell ref="T5:T6"/>
     <mergeCell ref="U5:U6"/>
     <mergeCell ref="V5:V6"/>
     <mergeCell ref="W5:W6"/>
     <mergeCell ref="X5:X6"/>
     <mergeCell ref="Y5:Y6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="M5:M6"/>
-    <mergeCell ref="A23:S23"/>
+    <mergeCell ref="A24:S24"/>
     <mergeCell ref="Z5:Z6"/>
-    <mergeCell ref="A18:S18"/>
     <mergeCell ref="A19:S19"/>
-    <mergeCell ref="A20:N20"/>
-[...1 lines deleted...]
-    <mergeCell ref="A22:V22"/>
+    <mergeCell ref="A20:S20"/>
+    <mergeCell ref="A21:N21"/>
+    <mergeCell ref="A22:S22"/>
+    <mergeCell ref="A23:V23"/>
     <mergeCell ref="AA3:AA4"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="L3:R3"/>
     <mergeCell ref="S3:W3"/>
     <mergeCell ref="X3:X4"/>
     <mergeCell ref="Y3:Z3"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="S5:S6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:I5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AG32"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C3" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="I8" sqref="I8:K8"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3:U3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.875" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="14" width="10.75" customWidth="1"/>
+    <col min="1" max="1" width="10.8984375" customWidth="1"/>
+    <col min="2" max="2" width="2.8984375" customWidth="1"/>
+    <col min="3" max="3" width="12.09765625" customWidth="1"/>
+    <col min="4" max="4" width="17.59765625" customWidth="1"/>
+    <col min="5" max="5" width="12.8984375" customWidth="1"/>
+    <col min="7" max="7" width="12.69921875" customWidth="1"/>
+    <col min="8" max="8" width="13.59765625" customWidth="1"/>
+    <col min="9" max="9" width="22.3984375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.69921875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="9.8984375" customWidth="1"/>
+    <col min="12" max="12" width="13.59765625" customWidth="1"/>
+    <col min="13" max="13" width="19.69921875" customWidth="1"/>
+    <col min="14" max="14" width="10.69921875" customWidth="1"/>
     <col min="15" max="15" width="13" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="9.375" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="9.3984375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.5" customWidth="1"/>
-    <col min="18" max="18" width="17.75" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="23" max="23" width="12.25" customWidth="1"/>
+    <col min="18" max="18" width="17.69921875" customWidth="1"/>
+    <col min="19" max="19" width="15.19921875" customWidth="1"/>
+    <col min="20" max="20" width="12.8984375" customWidth="1"/>
+    <col min="21" max="21" width="18.3984375" customWidth="1"/>
+    <col min="22" max="22" width="12.3984375" customWidth="1"/>
+    <col min="23" max="23" width="12.19921875" customWidth="1"/>
     <col min="25" max="27" width="9" customWidth="1"/>
     <col min="28" max="28" width="21.5" customWidth="1"/>
-    <col min="29" max="29" width="12.125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="33" max="33" width="13.375" customWidth="1"/>
+    <col min="29" max="29" width="12.09765625" customWidth="1"/>
+    <col min="30" max="30" width="13.3984375" customWidth="1"/>
+    <col min="31" max="31" width="11.69921875" customWidth="1"/>
+    <col min="32" max="32" width="10.59765625" customWidth="1"/>
+    <col min="33" max="33" width="13.3984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:33" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="B3" s="120" t="s">
+    <row r="2" spans="1:33" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B2" s="26" t="s">
         <v>88</v>
       </c>
-      <c r="C3" s="120"/>
-[...19 lines deleted...]
-    <row r="4" spans="1:33" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C2" s="26"/>
+    </row>
+    <row r="3" spans="1:33" ht="210" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="181" t="s">
+        <v>164</v>
+      </c>
+      <c r="C3" s="123"/>
+      <c r="D3" s="124"/>
+      <c r="E3" s="124"/>
+      <c r="F3" s="124"/>
+      <c r="G3" s="124"/>
+      <c r="H3" s="124"/>
+      <c r="I3" s="124"/>
+      <c r="J3" s="124"/>
+      <c r="K3" s="124"/>
+      <c r="L3" s="124"/>
+      <c r="M3" s="124"/>
+      <c r="N3" s="124"/>
+      <c r="O3" s="124"/>
+      <c r="P3" s="124"/>
+      <c r="Q3" s="124"/>
+      <c r="R3" s="124"/>
+      <c r="S3" s="124"/>
+      <c r="T3" s="124"/>
+      <c r="U3" s="124"/>
+    </row>
+    <row r="4" spans="1:33" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="160" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="161"/>
       <c r="D4" s="161"/>
       <c r="E4" s="161"/>
       <c r="F4" s="161"/>
       <c r="G4" s="161"/>
       <c r="H4" s="161"/>
       <c r="I4" s="161"/>
       <c r="J4" s="161"/>
       <c r="K4" s="161"/>
       <c r="L4" s="161"/>
       <c r="M4" s="162"/>
-      <c r="N4" s="130" t="s">
+      <c r="N4" s="163" t="s">
         <v>12</v>
       </c>
-      <c r="O4" s="131"/>
-[...5 lines deleted...]
-      <c r="U4" s="128" t="s">
+      <c r="O4" s="164"/>
+      <c r="P4" s="164"/>
+      <c r="Q4" s="164"/>
+      <c r="R4" s="164"/>
+      <c r="S4" s="164"/>
+      <c r="T4" s="165"/>
+      <c r="U4" s="131" t="s">
         <v>89</v>
       </c>
-      <c r="V4" s="130" t="s">
+      <c r="V4" s="163" t="s">
         <v>13</v>
       </c>
-      <c r="W4" s="131"/>
-[...4 lines deleted...]
-      <c r="AB4" s="135" t="s">
+      <c r="W4" s="164"/>
+      <c r="X4" s="164"/>
+      <c r="Y4" s="164"/>
+      <c r="Z4" s="164"/>
+      <c r="AA4" s="165"/>
+      <c r="AB4" s="136" t="s">
         <v>14</v>
       </c>
-      <c r="AC4" s="163" t="s">
+      <c r="AC4" s="166" t="s">
         <v>90</v>
       </c>
-      <c r="AD4" s="164"/>
-[...1 lines deleted...]
-      <c r="AF4" s="164"/>
+      <c r="AD4" s="167"/>
+      <c r="AE4" s="167"/>
+      <c r="AF4" s="167"/>
       <c r="AG4" s="158" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="5" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="122" t="s">
+    <row r="5" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="125" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="39"/>
+      <c r="C5" s="38"/>
       <c r="D5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="G5" s="29" t="s">
+      <c r="G5" s="28" t="s">
         <v>20</v>
       </c>
-      <c r="H5" s="28" t="s">
+      <c r="H5" s="27" t="s">
         <v>21</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>22</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>92</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>26</v>
       </c>
       <c r="O5" s="5" t="s">
         <v>27</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="S5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="T5" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="U5" s="129"/>
-      <c r="V5" s="31" t="s">
+      <c r="U5" s="132"/>
+      <c r="V5" s="30" t="s">
         <v>93</v>
       </c>
-      <c r="W5" s="31" t="s">
+      <c r="W5" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="X5" s="31" t="s">
+      <c r="X5" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="Y5" s="31" t="s">
+      <c r="Y5" s="30" t="s">
         <v>35</v>
       </c>
-      <c r="Z5" s="31" t="s">
+      <c r="Z5" s="30" t="s">
         <v>36</v>
       </c>
-      <c r="AA5" s="31" t="s">
+      <c r="AA5" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="AB5" s="136"/>
+      <c r="AB5" s="137"/>
       <c r="AC5" s="6" t="s">
         <v>94</v>
       </c>
       <c r="AD5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AE5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF5" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AG5" s="159"/>
     </row>
-    <row r="6" spans="1:33" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D6" s="122" t="s">
+    <row r="6" spans="1:33" ht="63.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="168"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="125" t="s">
         <v>40</v>
       </c>
-      <c r="E6" s="122" t="s">
+      <c r="E6" s="125" t="s">
         <v>41</v>
       </c>
-      <c r="F6" s="124" t="s">
+      <c r="F6" s="127" t="s">
         <v>42</v>
       </c>
-      <c r="G6" s="122" t="s">
+      <c r="G6" s="125" t="s">
         <v>43</v>
       </c>
-      <c r="H6" s="124" t="s">
+      <c r="H6" s="127" t="s">
         <v>44</v>
       </c>
-      <c r="I6" s="169" t="s">
+      <c r="I6" s="172" t="s">
         <v>45</v>
       </c>
-      <c r="J6" s="170"/>
-[...1 lines deleted...]
-      <c r="L6" s="172" t="s">
+      <c r="J6" s="173"/>
+      <c r="K6" s="174"/>
+      <c r="L6" s="175" t="s">
         <v>46</v>
       </c>
-      <c r="M6" s="173"/>
-      <c r="N6" s="122" t="s">
+      <c r="M6" s="176"/>
+      <c r="N6" s="125" t="s">
         <v>96</v>
       </c>
-      <c r="O6" s="122" t="s">
+      <c r="O6" s="125" t="s">
         <v>48</v>
       </c>
-      <c r="P6" s="122" t="s">
+      <c r="P6" s="125" t="s">
         <v>49</v>
       </c>
-      <c r="Q6" s="122" t="s">
+      <c r="Q6" s="125" t="s">
         <v>50</v>
       </c>
-      <c r="R6" s="122" t="s">
+      <c r="R6" s="125" t="s">
         <v>51</v>
       </c>
-      <c r="S6" s="126" t="s">
+      <c r="S6" s="129" t="s">
         <v>97</v>
       </c>
-      <c r="T6" s="122" t="s">
+      <c r="T6" s="125" t="s">
         <v>53</v>
       </c>
-      <c r="U6" s="122" t="s">
+      <c r="U6" s="133" t="s">
         <v>98</v>
       </c>
-      <c r="V6" s="137" t="s">
+      <c r="V6" s="138" t="s">
         <v>99</v>
       </c>
-      <c r="W6" s="122" t="s">
+      <c r="W6" s="125" t="s">
         <v>54</v>
       </c>
-      <c r="X6" s="139" t="s">
+      <c r="X6" s="133" t="s">
         <v>100</v>
       </c>
-      <c r="Y6" s="139" t="s">
+      <c r="Y6" s="133" t="s">
         <v>101</v>
       </c>
-      <c r="Z6" s="139" t="s">
+      <c r="Z6" s="133" t="s">
         <v>102</v>
       </c>
-      <c r="AA6" s="122" t="s">
+      <c r="AA6" s="125" t="s">
         <v>58</v>
       </c>
-      <c r="AB6" s="122" t="s">
-[...2 lines deleted...]
-      <c r="AC6" s="166" t="s">
+      <c r="AB6" s="133" t="s">
         <v>103</v>
       </c>
-      <c r="AD6" s="166" t="s">
+      <c r="AC6" s="169" t="s">
         <v>104</v>
       </c>
-      <c r="AE6" s="166" t="s">
+      <c r="AD6" s="169" t="s">
         <v>105</v>
       </c>
-      <c r="AF6" s="166" t="s">
+      <c r="AE6" s="169" t="s">
         <v>106</v>
       </c>
-      <c r="AG6" s="128" t="s">
+      <c r="AF6" s="169" t="s">
+        <v>107</v>
+      </c>
+      <c r="AG6" s="131" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="7" spans="1:33" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="H7" s="125"/>
+    <row r="7" spans="1:33" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="126"/>
+      <c r="C7" s="39"/>
+      <c r="D7" s="126"/>
+      <c r="E7" s="126"/>
+      <c r="F7" s="128"/>
+      <c r="G7" s="126"/>
+      <c r="H7" s="128"/>
       <c r="I7" s="8" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>64</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>65</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>66</v>
       </c>
       <c r="M7" s="7" t="s">
-        <v>107</v>
-[...22 lines deleted...]
-    <row r="8" spans="1:33" ht="170.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>108</v>
+      </c>
+      <c r="N7" s="126"/>
+      <c r="O7" s="126"/>
+      <c r="P7" s="126"/>
+      <c r="Q7" s="126"/>
+      <c r="R7" s="126"/>
+      <c r="S7" s="130"/>
+      <c r="T7" s="126"/>
+      <c r="U7" s="126"/>
+      <c r="V7" s="139"/>
+      <c r="W7" s="126"/>
+      <c r="X7" s="126"/>
+      <c r="Y7" s="126"/>
+      <c r="Z7" s="126"/>
+      <c r="AA7" s="126"/>
+      <c r="AB7" s="126"/>
+      <c r="AC7" s="171"/>
+      <c r="AD7" s="171"/>
+      <c r="AE7" s="171"/>
+      <c r="AF7" s="170"/>
+      <c r="AG7" s="132"/>
+    </row>
+    <row r="8" spans="1:33" ht="183" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="9"/>
-      <c r="C8" s="43"/>
-[...3 lines deleted...]
-      <c r="E8" s="134"/>
+      <c r="C8" s="42"/>
+      <c r="D8" s="134" t="s">
+        <v>109</v>
+      </c>
+      <c r="E8" s="135"/>
       <c r="F8" s="140" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G8" s="141"/>
-      <c r="H8" s="42" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="133" t="s">
+      <c r="H8" s="41" t="s">
         <v>111</v>
       </c>
+      <c r="I8" s="134" t="s">
+        <v>112</v>
+      </c>
       <c r="J8" s="142"/>
-      <c r="K8" s="134"/>
-[...1 lines deleted...]
-        <v>112</v>
+      <c r="K8" s="135"/>
+      <c r="L8" s="134" t="s">
+        <v>113</v>
       </c>
       <c r="M8" s="143"/>
-      <c r="N8" s="58" t="s">
-        <v>113</v>
+      <c r="N8" s="179" t="s">
+        <v>114</v>
       </c>
       <c r="O8" s="10"/>
       <c r="P8" s="10"/>
-      <c r="Q8" s="133" t="s">
-[...3 lines deleted...]
-      <c r="S8" s="59" t="s">
+      <c r="Q8" s="177" t="s">
+        <v>160</v>
+      </c>
+      <c r="R8" s="135"/>
+      <c r="S8" s="178" t="s">
+        <v>161</v>
+      </c>
+      <c r="T8" s="57" t="s">
         <v>115</v>
       </c>
-      <c r="T8" s="59" t="s">
+      <c r="U8" s="178" t="s">
         <v>116</v>
       </c>
-      <c r="U8" s="59" t="s">
-[...6 lines deleted...]
-        <v>119</v>
+      <c r="V8" s="178" t="s">
+        <v>162</v>
+      </c>
+      <c r="W8" s="177" t="s">
+        <v>163</v>
       </c>
       <c r="X8" s="142"/>
       <c r="Y8" s="142"/>
       <c r="Z8" s="142"/>
-      <c r="AA8" s="134"/>
-[...1 lines deleted...]
-        <v>120</v>
+      <c r="AA8" s="135"/>
+      <c r="AB8" s="58" t="s">
+        <v>117</v>
       </c>
       <c r="AC8" s="155" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="AD8" s="156"/>
       <c r="AE8" s="156"/>
       <c r="AF8" s="157"/>
-      <c r="AG8" s="60" t="s">
-[...4 lines deleted...]
-      <c r="B9" s="45">
+      <c r="AG8" s="58" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="9" spans="1:33" s="46" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="44">
         <v>1</v>
       </c>
-      <c r="C9" s="46" t="s">
-[...33 lines deleted...]
-    <row r="10" spans="1:33" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C9" s="45" t="s">
+        <v>120</v>
+      </c>
+      <c r="D9" s="47"/>
+      <c r="E9" s="47"/>
+      <c r="F9" s="48"/>
+      <c r="G9" s="49"/>
+      <c r="H9" s="48"/>
+      <c r="I9" s="54"/>
+      <c r="J9" s="54"/>
+      <c r="K9" s="54"/>
+      <c r="L9" s="47"/>
+      <c r="M9" s="47"/>
+      <c r="N9" s="47"/>
+      <c r="O9" s="47"/>
+      <c r="P9" s="47"/>
+      <c r="Q9" s="47"/>
+      <c r="R9" s="51"/>
+      <c r="S9" s="52"/>
+      <c r="T9" s="55"/>
+      <c r="U9" s="52"/>
+      <c r="V9" s="48"/>
+      <c r="W9" s="54"/>
+      <c r="X9" s="54"/>
+      <c r="Y9" s="54"/>
+      <c r="Z9" s="54"/>
+      <c r="AA9" s="48"/>
+      <c r="AB9" s="51"/>
+      <c r="AC9" s="53"/>
+      <c r="AD9" s="94"/>
+      <c r="AE9" s="53"/>
+      <c r="AF9" s="53"/>
+      <c r="AG9" s="54"/>
+    </row>
+    <row r="10" spans="1:33" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="9">
         <v>2</v>
       </c>
-      <c r="C10" s="44" t="s">
-[...35 lines deleted...]
-        <v>125</v>
+      <c r="C10" s="43" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" s="47"/>
+      <c r="E10" s="47"/>
+      <c r="F10" s="47"/>
+      <c r="G10" s="50"/>
+      <c r="H10" s="47"/>
+      <c r="I10" s="54"/>
+      <c r="J10" s="54"/>
+      <c r="K10" s="54"/>
+      <c r="L10" s="47"/>
+      <c r="M10" s="47"/>
+      <c r="N10" s="47"/>
+      <c r="O10" s="47"/>
+      <c r="P10" s="47"/>
+      <c r="Q10" s="47"/>
+      <c r="R10" s="51"/>
+      <c r="S10" s="52"/>
+      <c r="T10" s="55"/>
+      <c r="U10" s="51"/>
+      <c r="V10" s="54"/>
+      <c r="W10" s="54"/>
+      <c r="X10" s="54"/>
+      <c r="Y10" s="54"/>
+      <c r="Z10" s="54"/>
+      <c r="AA10" s="54"/>
+      <c r="AB10" s="51"/>
+      <c r="AC10" s="56"/>
+      <c r="AE10" s="56"/>
+      <c r="AF10" s="56"/>
+      <c r="AG10" s="54"/>
+    </row>
+    <row r="11" spans="1:33" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A11" s="24" t="s">
+        <v>122</v>
       </c>
       <c r="B11" s="9">
         <v>4</v>
       </c>
-      <c r="C11" s="44" t="s">
+      <c r="C11" s="43" t="s">
+        <v>120</v>
+      </c>
+      <c r="D11" s="9" t="s">
         <v>123</v>
       </c>
-      <c r="D11" s="9" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="E11" s="43" t="s">
+        <v>124</v>
       </c>
       <c r="F11" s="9"/>
-      <c r="G11" s="30"/>
+      <c r="G11" s="29"/>
       <c r="H11" s="9"/>
-      <c r="I11" s="44" t="s">
-        <v>128</v>
+      <c r="I11" s="43" t="s">
+        <v>125</v>
       </c>
       <c r="J11" s="9">
         <v>90001998587</v>
       </c>
       <c r="K11" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="L11" s="86" t="s">
+        <v>127</v>
+      </c>
+      <c r="M11" s="84" t="s">
+        <v>128</v>
+      </c>
+      <c r="N11" s="43" t="s">
         <v>129</v>
       </c>
-      <c r="L11" s="89" t="s">
+      <c r="O11" s="9" t="s">
         <v>130</v>
       </c>
-      <c r="M11" s="86" t="s">
+      <c r="P11" s="9" t="s">
         <v>131</v>
       </c>
-      <c r="N11" s="44" t="s">
+      <c r="Q11" s="9" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
       <c r="R11" s="9">
         <v>120</v>
       </c>
-      <c r="S11" s="30" t="s">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="S11" s="29" t="s">
+        <v>133</v>
+      </c>
+      <c r="T11" s="29" t="s">
+        <v>133</v>
       </c>
       <c r="U11" s="9"/>
       <c r="V11" s="9"/>
-      <c r="W11" s="9"/>
-[...21 lines deleted...]
-        <v>125</v>
+      <c r="W11" s="29">
+        <v>0</v>
+      </c>
+      <c r="X11" s="29">
+        <v>0</v>
+      </c>
+      <c r="Y11" s="29">
+        <v>0</v>
+      </c>
+      <c r="Z11" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="29">
+        <v>0</v>
+      </c>
+      <c r="AB11" s="89">
+        <v>3</v>
+      </c>
+      <c r="AC11" s="90">
+        <v>0</v>
+      </c>
+      <c r="AD11" s="90">
+        <v>0</v>
+      </c>
+      <c r="AE11" s="90">
+        <v>0</v>
+      </c>
+      <c r="AF11" s="91">
+        <v>0</v>
+      </c>
+      <c r="AG11" s="43" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="12" spans="1:33" ht="93" x14ac:dyDescent="0.3">
+      <c r="A12" s="24" t="s">
+        <v>122</v>
       </c>
       <c r="B12" s="9">
         <v>5</v>
       </c>
-      <c r="C12" s="44" t="s">
-        <v>140</v>
+      <c r="C12" s="43" t="s">
+        <v>135</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="E12" s="9">
         <v>11111111111</v>
       </c>
       <c r="F12" s="9">
         <v>21</v>
       </c>
-      <c r="G12" s="30" t="s">
+      <c r="G12" s="29" t="s">
+        <v>137</v>
+      </c>
+      <c r="H12" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="I12" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="J12" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="K12" s="42" t="s">
+        <v>128</v>
+      </c>
+      <c r="L12" s="93" t="s">
+        <v>139</v>
+      </c>
+      <c r="M12" s="85">
+        <v>37122222222</v>
+      </c>
+      <c r="N12" s="43" t="s">
+        <v>140</v>
+      </c>
+      <c r="O12" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="P12" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q12" s="9" t="s">
         <v>142</v>
-      </c>
-[...28 lines deleted...]
-        <v>146</v>
       </c>
       <c r="R12" s="9">
         <v>80</v>
       </c>
-      <c r="S12" s="30" t="s">
-[...6 lines deleted...]
-        <v>147</v>
+      <c r="S12" s="29" t="s">
+        <v>133</v>
+      </c>
+      <c r="T12" s="29" t="s">
+        <v>133</v>
+      </c>
+      <c r="U12" s="29">
+        <v>2</v>
       </c>
       <c r="V12" s="9" t="s">
-        <v>131</v>
-[...22 lines deleted...]
-      <c r="A13" s="25"/>
+        <v>128</v>
+      </c>
+      <c r="W12" s="29">
+        <v>0</v>
+      </c>
+      <c r="X12" s="29">
+        <v>1</v>
+      </c>
+      <c r="Y12" s="29">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="29">
+        <v>1</v>
+      </c>
+      <c r="AA12" s="29">
+        <v>0</v>
+      </c>
+      <c r="AB12" s="89">
+        <v>2</v>
+      </c>
+      <c r="AC12" s="90">
+        <v>0</v>
+      </c>
+      <c r="AD12" s="92">
+        <v>0</v>
+      </c>
+      <c r="AE12" s="92">
+        <v>0</v>
+      </c>
+      <c r="AF12" s="92">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="180" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="13" spans="1:33" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A13" s="24"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
-      <c r="G13" s="84"/>
+      <c r="G13" s="82"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
       <c r="Y13" s="1"/>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1"/>
       <c r="AB13" s="1"/>
-      <c r="AC13" s="85"/>
-[...2 lines deleted...]
-      <c r="AF13" s="85"/>
+      <c r="AC13" s="83"/>
+      <c r="AD13" s="83"/>
+      <c r="AE13" s="83"/>
+      <c r="AF13" s="83"/>
       <c r="AG13" s="1"/>
     </row>
-    <row r="14" spans="1:33" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:33" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="1"/>
-      <c r="C14" s="82" t="s">
-[...4 lines deleted...]
-      <c r="F14" s="83"/>
+      <c r="C14" s="80" t="s">
+        <v>144</v>
+      </c>
+      <c r="D14" s="81"/>
+      <c r="E14" s="81"/>
+      <c r="F14" s="81"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
     </row>
-    <row r="15" spans="1:33" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="U15" s="36"/>
+    <row r="15" spans="1:33" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B15" s="33" t="s">
+        <v>145</v>
+      </c>
+      <c r="C15" s="33"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="35"/>
+      <c r="F15" s="35"/>
+      <c r="G15" s="35"/>
+      <c r="H15" s="35"/>
+      <c r="I15" s="35"/>
+      <c r="J15" s="35"/>
+      <c r="K15" s="35"/>
+      <c r="L15" s="35"/>
+      <c r="M15" s="35"/>
+      <c r="N15" s="35"/>
+      <c r="O15" s="35"/>
+      <c r="P15" s="35"/>
+      <c r="Q15" s="35"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="35"/>
+      <c r="T15" s="35"/>
+      <c r="U15" s="35"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
     </row>
-    <row r="16" spans="1:33" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="U16" s="36"/>
+    <row r="16" spans="1:33" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B16" s="37" t="s">
+        <v>146</v>
+      </c>
+      <c r="C16" s="37"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="35"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="35"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="35"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="35"/>
+      <c r="T16" s="35"/>
+      <c r="U16" s="35"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
     </row>
-    <row r="17" spans="2:33" s="20" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="34" t="s">
+    <row r="17" spans="2:33" s="19" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B17" s="33" t="s">
         <v>71</v>
       </c>
-      <c r="C17" s="34"/>
-[...31 lines deleted...]
-    <row r="18" spans="2:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C17" s="33"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="18"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="18"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="18"/>
+      <c r="J17" s="18"/>
+      <c r="K17" s="18"/>
+      <c r="L17" s="18"/>
+      <c r="M17" s="18"/>
+      <c r="N17" s="18"/>
+      <c r="O17" s="18"/>
+      <c r="P17" s="18"/>
+      <c r="Q17" s="18"/>
+      <c r="R17" s="18"/>
+      <c r="S17" s="18"/>
+      <c r="T17" s="18"/>
+      <c r="U17" s="18"/>
+      <c r="V17" s="18"/>
+      <c r="W17" s="18"/>
+      <c r="X17" s="18"/>
+      <c r="Y17" s="18"/>
+      <c r="Z17" s="18"/>
+      <c r="AA17" s="18"/>
+      <c r="AB17" s="18"/>
+      <c r="AC17" s="18"/>
+      <c r="AD17" s="18"/>
+      <c r="AE17" s="18"/>
+      <c r="AF17" s="18"/>
+      <c r="AG17" s="18"/>
+    </row>
+    <row r="18" spans="2:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="145" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C18" s="146"/>
       <c r="D18" s="146"/>
       <c r="E18" s="146"/>
       <c r="F18" s="146"/>
       <c r="G18" s="146"/>
       <c r="H18" s="146"/>
       <c r="I18" s="146"/>
       <c r="J18" s="146"/>
       <c r="K18" s="146"/>
       <c r="L18" s="146"/>
       <c r="M18" s="146"/>
       <c r="N18" s="146"/>
       <c r="O18" s="146"/>
       <c r="P18" s="146"/>
       <c r="Q18" s="146"/>
       <c r="R18" s="146"/>
       <c r="S18" s="146"/>
       <c r="T18" s="146"/>
       <c r="U18" s="146"/>
-      <c r="V18" s="36"/>
-[...2 lines deleted...]
-      <c r="Y18" s="36"/>
+      <c r="V18" s="35"/>
+      <c r="W18" s="35"/>
+      <c r="X18" s="35"/>
+      <c r="Y18" s="35"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
     </row>
-    <row r="19" spans="2:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="150" t="s">
         <v>73</v>
       </c>
       <c r="C19" s="150"/>
       <c r="D19" s="150"/>
       <c r="E19" s="150"/>
       <c r="F19" s="150"/>
       <c r="G19" s="150"/>
       <c r="H19" s="150"/>
       <c r="I19" s="150"/>
       <c r="J19" s="150"/>
       <c r="K19" s="150"/>
       <c r="L19" s="150"/>
       <c r="M19" s="150"/>
       <c r="N19" s="150"/>
       <c r="O19" s="150"/>
       <c r="P19" s="150"/>
       <c r="Q19" s="150"/>
       <c r="R19" s="150"/>
       <c r="S19" s="150"/>
       <c r="T19" s="150"/>
       <c r="U19" s="150"/>
-      <c r="V19" s="36"/>
-[...2 lines deleted...]
-      <c r="Y19" s="36"/>
+      <c r="V19" s="35"/>
+      <c r="W19" s="35"/>
+      <c r="X19" s="35"/>
+      <c r="Y19" s="35"/>
       <c r="Z19" s="1"/>
       <c r="AA19" s="1"/>
       <c r="AB19" s="1"/>
       <c r="AC19" s="1"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
       <c r="AG19" s="1"/>
     </row>
-    <row r="20" spans="2:33" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:33" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="150" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="150"/>
       <c r="D20" s="150"/>
       <c r="E20" s="150"/>
       <c r="F20" s="150"/>
       <c r="G20" s="150"/>
       <c r="H20" s="150"/>
       <c r="I20" s="150"/>
       <c r="J20" s="150"/>
       <c r="K20" s="150"/>
       <c r="L20" s="150"/>
       <c r="M20" s="150"/>
       <c r="N20" s="150"/>
       <c r="O20" s="150"/>
       <c r="P20" s="150"/>
       <c r="Q20" s="150"/>
       <c r="R20" s="150"/>
       <c r="S20" s="150"/>
       <c r="T20" s="150"/>
       <c r="U20" s="150"/>
-      <c r="V20" s="36"/>
-[...2 lines deleted...]
-      <c r="Y20" s="36"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="35"/>
       <c r="Z20" s="1"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
       <c r="AG20" s="1"/>
     </row>
-    <row r="21" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="147" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C21" s="147"/>
       <c r="D21" s="150"/>
       <c r="E21" s="150"/>
       <c r="F21" s="150"/>
       <c r="G21" s="150"/>
       <c r="H21" s="150"/>
       <c r="I21" s="150"/>
       <c r="J21" s="150"/>
       <c r="K21" s="150"/>
       <c r="L21" s="150"/>
       <c r="M21" s="150"/>
       <c r="N21" s="150"/>
       <c r="O21" s="150"/>
       <c r="P21" s="150"/>
       <c r="Q21" s="150"/>
       <c r="R21" s="150"/>
       <c r="S21" s="150"/>
       <c r="T21" s="150"/>
       <c r="U21" s="150"/>
-      <c r="V21" s="36"/>
-[...2 lines deleted...]
-      <c r="Y21" s="36"/>
+      <c r="V21" s="35"/>
+      <c r="W21" s="35"/>
+      <c r="X21" s="35"/>
+      <c r="Y21" s="35"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
       <c r="AC21" s="1"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
       <c r="AF21" s="1"/>
       <c r="AG21" s="1"/>
     </row>
-    <row r="22" spans="2:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="147" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="C22" s="147"/>
-      <c r="D22" s="94"/>
-[...20 lines deleted...]
-      <c r="Y22" s="36"/>
+      <c r="D22" s="97"/>
+      <c r="E22" s="97"/>
+      <c r="F22" s="97"/>
+      <c r="G22" s="97"/>
+      <c r="H22" s="97"/>
+      <c r="I22" s="97"/>
+      <c r="J22" s="97"/>
+      <c r="K22" s="97"/>
+      <c r="L22" s="97"/>
+      <c r="M22" s="97"/>
+      <c r="N22" s="97"/>
+      <c r="O22" s="97"/>
+      <c r="P22" s="97"/>
+      <c r="Q22" s="97"/>
+      <c r="R22" s="97"/>
+      <c r="S22" s="97"/>
+      <c r="T22" s="97"/>
+      <c r="U22" s="97"/>
+      <c r="V22" s="35"/>
+      <c r="W22" s="35"/>
+      <c r="X22" s="35"/>
+      <c r="Y22" s="35"/>
       <c r="Z22" s="1"/>
       <c r="AA22" s="1"/>
       <c r="AB22" s="1"/>
       <c r="AC22" s="1"/>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
     </row>
-    <row r="23" spans="2:33" ht="44.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:33" ht="44.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="147" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C23" s="147"/>
-      <c r="D23" s="94"/>
-[...20 lines deleted...]
-      <c r="Y23" s="36"/>
+      <c r="D23" s="97"/>
+      <c r="E23" s="97"/>
+      <c r="F23" s="97"/>
+      <c r="G23" s="97"/>
+      <c r="H23" s="97"/>
+      <c r="I23" s="97"/>
+      <c r="J23" s="97"/>
+      <c r="K23" s="97"/>
+      <c r="L23" s="97"/>
+      <c r="M23" s="97"/>
+      <c r="N23" s="97"/>
+      <c r="O23" s="97"/>
+      <c r="P23" s="97"/>
+      <c r="Q23" s="97"/>
+      <c r="R23" s="97"/>
+      <c r="S23" s="97"/>
+      <c r="T23" s="97"/>
+      <c r="U23" s="97"/>
+      <c r="V23" s="35"/>
+      <c r="W23" s="35"/>
+      <c r="X23" s="35"/>
+      <c r="Y23" s="35"/>
       <c r="Z23" s="1"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
       <c r="AD23" s="1"/>
       <c r="AE23" s="1"/>
       <c r="AF23" s="1"/>
       <c r="AG23" s="1"/>
     </row>
-    <row r="24" spans="2:33" ht="198.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:33" ht="198.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="152" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="C24" s="152"/>
       <c r="D24" s="150"/>
       <c r="E24" s="150"/>
       <c r="F24" s="150"/>
       <c r="G24" s="150"/>
       <c r="H24" s="150"/>
       <c r="I24" s="150"/>
       <c r="J24" s="150"/>
       <c r="K24" s="150"/>
       <c r="L24" s="150"/>
       <c r="M24" s="150"/>
       <c r="N24" s="150"/>
       <c r="O24" s="150"/>
       <c r="P24" s="150"/>
-      <c r="Q24" s="32"/>
-[...7 lines deleted...]
-      <c r="Y24" s="36"/>
+      <c r="Q24" s="31"/>
+      <c r="R24" s="31"/>
+      <c r="S24" s="31"/>
+      <c r="T24" s="31"/>
+      <c r="U24" s="31"/>
+      <c r="V24" s="35"/>
+      <c r="W24" s="35"/>
+      <c r="X24" s="35"/>
+      <c r="Y24" s="35"/>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1"/>
       <c r="AB24" s="1"/>
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
     </row>
-    <row r="25" spans="2:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:33" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="145" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C25" s="145"/>
       <c r="D25" s="146"/>
       <c r="E25" s="146"/>
       <c r="F25" s="146"/>
       <c r="G25" s="146"/>
       <c r="H25" s="146"/>
       <c r="I25" s="146"/>
       <c r="J25" s="146"/>
       <c r="K25" s="146"/>
       <c r="L25" s="146"/>
       <c r="M25" s="146"/>
       <c r="N25" s="146"/>
       <c r="O25" s="146"/>
       <c r="P25" s="146"/>
       <c r="Q25" s="146"/>
       <c r="R25" s="146"/>
       <c r="S25" s="146"/>
       <c r="T25" s="146"/>
       <c r="U25" s="146"/>
-      <c r="V25" s="36"/>
-[...2 lines deleted...]
-      <c r="Y25" s="36"/>
+      <c r="V25" s="35"/>
+      <c r="W25" s="35"/>
+      <c r="X25" s="35"/>
+      <c r="Y25" s="35"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
     </row>
-    <row r="26" spans="2:33" s="33" customFormat="1" ht="71.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:33" s="32" customFormat="1" ht="71.099999999999994" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="151" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="C26" s="151"/>
       <c r="D26" s="151"/>
       <c r="E26" s="151"/>
       <c r="F26" s="151"/>
       <c r="G26" s="151"/>
       <c r="H26" s="151"/>
       <c r="I26" s="151"/>
       <c r="J26" s="151"/>
       <c r="K26" s="151"/>
       <c r="L26" s="151"/>
       <c r="M26" s="151"/>
       <c r="N26" s="151"/>
       <c r="O26" s="151"/>
       <c r="P26" s="151"/>
       <c r="Q26" s="151"/>
       <c r="R26" s="151"/>
       <c r="S26" s="151"/>
       <c r="T26" s="151"/>
       <c r="U26" s="151"/>
       <c r="V26" s="151"/>
       <c r="W26" s="151"/>
       <c r="X26" s="151"/>
       <c r="Y26" s="151"/>
     </row>
-    <row r="27" spans="2:33" s="33" customFormat="1" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:33" s="32" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="153" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="C27" s="154"/>
       <c r="D27" s="154"/>
       <c r="E27" s="154"/>
       <c r="F27" s="154"/>
       <c r="G27" s="154"/>
       <c r="H27" s="154"/>
       <c r="I27" s="154"/>
       <c r="J27" s="154"/>
       <c r="K27" s="154"/>
       <c r="L27" s="154"/>
       <c r="M27" s="154"/>
       <c r="N27" s="154"/>
       <c r="O27" s="154"/>
       <c r="P27" s="154"/>
       <c r="Q27" s="154"/>
       <c r="R27" s="154"/>
       <c r="S27" s="154"/>
       <c r="T27" s="154"/>
       <c r="U27" s="154"/>
-      <c r="V27" s="35"/>
-[...4 lines deleted...]
-    <row r="28" spans="2:33" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V27" s="34"/>
+      <c r="W27" s="34"/>
+      <c r="X27" s="34"/>
+      <c r="Y27" s="34"/>
+    </row>
+    <row r="28" spans="2:33" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="148" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C28" s="148"/>
       <c r="D28" s="149"/>
       <c r="E28" s="149"/>
       <c r="F28" s="149"/>
       <c r="G28" s="149"/>
       <c r="H28" s="149"/>
       <c r="I28" s="149"/>
       <c r="J28" s="149"/>
       <c r="K28" s="149"/>
       <c r="L28" s="149"/>
       <c r="M28" s="149"/>
       <c r="N28" s="149"/>
       <c r="O28" s="149"/>
       <c r="P28" s="149"/>
       <c r="Q28" s="149"/>
       <c r="R28" s="149"/>
       <c r="S28" s="149"/>
       <c r="T28" s="149"/>
       <c r="U28" s="149"/>
-      <c r="V28" s="36"/>
-[...2 lines deleted...]
-      <c r="Y28" s="36"/>
+      <c r="V28" s="35"/>
+      <c r="W28" s="35"/>
+      <c r="X28" s="35"/>
+      <c r="Y28" s="35"/>
       <c r="Z28" s="1"/>
       <c r="AA28" s="1"/>
       <c r="AB28" s="1"/>
       <c r="AC28" s="1"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="1"/>
       <c r="AF28" s="1"/>
       <c r="AG28" s="1"/>
     </row>
-    <row r="29" spans="2:33" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:33" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="148" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C29" s="148"/>
       <c r="D29" s="149"/>
       <c r="E29" s="149"/>
       <c r="F29" s="149"/>
       <c r="G29" s="149"/>
       <c r="H29" s="149"/>
       <c r="I29" s="149"/>
       <c r="J29" s="149"/>
       <c r="K29" s="149"/>
       <c r="L29" s="149"/>
       <c r="M29" s="149"/>
       <c r="N29" s="149"/>
       <c r="O29" s="149"/>
       <c r="P29" s="149"/>
       <c r="Q29" s="149"/>
       <c r="R29" s="149"/>
       <c r="S29" s="149"/>
       <c r="T29" s="149"/>
       <c r="U29" s="149"/>
-      <c r="V29" s="36"/>
-[...2 lines deleted...]
-      <c r="Y29" s="36"/>
+      <c r="V29" s="35"/>
+      <c r="W29" s="35"/>
+      <c r="X29" s="35"/>
+      <c r="Y29" s="35"/>
       <c r="Z29" s="1"/>
       <c r="AA29" s="1"/>
       <c r="AB29" s="1"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
     </row>
-    <row r="30" spans="2:33" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:33" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="148" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C30" s="148"/>
       <c r="D30" s="149"/>
       <c r="E30" s="149"/>
       <c r="F30" s="149"/>
       <c r="G30" s="149"/>
       <c r="H30" s="149"/>
       <c r="I30" s="149"/>
       <c r="J30" s="149"/>
       <c r="K30" s="149"/>
       <c r="L30" s="149"/>
       <c r="M30" s="149"/>
       <c r="N30" s="149"/>
       <c r="O30" s="149"/>
       <c r="P30" s="149"/>
       <c r="Q30" s="149"/>
       <c r="R30" s="149"/>
       <c r="S30" s="149"/>
       <c r="T30" s="149"/>
       <c r="U30" s="149"/>
-      <c r="V30" s="36"/>
-[...2 lines deleted...]
-      <c r="Y30" s="36"/>
+      <c r="V30" s="35"/>
+      <c r="W30" s="35"/>
+      <c r="X30" s="35"/>
+      <c r="Y30" s="35"/>
       <c r="Z30" s="1"/>
       <c r="AA30" s="1"/>
       <c r="AB30" s="1"/>
       <c r="AC30" s="1"/>
       <c r="AD30" s="1"/>
       <c r="AE30" s="1"/>
       <c r="AF30" s="1"/>
       <c r="AG30" s="1"/>
     </row>
-    <row r="31" spans="2:33" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:33" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="148" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="C31" s="148"/>
       <c r="D31" s="149"/>
       <c r="E31" s="149"/>
       <c r="F31" s="149"/>
       <c r="G31" s="149"/>
       <c r="H31" s="149"/>
       <c r="I31" s="149"/>
       <c r="J31" s="149"/>
       <c r="K31" s="149"/>
       <c r="L31" s="149"/>
       <c r="M31" s="149"/>
       <c r="N31" s="149"/>
       <c r="O31" s="149"/>
       <c r="P31" s="149"/>
       <c r="Q31" s="149"/>
       <c r="R31" s="149"/>
       <c r="S31" s="149"/>
       <c r="T31" s="149"/>
       <c r="U31" s="149"/>
-      <c r="V31" s="36"/>
-[...2 lines deleted...]
-      <c r="Y31" s="36"/>
+      <c r="V31" s="35"/>
+      <c r="W31" s="35"/>
+      <c r="X31" s="35"/>
+      <c r="Y31" s="35"/>
       <c r="Z31" s="1"/>
       <c r="AA31" s="1"/>
       <c r="AB31" s="1"/>
       <c r="AC31" s="1"/>
       <c r="AD31" s="1"/>
       <c r="AE31" s="1"/>
       <c r="AF31" s="1"/>
       <c r="AG31" s="1"/>
     </row>
-    <row r="32" spans="2:33" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C32" s="94"/>
+    <row r="32" spans="2:33" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="97" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" s="97"/>
       <c r="D32" s="144"/>
       <c r="E32" s="144"/>
       <c r="F32" s="144"/>
       <c r="G32" s="144"/>
       <c r="H32" s="144"/>
       <c r="I32" s="144"/>
       <c r="J32" s="144"/>
       <c r="K32" s="144"/>
       <c r="L32" s="144"/>
       <c r="M32" s="144"/>
       <c r="N32" s="144"/>
       <c r="O32" s="144"/>
       <c r="P32" s="144"/>
       <c r="Q32" s="144"/>
       <c r="R32" s="144"/>
       <c r="S32" s="144"/>
       <c r="T32" s="144"/>
       <c r="U32" s="144"/>
-      <c r="V32" s="36"/>
-[...2 lines deleted...]
-      <c r="Y32" s="36"/>
+      <c r="V32" s="35"/>
+      <c r="W32" s="35"/>
+      <c r="X32" s="35"/>
+      <c r="Y32" s="35"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="58">
     <mergeCell ref="AC8:AF8"/>
     <mergeCell ref="AG4:AG5"/>
     <mergeCell ref="B4:M4"/>
     <mergeCell ref="N4:T4"/>
     <mergeCell ref="AC4:AF4"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="AA6:AA7"/>
     <mergeCell ref="AF6:AF7"/>
     <mergeCell ref="AE6:AE7"/>
     <mergeCell ref="AG6:AG7"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="AC6:AC7"/>
     <mergeCell ref="AD6:AD7"/>
+    <mergeCell ref="V4:AA4"/>
     <mergeCell ref="B32:U32"/>
     <mergeCell ref="B25:U25"/>
     <mergeCell ref="B18:U18"/>
     <mergeCell ref="B22:U22"/>
     <mergeCell ref="B28:U28"/>
     <mergeCell ref="B29:U29"/>
     <mergeCell ref="B30:U30"/>
     <mergeCell ref="B31:U31"/>
     <mergeCell ref="B19:U19"/>
     <mergeCell ref="B20:U20"/>
     <mergeCell ref="B21:U21"/>
     <mergeCell ref="B23:U23"/>
     <mergeCell ref="B26:Y26"/>
     <mergeCell ref="B24:P24"/>
     <mergeCell ref="B27:U27"/>
-    <mergeCell ref="V4:AA4"/>
-    <mergeCell ref="U6:U7"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="AB4:AB5"/>
     <mergeCell ref="V6:V7"/>
     <mergeCell ref="W6:W7"/>
     <mergeCell ref="Z6:Z7"/>
     <mergeCell ref="AB6:AB7"/>
     <mergeCell ref="X6:X7"/>
     <mergeCell ref="Y6:Y7"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="Q8:R8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="W8:AA8"/>
     <mergeCell ref="T6:T7"/>
     <mergeCell ref="B3:U3"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="Q6:Q7"/>
     <mergeCell ref="R6:R7"/>
     <mergeCell ref="S6:S7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="U4:U5"/>
     <mergeCell ref="P6:P7"/>
+    <mergeCell ref="U6:U7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="L11" r:id="rId1" xr:uid="{E81B886B-8ECD-4698-A1BE-1D7135024F6C}"/>
+    <hyperlink ref="L12" r:id="rId2" xr:uid="{8E10D0A2-70F8-4A25-92A2-D20B571FB017}"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" r:id="rId2"/>
+  <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f9267118-0344-4707-a2a7-9fba31ee934e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="49530a45-6723-4778-8b7f-9229299e4090" xsi:nil="true"/>
     <Atsl_x0113_gv_x0101_rdi_Parinform_x0101_cijasb_x016b_t_x012b_bu xmlns="f9267118-0344-4707-a2a7-9fba31ee934e">EK kolēģu sniegto atbildi par KNR 2021/1060 50.panta 1.punkta c) apakšpunkta interpretāciju. Tātad prasība jāievēro neatkarīgi no materiālās investīcija mērķa. </Atsl_x0113_gv_x0101_rdi_Parinform_x0101_cijasb_x016b_t_x012b_bu>
     <SharedWithUsers xmlns="49530a45-6723-4778-8b7f-9229299e4090">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f9267118-0344-4707-a2a7-9fba31ee934e" xmlns:ns3="49530a45-6723-4778-8b7f-9229299e4090" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b27449a3ec4866e579b4627c22253385" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005508FD21CCA1E74ABFEC70C950CE0629" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26451412e7da55f96b2fc37584e8758e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f9267118-0344-4707-a2a7-9fba31ee934e" xmlns:ns3="49530a45-6723-4778-8b7f-9229299e4090" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1a3ceafa9713c5f715fde585be88eca7" ns2:_="" ns3:_="">
     <xsd:import namespace="f9267118-0344-4707-a2a7-9fba31ee934e"/>
     <xsd:import namespace="49530a45-6723-4778-8b7f-9229299e4090"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Atsl_x0113_gv_x0101_rdi_Parinform_x0101_cijasb_x016b_t_x012b_bu" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -5688,51 +5966,51 @@
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f9267118-0344-4707-a2a7-9fba31ee934e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
@@ -5748,99 +6026,99 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Atsl_x0113_gv_x0101_rdi_Parinform_x0101_cijasb_x016b_t_x012b_bu" ma:index="24" nillable="true" ma:displayName="Apraksts" ma:default="EK kolēģu sniegto atbildi par KNR 2021/1060 50.panta 1.punkta c) apakšpunkta interpretāciju. Tātad prasība jāievēro neatkarīgi no materiālās investīcija mērķa. " ma:format="Dropdown" ma:internalName="Atsl_x0113_gv_x0101_rdi_Parinform_x0101_cijasb_x016b_t_x012b_bu">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="25" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="49530a45-6723-4778-8b7f-9229299e4090" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{59b6e974-3d80-41f9-94c9-e29217ee4372}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="49530a45-6723-4778-8b7f-9229299e4090">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5885,116 +6163,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{222E210B-84D7-4193-85E4-D3ADD8E13EBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f9267118-0344-4707-a2a7-9fba31ee934e"/>
     <ds:schemaRef ds:uri="49530a45-6723-4778-8b7f-9229299e4090"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{210F043E-9FB9-45A8-B8F9-DFF60F7B8C7E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28DFC293-6090-4415-9543-517F334075A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f9267118-0344-4707-a2a7-9fba31ee934e"/>
     <ds:schemaRef ds:uri="49530a45-6723-4778-8b7f-9229299e4090"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDE633CA-F200-49E9-AB2A-07163BA495F0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Named Ranges</vt:lpstr>
+        <vt:lpstr>Diapazoni ar nosaukumiem</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>1.tabula</vt:lpstr>
       <vt:lpstr>2.tabula</vt:lpstr>
       <vt:lpstr>Par 2.tabulu</vt:lpstr>
-      <vt:lpstr>'1.tabula'!Print_Area</vt:lpstr>
-      <vt:lpstr>'Par 2.tabulu'!Print_Area</vt:lpstr>
+      <vt:lpstr>'1.tabula'!Drukas_apgabals</vt:lpstr>
+      <vt:lpstr>'Par 2.tabulu'!Drukas_apgabals</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Finanšu ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Pārskats par projekta dalībniekiem</dc:title>
   <dc:subject/>
   <dc:creator>Inita Petrova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>1.pielikums MK noteikumiem Nr.77</cp:category>
   <cp:contentStatus/>