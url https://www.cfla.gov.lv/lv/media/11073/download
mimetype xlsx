--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,611 +1,611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26924"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cf-miten\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/IIAPN/Shared Documents/General/IIAPN/2014_2020_Pecuzraudz_PSD/PSD/8.1.3_8.1.2_8.1.4/08_15_2025_IZM_PSD_groz/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F3EC9B6-6C34-4125-963B-C2E8C88E8304}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{80B64BC2-ED5E-4331-BF39-66B060C1B4AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="platības izteiksmē" sheetId="2" r:id="rId1"/>
+    <sheet name="platības izteiksmē" sheetId="5" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D21" i="2" l="1"/>
-[...4 lines deleted...]
-  <c r="F26" i="2" l="1"/>
+  <c r="D21" i="5" l="1"/>
+  <c r="F22" i="5"/>
+  <c r="F23" i="5"/>
+  <c r="F24" i="5"/>
+  <c r="F26" i="5" s="1"/>
+  <c r="F25" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="31">
   <si>
     <t>PSD</t>
   </si>
   <si>
     <t>Darbības veids</t>
   </si>
   <si>
     <t xml:space="preserve">Formula PSD aprēķinam: </t>
   </si>
   <si>
     <r>
       <t>J</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>PSD</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>– projekta ietvaros modernizētajā infrastruktūrā īstenotā PSD, %</t>
     </r>
   </si>
   <si>
-    <t>Projekta Nr.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Kalendārais gads: </t>
   </si>
   <si>
-    <t>Ēkas kadastra apzīmējums</t>
-[...4 lines deleted...]
-  <si>
     <t>Nr.p.k.*</t>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>..</t>
+  </si>
+  <si>
+    <t>PP</t>
+  </si>
+  <si>
+    <r>
+      <t>PSD, % (J</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="subscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PSD</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Papildu informācija par PSD, PP
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">(veids (piemēram, noma pašvaldības izglītības iestādei), u.c. informācija, kas ļauj pārbaudīt norādīto informāciju (piemēram, līguma datums, Nr.)). </t>
+    </r>
+  </si>
+  <si>
+    <t>Pamatdarbība (NSD)</t>
+  </si>
+  <si>
+    <r>
+      <t>P</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>K</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> – projekta ietvaros modernizētās infrastruktūras kopējā jauda platības izteiksmē (m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>) kalendārajā gadā.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>P</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PSD</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> – kopējā platība (m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>) kalendārajā gadā, kurā projekta ietvaros modernizētajā infrastruktā  īstenota PSD;</t>
+    </r>
+  </si>
+  <si>
+    <t>** Ja projekta ietvaros veikta gan būvniecība, gan iegādāts aprīkojums un gan telpas, gan aprīkojumu plānots izmantot/tiek izmantots PSD, šī PSD uzskaites metoda - platības izteiksme, nav piemērojama</t>
+  </si>
+  <si>
+    <t>* norāda visas ēkas, kuras modernizētas projekta ietvaros. Informācija tiek norādīta par katru ēku, kas projekta ietvaros modernizēta, atsevišķi, bet PSD aprēķinu veic par kopējo platību.</t>
+  </si>
+  <si>
+    <r>
+      <t>PP (m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>) (P</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="subscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PP</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve"> PSD (m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>) (P</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="subscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PSD</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Pamatdarbība (m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>) (P</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="subscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PD</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Aprēķinātā kopējā platība pamatdarbībai, PSD, PP (m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Jāsniedz skaidrojums, ja ēku kopējā platība ir lielāka, nekā aprēķināts "Kopējā platība pamatdarbība, PSD, PP(m</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Ēku kopējā platība (m</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>KOPĀ, t.sk.:</t>
   </si>
   <si>
     <r>
       <t>Platība m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
-    <t>1.</t>
-[...13 lines deleted...]
-  <si>
     <r>
       <t>Ēkas kopējā platība m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
-    <t>KOPĀ, t.sk.:</t>
-[...377 lines deleted...]
-    <t>Pamatdarbība (NSD)</t>
+    <t>Ēkas kadastra apzīmējums</t>
+  </si>
+  <si>
+    <t>Projekta ietvaros modernizētās  ēkas (turpmāk - ēka) adrese</t>
+  </si>
+  <si>
+    <t>Projekta Nr.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Papildinošas saimnieciskās darbības uzraudzība </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>platības izteiksmē</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>**</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>* norāda visas ēkas, kuras modernizētas projekta ietvaros. Informācija tiek norādīta par katru ēku, kas projekta ietvaros modernizēta, atsevišķi, bet PSD aprēķinu veic par kopējo platību.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -667,116 +667,116 @@
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
+      <vertAlign val="subscript"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Times New Roman"/>
-[...27 lines deleted...]
-      <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -981,175 +981,175 @@
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2377091" cy="631825"/>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
       <mc:Choice Requires="a14">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2" name="TextBox 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1B7F3B7-7ECA-4C5D-AB6C-5B5800FA7F82}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1"/>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
-              <a:off x="0" y="6896100"/>
+              <a:off x="0" y="5867400"/>
               <a:ext cx="2377091" cy="631825"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </xdr:spPr>
           <xdr:style>
             <a:lnRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </xdr:style>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
               <a:noAutofit/>
             </a:bodyPr>
@@ -1224,83 +1224,90 @@
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                             <a:ea typeface="+mn-ea"/>
                             <a:cs typeface="+mn-cs"/>
                           </a:rPr>
                           <m:t>𝐾</m:t>
                         </m:r>
                       </m:den>
                     </m:f>
                     <m:r>
                       <a:rPr lang="lv-LV" sz="1100" b="0" i="1">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>∗100</m:t>
                     </m:r>
                   </m:oMath>
                 </m:oMathPara>
               </a14:m>
               <a:endParaRPr lang="lv-LV" sz="1100"/>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Choice>
       <mc:Fallback xmlns="">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="2" name="TextBox 1"/>
+            <xdr:cNvPr id="2" name="TextBox 1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1B7F3B7-7ECA-4C5D-AB6C-5B5800FA7F82}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1"/>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
-              <a:off x="0" y="6896100"/>
+              <a:off x="0" y="5867400"/>
               <a:ext cx="2377091" cy="631825"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </xdr:spPr>
           <xdr:style>
             <a:lnRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </xdr:style>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
+              <a:pPr/>
               <a:r>
                 <a:rPr lang="lv-LV" sz="1100" b="0" i="0">
                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>𝐽</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="lv-LV" sz="1100" b="0" i="0" baseline="-25000">
                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>𝑃𝑆𝐷</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="lv-LV" sz="1100" i="0">
                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>=</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="lv-LV" sz="1100" b="0" i="0">
                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>𝑃</a:t>
               </a:r>
               <a:r>
@@ -1594,580 +1601,626 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE1E1DD2-75EC-4E14-BF79-CEBDC18523C7}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:G39"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="I28" sqref="I28"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A28" sqref="A28:G28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.21875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="15.77734375" customWidth="1"/>
+    <col min="1" max="1" width="5.28515625" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" customWidth="1"/>
+    <col min="3" max="4" width="18.28515625" customWidth="1"/>
+    <col min="5" max="5" width="26.42578125" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" customWidth="1"/>
     <col min="7" max="7" width="40" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
     </row>
-    <row r="3" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
     </row>
-    <row r="4" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="8"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="27"/>
+      <c r="E4" s="27"/>
+      <c r="F4" s="27"/>
+      <c r="G4" s="28"/>
+    </row>
+    <row r="5" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="8"/>
-[...7 lines deleted...]
-      <c r="A5" s="6" t="s">
+      <c r="B5" s="9"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="30"/>
+      <c r="F5" s="30"/>
+      <c r="G5" s="31"/>
+    </row>
+    <row r="7" spans="1:7" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="9"/>
-[...9 lines deleted...]
-      </c>
       <c r="B7" s="11" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="C7" s="11" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="D7" s="11" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="11" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G7" s="12" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-      <c r="D8" s="26"/>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="33"/>
+      <c r="C8" s="33"/>
+      <c r="D8" s="33"/>
       <c r="E8" s="13" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F8" s="10"/>
-      <c r="G8" s="29"/>
-[...5 lines deleted...]
-      <c r="D9" s="27"/>
+      <c r="G8" s="17"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="21"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="34"/>
+      <c r="D9" s="34"/>
       <c r="E9" s="13" t="s">
         <v>0</v>
       </c>
       <c r="F9" s="10"/>
-      <c r="G9" s="30"/>
-[...5 lines deleted...]
-      <c r="D10" s="28"/>
+      <c r="G9" s="18"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="22"/>
+      <c r="B10" s="35"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="35"/>
       <c r="E10" s="13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F10" s="10"/>
-      <c r="G10" s="31"/>
-[...7 lines deleted...]
-      <c r="D11" s="26"/>
+      <c r="G10" s="19"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="33"/>
+      <c r="C11" s="33"/>
+      <c r="D11" s="33"/>
       <c r="E11" s="13" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F11" s="10"/>
-      <c r="G11" s="29"/>
-[...5 lines deleted...]
-      <c r="D12" s="27"/>
+      <c r="G11" s="17"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="21"/>
+      <c r="B12" s="34"/>
+      <c r="C12" s="34"/>
+      <c r="D12" s="34"/>
       <c r="E12" s="13" t="s">
         <v>0</v>
       </c>
       <c r="F12" s="10"/>
-      <c r="G12" s="30"/>
-[...5 lines deleted...]
-      <c r="D13" s="28"/>
+      <c r="G12" s="18"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="22"/>
+      <c r="B13" s="35"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
       <c r="E13" s="13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F13" s="10"/>
-      <c r="G13" s="31"/>
-[...7 lines deleted...]
-      <c r="D14" s="26"/>
+      <c r="G13" s="19"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="33"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="33"/>
       <c r="E14" s="13" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F14" s="10"/>
-      <c r="G14" s="29"/>
-[...5 lines deleted...]
-      <c r="D15" s="27"/>
+      <c r="G14" s="17"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="21"/>
+      <c r="B15" s="34"/>
+      <c r="C15" s="34"/>
+      <c r="D15" s="34"/>
       <c r="E15" s="13" t="s">
         <v>0</v>
       </c>
       <c r="F15" s="10"/>
-      <c r="G15" s="30"/>
-[...5 lines deleted...]
-      <c r="D16" s="28"/>
+      <c r="G15" s="18"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="22"/>
+      <c r="B16" s="35"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
       <c r="E16" s="13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F16" s="10"/>
-      <c r="G16" s="31"/>
-[...2 lines deleted...]
-      <c r="A17" s="23" t="s">
+      <c r="G16" s="19"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" s="33"/>
+      <c r="C17" s="33"/>
+      <c r="D17" s="33"/>
+      <c r="E17" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="26"/>
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="10"/>
-      <c r="G17" s="29"/>
-[...5 lines deleted...]
-      <c r="D18" s="27"/>
+      <c r="G17" s="17"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="21"/>
+      <c r="B18" s="34"/>
+      <c r="C18" s="34"/>
+      <c r="D18" s="34"/>
       <c r="E18" s="13" t="s">
         <v>0</v>
       </c>
       <c r="F18" s="10"/>
-      <c r="G18" s="30"/>
-[...5 lines deleted...]
-      <c r="D19" s="28"/>
+      <c r="G18" s="18"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="22"/>
+      <c r="B19" s="35"/>
+      <c r="C19" s="35"/>
+      <c r="D19" s="35"/>
       <c r="E19" s="13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F19" s="10"/>
-      <c r="G19" s="31"/>
-[...17 lines deleted...]
-      <c r="C21" s="33"/>
+      <c r="G19" s="19"/>
+    </row>
+    <row r="20" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="36" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="37"/>
+      <c r="C20" s="37"/>
+      <c r="D20" s="37"/>
+      <c r="E20" s="37"/>
+      <c r="F20" s="37"/>
+      <c r="G20" s="38"/>
+    </row>
+    <row r="21" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
       <c r="D21" s="14">
         <f>SUM(D8:D19)</f>
         <v>0</v>
       </c>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="39" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="E22" s="38"/>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="25"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="25"/>
+      <c r="E22" s="25"/>
       <c r="F22" s="14">
         <f>SUM(F8:F19)</f>
         <v>0</v>
       </c>
       <c r="G22" s="40"/>
     </row>
-    <row r="23" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
-      <c r="A23" s="33" t="s">
+    <row r="23" spans="1:7" ht="19.5" x14ac:dyDescent="0.3">
+      <c r="A23" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="33"/>
-[...2 lines deleted...]
-      <c r="E23" s="33"/>
+      <c r="B23" s="23"/>
+      <c r="C23" s="23"/>
+      <c r="D23" s="23"/>
+      <c r="E23" s="23"/>
       <c r="F23" s="14">
         <f>F8+F11+F14+F17</f>
         <v>0</v>
       </c>
       <c r="G23" s="10"/>
     </row>
-    <row r="24" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="E24" s="33"/>
+    <row r="24" spans="1:7" ht="19.5" x14ac:dyDescent="0.3">
+      <c r="A24" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="B24" s="23"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
       <c r="F24" s="14">
-        <f t="shared" ref="F24:F25" si="0">F9+F12+F15+F18</f>
+        <f>F9+F12+F15+F18</f>
         <v>0</v>
       </c>
       <c r="G24" s="10"/>
     </row>
-    <row r="25" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="E25" s="33"/>
+    <row r="25" spans="1:7" ht="19.5" x14ac:dyDescent="0.3">
+      <c r="A25" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" s="23"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="23"/>
       <c r="F25" s="14">
-        <f t="shared" si="0"/>
+        <f>F10+F13+F16+F19</f>
         <v>0</v>
       </c>
       <c r="G25" s="10"/>
     </row>
-    <row r="26" spans="1:7" ht="18" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="F26" s="41" t="e">
+    <row r="26" spans="1:7" ht="17.25" x14ac:dyDescent="0.3">
+      <c r="A26" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" s="23"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="23"/>
+      <c r="F26" s="16" t="e">
         <f>F24/(D21)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G26" s="10"/>
     </row>
-    <row r="27" spans="1:7" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" ht="30.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="32" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="B27" s="32"/>
       <c r="C27" s="32"/>
       <c r="D27" s="32"/>
       <c r="E27" s="32"/>
       <c r="F27" s="32"/>
       <c r="G27" s="32"/>
     </row>
-    <row r="28" spans="1:7" ht="31.05" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="15"/>
     </row>
-    <row r="30" spans="1:7" ht="16.2" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="36" spans="1:1" ht="16.2" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:1" ht="16.5" x14ac:dyDescent="0.3">
       <c r="A36" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="37" spans="1:1" ht="18" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A37" s="3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:1" ht="18" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="38" spans="1:1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A38" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="32">
+    <mergeCell ref="A28:G28"/>
+    <mergeCell ref="C4:G4"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="A17:A19"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="C17:C19"/>
+    <mergeCell ref="D17:D19"/>
+    <mergeCell ref="G8:G10"/>
+    <mergeCell ref="G11:G13"/>
+    <mergeCell ref="G14:G16"/>
+    <mergeCell ref="A8:A10"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="C8:C10"/>
+    <mergeCell ref="D8:D10"/>
+    <mergeCell ref="A11:A13"/>
     <mergeCell ref="B11:B13"/>
     <mergeCell ref="C11:C13"/>
     <mergeCell ref="D11:D13"/>
+    <mergeCell ref="A20:G20"/>
+    <mergeCell ref="A22:E22"/>
+    <mergeCell ref="G21:G22"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>
     <mergeCell ref="C14:C16"/>
     <mergeCell ref="D14:D16"/>
     <mergeCell ref="A23:E23"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A25:E25"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="A21:C21"/>
-    <mergeCell ref="A20:G20"/>
-[...11 lines deleted...]
-    <mergeCell ref="G14:G16"/>
     <mergeCell ref="G17:G19"/>
-    <mergeCell ref="A8:A10"/>
-[...3 lines deleted...]
-    <mergeCell ref="A11:A13"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="68" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Times New Roman,Regular"&amp;10 2. pielikums</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;10&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2efe96655598e8baa742313625af3e34">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1ff107356da741751b996b209d6ca510" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100A3E4018BECFA2041A654C630CBF3D616" ma:contentTypeVersion="16" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="04a960acf8c07f8f2f427f4236177676">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bd659194-de00-4ccd-bb95-b10d17529a5f" xmlns:ns3="027db945-d6b9-442b-b2c1-2b991705272a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aae78b6fe40d69b74425b5dc9a1444f5" ns2:_="" ns3:_="">
     <xsd:import namespace="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
     <xsd:import namespace="027db945-d6b9-442b-b2c1-2b991705272a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd659194-de00-4ccd-bb95-b10d17529a5f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="17" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="027db945-d6b9-442b-b2c1-2b991705272a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{443b1628-1f20-4777-bcf2-af83427ee057}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="027db945-d6b9-442b-b2c1-2b991705272a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2223,86 +2276,105 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd659194-de00-4ccd-bb95-b10d17529a5f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="027db945-d6b9-442b-b2c1-2b991705272a" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EE15C9F-2D7B-49AF-8AE6-A229066BE889}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D12748B-168A-4F88-8D4F-E5512DA4151B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21CFD686-F194-45C3-B674-55DA7CDFBF76}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FE240FE-3681-41FC-B92F-1914292DC020}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F442A6DA-49CC-49AD-A0A8-98BB82F5558D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{957D9FB9-3109-46BA-AA3D-959E60C9D226}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bd659194-de00-4ccd-bb95-b10d17529a5f"/>
+    <ds:schemaRef ds:uri="027db945-d6b9-442b-b2c1-2b991705272a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>platības izteiksmē</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Inga Griķe</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A3E4018BECFA2041A654C630CBF3D616</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>